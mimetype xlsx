--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -9,66 +9,66 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Questionnaires &amp; listes (pas sur le web)\Particulier\CAN Particulier\En développement\2025-2026\À mettre en ligne\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="t1RlPkWapAmWo51XttmOZ5Ug8q22PNbk+1YpR27MVFUlsIB3MbYPyOQTpCKsGS0YcZqUvKgXqR5++J0Wmge+aQ==" workbookSaltValue="PWfunZdRdp2bQOwytnXmLQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9390" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="Liste dépenses" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'Liste dépenses'!$A$1:$G$83</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Liste dépenses'!$A$1:$G$84</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="84">
   <si>
     <t xml:space="preserve"> $</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>EMPLOYER'S NAME :</t>
   </si>
   <si>
     <t xml:space="preserve">PERSON'S NAME : </t>
   </si>
   <si>
     <t>Professionnal training / education</t>
   </si>
@@ -323,65 +323,65 @@
   <si>
     <t>2742822e-2a40-454a-b68c-72460b1eca57</t>
   </si>
   <si>
     <t>{"id":"2742822e-2a40-454a-b68c-72460b1eca57","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>3238529e-b8b8-48c9-bea7-f7fafe00f006</t>
   </si>
   <si>
     <t>{"id":"3238529e-b8b8-48c9-bea7-f7fafe00f006","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>a1dfc5b8-0cbd-4dfb-8545-328e8c21f799</t>
   </si>
   <si>
     <t>{"id":"a1dfc5b8-0cbd-4dfb-8545-328e8c21f799","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>649bd46e-abb9-46c7-8ad3-98a6f2fa1295</t>
   </si>
   <si>
     <t>{"id":"649bd46e-abb9-46c7-8ad3-98a6f2fa1295","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
-[...2 lines deleted...]
-    <t>This form is approved for 2024 and earlier tax years only. Please download the most recent version if you are filing a tax year after 2024.</t>
+    <t>This form is approved for 2025 and earlier tax years only. Please download the most recent version if you are filing a tax year after 2025.</t>
+  </si>
+  <si>
+    <t>v.2026-01-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
-    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -440,57 +440,50 @@
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="3"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -560,177 +553,180 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="13" fontId="10" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="13" fontId="10" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="13" fontId="10" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="44" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28895</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>113941</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1914205</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>372891</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1060" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5C2D04F7-0296-EC40-B30F-A9B1253FA9F5}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C2D04F7-0296-EC40-B30F-A9B1253FA9F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="28895" y="113941"/>
           <a:ext cx="1885310" cy="678050"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -1243,75 +1239,75 @@
         <v>1737670143124</v>
       </c>
       <c r="B1" t="s">
         <v>69</v>
       </c>
       <c r="C1" t="s">
         <v>70</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L83"/>
+  <dimension ref="A1:L84"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E11" sqref="E11"/>
+      <selection activeCell="A10" sqref="A10:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" style="2" customWidth="1"/>
     <col min="7" max="7" width="11.7109375" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.140625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.2">
       <c r="G1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D2" s="3"/>
       <c r="G2" s="4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="G3" s="44" t="s">
         <v>59</v>
       </c>
       <c r="H3" s="4"/>
     </row>
     <row r="4" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
@@ -1324,1075 +1320,1086 @@
         <v>2</v>
       </c>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
     </row>
     <row r="6" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="1"/>
       <c r="I6" s="5"/>
     </row>
     <row r="7" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
       <c r="H7" s="1"/>
       <c r="I7" s="5"/>
     </row>
     <row r="8" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="48" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B8" s="48"/>
       <c r="C8" s="48"/>
       <c r="D8" s="48"/>
       <c r="E8" s="48"/>
       <c r="F8" s="48"/>
       <c r="G8" s="48"/>
       <c r="H8" s="1"/>
       <c r="I8" s="5"/>
     </row>
-    <row r="9" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G9" s="46"/>
+    <row r="9" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="49"/>
+      <c r="B9" s="49"/>
+      <c r="C9" s="49"/>
+      <c r="D9" s="49"/>
+      <c r="E9" s="49"/>
+      <c r="F9" s="49"/>
+      <c r="G9" s="49"/>
       <c r="H9" s="1"/>
       <c r="I9" s="5"/>
     </row>
     <row r="10" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="46" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B10" s="46"/>
       <c r="C10" s="46"/>
       <c r="D10" s="46"/>
       <c r="E10" s="46"/>
       <c r="F10" s="46"/>
       <c r="G10" s="46"/>
       <c r="H10" s="1"/>
       <c r="I10" s="5"/>
     </row>
-    <row r="11" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="A12" s="6" t="s">
+    <row r="11" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="46" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="5"/>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I12" s="10"/>
+    </row>
+    <row r="13" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F12" s="11"/>
-      <c r="G12" s="1" t="s">
+      <c r="F13" s="11"/>
+      <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="I12" s="10"/>
-[...13 lines deleted...]
-      <c r="G13" s="15"/>
       <c r="I13" s="10"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
-      <c r="L13" s="12"/>
     </row>
     <row r="14" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="1" t="s">
-        <v>15</v>
+      <c r="A14" s="13" t="s">
+        <v>16</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="14"/>
       <c r="E14" s="8"/>
       <c r="F14" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G14" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="I14" s="10"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
     </row>
     <row r="15" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="16" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="16"/>
+      <c r="A15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="14"/>
+      <c r="C15" s="14"/>
       <c r="E15" s="8"/>
       <c r="F15" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G15" s="15"/>
+      <c r="G15" s="15">
+        <v>0.5</v>
+      </c>
       <c r="I15" s="10"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="12"/>
     </row>
     <row r="16" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="9" t="s">
-[...3 lines deleted...]
-      <c r="C16" s="14"/>
+      <c r="A16" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="16"/>
       <c r="E16" s="8"/>
       <c r="F16" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G16" s="15"/>
       <c r="I16" s="10"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
     </row>
     <row r="17" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="1" t="s">
-        <v>12</v>
+      <c r="A17" s="9" t="s">
+        <v>13</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="E17" s="8"/>
       <c r="F17" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G17" s="15"/>
       <c r="I17" s="10"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="12"/>
     </row>
     <row r="18" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="13" t="s">
-        <v>11</v>
+      <c r="A18" s="1" t="s">
+        <v>12</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="14"/>
       <c r="E18" s="8"/>
       <c r="F18" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="15"/>
       <c r="I18" s="10"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="12"/>
     </row>
     <row r="19" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B19" s="14"/>
       <c r="C19" s="14"/>
       <c r="E19" s="8"/>
       <c r="F19" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G19" s="15"/>
       <c r="I19" s="10"/>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="12"/>
     </row>
     <row r="20" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="14" t="s">
-        <v>49</v>
+      <c r="A20" s="13" t="s">
+        <v>10</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="14"/>
       <c r="E20" s="8"/>
       <c r="F20" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G20" s="15"/>
       <c r="I20" s="10"/>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="12"/>
     </row>
     <row r="21" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="13" t="s">
-        <v>9</v>
+      <c r="A21" s="14" t="s">
+        <v>49</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="E21" s="8"/>
       <c r="F21" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G21" s="15"/>
       <c r="I21" s="10"/>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
       <c r="L21" s="12"/>
     </row>
     <row r="22" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="9" t="s">
-        <v>33</v>
+      <c r="A22" s="13" t="s">
+        <v>9</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="E22" s="8"/>
       <c r="F22" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G22" s="15"/>
       <c r="I22" s="10"/>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="12"/>
     </row>
     <row r="23" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="13" t="s">
-        <v>8</v>
+      <c r="A23" s="9" t="s">
+        <v>33</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="E23" s="8"/>
       <c r="F23" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G23" s="15"/>
       <c r="I23" s="10"/>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
       <c r="L23" s="12"/>
     </row>
     <row r="24" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="13" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="E24" s="8"/>
       <c r="F24" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G24" s="15"/>
       <c r="I24" s="10"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
     </row>
     <row r="25" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="13" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="E25" s="8"/>
       <c r="F25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G25" s="15"/>
       <c r="I25" s="10"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
     </row>
     <row r="26" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="13" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="14"/>
       <c r="E26" s="8"/>
       <c r="F26" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G26" s="15"/>
       <c r="I26" s="10"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="12"/>
     </row>
     <row r="27" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="1" t="s">
-        <v>5</v>
+      <c r="A27" s="13" t="s">
+        <v>6</v>
       </c>
       <c r="B27" s="14"/>
       <c r="C27" s="14"/>
       <c r="E27" s="8"/>
       <c r="F27" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G27" s="15"/>
       <c r="I27" s="10"/>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="12"/>
     </row>
     <row r="28" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="13" t="s">
-        <v>50</v>
+      <c r="A28" s="1" t="s">
+        <v>5</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="E28" s="8"/>
       <c r="F28" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G28" s="15"/>
+      <c r="I28" s="10"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
     </row>
     <row r="29" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="13" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="E29" s="8"/>
       <c r="F29" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G29" s="17"/>
-[...2 lines deleted...]
-      <c r="K29" s="12"/>
+      <c r="G29" s="15"/>
     </row>
     <row r="30" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30" s="14"/>
+      <c r="C30" s="14"/>
       <c r="E30" s="8"/>
       <c r="F30" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G30" s="17"/>
       <c r="I30" s="10"/>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
     </row>
     <row r="31" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="18"/>
-      <c r="E31" s="19"/>
+      <c r="E31" s="8"/>
       <c r="F31" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G31" s="20"/>
+      <c r="G31" s="17"/>
       <c r="I31" s="10"/>
       <c r="J31" s="12"/>
       <c r="K31" s="12"/>
     </row>
     <row r="32" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="18"/>
       <c r="E32" s="19"/>
       <c r="F32" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G32" s="20"/>
       <c r="I32" s="10"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
     </row>
     <row r="33" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="1" t="s">
-[...3 lines deleted...]
-      <c r="G33" s="21"/>
+      <c r="A33" s="18"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="G33" s="20"/>
       <c r="I33" s="10"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
     </row>
     <row r="34" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F34" s="11"/>
       <c r="G34" s="21"/>
       <c r="I34" s="10"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
     </row>
     <row r="35" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="F35" s="11"/>
       <c r="G35" s="21"/>
       <c r="I35" s="10"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
     </row>
-    <row r="36" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F36" s="1"/>
+    <row r="36" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F36" s="11"/>
+      <c r="G36" s="21"/>
       <c r="I36" s="10"/>
       <c r="J36" s="12"/>
       <c r="K36" s="12"/>
     </row>
-    <row r="37" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E37" s="1"/>
+    <row r="37" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" s="22"/>
+      <c r="C37" s="22"/>
+      <c r="D37" s="22"/>
+      <c r="E37" s="22"/>
       <c r="F37" s="1"/>
       <c r="I37" s="10"/>
       <c r="J37" s="12"/>
       <c r="K37" s="12"/>
     </row>
-    <row r="38" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="23"/>
+    <row r="38" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="23" t="s">
+        <v>20</v>
+      </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="I38" s="10"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
     </row>
-    <row r="39" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="F39" s="21"/>
+    <row r="39" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="23"/>
+      <c r="E39" s="1"/>
+      <c r="F39" s="1"/>
       <c r="I39" s="10"/>
       <c r="J39" s="12"/>
       <c r="K39" s="12"/>
     </row>
-    <row r="40" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E40" s="1"/>
+    <row r="40" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B40" s="24"/>
+      <c r="C40" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="D40" s="26"/>
+      <c r="E40" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="F40" s="21"/>
       <c r="I40" s="10"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
     </row>
     <row r="41" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="27"/>
-[...2 lines deleted...]
-      <c r="D41" s="26"/>
+      <c r="A41" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B41" s="28"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="30"/>
       <c r="E41" s="1"/>
       <c r="F41" s="21"/>
       <c r="I41" s="10"/>
       <c r="J41" s="12"/>
       <c r="K41" s="12"/>
     </row>
     <row r="42" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="1" t="s">
-[...4 lines deleted...]
-      <c r="D42" s="30"/>
+      <c r="A42" s="27"/>
+      <c r="B42" s="31"/>
+      <c r="C42" s="25"/>
+      <c r="D42" s="26"/>
       <c r="E42" s="1"/>
       <c r="F42" s="21"/>
       <c r="I42" s="10"/>
       <c r="J42" s="12"/>
       <c r="K42" s="12"/>
-      <c r="L42" s="12"/>
     </row>
     <row r="43" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="32" t="s">
-        <v>56</v>
+      <c r="A43" s="1" t="s">
+        <v>65</v>
       </c>
       <c r="B43" s="33"/>
       <c r="C43" s="29"/>
       <c r="D43" s="30"/>
-      <c r="E43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="1"/>
       <c r="F43" s="21"/>
       <c r="I43" s="10"/>
       <c r="J43" s="12"/>
       <c r="K43" s="12"/>
       <c r="L43" s="12"/>
     </row>
-    <row r="44" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G44" s="2" t="s">
+    <row r="44" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B44" s="33"/>
+      <c r="C44" s="29"/>
+      <c r="D44" s="30"/>
+      <c r="E44" s="1" t="s">
         <v>66</v>
       </c>
+      <c r="F44" s="21"/>
       <c r="I44" s="10"/>
       <c r="J44" s="12"/>
       <c r="K44" s="12"/>
       <c r="L44" s="12"/>
     </row>
-    <row r="45" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F45" s="21"/>
+    <row r="45" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="47" t="s">
+        <v>67</v>
+      </c>
+      <c r="B45" s="47"/>
+      <c r="C45" s="47"/>
+      <c r="D45" s="47"/>
+      <c r="E45" s="47"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="I45" s="10"/>
       <c r="J45" s="12"/>
       <c r="K45" s="12"/>
       <c r="L45" s="12"/>
     </row>
     <row r="46" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A46" s="32"/>
       <c r="B46" s="21"/>
       <c r="C46" s="34"/>
       <c r="D46" s="2"/>
-      <c r="E46" s="31"/>
-[...3 lines deleted...]
-      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="21"/>
       <c r="I46" s="10"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
     </row>
     <row r="47" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="10"/>
-      <c r="B47" s="10"/>
+      <c r="A47" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B47" s="21"/>
       <c r="C47" s="34"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="1"/>
-      <c r="F47" s="21"/>
+      <c r="E47" s="31"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="I47" s="10"/>
       <c r="J47" s="12"/>
       <c r="K47" s="12"/>
       <c r="L47" s="12"/>
     </row>
-    <row r="48" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C48" s="16"/>
+    <row r="48" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="10"/>
+      <c r="B48" s="10"/>
+      <c r="C48" s="34"/>
       <c r="D48" s="2"/>
-      <c r="E48" s="35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E48" s="1"/>
+      <c r="F48" s="21"/>
       <c r="I48" s="10"/>
       <c r="J48" s="12"/>
       <c r="K48" s="12"/>
       <c r="L48" s="12"/>
     </row>
     <row r="49" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="C49" s="14"/>
+        <v>26</v>
+      </c>
+      <c r="B49" s="16"/>
+      <c r="C49" s="16"/>
       <c r="D49" s="2"/>
       <c r="E49" s="35"/>
       <c r="F49" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I49" s="10"/>
       <c r="J49" s="12"/>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
     </row>
     <row r="50" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B50" s="14"/>
       <c r="C50" s="14"/>
       <c r="D50" s="2"/>
       <c r="E50" s="35"/>
       <c r="F50" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I50" s="10"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
     </row>
     <row r="51" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="13" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="B51" s="14"/>
       <c r="C51" s="14"/>
       <c r="D51" s="2"/>
       <c r="E51" s="35"/>
       <c r="F51" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I51" s="10"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
     </row>
     <row r="52" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="13" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B52" s="14"/>
       <c r="C52" s="14"/>
       <c r="D52" s="2"/>
       <c r="E52" s="35"/>
       <c r="F52" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I52" s="10"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
     </row>
     <row r="53" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="13" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="B53" s="14"/>
       <c r="C53" s="14"/>
       <c r="D53" s="2"/>
       <c r="E53" s="35"/>
       <c r="F53" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I53" s="10"/>
       <c r="J53" s="12"/>
       <c r="K53" s="12"/>
       <c r="L53" s="12"/>
     </row>
     <row r="54" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B54" s="14"/>
       <c r="C54" s="14"/>
       <c r="D54" s="2"/>
       <c r="E54" s="35"/>
       <c r="F54" s="11" t="s">
         <v>0</v>
       </c>
       <c r="I54" s="10"/>
       <c r="J54" s="12"/>
       <c r="K54" s="12"/>
       <c r="L54" s="12"/>
     </row>
     <row r="55" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="13" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="2"/>
       <c r="E55" s="35"/>
       <c r="F55" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G55" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="I55" s="10"/>
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
       <c r="L55" s="12"/>
     </row>
     <row r="56" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="13" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B56" s="14"/>
       <c r="C56" s="14"/>
       <c r="D56" s="2"/>
-      <c r="E56" s="36"/>
+      <c r="E56" s="35"/>
       <c r="F56" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G56" s="15">
         <v>1</v>
       </c>
       <c r="I56" s="10"/>
       <c r="J56" s="12"/>
       <c r="K56" s="12"/>
       <c r="L56" s="12"/>
     </row>
     <row r="57" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="9"/>
+      <c r="A57" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B57" s="14"/>
+      <c r="C57" s="14"/>
       <c r="D57" s="2"/>
-      <c r="E57" s="12"/>
-[...1 lines deleted...]
-      <c r="G57" s="37"/>
+      <c r="E57" s="36"/>
+      <c r="F57" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="G57" s="15">
+        <v>1</v>
+      </c>
       <c r="I57" s="10"/>
       <c r="J57" s="12"/>
       <c r="K57" s="12"/>
       <c r="L57" s="12"/>
     </row>
     <row r="58" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="9"/>
+      <c r="D58" s="2"/>
       <c r="E58" s="12"/>
       <c r="F58" s="11"/>
       <c r="G58" s="37"/>
       <c r="I58" s="10"/>
       <c r="J58" s="12"/>
       <c r="K58" s="12"/>
       <c r="L58" s="12"/>
     </row>
-    <row r="59" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="F59" s="1"/>
+    <row r="59" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E59" s="12"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="37"/>
       <c r="I59" s="10"/>
       <c r="J59" s="12"/>
       <c r="K59" s="12"/>
+      <c r="L59" s="12"/>
     </row>
     <row r="60" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F60" s="21"/>
+      <c r="A60" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B60" s="22"/>
+      <c r="C60" s="22"/>
+      <c r="D60" s="22"/>
+      <c r="E60" s="22"/>
+      <c r="F60" s="1"/>
       <c r="I60" s="10"/>
       <c r="J60" s="12"/>
       <c r="K60" s="12"/>
     </row>
-    <row r="61" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C61" s="34"/>
+    <row r="61" spans="1:12" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B61" s="24"/>
+      <c r="C61" s="25" t="s">
+        <v>1</v>
+      </c>
       <c r="D61" s="2"/>
+      <c r="E61" s="1"/>
       <c r="F61" s="21"/>
       <c r="I61" s="10"/>
       <c r="J61" s="12"/>
       <c r="K61" s="12"/>
     </row>
     <row r="62" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="2"/>
+      <c r="A62" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="B62" s="21"/>
       <c r="C62" s="34"/>
       <c r="D62" s="2"/>
       <c r="F62" s="21"/>
       <c r="I62" s="10"/>
       <c r="J62" s="12"/>
       <c r="K62" s="12"/>
     </row>
-    <row r="63" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C63" s="2"/>
+    <row r="63" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="2"/>
+      <c r="B63" s="21"/>
+      <c r="C63" s="34"/>
       <c r="D63" s="2"/>
-      <c r="E63" s="21"/>
       <c r="F63" s="21"/>
       <c r="I63" s="10"/>
       <c r="J63" s="12"/>
       <c r="K63" s="12"/>
     </row>
     <row r="64" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="21"/>
       <c r="F64" s="21"/>
-      <c r="G64" s="21"/>
       <c r="I64" s="10"/>
       <c r="J64" s="12"/>
       <c r="K64" s="12"/>
     </row>
     <row r="65" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="9"/>
+      <c r="A65" s="9" t="s">
+        <v>61</v>
+      </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
-      <c r="E65" s="35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E65" s="21"/>
+      <c r="F65" s="21"/>
       <c r="G65" s="21"/>
       <c r="I65" s="10"/>
       <c r="J65" s="12"/>
       <c r="K65" s="12"/>
     </row>
     <row r="66" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="13" t="s">
-[...4 lines deleted...]
-      <c r="D66" s="39"/>
+      <c r="A66" s="9"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
       <c r="E66" s="35"/>
       <c r="F66" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="G66" s="40"/>
+      <c r="G66" s="21"/>
       <c r="I66" s="10"/>
       <c r="J66" s="12"/>
       <c r="K66" s="12"/>
-      <c r="L66" s="12"/>
     </row>
     <row r="67" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="13" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="C67" s="14"/>
+        <v>39</v>
+      </c>
+      <c r="B67" s="38"/>
+      <c r="C67" s="38"/>
+      <c r="D67" s="39"/>
       <c r="E67" s="35"/>
       <c r="F67" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G67" s="40"/>
       <c r="I67" s="10"/>
       <c r="J67" s="12"/>
       <c r="K67" s="12"/>
       <c r="L67" s="12"/>
     </row>
     <row r="68" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="13"/>
-[...3 lines deleted...]
-      <c r="E68" s="40"/>
+      <c r="A68" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B68" s="14"/>
+      <c r="C68" s="14"/>
+      <c r="E68" s="35"/>
       <c r="F68" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G68" s="40"/>
       <c r="I68" s="10"/>
       <c r="J68" s="12"/>
       <c r="K68" s="12"/>
       <c r="L68" s="12"/>
     </row>
     <row r="69" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A69" s="13"/>
       <c r="B69" s="38"/>
       <c r="C69" s="38"/>
       <c r="D69" s="39"/>
       <c r="E69" s="40"/>
-      <c r="F69" s="11"/>
+      <c r="F69" s="11" t="s">
+        <v>0</v>
+      </c>
       <c r="G69" s="40"/>
       <c r="I69" s="10"/>
       <c r="J69" s="12"/>
       <c r="K69" s="12"/>
       <c r="L69" s="12"/>
     </row>
     <row r="70" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="41" t="s">
-        <v>47</v>
+      <c r="A70" s="13" t="s">
+        <v>40</v>
       </c>
       <c r="B70" s="38"/>
       <c r="C70" s="38"/>
       <c r="D70" s="39"/>
-      <c r="E70" s="45" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E70" s="40"/>
+      <c r="F70" s="11"/>
       <c r="G70" s="40"/>
       <c r="I70" s="10"/>
       <c r="J70" s="12"/>
       <c r="K70" s="12"/>
       <c r="L70" s="12"/>
     </row>
     <row r="71" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="41" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B71" s="38"/>
       <c r="C71" s="38"/>
       <c r="D71" s="39"/>
-      <c r="E71" s="35"/>
+      <c r="E71" s="45" t="s">
+        <v>44</v>
+      </c>
       <c r="F71" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G71" s="40"/>
       <c r="I71" s="10"/>
       <c r="J71" s="12"/>
       <c r="K71" s="12"/>
       <c r="L71" s="12"/>
     </row>
     <row r="72" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="41" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B72" s="38"/>
       <c r="C72" s="38"/>
-      <c r="D72" s="2"/>
+      <c r="D72" s="39"/>
       <c r="E72" s="35"/>
       <c r="F72" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G72" s="40"/>
       <c r="I72" s="10"/>
       <c r="J72" s="12"/>
       <c r="K72" s="12"/>
       <c r="L72" s="12"/>
     </row>
     <row r="73" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="41" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="B73" s="38"/>
       <c r="C73" s="38"/>
-      <c r="D73" s="39"/>
+      <c r="D73" s="2"/>
       <c r="E73" s="35"/>
       <c r="F73" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G73" s="40"/>
       <c r="I73" s="10"/>
       <c r="J73" s="12"/>
       <c r="K73" s="12"/>
       <c r="L73" s="12"/>
     </row>
     <row r="74" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="13"/>
+      <c r="A74" s="41" t="s">
+        <v>32</v>
+      </c>
       <c r="B74" s="38"/>
       <c r="C74" s="38"/>
-      <c r="E74" s="1"/>
-[...1 lines deleted...]
-      <c r="G74" s="1"/>
+      <c r="D74" s="39"/>
+      <c r="E74" s="35"/>
+      <c r="F74" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="G74" s="40"/>
       <c r="I74" s="10"/>
       <c r="J74" s="12"/>
       <c r="K74" s="12"/>
       <c r="L74" s="12"/>
     </row>
     <row r="75" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="13"/>
       <c r="B75" s="38"/>
       <c r="C75" s="38"/>
-      <c r="E75" s="35"/>
-[...3 lines deleted...]
-      <c r="G75" s="40"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
       <c r="I75" s="10"/>
       <c r="J75" s="12"/>
       <c r="K75" s="12"/>
       <c r="L75" s="12"/>
     </row>
     <row r="76" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="41" t="s">
-        <v>62</v>
+      <c r="A76" s="13" t="s">
+        <v>41</v>
       </c>
       <c r="B76" s="38"/>
       <c r="C76" s="38"/>
       <c r="E76" s="35"/>
       <c r="F76" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G76" s="40"/>
       <c r="I76" s="10"/>
       <c r="J76" s="12"/>
       <c r="K76" s="12"/>
       <c r="L76" s="12"/>
     </row>
     <row r="77" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="13"/>
+      <c r="A77" s="41" t="s">
+        <v>62</v>
+      </c>
       <c r="B77" s="38"/>
       <c r="C77" s="38"/>
-      <c r="E77" s="40"/>
-      <c r="F77" s="11"/>
+      <c r="E77" s="35"/>
+      <c r="F77" s="11" t="s">
+        <v>0</v>
+      </c>
       <c r="G77" s="40"/>
       <c r="I77" s="10"/>
       <c r="J77" s="12"/>
       <c r="K77" s="12"/>
       <c r="L77" s="12"/>
     </row>
     <row r="78" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A78" s="13"/>
       <c r="B78" s="38"/>
       <c r="C78" s="38"/>
-      <c r="E78" s="35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E78" s="40"/>
+      <c r="F78" s="11"/>
       <c r="G78" s="40"/>
       <c r="I78" s="10"/>
       <c r="J78" s="12"/>
       <c r="K78" s="12"/>
       <c r="L78" s="12"/>
     </row>
-    <row r="81" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A81" s="6" t="s">
+    <row r="79" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" s="38"/>
+      <c r="C79" s="38"/>
+      <c r="E79" s="35"/>
+      <c r="F79" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="G79" s="40"/>
+      <c r="I79" s="10"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="12"/>
+    </row>
+    <row r="82" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B81" s="42"/>
-[...5 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B82" s="42"/>
+      <c r="C82" s="42"/>
+      <c r="D82" s="42"/>
+      <c r="E82" s="43"/>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A84" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
+    <mergeCell ref="A11:G11"/>
     <mergeCell ref="A10:G10"/>
-    <mergeCell ref="A9:G9"/>
-    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
     <mergeCell ref="A8:G8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>