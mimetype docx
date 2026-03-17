--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -10,77 +10,79 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="2200BD23" w14:textId="77777777" w:rsidR="00794C87" w:rsidRDefault="00794C87">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5ED2D3BE" w14:textId="1291BACD" w:rsidR="00794C87" w:rsidRDefault="00632FF7">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="5ED2D3BE" w14:textId="439C6BA4" w:rsidR="00794C87" w:rsidRDefault="00E3010A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>This form is approved for 2024</w:t>
+        <w:t>This form is approved for 2025</w:t>
       </w:r>
       <w:r w:rsidR="00D47FBD" w:rsidRPr="00D47FBD">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> and earlier tax years only. Please download the most recent version if you </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>are filing a tax year after 2024</w:t>
+        <w:t>are filing a tax year after 2025</w:t>
       </w:r>
       <w:r w:rsidR="00D47FBD" w:rsidRPr="00D47FBD">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AD2915" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have sold a principal residence, please fill this questionnaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="650DF4A7" w14:textId="514FB948" w:rsidR="00D33C14" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14" w:rsidP="00D33C14">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
@@ -95,52 +97,50 @@
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Did you, your spouse, your ex-spouse or your child lived in the property for </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> years that</w:t>
       </w:r>
       <w:r w:rsidR="00632FF7">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> you owned the property? A cottage</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> qualifies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="636F8554" w14:textId="2B574702" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="002E1C72" w:rsidP="00D33C14">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">No: </w:t>
       </w:r>
       <w:r w:rsidR="00D33C14" w:rsidRPr="00D33C14">
@@ -225,51 +225,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>please answer next question</w:t>
       </w:r>
       <w:r w:rsidR="002E1C72" w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613C1DBD" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A4DD45E" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14" w:rsidP="002E1C72">
+    <w:p w14:paraId="5A4DD45E" w14:textId="4AB4AE8D" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14" w:rsidP="00E3010A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">During the </w:t>
       </w:r>
       <w:r w:rsidR="001B7CD5" w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ownership</w:t>
       </w:r>
       <w:r w:rsidR="001B7CD5">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -296,50 +296,71 @@
       </w:r>
       <w:r w:rsidR="001B7CD5" w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">property? </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please do not count a year if you </w:t>
       </w:r>
       <w:r w:rsidR="001B7CD5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sold and bought a property that</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> same year. </w:t>
       </w:r>
+      <w:r w:rsidR="00E3010A" w:rsidRPr="00E3010A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please al</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3010A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so fill in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00E3010A" w:rsidRPr="00E3010A">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>building history.</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76D90BE3" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No:</w:t>
       </w:r>
       <w:r w:rsidR="002E1C72" w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33C14">
@@ -788,74 +809,74 @@
         </w:rPr>
         <w:t>If you think any other information would be useful, please use this space</w:t>
       </w:r>
       <w:r w:rsidR="00D33C14" w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1A99B5" w14:textId="77777777" w:rsidR="00D33C14" w:rsidRPr="00D33C14" w:rsidRDefault="00D33C14" w:rsidP="00D33C14">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D33C14" w:rsidRPr="00D33C14" w:rsidSect="003F1273">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="363" w:footer="363" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E4208AF" w14:textId="77777777" w:rsidR="00AC1937" w:rsidRDefault="00AC1937" w:rsidP="002E1C72">
+    <w:p w14:paraId="075624A8" w14:textId="77777777" w:rsidR="001333C5" w:rsidRDefault="001333C5" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24FF7CB3" w14:textId="77777777" w:rsidR="00AC1937" w:rsidRDefault="00AC1937" w:rsidP="002E1C72">
+    <w:p w14:paraId="4F810394" w14:textId="77777777" w:rsidR="001333C5" w:rsidRDefault="001333C5" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -886,91 +907,91 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C6B2E20" w14:textId="77777777" w:rsidR="00AC1937" w:rsidRDefault="00AC1937" w:rsidP="002E1C72">
+    <w:p w14:paraId="527A055F" w14:textId="77777777" w:rsidR="001333C5" w:rsidRDefault="001333C5" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="361F2824" w14:textId="77777777" w:rsidR="00AC1937" w:rsidRDefault="00AC1937" w:rsidP="002E1C72">
+    <w:p w14:paraId="0DB6C239" w14:textId="77777777" w:rsidR="001333C5" w:rsidRDefault="001333C5" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="3D5584DA" w14:textId="6140B811" w:rsidR="003F1273" w:rsidRPr="008C44F8" w:rsidRDefault="003F1273" w:rsidP="003F1273">
+  <w:p w14:paraId="3D5584DA" w14:textId="2DC7076E" w:rsidR="003F1273" w:rsidRPr="008C44F8" w:rsidRDefault="003F1273" w:rsidP="003F1273">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4339AACD" wp14:editId="7A2C0F8C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5644</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>71558</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1080000" cy="390361"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21107"/>
               <wp:lineTo x="21346" y="21107"/>
               <wp:lineTo x="21346" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
@@ -1015,97 +1036,113 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>v.</w:t>
     </w:r>
     <w:r w:rsidR="003C5463" w:rsidRPr="003C5463">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00632FF7" w:rsidRPr="00632FF7">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025-01-23</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00CF4EFD">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00632FF7" w:rsidRPr="00632FF7">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>-01-23</w:t>
     </w:r>
     <w:r w:rsidR="00632FF7">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">– Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00632FF7" w:rsidRPr="00632FF7">
+    <w:r w:rsidR="00CF4EFD" w:rsidRPr="00CF4EFD">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -1133,51 +1170,51 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00632FF7" w:rsidRPr="00632FF7">
+    <w:r w:rsidR="00CF4EFD" w:rsidRPr="00CF4EFD">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5B3A5DF6" w14:textId="7C96E7FC" w:rsidR="002E1C72" w:rsidRDefault="003F1273" w:rsidP="003F1273">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
@@ -1460,83 +1497,87 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1C72"/>
     <w:rsid w:val="00001471"/>
     <w:rsid w:val="00007B49"/>
     <w:rsid w:val="000C0D63"/>
     <w:rsid w:val="00105A76"/>
+    <w:rsid w:val="001333C5"/>
     <w:rsid w:val="001B7CD5"/>
     <w:rsid w:val="002E1C72"/>
     <w:rsid w:val="003C5463"/>
     <w:rsid w:val="003F1273"/>
     <w:rsid w:val="004014C6"/>
     <w:rsid w:val="004063C9"/>
     <w:rsid w:val="00412E27"/>
     <w:rsid w:val="004212F6"/>
     <w:rsid w:val="005402FE"/>
     <w:rsid w:val="005629D2"/>
     <w:rsid w:val="0059456A"/>
     <w:rsid w:val="00596F19"/>
     <w:rsid w:val="005F16A6"/>
     <w:rsid w:val="00632FF7"/>
     <w:rsid w:val="00725A3A"/>
     <w:rsid w:val="00791191"/>
     <w:rsid w:val="00794C87"/>
     <w:rsid w:val="007B410F"/>
     <w:rsid w:val="0080550D"/>
     <w:rsid w:val="00846AB9"/>
     <w:rsid w:val="0091394E"/>
     <w:rsid w:val="00A515A9"/>
     <w:rsid w:val="00AA52B5"/>
     <w:rsid w:val="00AC1937"/>
     <w:rsid w:val="00B52993"/>
     <w:rsid w:val="00B65EDD"/>
+    <w:rsid w:val="00BC69C1"/>
     <w:rsid w:val="00BE56A2"/>
     <w:rsid w:val="00C137BC"/>
     <w:rsid w:val="00C22004"/>
     <w:rsid w:val="00C50D5D"/>
+    <w:rsid w:val="00CF4EFD"/>
     <w:rsid w:val="00D06FF5"/>
     <w:rsid w:val="00D33C14"/>
     <w:rsid w:val="00D47FBD"/>
+    <w:rsid w:val="00E3010A"/>
     <w:rsid w:val="00EA0FB2"/>
     <w:rsid w:val="00F107A8"/>
     <w:rsid w:val="00F428C6"/>
     <w:rsid w:val="00FE3629"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2009,63 +2050,86 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E1C72"/>
     <w:rPr>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002E1C72"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E3010A"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E3010A"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.effisca.com/en/forms/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -2294,76 +2358,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>277</Words>
-  <Characters>1581</Characters>
+  <Words>290</Words>
+  <Characters>1659</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1855</CharactersWithSpaces>
+  <CharactersWithSpaces>1946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nicolas Godbout</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>