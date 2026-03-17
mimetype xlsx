--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -15,105 +15,105 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/printerSettings/printerSettings3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="94DJJDUtjWbDNsBvcVIYdajoS7I8F58kMztIdpzWRBYlPL+f4sRfjQdmRjDZZVC4YfQ/KeWe/PUMEZODly/rFg==" workbookSaltValue="jC+utz2NPhJkUGSf63g50w==" workbookSpinCount="100000" lockStructure="1"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="uepyx9CbY6iq09vjBncK9mk/0o62zRozOpj8JCWdY9lOzHL+Jdai0s8eyImIZoNf0HQhgtz72fX1X5SCloqjog==" workbookSaltValue="t0MuP72BS3aRhnaATF26LQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20496" windowHeight="7944" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9384" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="3" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="4" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="5" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="6" state="veryHidden" r:id="rId4"/>
     <sheet name="Questionnaire" sheetId="1" r:id="rId5"/>
     <sheet name="Calculations" sheetId="2" state="hidden" r:id="rId6"/>
     <sheet name="Lists" sheetId="7" state="hidden" r:id="rId7"/>
     <sheet name="Explanatory" sheetId="8" state="hidden" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Questionnaire!$A$1:$H$88</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B6" i="1" l="1"/>
   <c r="C9" i="2" l="1"/>
   <c r="C10" i="2"/>
   <c r="C11" i="2" l="1"/>
   <c r="C12" i="2"/>
   <c r="C13" i="2"/>
   <c r="C14" i="2"/>
   <c r="C15" i="2"/>
   <c r="C16" i="2"/>
   <c r="C17" i="2"/>
   <c r="C8" i="2"/>
   <c r="B9" i="2"/>
   <c r="B10" i="2"/>
   <c r="B11" i="2"/>
   <c r="B12" i="2"/>
   <c r="B13" i="2"/>
   <c r="B14" i="2"/>
   <c r="B15" i="2"/>
   <c r="B16" i="2"/>
   <c r="B17" i="2"/>
   <c r="B8" i="2"/>
-  <c r="B6" i="1"/>
   <c r="F18" i="2" l="1"/>
   <c r="J99" i="2"/>
   <c r="J36" i="2" l="1"/>
   <c r="C97" i="2"/>
   <c r="F126" i="2" s="1"/>
   <c r="B97" i="2"/>
   <c r="E126" i="2" l="1"/>
   <c r="F32" i="2"/>
   <c r="F7" i="8"/>
   <c r="F6" i="8"/>
   <c r="C5" i="8"/>
   <c r="B5" i="8"/>
   <c r="B6" i="8"/>
   <c r="B7" i="8"/>
   <c r="C115" i="2" l="1"/>
   <c r="C64" i="2"/>
   <c r="C38" i="2" l="1"/>
   <c r="J38" i="2" s="1"/>
   <c r="C39" i="2"/>
   <c r="J39" i="2" s="1"/>
   <c r="C40" i="2"/>
   <c r="D46" i="2" l="1"/>
   <c r="H48" i="2" s="1"/>
   <c r="C37" i="2"/>
   <c r="J37" i="2" s="1"/>
@@ -1477,196 +1477,136 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Milliers" xfId="3" builtinId="3"/>
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="2" builtinId="5"/>
   </cellStyles>
-  <dxfs count="9">
-[...74 lines deleted...]
-    </dxf>
+  <dxfs count="5">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1" tint="4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1366632</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>113471</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>84071</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>83275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA9600A1-CE9C-A242-93F9-0BE19526ABC3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AA9600A1-CE9C-A242-93F9-0BE19526ABC3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7379806" y="113471"/>
           <a:ext cx="2659960" cy="1007496"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -2216,52 +2156,52 @@
       <c r="D1" s="70" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="144" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="144" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="4" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="72"/>
     </row>
     <row r="5" spans="2:8" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="B5" s="143" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="136"/>
     </row>
     <row r="6" spans="2:8" ht="22.8" x14ac:dyDescent="0.4">
       <c r="B6" s="135" t="str">
-        <f>IF(C5="","Please enter your name in box C5 to view the rest of the questionnaire.","")</f>
-        <v>Please enter your name in box C5 to view the rest of the questionnaire.</v>
+        <f>IF(C5="","Please enter your name in red box to view the rest of the questionnaire.","")</f>
+        <v>Please enter your name in red box to view the rest of the questionnaire.</v>
       </c>
       <c r="C6" s="41"/>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.3">
       <c r="B7" s="19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.3">
       <c r="B8" s="46" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="46"/>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.3">
       <c r="B9" s="19" t="s">
         <v>27</v>
       </c>
       <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="2:8" x14ac:dyDescent="0.3">
       <c r="B10" s="19" t="s">
@@ -2957,56 +2897,56 @@
     </row>
     <row r="87" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B87" s="21" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="88" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B88" s="21" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="89" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B89" s="21"/>
     </row>
     <row r="90" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B90" s="21"/>
     </row>
     <row r="91" spans="2:3" x14ac:dyDescent="0.3">
       <c r="B91" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C16:G16"/>
   </mergeCells>
   <conditionalFormatting sqref="C5">
-    <cfRule type="containsBlanks" dxfId="8" priority="2">
+    <cfRule type="containsBlanks" dxfId="4" priority="2">
       <formula>LEN(TRIM(C5))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:G89">
-    <cfRule type="expression" dxfId="2" priority="1">
+    <cfRule type="expression" dxfId="3" priority="1">
       <formula>$C$5=""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E25:E26 E28:E35">
       <formula1>-9.99999999999999E+48</formula1>
       <formula2>9.99999999999999E+61</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="69" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:L132"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="B47" sqref="B47"/>
@@ -5082,56 +5022,56 @@
         <v>170</v>
       </c>
       <c r="E129" s="2">
         <f>E128*E127</f>
         <v>0</v>
       </c>
       <c r="F129" s="2">
         <f>F128*F127</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A131" s="132">
         <f>IF(G75=Lists!A2,((SUM(J75:J96)+1)/J97),SUM(J75:J96)/J97)</f>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B132" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D72:F72"/>
   </mergeCells>
   <conditionalFormatting sqref="I37:I40">
-    <cfRule type="expression" dxfId="7" priority="3">
+    <cfRule type="expression" dxfId="2" priority="3">
       <formula>-$F$32&lt;=C37</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J37:J40">
-    <cfRule type="expression" dxfId="6" priority="2">
+    <cfRule type="expression" dxfId="1" priority="2">
       <formula>-$F$32&lt;=C37</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1" id="{A3CB010D-6DE3-4E25-A249-90046D5FEA02}">
             <xm:f>A75&gt;YEAR(Questionnaire!$C$44)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="1"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A75:A96</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>