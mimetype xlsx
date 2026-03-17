--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -9,81 +9,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
+  <workbookProtection workbookPassword="85BD" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="495" windowWidth="30720" windowHeight="18705" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8808" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="3" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="4" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="5" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="6" state="veryHidden" r:id="rId4"/>
     <sheet name="Revenu locatif" sheetId="1" r:id="rId5"/>
     <sheet name="Feuil1" sheetId="2" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Revenu locatif'!$A$1:$E$90</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A7" i="1" l="1"/>
   <c r="G90" i="1" l="1"/>
   <c r="G89" i="1"/>
   <c r="G88" i="1"/>
   <c r="G87" i="1"/>
   <c r="G86" i="1"/>
   <c r="G85" i="1"/>
   <c r="G84" i="1"/>
   <c r="G83" i="1"/>
   <c r="G82" i="1"/>
   <c r="G81" i="1"/>
   <c r="F81" i="1"/>
   <c r="G80" i="1"/>
   <c r="F80" i="1"/>
   <c r="G79" i="1"/>
   <c r="F79" i="1"/>
   <c r="G78" i="1"/>
   <c r="F78" i="1"/>
   <c r="G77" i="1"/>
   <c r="F77" i="1"/>
   <c r="G76" i="1"/>
   <c r="F76" i="1"/>
   <c r="G75" i="1"/>
   <c r="F75" i="1"/>
   <c r="G74" i="1"/>
   <c r="F74" i="1"/>
@@ -142,53 +144,50 @@
   <c r="G47" i="1"/>
   <c r="F47" i="1"/>
   <c r="G46" i="1"/>
   <c r="F46" i="1"/>
   <c r="G45" i="1"/>
   <c r="F45" i="1"/>
   <c r="G44" i="1"/>
   <c r="F44" i="1"/>
   <c r="G43" i="1"/>
   <c r="F43" i="1"/>
   <c r="G42" i="1"/>
   <c r="F42" i="1"/>
   <c r="G40" i="1"/>
   <c r="F40" i="1"/>
   <c r="G39" i="1"/>
   <c r="F39" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="88">
   <si>
     <t>%</t>
   </si>
   <si>
-    <t xml:space="preserve">YOUR NAME : </t>
-[...1 lines deleted...]
-  <si>
     <t>Superficy you occupied personnally</t>
   </si>
   <si>
     <t>IF CO-OWNER, your share of the income</t>
   </si>
   <si>
     <t>GROSS RENTAL INCOME</t>
   </si>
   <si>
     <t>EXPENSES</t>
   </si>
   <si>
     <t>Insurance</t>
   </si>
   <si>
     <t>Snow clearance</t>
   </si>
   <si>
     <t>Heating, electricity and others included in the rent</t>
   </si>
   <si>
     <t>Supplies, office fees</t>
   </si>
   <si>
     <t>Transportation fees</t>
@@ -499,70 +498,73 @@
   <si>
     <t>9600c367-a334-4771-baac-8660d7102ba1</t>
   </si>
   <si>
     <t>{"id":"9600c367-a334-4771-baac-8660d7102ba1","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>6597b3a5-7e91-4754-8e72-bf0d2a9e70bd</t>
   </si>
   <si>
     <t>{"id":"6597b3a5-7e91-4754-8e72-bf0d2a9e70bd","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>506659e8-4598-4766-a8bb-cc186c7f2279</t>
   </si>
   <si>
     <t>{"id":"506659e8-4598-4766-a8bb-cc186c7f2279","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>4e9f98d9-d374-49f3-9cb9-d896ea9608ab</t>
   </si>
   <si>
     <t>{"id":"4e9f98d9-d374-49f3-9cb9-d896ea9608ab","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>This form is approved for 2024 and earlier tax years only.</t>
-[...5 lines deleted...]
-    <t>v.2025-02-04</t>
+    <t>This form is approved for 2025 and earlier tax years only.</t>
+  </si>
+  <si>
+    <t>Please download the most recent form for tax years after 2025.</t>
+  </si>
+  <si>
+    <t>v.2026-01-23</t>
+  </si>
+  <si>
+    <t>YOUR NAME :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="4">
-    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="167" formatCode="_ * #,##0.0000_)\ [$USD]_ ;_ * \(#,##0.0000\)\ [$USD]_ ;_ * &quot;-&quot;????_)\ [$USD]_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="#,##0.00\ [$CAD]_);\(#,##0.00\ [$CAD]\)"/>
+    <numFmt numFmtId="165" formatCode="0.0000"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.0000_)\ [$USD]_ ;_ * \(#,##0.0000\)\ [$USD]_ ;_ * &quot;-&quot;????_)\ [$USD]_ ;_ @_ "/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="72"/>
       <color indexed="8"/>
       <name val="Bodoni MT Black"/>
       <family val="1"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -617,50 +619,57 @@
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -826,53 +835,53 @@
       <right/>
       <top style="dashDotDot">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dashDotDot">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
@@ -910,99 +919,111 @@
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="43" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="167" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="12">
+  <dxfs count="13">
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
@@ -1075,82 +1096,82 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>4803137</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27962</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>541460</xdr:colOff>
+      <xdr:colOff>135612</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>33276</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1060" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{556549AA-973A-164B-8FD3-075BD32402F6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4803137" y="27962"/>
-          <a:ext cx="2120073" cy="781968"/>
+          <a:ext cx="2124214" cy="783879"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
@@ -1456,1354 +1477,1362 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738704553220</v>
       </c>
       <c r="B1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1738704553370</v>
       </c>
       <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
         <v>74</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>1738704553383</v>
       </c>
       <c r="B3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>1738704553383</v>
       </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D4" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>1738704553383</v>
       </c>
       <c r="B5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D5" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>1738704553383</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738704553405</v>
       </c>
       <c r="B1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738704553416</v>
       </c>
       <c r="B1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738704553425</v>
       </c>
       <c r="B1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A58" zoomScale="130" zoomScaleNormal="115" zoomScaleSheetLayoutView="130" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+    <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8"/>
   <cols>
-    <col min="1" max="1" width="66.625" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="66.59765625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="8.3984375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="11.59765625" style="3" customWidth="1"/>
     <col min="4" max="4" width="2.5" style="3" customWidth="1"/>
-    <col min="5" max="5" width="8" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="6.25" style="3" customWidth="1"/>
+    <col min="5" max="5" width="5.59765625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.3984375" style="3" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="11.5" style="3" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="6.19921875" style="3" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="6.19921875" style="3" customWidth="1"/>
     <col min="10" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18">
+    <row r="1" spans="1:8" ht="17.399999999999999">
       <c r="A1" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2" s="76" t="s">
+      <c r="A2" s="75" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" s="75" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:8">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="76"/>
+      <c r="A4" s="75"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="6" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A7" s="7"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="20.399999999999999">
+      <c r="A7" s="76" t="str">
+        <f>IF(A5="YOUR NAME :","Please enter your name in box A5 to view the rest of the questionnaire.","")</f>
+        <v>Please enter your name in box A5 to view the rest of the questionnaire.</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="7"/>
     </row>
     <row r="9" spans="1:8" ht="14.1" customHeight="1">
       <c r="A9" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="14.1" customHeight="1">
       <c r="A10" s="5"/>
       <c r="B10" s="5"/>
       <c r="C10" s="13"/>
     </row>
     <row r="11" spans="1:8" ht="14.1" customHeight="1">
       <c r="A11" s="13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
     </row>
     <row r="12" spans="1:8" ht="14.1" customHeight="1">
       <c r="A12" s="13"/>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="14.1" customHeight="1">
       <c r="A14" s="9" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="5"/>
       <c r="D14" s="3" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="11"/>
     </row>
     <row r="15" spans="1:8" ht="14.1" customHeight="1">
       <c r="A15" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="13"/>
     </row>
     <row r="16" spans="1:8" ht="14.1" customHeight="1" thickBot="1">
       <c r="A16" s="13"/>
       <c r="B16" s="10"/>
       <c r="C16" s="13"/>
     </row>
     <row r="17" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A17" s="14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B17" s="64"/>
       <c r="C17" s="15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A18" s="16" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B18" s="64"/>
       <c r="C18" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="13.5" customHeight="1" thickBot="1">
       <c r="A19" s="16"/>
       <c r="B19" s="65"/>
       <c r="C19" s="17"/>
     </row>
     <row r="20" spans="1:6" ht="16.5" customHeight="1" thickBot="1">
       <c r="A20" s="19" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B20" s="64"/>
       <c r="C20" s="17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A21" s="16"/>
       <c r="B21" s="64"/>
       <c r="C21" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="9" customHeight="1" thickBot="1">
       <c r="A22" s="20"/>
       <c r="B22" s="66"/>
       <c r="C22" s="17"/>
     </row>
     <row r="23" spans="1:6" ht="18" customHeight="1" thickBot="1">
       <c r="A23" s="19" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B23" s="64"/>
       <c r="C23" s="17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15.75" customHeight="1" thickBot="1">
       <c r="A24" s="19" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B24" s="64"/>
       <c r="C24" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A25" s="19"/>
       <c r="B25" s="66"/>
       <c r="C25" s="17"/>
     </row>
     <row r="26" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A26" s="20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" s="64"/>
       <c r="C26" s="17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A27" s="21" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B27" s="64"/>
       <c r="C27" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A28" s="20"/>
       <c r="B28" s="66"/>
       <c r="C28" s="17"/>
     </row>
     <row r="29" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A29" s="20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B29" s="64"/>
       <c r="C29" s="17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A30" s="21" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B30" s="64"/>
       <c r="C30" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="14.1" customHeight="1" thickBot="1">
       <c r="A31" s="21"/>
       <c r="B31" s="65"/>
       <c r="C31" s="17"/>
     </row>
-    <row r="32" spans="1:6" ht="15" thickBot="1">
+    <row r="32" spans="1:6" ht="14.4" thickBot="1">
       <c r="A32" s="19" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B32" s="64"/>
       <c r="C32" s="17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="14.1" customHeight="1" thickBot="1">
       <c r="A33" s="19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B33" s="64"/>
       <c r="C33" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="14.1" customHeight="1">
       <c r="A34" s="19"/>
       <c r="B34" s="18"/>
       <c r="C34" s="17"/>
     </row>
     <row r="35" spans="1:7" ht="14.1" customHeight="1">
       <c r="A35" s="20" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B35" s="18"/>
       <c r="C35" s="17"/>
       <c r="F35" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="14.1" customHeight="1">
       <c r="A36" s="67" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B36" s="69"/>
       <c r="C36" s="17" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="14.1" customHeight="1">
       <c r="A37" s="68" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B37" s="70"/>
       <c r="C37" s="22" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F37" s="73">
-        <v>1.3697999999999999</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:7" ht="9.9499999999999993" customHeight="1" thickBot="1">
+        <v>1.3977999999999999</v>
+      </c>
+      <c r="G37" s="77">
+        <v>1.3979999999999999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="9.9" customHeight="1" thickBot="1">
       <c r="D38" s="10"/>
       <c r="F38" s="71"/>
     </row>
     <row r="39" spans="1:7" ht="14.1" customHeight="1" thickBot="1">
       <c r="A39" s="23" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B39" s="24"/>
       <c r="C39" s="53"/>
       <c r="F39" s="72">
         <f>$F$37*C39</f>
         <v>0</v>
       </c>
-      <c r="G39" s="75">
+      <c r="G39" s="74">
         <f>C39/$G$37</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="9.9499999999999993" customHeight="1">
+    <row r="40" spans="1:7" ht="9.9" customHeight="1">
       <c r="A40" s="25"/>
       <c r="B40" s="24"/>
       <c r="C40" s="54"/>
       <c r="F40" s="72">
         <f t="shared" ref="F40:F81" si="0">$F$37*C40</f>
         <v>0</v>
       </c>
-      <c r="G40" s="75">
+      <c r="G40" s="74">
         <f t="shared" ref="G40:G90" si="1">C40/$G$37</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="28" customFormat="1" ht="29.25">
+    <row r="41" spans="1:7" s="28" customFormat="1" ht="27.6">
       <c r="A41" s="26" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B41" s="26"/>
       <c r="C41" s="55"/>
       <c r="D41" s="27"/>
       <c r="E41" s="28" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F41" s="72"/>
       <c r="G41" s="72"/>
     </row>
     <row r="42" spans="1:7" ht="14.1" customHeight="1">
       <c r="A42" s="9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C42" s="56"/>
       <c r="E42" s="5"/>
       <c r="F42" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G42" s="75">
+      <c r="G42" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="14.1" customHeight="1">
       <c r="A43" s="8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B43" s="24"/>
       <c r="C43" s="56"/>
       <c r="D43" s="10"/>
       <c r="E43" s="5"/>
       <c r="F43" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G43" s="75">
+      <c r="G43" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="14.1" customHeight="1">
       <c r="A44" s="9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C44" s="56"/>
       <c r="E44" s="5"/>
       <c r="F44" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G44" s="75">
+      <c r="G44" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="14.1" customHeight="1">
       <c r="A45" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C45" s="56"/>
       <c r="E45" s="5"/>
       <c r="F45" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G45" s="75">
+      <c r="G45" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="14.1" customHeight="1">
       <c r="A46" s="9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C46" s="56"/>
       <c r="E46" s="5"/>
       <c r="F46" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G46" s="75">
+      <c r="G46" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A47" s="29" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C47" s="57"/>
       <c r="E47" s="31"/>
       <c r="F47" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G47" s="75">
+      <c r="G47" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A48" s="29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C48" s="57"/>
       <c r="E48" s="31"/>
       <c r="F48" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G48" s="75">
+      <c r="G48" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A49" s="29" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C49" s="57"/>
       <c r="E49" s="31"/>
       <c r="F49" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G49" s="75">
+      <c r="G49" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A50" s="29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C50" s="57"/>
       <c r="E50" s="31"/>
       <c r="F50" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G50" s="75">
+      <c r="G50" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A51" s="29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C51" s="57"/>
       <c r="E51" s="31"/>
       <c r="F51" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G51" s="75">
+      <c r="G51" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A52" s="29" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C52" s="57"/>
       <c r="E52" s="31"/>
       <c r="F52" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G52" s="75">
+      <c r="G52" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A53" s="29" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C53" s="57"/>
       <c r="E53" s="31"/>
       <c r="F53" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G53" s="75">
+      <c r="G53" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A54" s="29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C54" s="57"/>
       <c r="E54" s="31"/>
       <c r="F54" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G54" s="75">
+      <c r="G54" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="30" customFormat="1" ht="14.1" customHeight="1">
       <c r="A55" s="32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B55" s="33"/>
       <c r="C55" s="57"/>
       <c r="D55" s="34"/>
       <c r="E55" s="31"/>
       <c r="F55" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G55" s="75">
+      <c r="G55" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="14.1" customHeight="1">
       <c r="A56" s="9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C56" s="56"/>
       <c r="E56" s="5"/>
       <c r="F56" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G56" s="75">
+      <c r="G56" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="14.1" customHeight="1">
       <c r="A57" s="13" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C57" s="56"/>
       <c r="E57" s="5"/>
       <c r="F57" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G57" s="75">
+      <c r="G57" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="14.1" customHeight="1">
       <c r="A58" s="13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B58" s="13"/>
       <c r="C58" s="54"/>
       <c r="E58" s="13"/>
       <c r="F58" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G58" s="75">
+      <c r="G58" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="14.1" customHeight="1">
       <c r="A59" s="35"/>
       <c r="B59" s="13"/>
       <c r="C59" s="56"/>
       <c r="E59" s="5"/>
       <c r="F59" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G59" s="75">
+      <c r="G59" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="14.1" customHeight="1">
       <c r="A60" s="36"/>
       <c r="B60" s="13"/>
       <c r="C60" s="56"/>
       <c r="E60" s="5"/>
       <c r="F60" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G60" s="75">
+      <c r="G60" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="6.75" customHeight="1">
       <c r="A61" s="37"/>
       <c r="B61" s="13"/>
       <c r="C61" s="54"/>
       <c r="F61" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G61" s="75">
-[...4 lines deleted...]
-    <row r="62" spans="1:7" ht="15">
+      <c r="G61" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
       <c r="A62" s="38" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B62" s="38"/>
       <c r="C62" s="58"/>
       <c r="F62" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G62" s="75">
-[...4 lines deleted...]
-    <row r="63" spans="1:7" ht="15">
+      <c r="G62" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
       <c r="A63" s="39" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B63" s="38"/>
       <c r="C63" s="58"/>
       <c r="F63" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G63" s="75">
+      <c r="G63" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="15" customHeight="1">
       <c r="A64" s="40" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C64" s="56"/>
       <c r="F64" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G64" s="75">
+      <c r="G64" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="12" customHeight="1">
       <c r="A65" s="41" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C65" s="54"/>
       <c r="F65" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G65" s="75">
+      <c r="G65" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="8.25" customHeight="1">
       <c r="A66" s="41"/>
       <c r="B66" s="13"/>
       <c r="C66" s="54"/>
       <c r="F66" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G66" s="75">
-[...4 lines deleted...]
-    <row r="67" spans="1:7" ht="15">
+      <c r="G66" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
       <c r="A67" s="40" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B67" s="13"/>
       <c r="C67" s="56"/>
       <c r="F67" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G67" s="75">
+      <c r="G67" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="12" customHeight="1">
       <c r="A68" s="41" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C68" s="54"/>
       <c r="F68" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G68" s="75">
+      <c r="G68" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="12" customHeight="1">
       <c r="A69" s="41"/>
       <c r="C69" s="54"/>
       <c r="F69" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G69" s="75">
+      <c r="G69" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="14.1" customHeight="1">
       <c r="A70" s="42" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B70" s="42"/>
       <c r="C70" s="59"/>
       <c r="F70" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G70" s="75">
+      <c r="G70" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="14.1" customHeight="1">
       <c r="A71" s="43" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C71" s="54"/>
       <c r="F71" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G71" s="75">
+      <c r="G71" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="14.1" customHeight="1">
       <c r="A72" s="35"/>
       <c r="B72" s="13"/>
       <c r="C72" s="56"/>
       <c r="E72" s="5"/>
       <c r="F72" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G72" s="75">
+      <c r="G72" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="14.1" customHeight="1">
       <c r="A73" s="35"/>
       <c r="B73" s="13"/>
       <c r="C73" s="56"/>
       <c r="E73" s="5"/>
       <c r="F73" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G73" s="75">
+      <c r="G73" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="14.1" customHeight="1">
       <c r="A74" s="44"/>
       <c r="C74" s="54"/>
       <c r="F74" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G74" s="75">
+      <c r="G74" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="14.1" customHeight="1">
       <c r="A75" s="38" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B75" s="38"/>
       <c r="C75" s="58"/>
       <c r="F75" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G75" s="75">
+      <c r="G75" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="14.1" customHeight="1">
       <c r="A76" s="8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C76" s="56"/>
       <c r="E76" s="5"/>
       <c r="F76" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G76" s="75">
+      <c r="G76" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="14.1" customHeight="1">
       <c r="A77" s="8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C77" s="56"/>
       <c r="E77" s="5"/>
       <c r="F77" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G77" s="75">
+      <c r="G77" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="14.1" customHeight="1">
       <c r="A78" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C78" s="56"/>
       <c r="E78" s="5"/>
       <c r="F78" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G78" s="75">
+      <c r="G78" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="14.1" customHeight="1">
       <c r="A79" s="8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C79" s="60"/>
       <c r="F79" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G79" s="75">
+      <c r="G79" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="14.1" customHeight="1">
       <c r="A80" s="35"/>
       <c r="B80" s="13"/>
       <c r="C80" s="56"/>
       <c r="E80" s="5"/>
       <c r="F80" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G80" s="75">
+      <c r="G80" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="14.1" customHeight="1">
       <c r="A81" s="36"/>
       <c r="B81" s="13"/>
       <c r="C81" s="56"/>
       <c r="E81" s="5"/>
       <c r="F81" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G81" s="75">
+      <c r="G81" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="14.1" customHeight="1">
       <c r="A82" s="13"/>
       <c r="B82" s="13"/>
       <c r="C82" s="54"/>
-      <c r="G82" s="75">
-[...4 lines deleted...]
-    <row r="83" spans="1:7">
+      <c r="G82" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="14.4">
       <c r="A83" s="45" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B83" s="46"/>
       <c r="C83" s="61"/>
       <c r="D83" s="47"/>
-      <c r="G83" s="75">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="G83" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="14.4" thickBot="1">
+      <c r="A84" s="78" t="s">
+        <v>47</v>
       </c>
       <c r="B84" s="48"/>
       <c r="C84" s="62"/>
       <c r="D84" s="47"/>
-      <c r="G84" s="75">
-[...5 lines deleted...]
-      <c r="A85" s="77"/>
+      <c r="G84" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="14.4" thickBot="1">
+      <c r="A85" s="78"/>
       <c r="B85" s="49"/>
       <c r="C85" s="63"/>
-      <c r="G85" s="75">
-[...4 lines deleted...]
-    <row r="86" spans="1:7" ht="15" thickBot="1">
+      <c r="G85" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="14.4" thickBot="1">
       <c r="A86" s="50" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B86" s="49"/>
       <c r="C86" s="63"/>
-      <c r="G86" s="75">
-[...4 lines deleted...]
-    <row r="87" spans="1:7" ht="15" thickBot="1">
+      <c r="G86" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="14.4" thickBot="1">
       <c r="A87" s="50" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B87" s="49"/>
       <c r="C87" s="63"/>
-      <c r="G87" s="75">
-[...4 lines deleted...]
-    <row r="88" spans="1:7" ht="15" thickBot="1">
+      <c r="G87" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="14.4" thickBot="1">
       <c r="A88" s="50" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B88" s="49"/>
       <c r="C88" s="17"/>
-      <c r="G88" s="75">
-[...4 lines deleted...]
-    <row r="89" spans="1:7" ht="15" thickBot="1">
+      <c r="G88" s="74">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="14.4" thickBot="1">
       <c r="A89" s="50" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B89" s="49"/>
       <c r="C89" s="17"/>
-      <c r="G89" s="75">
+      <c r="G89" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="51" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B90" s="52"/>
       <c r="C90" s="22"/>
-      <c r="G90" s="75">
+      <c r="G90" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A84:A85"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B33">
-    <cfRule type="notContainsBlanks" dxfId="11" priority="1">
+    <cfRule type="notContainsBlanks" dxfId="12" priority="4">
       <formula>LEN(TRIM(B33))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18">
-    <cfRule type="notContainsBlanks" dxfId="10" priority="12">
+    <cfRule type="notContainsBlanks" dxfId="11" priority="15">
       <formula>LEN(TRIM(B18))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B17">
-    <cfRule type="notContainsBlanks" dxfId="9" priority="11">
+    <cfRule type="notContainsBlanks" dxfId="10" priority="14">
       <formula>LEN(TRIM(B17))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B32">
-    <cfRule type="notContainsBlanks" dxfId="8" priority="10">
+    <cfRule type="notContainsBlanks" dxfId="9" priority="13">
       <formula>LEN(TRIM(B32))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B21">
-    <cfRule type="notContainsBlanks" dxfId="7" priority="9">
+    <cfRule type="notContainsBlanks" dxfId="8" priority="12">
       <formula>LEN(TRIM(B21))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B20">
-    <cfRule type="notContainsBlanks" dxfId="6" priority="8">
+    <cfRule type="notContainsBlanks" dxfId="7" priority="11">
       <formula>LEN(TRIM(B20))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B24">
-    <cfRule type="notContainsBlanks" dxfId="5" priority="7">
+    <cfRule type="notContainsBlanks" dxfId="6" priority="10">
       <formula>LEN(TRIM(B24))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B23">
-    <cfRule type="notContainsBlanks" dxfId="4" priority="6">
+    <cfRule type="notContainsBlanks" dxfId="5" priority="9">
       <formula>LEN(TRIM(B23))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B27">
-    <cfRule type="notContainsBlanks" dxfId="3" priority="5">
+    <cfRule type="notContainsBlanks" dxfId="4" priority="8">
       <formula>LEN(TRIM(B27))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B26">
-    <cfRule type="notContainsBlanks" dxfId="2" priority="4">
+    <cfRule type="notContainsBlanks" dxfId="3" priority="7">
       <formula>LEN(TRIM(B26))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B30">
-    <cfRule type="notContainsBlanks" dxfId="1" priority="3">
+    <cfRule type="notContainsBlanks" dxfId="2" priority="6">
       <formula>LEN(TRIM(B30))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B29">
-    <cfRule type="notContainsBlanks" dxfId="0" priority="2">
+    <cfRule type="notContainsBlanks" dxfId="1" priority="5">
       <formula>LEN(TRIM(B29))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="A9:E90">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>$A$5="YOUR NAME :"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="99" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8"/>
   <sheetData>
-    <row r="5" spans="2:2" ht="91.5">
+    <row r="5" spans="2:2" ht="92.4">
       <c r="B5" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>