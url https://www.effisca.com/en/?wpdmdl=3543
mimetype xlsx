--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -11,236 +11,221 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Administration et divers\Développement des questionnaires\En développement\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="nLTuMtcoqdsU5mXNNpKIZckCJZg6cqlZsQVAEKjYFstvshVNpd8d4XcSeuiAelso57mhAHzCCvZGA0ZVRqA7hA==" workbookSaltValue="COAbs8FzKZF4kFGSlyr4Qw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9384" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="QR frais médicaux" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'QR frais médicaux'!$A$1:$I$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'QR frais médicaux'!$A$1:$I$62</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Impot ici</author>
   </authors>
   <commentList>
-    <comment ref="G38" authorId="0" shapeId="0">
+    <comment ref="G37" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Impot ici:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Juste les frais de consultation et pas des frais de médicaments
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="75">
   <si>
     <t xml:space="preserve">Name: </t>
   </si>
   <si>
     <t>Taxation year:</t>
   </si>
   <si>
     <t xml:space="preserve">If so, which one(s)? </t>
   </si>
   <si>
     <t xml:space="preserve">Description of the disability: </t>
   </si>
   <si>
     <t xml:space="preserve">Does a member of your family have a severe impairment or a disability? </t>
   </si>
   <si>
     <t xml:space="preserve">Have you already had the certificates filled out and submitted them to the two governments? </t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Enter only the portion not covered by your insurance.</t>
   </si>
   <si>
     <t xml:space="preserve">Expenses </t>
   </si>
   <si>
     <t>You</t>
   </si>
   <si>
     <t>Your spouse</t>
   </si>
   <si>
     <t>We guarantee both the tax treatment and the amounts.</t>
   </si>
   <si>
     <t>Acupuncturist</t>
   </si>
   <si>
     <t>Ophthalmic medical assistant</t>
   </si>
   <si>
-    <t>Dental assistant (federal only)</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychological associate</t>
   </si>
   <si>
     <t>Dietician, registered nutritionist</t>
   </si>
   <si>
     <t>Dentist / Orthodontist / Denturologist, denturist</t>
   </si>
   <si>
     <t>Audiologist, hearing aid practitioner</t>
   </si>
   <si>
     <t>Registered nurse</t>
   </si>
   <si>
     <t>Registered nursing assistant / Licensed or registered practical nurse (Québec only)</t>
   </si>
   <si>
     <t>Dental nurse</t>
   </si>
   <si>
     <t>Respiratory therapist</t>
   </si>
   <si>
     <t>Massage therapist</t>
   </si>
   <si>
     <t>Physician / Pediatrician / Pharmacist</t>
   </si>
   <si>
-    <t>Medication</t>
-[...4 lines deleted...]
-  <si>
     <t>Osteopath (Québec only)</t>
   </si>
   <si>
     <t>Physiotherapist / Chiropractor / Occupational therapist</t>
   </si>
   <si>
     <t>Herbalist (Québec only)</t>
   </si>
   <si>
     <t xml:space="preserve">Podiatrist </t>
   </si>
   <si>
     <t>Chiropodist (Québec only)</t>
   </si>
   <si>
     <t>Psychoanalyst / Psychotherapist (Québec only)</t>
   </si>
   <si>
     <t>Psychologist</t>
   </si>
   <si>
     <t>Psychotherapist (Québec only)</t>
   </si>
   <si>
-    <t>Sexologist (Québec only)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dental technician or technologist</t>
   </si>
   <si>
     <t>Social worker</t>
   </si>
   <si>
     <t>We guarantee the appropriate tax treatment, but not the amounts.</t>
   </si>
   <si>
     <t>non-deductible</t>
   </si>
   <si>
     <t>Speech-language pathologist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Combined lab and X-ray technologist (federal only)</t>
   </si>
   <si>
     <t>Medical expenses questionnaire</t>
   </si>
   <si>
     <t>Surgeon</t>
   </si>
   <si>
     <t xml:space="preserve">Please choose one of the two options below. </t>
   </si>
   <si>
     <t>Option 2: You will provide us with the receipts, insurance statements, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Signature : </t>
   </si>
   <si>
     <t>Option 1: You provide totals per expense type.</t>
   </si>
   <si>
     <t xml:space="preserve">Other: </t>
   </si>
   <si>
     <t xml:space="preserve">TOTAL : </t>
   </si>
@@ -308,54 +293,63 @@
   <si>
     <t>bbc9a413-8604-4f9a-a9ef-bd36f636773a</t>
   </si>
   <si>
     <t>{"id":"bbc9a413-8604-4f9a-a9ef-bd36f636773a","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>e39fb9f2-a244-4c64-b59c-dd831073fde4</t>
   </si>
   <si>
     <t>{"id":"e39fb9f2-a244-4c64-b59c-dd831073fde4","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>0335f6b0-31cf-4125-9604-84645b384cc7</t>
   </si>
   <si>
     <t>{"id":"0335f6b0-31cf-4125-9604-84645b384cc7","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>2e6318ce-718f-4ffa-9b1d-a9e0c1a305e5</t>
   </si>
   <si>
     <t>{"id":"2e6318ce-718f-4ffa-9b1d-a9e0c1a305e5","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
-[...2 lines deleted...]
-    <t>This form is approved for 2024 and earlier tax years only. Please download the most recent version if you are filing a tax year after 2024.</t>
+    <t>This form is approved for 2025 and earlier tax years only. Please download the most recent version if you are filing a tax year after 2025.</t>
+  </si>
+  <si>
+    <t>Naturopath (Québec only, not eligible starting from 2026)</t>
+  </si>
+  <si>
+    <t>Medication (homeopathy not eligible starting from 2026)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexologist </t>
+  </si>
+  <si>
+    <t>v.2026-02-03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
@@ -935,1401 +929,1388 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canada.ca/en/revenue-agency/services/tax/individuals/topics/about-your-tax-return/tax-return/completing-a-tax-return/deductions-credits-expenses/lines-33099-33199-eligible-medical-expenses-you-claim-on-your-tax-return.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669552009</v>
       </c>
       <c r="B1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1737669552162</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>1737669552172</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>1737669552172</v>
       </c>
       <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
         <v>64</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>1737669552172</v>
       </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>1737669552172</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669552193</v>
       </c>
       <c r="B1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669552206</v>
       </c>
       <c r="B1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669552216</v>
       </c>
       <c r="B1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K104"/>
+  <dimension ref="A1:K102"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+      <selection activeCell="I2" sqref="I2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.09765625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="48.625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="3.875" style="5" customWidth="1"/>
+    <col min="1" max="1" width="48.59765625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="3.59765625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.09765625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="3.8984375" style="5" customWidth="1"/>
     <col min="5" max="5" width="14.5" style="1" customWidth="1"/>
-    <col min="6" max="6" width="4.375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="4.3984375" style="5" customWidth="1"/>
     <col min="7" max="7" width="14.5" style="1" customWidth="1"/>
     <col min="8" max="8" width="3.5" style="5" customWidth="1"/>
-    <col min="9" max="9" width="14.625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="14.59765625" style="1" customWidth="1"/>
     <col min="10" max="10" width="11" style="1" customWidth="1"/>
-    <col min="11" max="16384" width="11.125" style="1"/>
+    <col min="11" max="16384" width="11.09765625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" ht="22.8" x14ac:dyDescent="0.4">
       <c r="B1" s="2"/>
       <c r="D1" s="3"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="4" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="22.8" x14ac:dyDescent="0.4">
       <c r="E2" s="6"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6"/>
       <c r="H2" s="7"/>
       <c r="I2" s="8" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
     </row>
-    <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="10"/>
       <c r="E4" s="5"/>
     </row>
-    <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
     </row>
-    <row r="6" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="B6" s="30"/>
       <c r="C6" s="30"/>
       <c r="D6" s="30"/>
       <c r="E6" s="30"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
       <c r="H6" s="30"/>
     </row>
     <row r="7" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="14"/>
       <c r="E8" s="14"/>
       <c r="F8" s="13"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
     </row>
-    <row r="9" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
       <c r="F9" s="13"/>
     </row>
-    <row r="10" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F10" s="16"/>
       <c r="G10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="16"/>
       <c r="I10" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" ht="21" x14ac:dyDescent="0.4">
       <c r="A12" s="17" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B12" s="6"/>
     </row>
-    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
       <c r="B13" s="6"/>
     </row>
-    <row r="14" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" ht="21" x14ac:dyDescent="0.4">
       <c r="A14" s="17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B14" s="6"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B17" s="6"/>
     </row>
-    <row r="18" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" ht="41.4" x14ac:dyDescent="0.25">
       <c r="B18" s="6"/>
       <c r="C18" s="18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="18" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I18" s="18" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A19" s="19" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B19" s="20"/>
       <c r="C19" s="9"/>
       <c r="E19" s="9"/>
       <c r="G19" s="9"/>
       <c r="I19" s="9"/>
     </row>
-    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="6"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="21" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="E21" s="9"/>
       <c r="G21" s="9"/>
       <c r="I21" s="9"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="21" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I22" s="9" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="21" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="9"/>
-      <c r="C23" s="9"/>
-[...4 lines deleted...]
-    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="C23" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G23" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="I23" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="21" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B24" s="9"/>
-      <c r="C24" s="9" t="s">
-[...12 lines deleted...]
-    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="C24" s="9"/>
+      <c r="E24" s="9"/>
+      <c r="G24" s="9"/>
+      <c r="I24" s="9"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="21" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="E25" s="9"/>
       <c r="G25" s="9"/>
       <c r="I25" s="9"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="21" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="E26" s="9"/>
       <c r="G26" s="9"/>
       <c r="I26" s="9"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="E27" s="9"/>
       <c r="G27" s="9"/>
       <c r="I27" s="9"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="21" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="9"/>
       <c r="E28" s="9"/>
       <c r="G28" s="9"/>
       <c r="I28" s="9"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="21" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="E29" s="9"/>
       <c r="G29" s="9"/>
       <c r="I29" s="9"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="21" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="9"/>
       <c r="E30" s="9"/>
       <c r="G30" s="9"/>
       <c r="I30" s="9"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:9" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A31" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="9"/>
       <c r="C31" s="9"/>
       <c r="E31" s="9"/>
       <c r="G31" s="9"/>
       <c r="I31" s="9"/>
     </row>
-    <row r="32" spans="1:9" ht="28.5" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="21" t="s">
         <v>21</v>
       </c>
       <c r="B32" s="9"/>
-      <c r="C32" s="9"/>
-[...4 lines deleted...]
-    <row r="33" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="C32" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G32" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="I32" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A33" s="21" t="s">
         <v>22</v>
       </c>
       <c r="B33" s="9"/>
-      <c r="C33" s="9" t="s">
-[...12 lines deleted...]
-    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="C33" s="9"/>
+      <c r="E33" s="9"/>
+      <c r="G33" s="9"/>
+      <c r="I33" s="9"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A34" s="21" t="s">
         <v>23</v>
       </c>
       <c r="B34" s="9"/>
-      <c r="C34" s="9"/>
-[...4 lines deleted...]
-    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="C34" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G34" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="I34" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A35" s="21" t="s">
         <v>24</v>
       </c>
       <c r="B35" s="9"/>
-      <c r="C35" s="9" t="s">
-[...12 lines deleted...]
-    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="C35" s="9"/>
+      <c r="E35" s="9"/>
+      <c r="G35" s="9"/>
+      <c r="I35" s="9"/>
+    </row>
+    <row r="36" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="21" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="B36" s="9"/>
       <c r="C36" s="9"/>
       <c r="E36" s="9"/>
       <c r="G36" s="9"/>
       <c r="I36" s="9"/>
     </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A37" s="21" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="B37" s="9"/>
       <c r="C37" s="9"/>
       <c r="E37" s="9"/>
       <c r="G37" s="9"/>
       <c r="I37" s="9"/>
     </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:11" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A38" s="21" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="B38" s="9"/>
       <c r="C38" s="9"/>
       <c r="E38" s="9"/>
       <c r="G38" s="9"/>
       <c r="I38" s="9"/>
     </row>
-    <row r="39" spans="1:11" ht="28.5" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:11" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A39" s="21" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B39" s="9"/>
       <c r="C39" s="9"/>
       <c r="E39" s="9"/>
       <c r="G39" s="9"/>
       <c r="I39" s="9"/>
     </row>
-    <row r="40" spans="1:11" ht="28.5" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A40" s="21" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="B40" s="9"/>
       <c r="C40" s="9"/>
       <c r="E40" s="9"/>
       <c r="G40" s="9"/>
       <c r="I40" s="9"/>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A41" s="21" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="B41" s="9"/>
       <c r="C41" s="9"/>
       <c r="E41" s="9"/>
       <c r="G41" s="9"/>
       <c r="I41" s="9"/>
     </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A42" s="21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B42" s="9"/>
       <c r="C42" s="9"/>
       <c r="E42" s="9"/>
       <c r="G42" s="9"/>
       <c r="I42" s="9"/>
     </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A43" s="21" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B43" s="9"/>
       <c r="C43" s="9"/>
       <c r="E43" s="9"/>
       <c r="G43" s="9"/>
       <c r="I43" s="9"/>
     </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A44" s="21" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B44" s="9"/>
       <c r="C44" s="9"/>
       <c r="E44" s="9"/>
       <c r="G44" s="9"/>
       <c r="I44" s="9"/>
     </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A45" s="21" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B45" s="9"/>
       <c r="C45" s="9"/>
       <c r="E45" s="9"/>
       <c r="G45" s="9"/>
       <c r="I45" s="9"/>
-    </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="K45" s="5"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A46" s="21" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B46" s="9"/>
-      <c r="C46" s="9"/>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+      <c r="C46" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G46" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>36</v>
+      </c>
       <c r="K46" s="5"/>
     </row>
-    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A47" s="21" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B47" s="9"/>
       <c r="C47" s="9"/>
       <c r="E47" s="9"/>
       <c r="G47" s="9"/>
       <c r="I47" s="9"/>
       <c r="K47" s="5"/>
     </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A48" s="21" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B48" s="9"/>
       <c r="C48" s="9"/>
       <c r="E48" s="9"/>
       <c r="G48" s="9"/>
       <c r="I48" s="9"/>
       <c r="K48" s="5"/>
     </row>
-    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A49" s="21" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="B49" s="9"/>
       <c r="C49" s="9"/>
       <c r="E49" s="9"/>
       <c r="G49" s="9"/>
       <c r="I49" s="9"/>
       <c r="K49" s="5"/>
     </row>
-    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A50" s="21" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B50" s="9"/>
       <c r="C50" s="9"/>
       <c r="E50" s="9"/>
       <c r="G50" s="9"/>
       <c r="I50" s="9"/>
       <c r="K50" s="5"/>
     </row>
-    <row r="51" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A51" s="21" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B51" s="9"/>
       <c r="C51" s="9"/>
       <c r="E51" s="9"/>
       <c r="G51" s="9"/>
       <c r="I51" s="9"/>
-      <c r="K51" s="5"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+    </row>
+    <row r="52" spans="1:11" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="21" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B52" s="9"/>
-      <c r="C52" s="9"/>
+      <c r="C52" s="5"/>
       <c r="E52" s="9"/>
       <c r="G52" s="9"/>
       <c r="I52" s="9"/>
-      <c r="K52" s="5"/>
-[...70 lines deleted...]
-      </c>
+    </row>
+    <row r="53" spans="1:11" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B53" s="23"/>
+      <c r="C53" s="16"/>
+      <c r="E53" s="16"/>
+      <c r="G53" s="16"/>
+      <c r="I53" s="16"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B54" s="13"/>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="13"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B56" s="26"/>
+      <c r="C56" s="26"/>
+      <c r="D56" s="26"/>
+      <c r="E56" s="26"/>
+      <c r="F56" s="26"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="26"/>
+      <c r="I56" s="26"/>
+    </row>
+    <row r="57" spans="1:11" ht="21" x14ac:dyDescent="0.4">
+      <c r="A57" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="I57" s="24"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B58" s="13"/>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="13"/>
+      <c r="F58" s="13"/>
+      <c r="G58" s="15"/>
+      <c r="H58" s="15"/>
+      <c r="I58" s="24"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B59" s="13"/>
+      <c r="C59" s="13"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="13"/>
+      <c r="F59" s="13"/>
+      <c r="G59" s="15"/>
+      <c r="H59" s="15"/>
       <c r="I59" s="24"/>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F60" s="13"/>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="B60" s="28"/>
+      <c r="C60" s="28"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="28"/>
+      <c r="F60" s="28"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="24"/>
     </row>
-    <row r="61" spans="1:11" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F61" s="13"/>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
       <c r="I61" s="24"/>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F62" s="28"/>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B62" s="27"/>
+      <c r="C62" s="27"/>
+      <c r="D62" s="27"/>
+      <c r="E62" s="27"/>
+      <c r="F62" s="27"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="24"/>
     </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="28"/>
+      <c r="B63" s="28"/>
+      <c r="C63" s="28"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="28"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="24"/>
     </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F64" s="27"/>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="28"/>
+      <c r="B64" s="28"/>
+      <c r="C64" s="28"/>
+      <c r="D64" s="28"/>
+      <c r="E64" s="28"/>
+      <c r="F64" s="28"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15"/>
       <c r="I64" s="24"/>
     </row>
-    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="28"/>
       <c r="B65" s="28"/>
       <c r="C65" s="28"/>
       <c r="D65" s="28"/>
       <c r="E65" s="28"/>
       <c r="F65" s="28"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15"/>
       <c r="I65" s="24"/>
     </row>
-    <row r="66" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="28"/>
       <c r="B66" s="28"/>
       <c r="C66" s="28"/>
       <c r="D66" s="28"/>
       <c r="E66" s="28"/>
       <c r="F66" s="28"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="24"/>
     </row>
-    <row r="67" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="28"/>
       <c r="B67" s="28"/>
       <c r="C67" s="28"/>
       <c r="D67" s="28"/>
       <c r="E67" s="28"/>
       <c r="F67" s="28"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15"/>
       <c r="I67" s="24"/>
     </row>
-    <row r="68" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="28"/>
       <c r="B68" s="28"/>
       <c r="C68" s="28"/>
       <c r="D68" s="28"/>
       <c r="E68" s="28"/>
       <c r="F68" s="28"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="24"/>
     </row>
-    <row r="69" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="28"/>
       <c r="B69" s="28"/>
       <c r="C69" s="28"/>
       <c r="D69" s="28"/>
       <c r="E69" s="28"/>
       <c r="F69" s="28"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15"/>
       <c r="I69" s="24"/>
     </row>
-    <row r="70" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="28"/>
       <c r="B70" s="28"/>
       <c r="C70" s="28"/>
       <c r="D70" s="28"/>
       <c r="E70" s="28"/>
       <c r="F70" s="28"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15"/>
       <c r="I70" s="24"/>
     </row>
-    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="28"/>
       <c r="B71" s="28"/>
       <c r="C71" s="28"/>
       <c r="D71" s="28"/>
       <c r="E71" s="28"/>
       <c r="F71" s="28"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="24"/>
     </row>
-    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="28"/>
       <c r="B72" s="28"/>
       <c r="C72" s="28"/>
       <c r="D72" s="28"/>
       <c r="E72" s="28"/>
       <c r="F72" s="28"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="24"/>
     </row>
-    <row r="73" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="28"/>
       <c r="B73" s="28"/>
       <c r="C73" s="28"/>
       <c r="D73" s="28"/>
       <c r="E73" s="28"/>
       <c r="F73" s="28"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="24"/>
     </row>
-    <row r="74" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="28"/>
       <c r="B74" s="28"/>
       <c r="C74" s="28"/>
       <c r="D74" s="28"/>
       <c r="E74" s="28"/>
       <c r="F74" s="28"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="24"/>
     </row>
-    <row r="75" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="28"/>
       <c r="B75" s="28"/>
       <c r="C75" s="28"/>
       <c r="D75" s="28"/>
       <c r="E75" s="28"/>
       <c r="F75" s="28"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="24"/>
     </row>
-    <row r="76" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="28"/>
       <c r="B76" s="28"/>
       <c r="C76" s="28"/>
       <c r="D76" s="28"/>
       <c r="E76" s="28"/>
       <c r="F76" s="28"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="24"/>
     </row>
-    <row r="77" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="28"/>
       <c r="B77" s="28"/>
       <c r="C77" s="28"/>
       <c r="D77" s="28"/>
       <c r="E77" s="28"/>
       <c r="F77" s="28"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15"/>
       <c r="I77" s="24"/>
     </row>
-    <row r="78" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="28"/>
       <c r="B78" s="28"/>
       <c r="C78" s="28"/>
       <c r="D78" s="28"/>
       <c r="E78" s="28"/>
       <c r="F78" s="28"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15"/>
       <c r="I78" s="24"/>
     </row>
-    <row r="79" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="28"/>
       <c r="B79" s="28"/>
       <c r="C79" s="28"/>
       <c r="D79" s="28"/>
       <c r="E79" s="28"/>
       <c r="F79" s="28"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="24"/>
     </row>
-    <row r="80" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="28"/>
       <c r="B80" s="28"/>
       <c r="C80" s="28"/>
       <c r="D80" s="28"/>
       <c r="E80" s="28"/>
       <c r="F80" s="28"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15"/>
       <c r="I80" s="24"/>
     </row>
-    <row r="81" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="28"/>
       <c r="B81" s="28"/>
       <c r="C81" s="28"/>
       <c r="D81" s="28"/>
       <c r="E81" s="28"/>
       <c r="F81" s="28"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15"/>
       <c r="I81" s="24"/>
     </row>
-    <row r="82" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="28"/>
       <c r="B82" s="28"/>
       <c r="C82" s="28"/>
       <c r="D82" s="28"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15"/>
       <c r="I82" s="24"/>
     </row>
-    <row r="83" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="28"/>
       <c r="B83" s="28"/>
       <c r="C83" s="28"/>
       <c r="D83" s="28"/>
       <c r="E83" s="28"/>
       <c r="F83" s="28"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15"/>
       <c r="I83" s="24"/>
     </row>
-    <row r="84" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="28"/>
       <c r="B84" s="28"/>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="24"/>
     </row>
-    <row r="85" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="28"/>
       <c r="B85" s="28"/>
       <c r="C85" s="28"/>
       <c r="D85" s="28"/>
       <c r="E85" s="28"/>
       <c r="F85" s="28"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="24"/>
     </row>
-    <row r="86" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="28"/>
       <c r="B86" s="28"/>
       <c r="C86" s="28"/>
       <c r="D86" s="28"/>
       <c r="E86" s="28"/>
       <c r="F86" s="28"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="24"/>
     </row>
-    <row r="87" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="28"/>
       <c r="B87" s="28"/>
       <c r="C87" s="28"/>
       <c r="D87" s="28"/>
       <c r="E87" s="28"/>
       <c r="F87" s="28"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15"/>
       <c r="I87" s="24"/>
     </row>
-    <row r="88" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F88" s="28"/>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="29"/>
+      <c r="B88" s="29"/>
+      <c r="C88" s="29"/>
+      <c r="D88" s="29"/>
+      <c r="E88" s="29"/>
+      <c r="F88" s="29"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15"/>
       <c r="I88" s="24"/>
     </row>
-    <row r="89" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F89" s="28"/>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="29"/>
+      <c r="B89" s="29"/>
+      <c r="C89" s="29"/>
+      <c r="D89" s="29"/>
+      <c r="E89" s="29"/>
+      <c r="F89" s="29"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15"/>
       <c r="I89" s="24"/>
     </row>
-    <row r="90" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F90" s="29"/>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="28"/>
+      <c r="B90" s="28"/>
+      <c r="C90" s="28"/>
+      <c r="D90" s="28"/>
+      <c r="E90" s="28"/>
+      <c r="F90" s="28"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15"/>
       <c r="I90" s="24"/>
     </row>
-    <row r="91" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F91" s="29"/>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="28"/>
+      <c r="B91" s="28"/>
+      <c r="C91" s="28"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="28"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15"/>
       <c r="I91" s="24"/>
     </row>
-    <row r="92" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="28"/>
       <c r="B92" s="28"/>
       <c r="C92" s="28"/>
       <c r="D92" s="28"/>
       <c r="E92" s="28"/>
       <c r="F92" s="28"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15"/>
       <c r="I92" s="24"/>
     </row>
-    <row r="93" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="28"/>
       <c r="B93" s="28"/>
       <c r="C93" s="28"/>
       <c r="D93" s="28"/>
       <c r="E93" s="28"/>
       <c r="F93" s="28"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15"/>
       <c r="I93" s="24"/>
     </row>
-    <row r="94" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="28"/>
       <c r="B94" s="28"/>
       <c r="C94" s="28"/>
       <c r="D94" s="28"/>
       <c r="E94" s="28"/>
       <c r="F94" s="28"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15"/>
       <c r="I94" s="24"/>
     </row>
-    <row r="95" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="28"/>
       <c r="B95" s="28"/>
       <c r="C95" s="28"/>
       <c r="D95" s="28"/>
       <c r="E95" s="28"/>
       <c r="F95" s="28"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15"/>
       <c r="I95" s="24"/>
     </row>
-    <row r="96" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="28"/>
       <c r="B96" s="28"/>
       <c r="C96" s="28"/>
       <c r="D96" s="28"/>
       <c r="E96" s="28"/>
       <c r="F96" s="28"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15"/>
       <c r="I96" s="24"/>
     </row>
-    <row r="97" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F97" s="28"/>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" s="29"/>
+      <c r="B97" s="29"/>
+      <c r="C97" s="29"/>
+      <c r="D97" s="29"/>
+      <c r="E97" s="29"/>
+      <c r="F97" s="29"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15"/>
       <c r="I97" s="24"/>
     </row>
-    <row r="98" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F98" s="28"/>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="29"/>
+      <c r="B98" s="29"/>
+      <c r="C98" s="29"/>
+      <c r="D98" s="29"/>
+      <c r="E98" s="29"/>
+      <c r="F98" s="29"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15"/>
       <c r="I98" s="24"/>
     </row>
-    <row r="99" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F99" s="29"/>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="28"/>
+      <c r="B99" s="28"/>
+      <c r="C99" s="28"/>
+      <c r="D99" s="28"/>
+      <c r="E99" s="28"/>
+      <c r="F99" s="28"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15"/>
       <c r="I99" s="24"/>
     </row>
-    <row r="100" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F100" s="29"/>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="28"/>
+      <c r="B100" s="28"/>
+      <c r="C100" s="28"/>
+      <c r="D100" s="28"/>
+      <c r="E100" s="28"/>
+      <c r="F100" s="28"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15"/>
       <c r="I100" s="24"/>
     </row>
-    <row r="101" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="28"/>
       <c r="B101" s="28"/>
       <c r="C101" s="28"/>
       <c r="D101" s="28"/>
       <c r="E101" s="28"/>
       <c r="F101" s="28"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15"/>
       <c r="I101" s="24"/>
     </row>
-    <row r="102" spans="1:9" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="H102" s="15"/>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="24"/>
+      <c r="B102" s="24"/>
+      <c r="C102" s="24"/>
+      <c r="D102" s="24"/>
+      <c r="E102" s="24"/>
+      <c r="F102" s="24"/>
+      <c r="G102" s="24"/>
+      <c r="H102" s="24"/>
       <c r="I102" s="24"/>
-    </row>
-[...20 lines deleted...]
-      <c r="I104" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="43">
     <mergeCell ref="A6:H6"/>
-    <mergeCell ref="A81:F81"/>
-[...1 lines deleted...]
-    <mergeCell ref="A102:F102"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A99:F99"/>
+    <mergeCell ref="A100:F100"/>
+    <mergeCell ref="A87:F87"/>
+    <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A82:F82"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A95:F95"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A101:F101"/>
+    <mergeCell ref="A81:F81"/>
     <mergeCell ref="A91:F91"/>
     <mergeCell ref="A92:F92"/>
-    <mergeCell ref="A82:F82"/>
-    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A93:F93"/>
+    <mergeCell ref="A94:F94"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A97:F97"/>
-    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A98:F98"/>
+    <mergeCell ref="A96:F96"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A78:F78"/>
     <mergeCell ref="A68:F68"/>
     <mergeCell ref="A69:F69"/>
-    <mergeCell ref="A103:F103"/>
-[...11 lines deleted...]
-    <mergeCell ref="A80:F80"/>
     <mergeCell ref="A70:F70"/>
     <mergeCell ref="A71:F71"/>
     <mergeCell ref="A72:F72"/>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
-    <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
-    <mergeCell ref="A79:F79"/>
-    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A62:F62"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A60:F60"/>
     <mergeCell ref="A64:F64"/>
-    <mergeCell ref="A65:F65"/>
-[...1 lines deleted...]
-    <mergeCell ref="A66:F66"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A58" r:id="rId1"/>
+    <hyperlink ref="A56" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="67" orientation="portrait" r:id="rId2"/>
+  <pageSetup scale="69" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>