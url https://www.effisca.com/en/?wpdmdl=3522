--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Questionnaires &amp; listes (pas sur le web)\Particulier\CAN Particulier\En développement\2025-2026\À mettre en ligne\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="HGOyG3baBZ8oeI5vxhyTApZ7wtlW+zJhy96y6DV9QobUvgufSmLTplDc7bI/XMkk71sUumKxWnMM+eE8S0bi9Q==" workbookSaltValue="gpTTTSc5pnkIcIkkKYvSCw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10335" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="Liste dépenses" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Liste dépenses'!$A$1:$G$46</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="55">
   <si>
     <t xml:space="preserve"> $</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
@@ -241,62 +241,62 @@
   <si>
     <t>7cbd6386-f8c3-4510-8b71-dc08bf43fb85</t>
   </si>
   <si>
     <t>{"id":"7cbd6386-f8c3-4510-8b71-dc08bf43fb85","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>f6feefb4-c83b-4e83-ad81-dcd0fd9e066a</t>
   </si>
   <si>
     <t>{"id":"f6feefb4-c83b-4e83-ad81-dcd0fd9e066a","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>d46a76a2-fafe-40ae-98fe-f823735e2dbf</t>
   </si>
   <si>
     <t>{"id":"d46a76a2-fafe-40ae-98fe-f823735e2dbf","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>14c2987e-3a25-41a4-905a-368e77588001</t>
   </si>
   <si>
     <t>{"id":"14c2987e-3a25-41a4-905a-368e77588001","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
+    <t>v.2026-01-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
-    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -346,57 +346,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
@@ -442,110 +435,110 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="44" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Pourcentage" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1188,92 +1181,92 @@
       <c r="E5" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
     </row>
     <row r="6" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="1"/>
       <c r="I6" s="5"/>
     </row>
     <row r="7" spans="1:12" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
       <c r="H7" s="1"/>
       <c r="I7" s="5"/>
     </row>
     <row r="8" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="35" t="s">
+      <c r="A8" s="36" t="s">
         <v>40</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="5"/>
     </row>
     <row r="9" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="36" t="s">
+      <c r="A9" s="35" t="s">
         <v>31</v>
       </c>
-      <c r="B9" s="36"/>
-[...4 lines deleted...]
-      <c r="G9" s="36"/>
+      <c r="B9" s="35"/>
+      <c r="C9" s="35"/>
+      <c r="D9" s="35"/>
+      <c r="E9" s="35"/>
+      <c r="F9" s="35"/>
+      <c r="G9" s="35"/>
       <c r="H9" s="1"/>
       <c r="I9" s="5"/>
     </row>
     <row r="10" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="36" t="s">
+      <c r="A10" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="36"/>
-[...4 lines deleted...]
-      <c r="G10" s="36"/>
+      <c r="B10" s="35"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="35"/>
+      <c r="G10" s="35"/>
       <c r="H10" s="1"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="36" t="s">
+      <c r="A11" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="36"/>
-[...4 lines deleted...]
-      <c r="G11" s="36"/>
+      <c r="B11" s="35"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="35"/>
+      <c r="F11" s="35"/>
+      <c r="G11" s="35"/>
       <c r="H11" s="1"/>
       <c r="I11" s="5"/>
     </row>
     <row r="12" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I12" s="10"/>
     </row>
     <row r="13" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="11"/>
       <c r="G13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="10"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
     </row>
     <row r="14" spans="1:12" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>6</v>
       </c>