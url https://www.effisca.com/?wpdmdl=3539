--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,40 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="3F750C23" w14:textId="04A6483C" w:rsidR="004A60FE" w:rsidRDefault="004A60FE" w:rsidP="00220795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -765,127 +770,104 @@
       </w:r>
       <w:r w:rsidRPr="006425CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="006425CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON</w:t>
       </w:r>
       <w:r w:rsidR="002B34C0" w:rsidRPr="002B34C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E91B8E" w14:textId="67372598" w:rsidR="00B77857" w:rsidRDefault="00B77857" w:rsidP="002B34C0">
+    <w:p w14:paraId="5F61D8FF" w14:textId="77777777" w:rsidR="00E60E7B" w:rsidRDefault="00B77857" w:rsidP="00E60E7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B77857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>La compagnie détient-elle un immeuble résidentiel ?</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00B0F0"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="442DC0D9" w14:textId="664A9793" w:rsidR="00B77857" w:rsidRDefault="00B77857" w:rsidP="00B77857">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>□ OUI  □ NON</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442DC0D9" w14:textId="47CE9883" w:rsidR="00B77857" w:rsidRPr="00E60E7B" w:rsidRDefault="00B77857" w:rsidP="00E60E7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B77857">
-[...14 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E60E7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Si oui, vous êtes peut-être sujet à la Taxe sur les Logements Sous-Utilisés. Veuillez nous contacter pour déterminer vos obligations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA7F10F" w14:textId="3097A1FA" w:rsidR="002B34C0" w:rsidRPr="00B77857" w:rsidRDefault="002B34C0" w:rsidP="00B77857">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B77857">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Y-a-t-il des nouvelles compagnies liées ou associées ? </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77857">
@@ -2770,51 +2752,56 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49EF0D6F" w14:textId="77777777" w:rsidR="00F62827" w:rsidRDefault="00F62827" w:rsidP="007A404F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F62827" w:rsidSect="001A3874">
-          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E64406" w14:textId="7C2A937F" w:rsidR="00816F36" w:rsidRPr="00553154" w:rsidRDefault="00816F36" w:rsidP="007A404F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -2971,55 +2958,55 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553154">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Malgré ce qui précède, les obligations du client survivent à la </w:t>
       </w:r>
       <w:r w:rsidR="00A34B67" w:rsidRPr="00553154">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>terminaison ou à la résiliation de ce contrat jusqu’à parfait paiement de toutes sommes dues en raison de l’exécution du mandat et de ce contrat;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk83294678"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk83294678"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk83294311"/>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="5F9615E6" w14:textId="77777777" w:rsidR="0090609B" w:rsidRPr="00553154" w:rsidRDefault="0090609B" w:rsidP="0090609B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A8A10E2" w14:textId="7D6E6B0A" w:rsidR="002B0E5A" w:rsidRPr="00553154" w:rsidRDefault="005B44D7" w:rsidP="007A404F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -4069,51 +4056,51 @@
     </w:p>
     <w:p w14:paraId="38E0CDA5" w14:textId="77777777" w:rsidR="00AD2B63" w:rsidRPr="00A364A4" w:rsidRDefault="00AD2B63" w:rsidP="009C52F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Rapports d’impôts (T2) :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13389C33" w14:textId="0EFCEF1A" w:rsidR="00AD2B63" w:rsidRPr="00A364A4" w:rsidRDefault="004A60FE" w:rsidP="009C52F3">
+    <w:p w14:paraId="13389C33" w14:textId="0AD97295" w:rsidR="00AD2B63" w:rsidRPr="00A364A4" w:rsidRDefault="004A60FE" w:rsidP="009C52F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">T2 </w:t>
       </w:r>
       <w:r w:rsidR="009C52F3" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4148,106 +4135,122 @@
       </w:r>
       <w:r w:rsidR="009C52F3" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> : min.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A364A4" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:r w:rsidR="00F94D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00911FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>350</w:t>
       </w:r>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7286CDFB" w14:textId="3C0269AE" w:rsidR="00A364A4" w:rsidRDefault="004A60FE" w:rsidP="00A364A4">
+    <w:p w14:paraId="7286CDFB" w14:textId="530D63D1" w:rsidR="00A364A4" w:rsidRDefault="004A60FE" w:rsidP="00A364A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">1120F Treaty-based </w:t>
       </w:r>
       <w:r w:rsidR="009C52F3" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>return : min.</w:t>
       </w:r>
       <w:r w:rsidR="004B7505" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
+      <w:r w:rsidR="00F94D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00911FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004B7505" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
     </w:p>
@@ -4276,52 +4279,50 @@
       </w:r>
       <w:r w:rsidR="00B77857" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00AD2B63" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>$ minimum</w:t>
       </w:r>
       <w:r w:rsidR="000A0B03" w:rsidRPr="00A364A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="4AB53851" w14:textId="77777777" w:rsidR="00F62827" w:rsidRPr="00553154" w:rsidRDefault="00F62827" w:rsidP="009C52F3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47982B9D" w14:textId="5CE13555" w:rsidR="00B737C9" w:rsidRPr="001A3874" w:rsidRDefault="00B737C9" w:rsidP="00C77BA2">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -6440,58 +6441,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46FF240F" w14:textId="79F59541" w:rsidR="000967DA" w:rsidRPr="008E21ED" w:rsidRDefault="000967DA" w:rsidP="001A3874">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000967DA" w:rsidRPr="008E21ED" w:rsidSect="001A3874">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="536BC045" w14:textId="77777777" w:rsidR="00D614E1" w:rsidRDefault="00D614E1" w:rsidP="007C716A">
+    <w:p w14:paraId="0A1446FD" w14:textId="77777777" w:rsidR="0031009C" w:rsidRDefault="0031009C" w:rsidP="007C716A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="320FAF31" w14:textId="77777777" w:rsidR="00D614E1" w:rsidRDefault="00D614E1" w:rsidP="007C716A">
+    <w:p w14:paraId="1A51B30E" w14:textId="77777777" w:rsidR="0031009C" w:rsidRDefault="0031009C" w:rsidP="007C716A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -6531,154 +6532,216 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="043FB8A5" w14:textId="77777777" w:rsidR="005B6F5C" w:rsidRDefault="005B6F5C">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="2D643B52" w14:textId="77777777" w:rsidR="005B6F5C" w:rsidRDefault="005B6F5C">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="4C19AA38" w14:textId="77777777" w:rsidR="005B6F5C" w:rsidRDefault="005B6F5C">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4157C260" w14:textId="77777777" w:rsidR="00D614E1" w:rsidRDefault="00D614E1" w:rsidP="007C716A">
+    <w:p w14:paraId="001992F6" w14:textId="77777777" w:rsidR="0031009C" w:rsidRDefault="0031009C" w:rsidP="007C716A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="530B33B0" w14:textId="77777777" w:rsidR="00D614E1" w:rsidRDefault="00D614E1" w:rsidP="007C716A">
+    <w:p w14:paraId="3B7A617C" w14:textId="77777777" w:rsidR="0031009C" w:rsidRDefault="0031009C" w:rsidP="007C716A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="429B1976" w14:textId="5523EB62" w:rsidR="007A404F" w:rsidRPr="008C44F8" w:rsidRDefault="007A404F" w:rsidP="007A404F">
+  <w:p w14:paraId="175A0E6C" w14:textId="77777777" w:rsidR="005B6F5C" w:rsidRDefault="005B6F5C">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="429B1976" w14:textId="2D2F16A8" w:rsidR="007A404F" w:rsidRPr="008C44F8" w:rsidRDefault="007A404F" w:rsidP="007A404F">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>v</w:t>
-[...8 lines deleted...]
-      <w:t>.</w:t>
+      <w:t>v.</w:t>
     </w:r>
     <w:r w:rsidR="00EE762D" w:rsidRPr="00EE762D">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001552D8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025-</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00911FB6">
+    <w:r w:rsidR="005B6F5C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>12-18</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="001552D8">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="005B6F5C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00911FB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1-</w:t>
+    </w:r>
+    <w:r w:rsidR="005B6F5C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">– Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00911FB6">
+    <w:r w:rsidR="00E60E7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -6728,50 +6791,60 @@
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">QUESTIONNAIRE: </w:t>
     </w:r>
     <w:r w:rsidR="009E0822">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>DÉCLARATIONS CORPOS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2E70823F" w14:textId="77777777" w:rsidR="006453F5" w:rsidRPr="006453F5" w:rsidRDefault="006453F5" w:rsidP="006453F5">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="5743F5F4" w14:textId="77777777" w:rsidR="005B6F5C" w:rsidRDefault="005B6F5C">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="018043CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70C4905E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003">
       <w:start w:val="1"/>
@@ -8719,53 +8792,53 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="155"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A537D3"/>
@@ -8783,99 +8856,101 @@
     <w:rsid w:val="00073A46"/>
     <w:rsid w:val="00076DEB"/>
     <w:rsid w:val="00077230"/>
     <w:rsid w:val="00077E4B"/>
     <w:rsid w:val="00080234"/>
     <w:rsid w:val="00085D7C"/>
     <w:rsid w:val="00095A25"/>
     <w:rsid w:val="000967DA"/>
     <w:rsid w:val="000A0B03"/>
     <w:rsid w:val="000A381F"/>
     <w:rsid w:val="000A4871"/>
     <w:rsid w:val="000A63C2"/>
     <w:rsid w:val="000C04C1"/>
     <w:rsid w:val="000D057B"/>
     <w:rsid w:val="000D41D7"/>
     <w:rsid w:val="000E0727"/>
     <w:rsid w:val="000E71B9"/>
     <w:rsid w:val="000F2E1E"/>
     <w:rsid w:val="000F67E4"/>
     <w:rsid w:val="000F6B16"/>
     <w:rsid w:val="00114CF9"/>
     <w:rsid w:val="001369FE"/>
     <w:rsid w:val="001528FC"/>
     <w:rsid w:val="00153644"/>
     <w:rsid w:val="0015421D"/>
+    <w:rsid w:val="00154710"/>
     <w:rsid w:val="001552D8"/>
     <w:rsid w:val="0016037E"/>
     <w:rsid w:val="00183437"/>
     <w:rsid w:val="001861B2"/>
     <w:rsid w:val="00191EE6"/>
     <w:rsid w:val="00194E1B"/>
     <w:rsid w:val="001A314A"/>
     <w:rsid w:val="001A3874"/>
     <w:rsid w:val="001A4200"/>
     <w:rsid w:val="001A554E"/>
     <w:rsid w:val="001A6D82"/>
     <w:rsid w:val="001C755B"/>
     <w:rsid w:val="001E0C40"/>
     <w:rsid w:val="001E125D"/>
     <w:rsid w:val="001E1E8B"/>
     <w:rsid w:val="001E7769"/>
     <w:rsid w:val="00202BCF"/>
     <w:rsid w:val="00216994"/>
     <w:rsid w:val="00220795"/>
     <w:rsid w:val="00224C40"/>
     <w:rsid w:val="00227724"/>
     <w:rsid w:val="00251341"/>
     <w:rsid w:val="00254ACE"/>
     <w:rsid w:val="00256143"/>
     <w:rsid w:val="00262554"/>
     <w:rsid w:val="002673E8"/>
     <w:rsid w:val="002730C1"/>
     <w:rsid w:val="00274513"/>
     <w:rsid w:val="002806C6"/>
     <w:rsid w:val="00281B8F"/>
     <w:rsid w:val="002837AE"/>
     <w:rsid w:val="00287402"/>
     <w:rsid w:val="0029020E"/>
     <w:rsid w:val="0029277B"/>
     <w:rsid w:val="00294074"/>
     <w:rsid w:val="002970C6"/>
     <w:rsid w:val="002B0E5A"/>
     <w:rsid w:val="002B26E6"/>
     <w:rsid w:val="002B34C0"/>
     <w:rsid w:val="002B4696"/>
     <w:rsid w:val="002B6800"/>
     <w:rsid w:val="002C1F82"/>
     <w:rsid w:val="002E56CD"/>
     <w:rsid w:val="002F54A3"/>
     <w:rsid w:val="002F58D3"/>
     <w:rsid w:val="002F6082"/>
     <w:rsid w:val="002F78F3"/>
     <w:rsid w:val="00302BC3"/>
     <w:rsid w:val="0030619F"/>
+    <w:rsid w:val="0031009C"/>
     <w:rsid w:val="003103B6"/>
     <w:rsid w:val="00311105"/>
     <w:rsid w:val="00315A3F"/>
     <w:rsid w:val="00315DA9"/>
     <w:rsid w:val="00321125"/>
     <w:rsid w:val="00321C31"/>
     <w:rsid w:val="00322E9B"/>
     <w:rsid w:val="00324987"/>
     <w:rsid w:val="00324FA7"/>
     <w:rsid w:val="00332D0D"/>
     <w:rsid w:val="003465A2"/>
     <w:rsid w:val="00347FBB"/>
     <w:rsid w:val="00351F53"/>
     <w:rsid w:val="003557B6"/>
     <w:rsid w:val="003600B7"/>
     <w:rsid w:val="0036263D"/>
     <w:rsid w:val="0036389B"/>
     <w:rsid w:val="00370A62"/>
     <w:rsid w:val="00382DC9"/>
     <w:rsid w:val="003847A1"/>
     <w:rsid w:val="00395E01"/>
     <w:rsid w:val="0039696A"/>
     <w:rsid w:val="003A0965"/>
     <w:rsid w:val="003A325C"/>
     <w:rsid w:val="003B2EBD"/>
@@ -8917,68 +8992,70 @@
     <w:rsid w:val="004B7505"/>
     <w:rsid w:val="004C0289"/>
     <w:rsid w:val="004C4E95"/>
     <w:rsid w:val="004E3C46"/>
     <w:rsid w:val="004F4DFD"/>
     <w:rsid w:val="004F6E3E"/>
     <w:rsid w:val="00512603"/>
     <w:rsid w:val="00515E74"/>
     <w:rsid w:val="00516B33"/>
     <w:rsid w:val="00517154"/>
     <w:rsid w:val="00524B67"/>
     <w:rsid w:val="005270B3"/>
     <w:rsid w:val="00527D5E"/>
     <w:rsid w:val="00545260"/>
     <w:rsid w:val="00553154"/>
     <w:rsid w:val="00553585"/>
     <w:rsid w:val="00555D12"/>
     <w:rsid w:val="00577867"/>
     <w:rsid w:val="00577D89"/>
     <w:rsid w:val="00584EEB"/>
     <w:rsid w:val="0059584D"/>
     <w:rsid w:val="00596135"/>
     <w:rsid w:val="005B10C5"/>
     <w:rsid w:val="005B2BDF"/>
     <w:rsid w:val="005B44D7"/>
+    <w:rsid w:val="005B6F5C"/>
     <w:rsid w:val="005B7FA2"/>
     <w:rsid w:val="005C4B3F"/>
     <w:rsid w:val="005C7FEF"/>
     <w:rsid w:val="005D1179"/>
     <w:rsid w:val="005D1BDE"/>
     <w:rsid w:val="005D410C"/>
     <w:rsid w:val="0060224A"/>
     <w:rsid w:val="0062337A"/>
     <w:rsid w:val="006417A1"/>
     <w:rsid w:val="006425CA"/>
     <w:rsid w:val="00643420"/>
     <w:rsid w:val="006453F5"/>
     <w:rsid w:val="00646087"/>
     <w:rsid w:val="00663609"/>
     <w:rsid w:val="00673C93"/>
     <w:rsid w:val="0068590F"/>
     <w:rsid w:val="00686E93"/>
     <w:rsid w:val="00687A69"/>
+    <w:rsid w:val="00691CC8"/>
     <w:rsid w:val="006960D2"/>
     <w:rsid w:val="006A0322"/>
     <w:rsid w:val="006A466E"/>
     <w:rsid w:val="006C1263"/>
     <w:rsid w:val="006C33AE"/>
     <w:rsid w:val="006C5437"/>
     <w:rsid w:val="006D3626"/>
     <w:rsid w:val="006E3D09"/>
     <w:rsid w:val="006F3F03"/>
     <w:rsid w:val="006F6FC4"/>
     <w:rsid w:val="00710D72"/>
     <w:rsid w:val="00713815"/>
     <w:rsid w:val="00727F42"/>
     <w:rsid w:val="0074503A"/>
     <w:rsid w:val="0074737E"/>
     <w:rsid w:val="00765276"/>
     <w:rsid w:val="00774833"/>
     <w:rsid w:val="007807EE"/>
     <w:rsid w:val="007816DB"/>
     <w:rsid w:val="0078575E"/>
     <w:rsid w:val="00787489"/>
     <w:rsid w:val="007A404F"/>
     <w:rsid w:val="007A4C27"/>
     <w:rsid w:val="007B28AE"/>
     <w:rsid w:val="007B3238"/>
@@ -9132,80 +9209,83 @@
     <w:rsid w:val="00D71245"/>
     <w:rsid w:val="00D82B01"/>
     <w:rsid w:val="00D8570F"/>
     <w:rsid w:val="00D85B16"/>
     <w:rsid w:val="00D868F3"/>
     <w:rsid w:val="00D90B1E"/>
     <w:rsid w:val="00D92490"/>
     <w:rsid w:val="00DA62CF"/>
     <w:rsid w:val="00DA73F9"/>
     <w:rsid w:val="00DB0D33"/>
     <w:rsid w:val="00DB13B3"/>
     <w:rsid w:val="00DC16C5"/>
     <w:rsid w:val="00DD5894"/>
     <w:rsid w:val="00DF3F1E"/>
     <w:rsid w:val="00DF5CB3"/>
     <w:rsid w:val="00E057C8"/>
     <w:rsid w:val="00E06560"/>
     <w:rsid w:val="00E11A57"/>
     <w:rsid w:val="00E24DC1"/>
     <w:rsid w:val="00E2656B"/>
     <w:rsid w:val="00E3594D"/>
     <w:rsid w:val="00E43759"/>
     <w:rsid w:val="00E515BB"/>
     <w:rsid w:val="00E532A9"/>
     <w:rsid w:val="00E5666C"/>
+    <w:rsid w:val="00E60E7B"/>
     <w:rsid w:val="00E6103B"/>
     <w:rsid w:val="00E637FC"/>
     <w:rsid w:val="00E6400E"/>
     <w:rsid w:val="00E749BB"/>
     <w:rsid w:val="00E82EA9"/>
     <w:rsid w:val="00E85B56"/>
     <w:rsid w:val="00E97DBE"/>
     <w:rsid w:val="00EA0BC0"/>
     <w:rsid w:val="00EA676F"/>
     <w:rsid w:val="00EB28CF"/>
     <w:rsid w:val="00ED283A"/>
     <w:rsid w:val="00ED39E0"/>
     <w:rsid w:val="00EE0B86"/>
     <w:rsid w:val="00EE155F"/>
     <w:rsid w:val="00EE762D"/>
     <w:rsid w:val="00EF06C7"/>
     <w:rsid w:val="00F02038"/>
     <w:rsid w:val="00F13CAC"/>
     <w:rsid w:val="00F4067C"/>
     <w:rsid w:val="00F4619F"/>
     <w:rsid w:val="00F5639A"/>
     <w:rsid w:val="00F61497"/>
     <w:rsid w:val="00F62827"/>
     <w:rsid w:val="00F70549"/>
     <w:rsid w:val="00F84538"/>
     <w:rsid w:val="00F8608A"/>
     <w:rsid w:val="00F9048A"/>
     <w:rsid w:val="00F938B8"/>
+    <w:rsid w:val="00F94D31"/>
     <w:rsid w:val="00FB4E8B"/>
     <w:rsid w:val="00FC412F"/>
+    <w:rsid w:val="00FC4C9D"/>
     <w:rsid w:val="00FC63DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -9969,51 +10049,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1636787543">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10276,88 +10356,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA4B5525-017D-4DF1-8305-20DC634480AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{206E8639-697E-4E05-8755-FA9B1E6D2FEE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8073</Characters>
+  <Pages>4</Pages>
+  <Words>1413</Words>
+  <Characters>8056</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Questionnaire INCORPORATION</vt:lpstr>
       <vt:lpstr>Questionnaire INCORPORATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IMPÔTS ICI !</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9471</CharactersWithSpaces>
+  <CharactersWithSpaces>9451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Questionnaire INCORPORATION</dc:title>
   <dc:subject/>
   <dc:creator>IMPÔTS ICI !</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>