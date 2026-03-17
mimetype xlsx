--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,1096 +1,1634 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/printerSettings/printerSettings4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nigodbout\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Administration et divers\Développement des questionnaires\En développement\2025-2026\À mettre en ligne\PUBLIÉS\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookPassword="85BD" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="25125" windowHeight="11760" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10332" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="6" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="7" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="8" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="9" state="veryHidden" r:id="rId4"/>
     <sheet name="T1135 EN DEVISE NATIVE" sheetId="1" r:id="rId5"/>
     <sheet name="T1135 CAD" sheetId="3" state="hidden" r:id="rId6"/>
     <sheet name="Devises MENU DÉROULANT" sheetId="5" state="hidden" r:id="rId7"/>
     <sheet name="Devises FX" sheetId="2" state="hidden" r:id="rId8"/>
     <sheet name="Années" sheetId="4" state="hidden" r:id="rId9"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G47" i="3" l="1"/>
-[...9 lines deleted...]
-  <c r="G57" i="3"/>
+  <c r="B81" i="3" l="1"/>
+  <c r="D4" i="4" l="1"/>
+  <c r="D5" i="4"/>
+  <c r="D6" i="4"/>
+  <c r="D7" i="4"/>
+  <c r="D8" i="4"/>
+  <c r="D9" i="4"/>
+  <c r="D10" i="4" s="1"/>
+  <c r="D11" i="4" s="1"/>
+  <c r="D3" i="4"/>
+  <c r="C4" i="4"/>
+  <c r="C5" i="4" s="1"/>
+  <c r="C6" i="4" s="1"/>
+  <c r="C7" i="4" s="1"/>
+  <c r="C8" i="4" s="1"/>
+  <c r="C9" i="4" s="1"/>
+  <c r="C10" i="4" s="1"/>
+  <c r="C11" i="4" s="1"/>
+  <c r="C3" i="4"/>
+  <c r="H10" i="2"/>
+  <c r="K12" i="3" l="1"/>
+  <c r="G15" i="3"/>
+  <c r="G18" i="3"/>
+  <c r="G13" i="3"/>
+  <c r="G10" i="3"/>
+  <c r="A4" i="1"/>
+  <c r="A58" i="3" l="1"/>
+  <c r="B58" i="3"/>
+  <c r="C58" i="3"/>
+  <c r="G58" i="3"/>
+  <c r="K58" i="3"/>
+  <c r="A59" i="3"/>
+  <c r="B59" i="3"/>
+  <c r="C59" i="3"/>
+  <c r="G59" i="3"/>
+  <c r="K59" i="3"/>
+  <c r="A60" i="3"/>
+  <c r="B60" i="3"/>
+  <c r="C60" i="3"/>
+  <c r="G60" i="3"/>
+  <c r="K60" i="3"/>
+  <c r="A61" i="3"/>
+  <c r="B61" i="3"/>
+  <c r="C61" i="3"/>
+  <c r="G61" i="3"/>
+  <c r="K61" i="3"/>
+  <c r="A62" i="3"/>
+  <c r="B62" i="3"/>
+  <c r="C62" i="3"/>
+  <c r="G62" i="3"/>
+  <c r="K62" i="3"/>
+  <c r="A63" i="3"/>
+  <c r="B63" i="3"/>
+  <c r="C63" i="3"/>
+  <c r="G63" i="3"/>
+  <c r="K63" i="3"/>
+  <c r="A64" i="3"/>
+  <c r="B64" i="3"/>
+  <c r="C64" i="3"/>
+  <c r="G64" i="3"/>
+  <c r="K64" i="3"/>
+  <c r="A65" i="3"/>
+  <c r="B65" i="3"/>
+  <c r="C65" i="3"/>
+  <c r="G65" i="3"/>
+  <c r="K65" i="3"/>
+  <c r="A66" i="3"/>
+  <c r="B66" i="3"/>
+  <c r="C66" i="3"/>
+  <c r="G66" i="3"/>
+  <c r="K66" i="3"/>
+  <c r="A67" i="3"/>
+  <c r="B67" i="3"/>
+  <c r="C67" i="3"/>
+  <c r="G67" i="3"/>
+  <c r="K67" i="3"/>
+  <c r="A68" i="3"/>
+  <c r="B68" i="3"/>
+  <c r="C68" i="3"/>
+  <c r="G68" i="3"/>
+  <c r="K68" i="3"/>
+  <c r="A69" i="3"/>
+  <c r="B69" i="3"/>
+  <c r="C69" i="3"/>
+  <c r="G69" i="3"/>
+  <c r="K69" i="3"/>
+  <c r="A70" i="3"/>
+  <c r="B70" i="3"/>
+  <c r="C70" i="3"/>
+  <c r="G70" i="3"/>
+  <c r="K70" i="3"/>
+  <c r="A71" i="3"/>
+  <c r="B71" i="3"/>
+  <c r="C71" i="3"/>
+  <c r="G71" i="3"/>
+  <c r="K71" i="3"/>
+  <c r="A72" i="3"/>
+  <c r="B72" i="3"/>
+  <c r="C72" i="3"/>
+  <c r="G72" i="3"/>
+  <c r="K72" i="3"/>
+  <c r="A57" i="3"/>
+  <c r="A154" i="3" l="1"/>
+  <c r="B154" i="3"/>
+  <c r="C154" i="3"/>
+  <c r="H154" i="3"/>
+  <c r="K154" i="3"/>
+  <c r="A155" i="3"/>
+  <c r="B155" i="3"/>
+  <c r="C155" i="3"/>
+  <c r="H155" i="3"/>
+  <c r="K155" i="3"/>
+  <c r="A156" i="3"/>
+  <c r="B156" i="3"/>
+  <c r="C156" i="3"/>
+  <c r="H156" i="3"/>
+  <c r="K156" i="3"/>
+  <c r="A157" i="3"/>
+  <c r="B157" i="3"/>
+  <c r="C157" i="3"/>
+  <c r="H157" i="3"/>
+  <c r="K157" i="3"/>
+  <c r="A158" i="3"/>
+  <c r="B158" i="3"/>
+  <c r="C158" i="3"/>
+  <c r="H158" i="3"/>
+  <c r="K158" i="3"/>
+  <c r="A159" i="3"/>
+  <c r="B159" i="3"/>
+  <c r="C159" i="3"/>
+  <c r="H159" i="3"/>
+  <c r="K159" i="3"/>
+  <c r="A160" i="3"/>
+  <c r="B160" i="3"/>
+  <c r="C160" i="3"/>
+  <c r="H160" i="3"/>
+  <c r="K160" i="3"/>
+  <c r="A161" i="3"/>
+  <c r="B161" i="3"/>
+  <c r="C161" i="3"/>
+  <c r="H161" i="3"/>
+  <c r="K161" i="3"/>
+  <c r="A162" i="3"/>
+  <c r="B162" i="3"/>
+  <c r="C162" i="3"/>
+  <c r="H162" i="3"/>
+  <c r="K162" i="3"/>
+  <c r="A163" i="3"/>
+  <c r="B163" i="3"/>
+  <c r="C163" i="3"/>
+  <c r="H163" i="3"/>
+  <c r="K163" i="3"/>
+  <c r="A164" i="3"/>
+  <c r="B164" i="3"/>
+  <c r="C164" i="3"/>
+  <c r="H164" i="3"/>
+  <c r="K164" i="3"/>
+  <c r="A165" i="3"/>
+  <c r="B165" i="3"/>
+  <c r="C165" i="3"/>
+  <c r="H165" i="3"/>
+  <c r="K165" i="3"/>
+  <c r="A166" i="3"/>
+  <c r="B166" i="3"/>
+  <c r="C166" i="3"/>
+  <c r="H166" i="3"/>
+  <c r="K166" i="3"/>
+  <c r="A167" i="3"/>
+  <c r="B167" i="3"/>
+  <c r="C167" i="3"/>
+  <c r="H167" i="3"/>
+  <c r="K167" i="3"/>
+  <c r="A168" i="3"/>
+  <c r="B168" i="3"/>
+  <c r="C168" i="3"/>
+  <c r="H168" i="3"/>
+  <c r="K168" i="3"/>
+  <c r="A130" i="3"/>
+  <c r="B130" i="3"/>
+  <c r="C130" i="3"/>
+  <c r="H130" i="3"/>
+  <c r="L130" i="3"/>
+  <c r="A131" i="3"/>
+  <c r="B131" i="3"/>
+  <c r="C131" i="3"/>
+  <c r="H131" i="3"/>
+  <c r="L131" i="3"/>
+  <c r="A132" i="3"/>
+  <c r="B132" i="3"/>
+  <c r="C132" i="3"/>
+  <c r="H132" i="3"/>
+  <c r="L132" i="3"/>
+  <c r="A133" i="3"/>
+  <c r="B133" i="3"/>
+  <c r="C133" i="3"/>
+  <c r="H133" i="3"/>
+  <c r="L133" i="3"/>
+  <c r="A134" i="3"/>
+  <c r="B134" i="3"/>
+  <c r="C134" i="3"/>
+  <c r="H134" i="3"/>
+  <c r="L134" i="3"/>
+  <c r="A135" i="3"/>
+  <c r="B135" i="3"/>
+  <c r="C135" i="3"/>
+  <c r="H135" i="3"/>
+  <c r="L135" i="3"/>
+  <c r="A136" i="3"/>
+  <c r="B136" i="3"/>
+  <c r="C136" i="3"/>
+  <c r="H136" i="3"/>
+  <c r="L136" i="3"/>
+  <c r="A137" i="3"/>
+  <c r="B137" i="3"/>
+  <c r="C137" i="3"/>
+  <c r="H137" i="3"/>
+  <c r="L137" i="3"/>
+  <c r="A138" i="3"/>
+  <c r="B138" i="3"/>
+  <c r="C138" i="3"/>
+  <c r="H138" i="3"/>
+  <c r="L138" i="3"/>
+  <c r="A139" i="3"/>
+  <c r="B139" i="3"/>
+  <c r="C139" i="3"/>
+  <c r="H139" i="3"/>
+  <c r="L139" i="3"/>
+  <c r="A140" i="3"/>
+  <c r="B140" i="3"/>
+  <c r="C140" i="3"/>
+  <c r="H140" i="3"/>
+  <c r="L140" i="3"/>
+  <c r="A141" i="3"/>
+  <c r="B141" i="3"/>
+  <c r="C141" i="3"/>
+  <c r="H141" i="3"/>
+  <c r="L141" i="3"/>
+  <c r="A142" i="3"/>
+  <c r="B142" i="3"/>
+  <c r="C142" i="3"/>
+  <c r="H142" i="3"/>
+  <c r="L142" i="3"/>
+  <c r="A143" i="3"/>
+  <c r="B143" i="3"/>
+  <c r="C143" i="3"/>
+  <c r="H143" i="3"/>
+  <c r="L143" i="3"/>
+  <c r="A107" i="3"/>
+  <c r="B107" i="3"/>
+  <c r="C107" i="3"/>
+  <c r="H107" i="3"/>
+  <c r="L107" i="3"/>
+  <c r="M107" i="3"/>
+  <c r="N107" i="3"/>
+  <c r="O107" i="3"/>
+  <c r="A108" i="3"/>
+  <c r="B108" i="3"/>
+  <c r="C108" i="3"/>
+  <c r="H108" i="3"/>
+  <c r="L108" i="3"/>
+  <c r="M108" i="3"/>
+  <c r="N108" i="3"/>
+  <c r="O108" i="3"/>
+  <c r="A109" i="3"/>
+  <c r="B109" i="3"/>
+  <c r="C109" i="3"/>
+  <c r="H109" i="3"/>
+  <c r="L109" i="3"/>
+  <c r="M109" i="3"/>
+  <c r="N109" i="3"/>
+  <c r="O109" i="3"/>
+  <c r="A110" i="3"/>
+  <c r="B110" i="3"/>
+  <c r="C110" i="3"/>
+  <c r="H110" i="3"/>
+  <c r="L110" i="3"/>
+  <c r="M110" i="3"/>
+  <c r="N110" i="3"/>
+  <c r="O110" i="3"/>
+  <c r="A111" i="3"/>
+  <c r="B111" i="3"/>
+  <c r="C111" i="3"/>
+  <c r="H111" i="3"/>
+  <c r="L111" i="3"/>
+  <c r="M111" i="3"/>
+  <c r="N111" i="3"/>
+  <c r="O111" i="3"/>
+  <c r="A112" i="3"/>
+  <c r="B112" i="3"/>
+  <c r="C112" i="3"/>
+  <c r="H112" i="3"/>
+  <c r="L112" i="3"/>
+  <c r="M112" i="3"/>
+  <c r="N112" i="3"/>
+  <c r="O112" i="3"/>
+  <c r="A113" i="3"/>
+  <c r="B113" i="3"/>
+  <c r="C113" i="3"/>
+  <c r="H113" i="3"/>
+  <c r="L113" i="3"/>
+  <c r="M113" i="3"/>
+  <c r="N113" i="3"/>
+  <c r="O113" i="3"/>
+  <c r="A114" i="3"/>
+  <c r="B114" i="3"/>
+  <c r="C114" i="3"/>
+  <c r="H114" i="3"/>
+  <c r="L114" i="3"/>
+  <c r="M114" i="3"/>
+  <c r="N114" i="3"/>
+  <c r="O114" i="3"/>
+  <c r="A115" i="3"/>
+  <c r="B115" i="3"/>
+  <c r="C115" i="3"/>
+  <c r="H115" i="3"/>
+  <c r="L115" i="3"/>
+  <c r="M115" i="3"/>
+  <c r="N115" i="3"/>
+  <c r="O115" i="3"/>
+  <c r="A116" i="3"/>
+  <c r="B116" i="3"/>
+  <c r="C116" i="3"/>
+  <c r="H116" i="3"/>
+  <c r="L116" i="3"/>
+  <c r="M116" i="3"/>
+  <c r="N116" i="3"/>
+  <c r="O116" i="3"/>
+  <c r="A117" i="3"/>
+  <c r="B117" i="3"/>
+  <c r="C117" i="3"/>
+  <c r="H117" i="3"/>
+  <c r="L117" i="3"/>
+  <c r="M117" i="3"/>
+  <c r="N117" i="3"/>
+  <c r="O117" i="3"/>
+  <c r="A118" i="3"/>
+  <c r="B118" i="3"/>
+  <c r="C118" i="3"/>
+  <c r="H118" i="3"/>
+  <c r="L118" i="3"/>
+  <c r="M118" i="3"/>
+  <c r="N118" i="3"/>
+  <c r="O118" i="3"/>
+  <c r="A119" i="3"/>
+  <c r="B119" i="3"/>
+  <c r="C119" i="3"/>
+  <c r="H119" i="3"/>
+  <c r="L119" i="3"/>
+  <c r="M119" i="3"/>
+  <c r="N119" i="3"/>
+  <c r="O119" i="3"/>
+  <c r="A120" i="3"/>
+  <c r="B120" i="3"/>
+  <c r="C120" i="3"/>
+  <c r="H120" i="3"/>
+  <c r="L120" i="3"/>
+  <c r="M120" i="3"/>
+  <c r="N120" i="3"/>
+  <c r="O120" i="3"/>
+  <c r="A82" i="3"/>
+  <c r="B82" i="3"/>
+  <c r="H82" i="3"/>
+  <c r="L82" i="3"/>
+  <c r="A83" i="3"/>
+  <c r="B83" i="3"/>
+  <c r="H83" i="3"/>
+  <c r="L83" i="3"/>
+  <c r="A84" i="3"/>
+  <c r="B84" i="3"/>
+  <c r="H84" i="3"/>
+  <c r="L84" i="3"/>
+  <c r="A85" i="3"/>
+  <c r="B85" i="3"/>
+  <c r="H85" i="3"/>
+  <c r="L85" i="3"/>
+  <c r="A86" i="3"/>
+  <c r="B86" i="3"/>
+  <c r="H86" i="3"/>
+  <c r="L86" i="3"/>
+  <c r="A87" i="3"/>
+  <c r="B87" i="3"/>
+  <c r="H87" i="3"/>
+  <c r="L87" i="3"/>
+  <c r="A88" i="3"/>
+  <c r="B88" i="3"/>
+  <c r="H88" i="3"/>
+  <c r="L88" i="3"/>
+  <c r="A89" i="3"/>
+  <c r="B89" i="3"/>
+  <c r="H89" i="3"/>
+  <c r="L89" i="3"/>
+  <c r="A90" i="3"/>
+  <c r="B90" i="3"/>
+  <c r="H90" i="3"/>
+  <c r="L90" i="3"/>
+  <c r="A91" i="3"/>
+  <c r="B91" i="3"/>
+  <c r="H91" i="3"/>
+  <c r="L91" i="3"/>
+  <c r="A92" i="3"/>
+  <c r="B92" i="3"/>
+  <c r="H92" i="3"/>
+  <c r="L92" i="3"/>
+  <c r="A93" i="3"/>
+  <c r="B93" i="3"/>
+  <c r="H93" i="3"/>
+  <c r="L93" i="3"/>
+  <c r="A94" i="3"/>
+  <c r="B94" i="3"/>
+  <c r="H94" i="3"/>
+  <c r="L94" i="3"/>
+  <c r="A95" i="3"/>
+  <c r="B95" i="3"/>
+  <c r="H95" i="3"/>
+  <c r="L95" i="3"/>
+  <c r="A96" i="3"/>
+  <c r="B96" i="3"/>
+  <c r="H96" i="3"/>
+  <c r="L96" i="3"/>
+  <c r="A36" i="3"/>
+  <c r="B36" i="3"/>
+  <c r="C36" i="3"/>
+  <c r="H36" i="3"/>
+  <c r="L36" i="3"/>
+  <c r="A37" i="3"/>
+  <c r="B37" i="3"/>
+  <c r="C37" i="3"/>
+  <c r="H37" i="3"/>
+  <c r="L37" i="3"/>
+  <c r="A38" i="3"/>
+  <c r="B38" i="3"/>
+  <c r="C38" i="3"/>
+  <c r="H38" i="3"/>
+  <c r="L38" i="3"/>
+  <c r="A39" i="3"/>
+  <c r="B39" i="3"/>
+  <c r="C39" i="3"/>
+  <c r="H39" i="3"/>
+  <c r="L39" i="3"/>
+  <c r="A40" i="3"/>
+  <c r="B40" i="3"/>
+  <c r="C40" i="3"/>
+  <c r="H40" i="3"/>
+  <c r="L40" i="3"/>
+  <c r="A41" i="3"/>
+  <c r="B41" i="3"/>
+  <c r="C41" i="3"/>
+  <c r="H41" i="3"/>
+  <c r="L41" i="3"/>
+  <c r="A42" i="3"/>
+  <c r="B42" i="3"/>
+  <c r="C42" i="3"/>
+  <c r="H42" i="3"/>
+  <c r="L42" i="3"/>
+  <c r="A43" i="3"/>
+  <c r="B43" i="3"/>
+  <c r="C43" i="3"/>
+  <c r="H43" i="3"/>
+  <c r="L43" i="3"/>
+  <c r="A44" i="3"/>
+  <c r="B44" i="3"/>
+  <c r="C44" i="3"/>
+  <c r="H44" i="3"/>
+  <c r="L44" i="3"/>
+  <c r="A45" i="3"/>
+  <c r="B45" i="3"/>
+  <c r="C45" i="3"/>
+  <c r="H45" i="3"/>
+  <c r="L45" i="3"/>
+  <c r="A46" i="3"/>
+  <c r="B46" i="3"/>
+  <c r="C46" i="3"/>
+  <c r="H46" i="3"/>
+  <c r="L46" i="3"/>
+  <c r="A47" i="3"/>
+  <c r="B47" i="3"/>
+  <c r="C47" i="3"/>
+  <c r="H47" i="3"/>
+  <c r="L47" i="3"/>
+  <c r="A48" i="3"/>
   <c r="B48" i="3"/>
+  <c r="C48" i="3"/>
+  <c r="H48" i="3"/>
+  <c r="L48" i="3"/>
+  <c r="A49" i="3"/>
   <c r="B49" i="3"/>
-  <c r="B50" i="3"/>
-[...5 lines deleted...]
-  <c r="B56" i="3"/>
+  <c r="C49" i="3"/>
+  <c r="H49" i="3"/>
+  <c r="L49" i="3"/>
+  <c r="A11" i="3"/>
+  <c r="B11" i="3"/>
+  <c r="C11" i="3"/>
+  <c r="G11" i="3"/>
+  <c r="K11" i="3"/>
+  <c r="A12" i="3"/>
+  <c r="B12" i="3"/>
+  <c r="C12" i="3"/>
+  <c r="G12" i="3"/>
+  <c r="A13" i="3"/>
+  <c r="B13" i="3"/>
+  <c r="C13" i="3"/>
+  <c r="K13" i="3"/>
+  <c r="A14" i="3"/>
+  <c r="B14" i="3"/>
+  <c r="C14" i="3"/>
+  <c r="G14" i="3"/>
+  <c r="K14" i="3"/>
+  <c r="A15" i="3"/>
+  <c r="B15" i="3"/>
+  <c r="C15" i="3"/>
+  <c r="K15" i="3"/>
+  <c r="A16" i="3"/>
+  <c r="B16" i="3"/>
+  <c r="C16" i="3"/>
+  <c r="G16" i="3"/>
+  <c r="K16" i="3"/>
+  <c r="A17" i="3"/>
+  <c r="B17" i="3"/>
+  <c r="C17" i="3"/>
+  <c r="G17" i="3"/>
+  <c r="K17" i="3"/>
+  <c r="A18" i="3"/>
+  <c r="B18" i="3"/>
+  <c r="C18" i="3"/>
+  <c r="K18" i="3"/>
+  <c r="A19" i="3"/>
+  <c r="B19" i="3"/>
+  <c r="C19" i="3"/>
+  <c r="G19" i="3"/>
+  <c r="K19" i="3"/>
+  <c r="A20" i="3"/>
+  <c r="B20" i="3"/>
+  <c r="C20" i="3"/>
+  <c r="G20" i="3"/>
+  <c r="K20" i="3"/>
+  <c r="A21" i="3"/>
+  <c r="B21" i="3"/>
+  <c r="C21" i="3"/>
+  <c r="G21" i="3"/>
+  <c r="K21" i="3"/>
+  <c r="A22" i="3"/>
+  <c r="B22" i="3"/>
+  <c r="C22" i="3"/>
+  <c r="G22" i="3"/>
+  <c r="K22" i="3"/>
+  <c r="A23" i="3"/>
+  <c r="B23" i="3"/>
+  <c r="C23" i="3"/>
+  <c r="G23" i="3"/>
+  <c r="K23" i="3"/>
+  <c r="A24" i="3"/>
+  <c r="B24" i="3"/>
+  <c r="C24" i="3"/>
+  <c r="G24" i="3"/>
+  <c r="K24" i="3"/>
+  <c r="K153" i="3" l="1"/>
+  <c r="K152" i="3"/>
+  <c r="K151" i="3"/>
+  <c r="L128" i="3"/>
+  <c r="L129" i="3"/>
+  <c r="L144" i="3"/>
+  <c r="L127" i="3"/>
+  <c r="O105" i="3"/>
+  <c r="O106" i="3"/>
+  <c r="O121" i="3"/>
+  <c r="O104" i="3"/>
+  <c r="L80" i="3"/>
+  <c r="L81" i="3"/>
+  <c r="L97" i="3"/>
+  <c r="L79" i="3"/>
+  <c r="K56" i="3"/>
+  <c r="K57" i="3"/>
+  <c r="K55" i="3"/>
+  <c r="L34" i="3"/>
+  <c r="L35" i="3"/>
+  <c r="L50" i="3"/>
+  <c r="L33" i="3"/>
+  <c r="K9" i="3"/>
+  <c r="K10" i="3"/>
+  <c r="K25" i="3"/>
+  <c r="K8" i="3"/>
+  <c r="G57" i="3" l="1"/>
   <c r="B57" i="3"/>
-  <c r="B47" i="3"/>
-[...18 lines deleted...]
-  <c r="K28" i="3"/>
+  <c r="E104" i="3" l="1"/>
+  <c r="D104" i="3"/>
+  <c r="I127" i="3" l="1"/>
+  <c r="I104" i="3"/>
+  <c r="K79" i="3"/>
+  <c r="J55" i="3"/>
+  <c r="K33" i="3"/>
   <c r="J8" i="3"/>
-  <c r="G12" i="3"/>
-[...5 lines deleted...]
-  <c r="A127" i="3"/>
+  <c r="A153" i="3" l="1"/>
+  <c r="A152" i="3"/>
+  <c r="A129" i="3"/>
+  <c r="A144" i="3"/>
+  <c r="A106" i="3"/>
+  <c r="A121" i="3"/>
+  <c r="A81" i="3"/>
+  <c r="A97" i="3"/>
+  <c r="A50" i="3"/>
+  <c r="A25" i="3"/>
   <c r="A128" i="3"/>
-  <c r="A129" i="3"/>
-[...5 lines deleted...]
-  <c r="A104" i="3"/>
   <c r="A105" i="3"/>
-  <c r="A106" i="3"/>
-[...38 lines deleted...]
-  <c r="A33" i="3"/>
+  <c r="A80" i="3"/>
+  <c r="A56" i="3"/>
+  <c r="A35" i="3"/>
   <c r="A34" i="3"/>
-  <c r="A35" i="3"/>
-[...4 lines deleted...]
-  <c r="A29" i="3"/>
   <c r="A10" i="3"/>
-  <c r="A11" i="3"/>
-[...7 lines deleted...]
-  <c r="A19" i="3"/>
   <c r="A9" i="3"/>
-  <c r="B122" i="3"/>
-[...19 lines deleted...]
-  <c r="H128" i="3"/>
+  <c r="B153" i="3"/>
+  <c r="C153" i="3"/>
+  <c r="H153" i="3"/>
+  <c r="H152" i="3"/>
+  <c r="C152" i="3"/>
+  <c r="B152" i="3"/>
   <c r="B129" i="3"/>
   <c r="C129" i="3"/>
   <c r="H129" i="3"/>
-  <c r="B130" i="3"/>
-[...19 lines deleted...]
-  <c r="H105" i="3"/>
+  <c r="B144" i="3"/>
+  <c r="C144" i="3"/>
+  <c r="H144" i="3"/>
+  <c r="C128" i="3"/>
+  <c r="H128" i="3"/>
+  <c r="B128" i="3"/>
+  <c r="L106" i="3"/>
+  <c r="M106" i="3"/>
+  <c r="N106" i="3"/>
+  <c r="L121" i="3"/>
+  <c r="M121" i="3"/>
+  <c r="N121" i="3"/>
   <c r="B106" i="3"/>
   <c r="C106" i="3"/>
   <c r="H106" i="3"/>
-  <c r="B107" i="3"/>
-[...127 lines deleted...]
-  <c r="C55" i="3"/>
+  <c r="B121" i="3"/>
+  <c r="C121" i="3"/>
+  <c r="H121" i="3"/>
+  <c r="M105" i="3"/>
+  <c r="N105" i="3"/>
+  <c r="L105" i="3"/>
+  <c r="C105" i="3"/>
+  <c r="H105" i="3"/>
+  <c r="B105" i="3"/>
+  <c r="H81" i="3"/>
+  <c r="B97" i="3"/>
+  <c r="H97" i="3"/>
+  <c r="H80" i="3"/>
+  <c r="B80" i="3"/>
+  <c r="C57" i="3"/>
   <c r="C56" i="3"/>
-  <c r="C57" i="3"/>
-[...1 lines deleted...]
-  <c r="G46" i="3"/>
+  <c r="G56" i="3"/>
   <c r="C1" i="3"/>
-  <c r="B46" i="3"/>
+  <c r="B56" i="3"/>
   <c r="B10" i="3"/>
   <c r="C10" i="3"/>
-  <c r="B11" i="3"/>
-[...16 lines deleted...]
-  <c r="C19" i="3"/>
   <c r="C9" i="3"/>
   <c r="B9" i="3"/>
-  <c r="B30" i="3"/>
-[...10 lines deleted...]
-  <c r="H33" i="3"/>
+  <c r="B35" i="3"/>
+  <c r="C35" i="3"/>
+  <c r="H35" i="3"/>
+  <c r="B50" i="3"/>
+  <c r="C50" i="3"/>
+  <c r="H50" i="3"/>
   <c r="B34" i="3"/>
   <c r="C34" i="3"/>
   <c r="H34" i="3"/>
-  <c r="B35" i="3"/>
-[...40 lines deleted...]
-  <c r="I57" i="3"/>
+  <c r="G25" i="3"/>
+  <c r="J128" i="3" l="1"/>
+  <c r="K128" i="3"/>
+  <c r="I56" i="3"/>
   <c r="H56" i="3"/>
-  <c r="H52" i="3"/>
-[...158 lines deleted...]
-  <c r="E34" i="3" s="1"/>
+  <c r="J56" i="3" s="1"/>
   <c r="I34" i="3"/>
   <c r="K34" i="3" s="1"/>
-  <c r="J39" i="3"/>
-[...11 lines deleted...]
-  <c r="I32" i="3"/>
+  <c r="J34" i="3"/>
+  <c r="J80" i="3"/>
+  <c r="I80" i="3"/>
+  <c r="K80" i="3" s="1"/>
+  <c r="H25" i="3"/>
+  <c r="J25" i="3" s="1"/>
+  <c r="I25" i="3"/>
+  <c r="J144" i="3"/>
+  <c r="K144" i="3"/>
   <c r="H9" i="3"/>
-  <c r="D9" i="3" s="1"/>
   <c r="I9" i="3"/>
-  <c r="E9" i="3" s="1"/>
-[...43 lines deleted...]
-  <c r="G73" i="3"/>
   <c r="I18" i="3"/>
   <c r="E18" i="3" s="1"/>
   <c r="H18" i="3"/>
+  <c r="I10" i="3"/>
+  <c r="I13" i="3"/>
+  <c r="H13" i="3"/>
+  <c r="I15" i="3"/>
+  <c r="H15" i="3"/>
+  <c r="H10" i="3"/>
+  <c r="I67" i="3"/>
+  <c r="E67" i="3" s="1"/>
+  <c r="H61" i="3"/>
+  <c r="H58" i="3"/>
+  <c r="H63" i="3"/>
+  <c r="I59" i="3"/>
+  <c r="H67" i="3"/>
+  <c r="I61" i="3"/>
+  <c r="E61" i="3" s="1"/>
+  <c r="H65" i="3"/>
+  <c r="I62" i="3"/>
+  <c r="E62" i="3" s="1"/>
+  <c r="H60" i="3"/>
+  <c r="I70" i="3"/>
+  <c r="I60" i="3"/>
+  <c r="H70" i="3"/>
+  <c r="I71" i="3"/>
+  <c r="H68" i="3"/>
+  <c r="H69" i="3"/>
+  <c r="I65" i="3"/>
+  <c r="E65" i="3" s="1"/>
+  <c r="H64" i="3"/>
+  <c r="I68" i="3"/>
+  <c r="I69" i="3"/>
+  <c r="I58" i="3"/>
+  <c r="H59" i="3"/>
+  <c r="I63" i="3"/>
+  <c r="E63" i="3" s="1"/>
+  <c r="I64" i="3"/>
+  <c r="E64" i="3" s="1"/>
+  <c r="I66" i="3"/>
+  <c r="E66" i="3" s="1"/>
+  <c r="H72" i="3"/>
+  <c r="H66" i="3"/>
+  <c r="I72" i="3"/>
+  <c r="H71" i="3"/>
+  <c r="H62" i="3"/>
   <c r="H17" i="3"/>
-  <c r="I17" i="3"/>
-  <c r="E17" i="3" s="1"/>
+  <c r="H16" i="3"/>
+  <c r="J108" i="3"/>
+  <c r="J139" i="3"/>
+  <c r="I87" i="3"/>
   <c r="H11" i="3"/>
-  <c r="I11" i="3"/>
-[...1 lines deleted...]
-  <c r="H19" i="3"/>
+  <c r="K141" i="3"/>
+  <c r="J119" i="3"/>
+  <c r="I89" i="3"/>
+  <c r="J86" i="3"/>
+  <c r="D86" i="3" s="1"/>
+  <c r="I46" i="3"/>
+  <c r="H12" i="3"/>
+  <c r="J93" i="3"/>
+  <c r="H20" i="3"/>
+  <c r="K111" i="3"/>
+  <c r="E111" i="3" s="1"/>
+  <c r="H23" i="3"/>
+  <c r="J41" i="3"/>
+  <c r="E41" i="3" s="1"/>
+  <c r="I23" i="3"/>
   <c r="I19" i="3"/>
   <c r="E19" i="3" s="1"/>
-  <c r="H16" i="3"/>
+  <c r="K107" i="3"/>
+  <c r="I91" i="3"/>
+  <c r="K132" i="3"/>
+  <c r="J91" i="3"/>
+  <c r="I17" i="3"/>
   <c r="I16" i="3"/>
   <c r="E16" i="3" s="1"/>
-  <c r="I13" i="3"/>
-[...4 lines deleted...]
-  <c r="H15" i="3"/>
+  <c r="K108" i="3"/>
+  <c r="E108" i="3" s="1"/>
+  <c r="K139" i="3"/>
+  <c r="E139" i="3" s="1"/>
+  <c r="J87" i="3"/>
+  <c r="D87" i="3" s="1"/>
+  <c r="I11" i="3"/>
+  <c r="J141" i="3"/>
+  <c r="K119" i="3"/>
+  <c r="J89" i="3"/>
+  <c r="I86" i="3"/>
+  <c r="J46" i="3"/>
+  <c r="H22" i="3"/>
+  <c r="I42" i="3"/>
+  <c r="I36" i="3"/>
+  <c r="K140" i="3"/>
+  <c r="J142" i="3"/>
+  <c r="J114" i="3"/>
+  <c r="I88" i="3"/>
+  <c r="J94" i="3"/>
+  <c r="D94" i="3" s="1"/>
+  <c r="J88" i="3"/>
+  <c r="D88" i="3" s="1"/>
+  <c r="I38" i="3"/>
+  <c r="I90" i="3"/>
+  <c r="J84" i="3"/>
+  <c r="J132" i="3"/>
+  <c r="J137" i="3"/>
+  <c r="I48" i="3"/>
+  <c r="J136" i="3"/>
+  <c r="I162" i="3"/>
+  <c r="I83" i="3"/>
+  <c r="J138" i="3"/>
+  <c r="J164" i="3"/>
+  <c r="J117" i="3"/>
+  <c r="J130" i="3"/>
+  <c r="J82" i="3"/>
+  <c r="D82" i="3" s="1"/>
+  <c r="J134" i="3"/>
+  <c r="I157" i="3"/>
+  <c r="K131" i="3"/>
+  <c r="E131" i="3" s="1"/>
+  <c r="J36" i="3"/>
+  <c r="K113" i="3"/>
+  <c r="J163" i="3"/>
+  <c r="E163" i="3" s="1"/>
+  <c r="H24" i="3"/>
+  <c r="I166" i="3"/>
+  <c r="H14" i="3"/>
+  <c r="I155" i="3"/>
+  <c r="J47" i="3"/>
+  <c r="J95" i="3"/>
+  <c r="D95" i="3" s="1"/>
+  <c r="I168" i="3"/>
+  <c r="I95" i="3"/>
+  <c r="I156" i="3"/>
+  <c r="J40" i="3"/>
+  <c r="E40" i="3" s="1"/>
+  <c r="K137" i="3"/>
+  <c r="E137" i="3" s="1"/>
+  <c r="J48" i="3"/>
+  <c r="E48" i="3" s="1"/>
+  <c r="K136" i="3"/>
+  <c r="E136" i="3" s="1"/>
+  <c r="J162" i="3"/>
+  <c r="J83" i="3"/>
+  <c r="K138" i="3"/>
+  <c r="E138" i="3" s="1"/>
+  <c r="I164" i="3"/>
+  <c r="K117" i="3"/>
+  <c r="K130" i="3"/>
+  <c r="I82" i="3"/>
+  <c r="K134" i="3"/>
+  <c r="I22" i="3"/>
+  <c r="E22" i="3" s="1"/>
+  <c r="I163" i="3"/>
+  <c r="I24" i="3"/>
+  <c r="J118" i="3"/>
+  <c r="J113" i="3"/>
+  <c r="I39" i="3"/>
+  <c r="I165" i="3"/>
+  <c r="I20" i="3"/>
+  <c r="I47" i="3"/>
+  <c r="I43" i="3"/>
+  <c r="J92" i="3"/>
+  <c r="D92" i="3" s="1"/>
+  <c r="J43" i="3"/>
+  <c r="J112" i="3"/>
+  <c r="H21" i="3"/>
+  <c r="K112" i="3"/>
+  <c r="E112" i="3" s="1"/>
+  <c r="I94" i="3"/>
+  <c r="I40" i="3"/>
+  <c r="J156" i="3"/>
+  <c r="J90" i="3"/>
+  <c r="I160" i="3"/>
+  <c r="J120" i="3"/>
+  <c r="J159" i="3"/>
+  <c r="E159" i="3" s="1"/>
+  <c r="J49" i="3"/>
+  <c r="E49" i="3" s="1"/>
+  <c r="K135" i="3"/>
+  <c r="E135" i="3" s="1"/>
+  <c r="J161" i="3"/>
+  <c r="I85" i="3"/>
+  <c r="K115" i="3"/>
+  <c r="E115" i="3" s="1"/>
+  <c r="J131" i="3"/>
+  <c r="K118" i="3"/>
+  <c r="I93" i="3"/>
+  <c r="J158" i="3"/>
+  <c r="J154" i="3"/>
+  <c r="E154" i="3" s="1"/>
+  <c r="I96" i="3"/>
+  <c r="J111" i="3"/>
   <c r="I14" i="3"/>
-  <c r="E14" i="3" s="1"/>
-[...5 lines deleted...]
-  <c r="G66" i="3"/>
+  <c r="I92" i="3"/>
+  <c r="J109" i="3"/>
+  <c r="K143" i="3"/>
+  <c r="E143" i="3" s="1"/>
+  <c r="I41" i="3"/>
+  <c r="J44" i="3"/>
+  <c r="E44" i="3" s="1"/>
+  <c r="H19" i="3"/>
+  <c r="I84" i="3"/>
+  <c r="J38" i="3"/>
+  <c r="J160" i="3"/>
+  <c r="K120" i="3"/>
+  <c r="E120" i="3" s="1"/>
+  <c r="I159" i="3"/>
+  <c r="I49" i="3"/>
+  <c r="J135" i="3"/>
+  <c r="I161" i="3"/>
+  <c r="J85" i="3"/>
+  <c r="J115" i="3"/>
+  <c r="J157" i="3"/>
+  <c r="E157" i="3" s="1"/>
+  <c r="I158" i="3"/>
+  <c r="I154" i="3"/>
+  <c r="I12" i="3"/>
+  <c r="E12" i="3" s="1"/>
+  <c r="J42" i="3"/>
+  <c r="E42" i="3" s="1"/>
+  <c r="J116" i="3"/>
+  <c r="I45" i="3"/>
+  <c r="J143" i="3"/>
+  <c r="K142" i="3"/>
+  <c r="K109" i="3"/>
+  <c r="E109" i="3" s="1"/>
+  <c r="K133" i="3"/>
+  <c r="J107" i="3"/>
+  <c r="I21" i="3"/>
+  <c r="E21" i="3" s="1"/>
+  <c r="J168" i="3"/>
+  <c r="K110" i="3"/>
+  <c r="J37" i="3"/>
+  <c r="J39" i="3"/>
+  <c r="K116" i="3"/>
+  <c r="E116" i="3" s="1"/>
+  <c r="J96" i="3"/>
+  <c r="D96" i="3" s="1"/>
+  <c r="J166" i="3"/>
+  <c r="E166" i="3" s="1"/>
+  <c r="J140" i="3"/>
+  <c r="J45" i="3"/>
+  <c r="J165" i="3"/>
+  <c r="E165" i="3" s="1"/>
+  <c r="K114" i="3"/>
+  <c r="E114" i="3" s="1"/>
+  <c r="J155" i="3"/>
+  <c r="J133" i="3"/>
+  <c r="I44" i="3"/>
+  <c r="I37" i="3"/>
+  <c r="J167" i="3"/>
+  <c r="E167" i="3" s="1"/>
+  <c r="J110" i="3"/>
+  <c r="I167" i="3"/>
+  <c r="I57" i="3"/>
+  <c r="H57" i="3"/>
+  <c r="I97" i="3"/>
+  <c r="J97" i="3"/>
+  <c r="D97" i="3" s="1"/>
+  <c r="I153" i="3"/>
+  <c r="G153" i="3" s="1"/>
+  <c r="J153" i="3"/>
+  <c r="E153" i="3" s="1"/>
+  <c r="J105" i="3"/>
+  <c r="K105" i="3"/>
+  <c r="K121" i="3"/>
+  <c r="J121" i="3"/>
+  <c r="J50" i="3"/>
+  <c r="E50" i="3" s="1"/>
+  <c r="I50" i="3"/>
+  <c r="K129" i="3"/>
+  <c r="J129" i="3"/>
+  <c r="J106" i="3"/>
+  <c r="K106" i="3"/>
+  <c r="J81" i="3"/>
+  <c r="D81" i="3" s="1"/>
+  <c r="I81" i="3"/>
+  <c r="C81" i="3" s="1"/>
+  <c r="I152" i="3"/>
+  <c r="G152" i="3" s="1"/>
+  <c r="J152" i="3"/>
+  <c r="E152" i="3" s="1"/>
+  <c r="J35" i="3"/>
+  <c r="E35" i="3" s="1"/>
+  <c r="I35" i="3"/>
+  <c r="K35" i="3" s="1"/>
+  <c r="E58" i="3"/>
+  <c r="E71" i="3"/>
+  <c r="E59" i="3"/>
+  <c r="E60" i="3"/>
+  <c r="E70" i="3"/>
+  <c r="E69" i="3"/>
+  <c r="E68" i="3"/>
+  <c r="E72" i="3"/>
+  <c r="E168" i="3"/>
+  <c r="E164" i="3"/>
+  <c r="E156" i="3"/>
+  <c r="E161" i="3"/>
+  <c r="E162" i="3"/>
+  <c r="E160" i="3"/>
+  <c r="E158" i="3"/>
+  <c r="E155" i="3"/>
+  <c r="E133" i="3"/>
+  <c r="E141" i="3"/>
+  <c r="E130" i="3"/>
+  <c r="E134" i="3"/>
+  <c r="E140" i="3"/>
+  <c r="E142" i="3"/>
+  <c r="E132" i="3"/>
+  <c r="E110" i="3"/>
+  <c r="E118" i="3"/>
+  <c r="E113" i="3"/>
+  <c r="E119" i="3"/>
+  <c r="E117" i="3"/>
+  <c r="E107" i="3"/>
+  <c r="D84" i="3"/>
+  <c r="D90" i="3"/>
+  <c r="D83" i="3"/>
+  <c r="D89" i="3"/>
+  <c r="D91" i="3"/>
+  <c r="D93" i="3"/>
+  <c r="D85" i="3"/>
+  <c r="E43" i="3"/>
+  <c r="E46" i="3"/>
+  <c r="E47" i="3"/>
+  <c r="E39" i="3"/>
+  <c r="E45" i="3"/>
+  <c r="E38" i="3"/>
+  <c r="E36" i="3"/>
+  <c r="E37" i="3"/>
+  <c r="E24" i="3"/>
+  <c r="E14" i="3"/>
+  <c r="E11" i="3"/>
+  <c r="E13" i="3"/>
+  <c r="E17" i="3"/>
+  <c r="E20" i="3"/>
+  <c r="E23" i="3"/>
+  <c r="E15" i="3"/>
+  <c r="E57" i="3"/>
+  <c r="D80" i="3"/>
+  <c r="E56" i="3"/>
+  <c r="K81" i="3"/>
+  <c r="D9" i="3"/>
+  <c r="E9" i="3"/>
+  <c r="E34" i="3"/>
+  <c r="E25" i="3"/>
+  <c r="D64" i="3" l="1"/>
+  <c r="F64" i="3"/>
+  <c r="J64" i="3"/>
+  <c r="J58" i="3"/>
+  <c r="D58" i="3"/>
+  <c r="F58" i="3"/>
+  <c r="F60" i="3"/>
+  <c r="J60" i="3"/>
+  <c r="D60" i="3"/>
+  <c r="J66" i="3"/>
   <c r="F66" i="3"/>
-  <c r="F75" i="3"/>
-[...26 lines deleted...]
-  <c r="K33" i="3"/>
+  <c r="D66" i="3"/>
+  <c r="F62" i="3"/>
+  <c r="D62" i="3"/>
+  <c r="J62" i="3"/>
+  <c r="F68" i="3"/>
+  <c r="J68" i="3"/>
+  <c r="D68" i="3"/>
+  <c r="F59" i="3"/>
+  <c r="D59" i="3"/>
+  <c r="J59" i="3"/>
+  <c r="J63" i="3"/>
+  <c r="D63" i="3"/>
+  <c r="F63" i="3"/>
+  <c r="D67" i="3"/>
+  <c r="J67" i="3"/>
   <c r="F67" i="3"/>
-  <c r="G33" i="3"/>
-[...44 lines deleted...]
-  <c r="D46" i="3"/>
+  <c r="F70" i="3"/>
+  <c r="J70" i="3"/>
+  <c r="D70" i="3"/>
+  <c r="J69" i="3"/>
+  <c r="F69" i="3"/>
+  <c r="D69" i="3"/>
+  <c r="J72" i="3"/>
+  <c r="D72" i="3"/>
+  <c r="F72" i="3"/>
+  <c r="F71" i="3"/>
+  <c r="D71" i="3"/>
+  <c r="J71" i="3"/>
+  <c r="F61" i="3"/>
+  <c r="J61" i="3"/>
+  <c r="D61" i="3"/>
+  <c r="D65" i="3"/>
   <c r="F65" i="3"/>
-  <c r="E65" i="3"/>
-[...2 lines deleted...]
-  <c r="D123" i="3"/>
+  <c r="J65" i="3"/>
+  <c r="F155" i="3"/>
+  <c r="D155" i="3"/>
+  <c r="G155" i="3"/>
+  <c r="F162" i="3"/>
+  <c r="D162" i="3"/>
+  <c r="G162" i="3"/>
+  <c r="F167" i="3"/>
+  <c r="D167" i="3"/>
+  <c r="G167" i="3"/>
+  <c r="G161" i="3"/>
+  <c r="D161" i="3"/>
+  <c r="F161" i="3"/>
+  <c r="G164" i="3"/>
+  <c r="F164" i="3"/>
+  <c r="D164" i="3"/>
+  <c r="D156" i="3"/>
+  <c r="F156" i="3"/>
+  <c r="G156" i="3"/>
+  <c r="G165" i="3"/>
+  <c r="F165" i="3"/>
+  <c r="D165" i="3"/>
+  <c r="D163" i="3"/>
+  <c r="F163" i="3"/>
+  <c r="G163" i="3"/>
+  <c r="G159" i="3"/>
+  <c r="F159" i="3"/>
+  <c r="D159" i="3"/>
+  <c r="D160" i="3"/>
+  <c r="F160" i="3"/>
+  <c r="G160" i="3"/>
+  <c r="G157" i="3"/>
+  <c r="F157" i="3"/>
+  <c r="D157" i="3"/>
+  <c r="D166" i="3"/>
+  <c r="G166" i="3"/>
+  <c r="F166" i="3"/>
+  <c r="D158" i="3"/>
+  <c r="F158" i="3"/>
+  <c r="G158" i="3"/>
+  <c r="D154" i="3"/>
+  <c r="G154" i="3"/>
+  <c r="F154" i="3"/>
+  <c r="F168" i="3"/>
+  <c r="D168" i="3"/>
+  <c r="G168" i="3"/>
+  <c r="G137" i="3"/>
+  <c r="D137" i="3"/>
+  <c r="F137" i="3"/>
+  <c r="I137" i="3"/>
+  <c r="D143" i="3"/>
+  <c r="I143" i="3"/>
+  <c r="F143" i="3"/>
+  <c r="G143" i="3"/>
   <c r="F130" i="3"/>
   <c r="G130" i="3"/>
   <c r="D130" i="3"/>
-  <c r="G129" i="3"/>
-[...2 lines deleted...]
-  <c r="D131" i="3"/>
+  <c r="I130" i="3"/>
+  <c r="D132" i="3"/>
+  <c r="F132" i="3"/>
+  <c r="I132" i="3"/>
+  <c r="G132" i="3"/>
+  <c r="G139" i="3"/>
+  <c r="I139" i="3"/>
+  <c r="D139" i="3"/>
+  <c r="F139" i="3"/>
+  <c r="I141" i="3"/>
+  <c r="F141" i="3"/>
+  <c r="G141" i="3"/>
+  <c r="D141" i="3"/>
   <c r="F131" i="3"/>
   <c r="G131" i="3"/>
-  <c r="G72" i="3"/>
-[...6 lines deleted...]
-  <c r="C71" i="3"/>
+  <c r="I131" i="3"/>
+  <c r="D131" i="3"/>
+  <c r="G136" i="3"/>
+  <c r="I136" i="3"/>
+  <c r="D136" i="3"/>
+  <c r="F136" i="3"/>
+  <c r="G134" i="3"/>
+  <c r="I134" i="3"/>
+  <c r="D134" i="3"/>
+  <c r="F134" i="3"/>
+  <c r="G135" i="3"/>
+  <c r="D135" i="3"/>
+  <c r="F135" i="3"/>
+  <c r="I135" i="3"/>
+  <c r="F133" i="3"/>
+  <c r="G133" i="3"/>
+  <c r="D133" i="3"/>
+  <c r="I133" i="3"/>
+  <c r="G138" i="3"/>
+  <c r="F138" i="3"/>
+  <c r="D138" i="3"/>
+  <c r="I138" i="3"/>
+  <c r="F142" i="3"/>
+  <c r="G142" i="3"/>
+  <c r="D142" i="3"/>
+  <c r="I142" i="3"/>
+  <c r="D140" i="3"/>
+  <c r="G140" i="3"/>
+  <c r="F140" i="3"/>
+  <c r="I140" i="3"/>
+  <c r="F111" i="3"/>
+  <c r="D111" i="3"/>
+  <c r="I111" i="3"/>
+  <c r="G111" i="3"/>
+  <c r="D117" i="3"/>
+  <c r="F117" i="3"/>
+  <c r="I117" i="3"/>
+  <c r="G117" i="3"/>
+  <c r="D118" i="3"/>
+  <c r="G118" i="3"/>
+  <c r="F118" i="3"/>
+  <c r="I118" i="3"/>
+  <c r="I114" i="3"/>
+  <c r="F114" i="3"/>
+  <c r="G114" i="3"/>
+  <c r="D114" i="3"/>
+  <c r="D110" i="3"/>
+  <c r="F110" i="3"/>
+  <c r="G110" i="3"/>
+  <c r="I110" i="3"/>
+  <c r="G107" i="3"/>
+  <c r="D107" i="3"/>
+  <c r="I107" i="3"/>
+  <c r="F107" i="3"/>
+  <c r="F112" i="3"/>
+  <c r="I112" i="3"/>
+  <c r="D112" i="3"/>
+  <c r="G112" i="3"/>
+  <c r="D109" i="3"/>
+  <c r="G109" i="3"/>
+  <c r="F109" i="3"/>
+  <c r="I109" i="3"/>
+  <c r="I120" i="3"/>
+  <c r="G120" i="3"/>
+  <c r="D120" i="3"/>
+  <c r="F120" i="3"/>
+  <c r="G115" i="3"/>
+  <c r="I115" i="3"/>
+  <c r="F115" i="3"/>
+  <c r="D115" i="3"/>
+  <c r="G116" i="3"/>
+  <c r="F116" i="3"/>
+  <c r="D116" i="3"/>
+  <c r="I116" i="3"/>
+  <c r="D108" i="3"/>
+  <c r="F108" i="3"/>
+  <c r="I108" i="3"/>
+  <c r="G108" i="3"/>
+  <c r="G113" i="3"/>
+  <c r="F113" i="3"/>
+  <c r="D113" i="3"/>
+  <c r="I113" i="3"/>
+  <c r="F119" i="3"/>
+  <c r="D119" i="3"/>
+  <c r="G119" i="3"/>
+  <c r="I119" i="3"/>
+  <c r="C90" i="3"/>
+  <c r="E90" i="3"/>
+  <c r="G90" i="3"/>
+  <c r="F90" i="3"/>
+  <c r="K90" i="3"/>
+  <c r="C86" i="3"/>
+  <c r="E86" i="3"/>
+  <c r="G86" i="3"/>
+  <c r="K86" i="3"/>
+  <c r="F86" i="3"/>
+  <c r="E93" i="3"/>
+  <c r="F93" i="3"/>
+  <c r="K93" i="3"/>
+  <c r="G93" i="3"/>
+  <c r="C93" i="3"/>
+  <c r="C94" i="3"/>
+  <c r="E94" i="3"/>
+  <c r="G94" i="3"/>
+  <c r="F94" i="3"/>
+  <c r="K94" i="3"/>
+  <c r="K84" i="3"/>
+  <c r="F84" i="3"/>
+  <c r="C84" i="3"/>
+  <c r="G84" i="3"/>
+  <c r="E84" i="3"/>
+  <c r="G95" i="3"/>
+  <c r="F95" i="3"/>
+  <c r="E95" i="3"/>
+  <c r="C95" i="3"/>
+  <c r="K95" i="3"/>
+  <c r="K92" i="3"/>
+  <c r="F92" i="3"/>
+  <c r="E92" i="3"/>
+  <c r="G92" i="3"/>
+  <c r="C92" i="3"/>
+  <c r="E89" i="3"/>
+  <c r="G89" i="3"/>
+  <c r="C89" i="3"/>
+  <c r="K89" i="3"/>
+  <c r="F89" i="3"/>
+  <c r="G91" i="3"/>
+  <c r="E91" i="3"/>
+  <c r="K91" i="3"/>
+  <c r="F91" i="3"/>
+  <c r="C91" i="3"/>
+  <c r="G87" i="3"/>
+  <c r="F87" i="3"/>
+  <c r="E87" i="3"/>
+  <c r="C87" i="3"/>
+  <c r="K87" i="3"/>
+  <c r="K88" i="3"/>
+  <c r="C88" i="3"/>
+  <c r="F88" i="3"/>
+  <c r="G88" i="3"/>
+  <c r="E88" i="3"/>
+  <c r="G83" i="3"/>
+  <c r="F83" i="3"/>
+  <c r="K83" i="3"/>
+  <c r="E83" i="3"/>
+  <c r="C83" i="3"/>
+  <c r="E85" i="3"/>
+  <c r="C85" i="3"/>
+  <c r="G85" i="3"/>
+  <c r="K85" i="3"/>
+  <c r="F85" i="3"/>
+  <c r="K96" i="3"/>
+  <c r="F96" i="3"/>
+  <c r="C96" i="3"/>
+  <c r="G96" i="3"/>
+  <c r="E96" i="3"/>
+  <c r="C82" i="3"/>
+  <c r="G82" i="3"/>
+  <c r="K82" i="3"/>
+  <c r="F82" i="3"/>
+  <c r="E82" i="3"/>
+  <c r="F39" i="3"/>
+  <c r="G39" i="3"/>
+  <c r="D39" i="3"/>
+  <c r="K39" i="3"/>
+  <c r="D36" i="3"/>
+  <c r="G36" i="3"/>
+  <c r="F36" i="3"/>
+  <c r="K36" i="3"/>
+  <c r="K48" i="3"/>
+  <c r="G48" i="3"/>
+  <c r="D48" i="3"/>
+  <c r="F48" i="3"/>
+  <c r="F47" i="3"/>
+  <c r="K47" i="3"/>
   <c r="D47" i="3"/>
+  <c r="G47" i="3"/>
+  <c r="K40" i="3"/>
+  <c r="D40" i="3"/>
   <c r="F40" i="3"/>
-  <c r="G70" i="3"/>
-[...7 lines deleted...]
-  <c r="F76" i="3"/>
   <c r="G40" i="3"/>
-  <c r="G76" i="3"/>
-[...27 lines deleted...]
-  <c r="F53" i="3"/>
+  <c r="G49" i="3"/>
   <c r="D49" i="3"/>
   <c r="F49" i="3"/>
-  <c r="D48" i="3"/>
-[...2 lines deleted...]
-  <c r="F32" i="3"/>
+  <c r="K49" i="3"/>
+  <c r="F37" i="3"/>
+  <c r="K37" i="3"/>
+  <c r="D37" i="3"/>
+  <c r="G37" i="3"/>
+  <c r="K41" i="3"/>
+  <c r="F41" i="3"/>
+  <c r="G41" i="3"/>
+  <c r="D41" i="3"/>
+  <c r="D38" i="3"/>
+  <c r="K38" i="3"/>
   <c r="F38" i="3"/>
+  <c r="G38" i="3"/>
+  <c r="D42" i="3"/>
+  <c r="K42" i="3"/>
+  <c r="F42" i="3"/>
+  <c r="G42" i="3"/>
+  <c r="G44" i="3"/>
+  <c r="D44" i="3"/>
+  <c r="F44" i="3"/>
+  <c r="K44" i="3"/>
+  <c r="F43" i="3"/>
+  <c r="K43" i="3"/>
+  <c r="D43" i="3"/>
+  <c r="G43" i="3"/>
+  <c r="F45" i="3"/>
+  <c r="D45" i="3"/>
+  <c r="K45" i="3"/>
+  <c r="G45" i="3"/>
+  <c r="D46" i="3"/>
+  <c r="F46" i="3"/>
+  <c r="K46" i="3"/>
+  <c r="G46" i="3"/>
+  <c r="D24" i="3"/>
+  <c r="J24" i="3"/>
+  <c r="F24" i="3"/>
+  <c r="D23" i="3"/>
+  <c r="J23" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="D13" i="3"/>
+  <c r="J13" i="3"/>
+  <c r="F13" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="J21" i="3"/>
+  <c r="D21" i="3"/>
+  <c r="F22" i="3"/>
+  <c r="J22" i="3"/>
+  <c r="D22" i="3"/>
+  <c r="F20" i="3"/>
   <c r="D20" i="3"/>
-  <c r="F20" i="3"/>
-[...4 lines deleted...]
-  <c r="J13" i="3"/>
+  <c r="J20" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="D15" i="3"/>
+  <c r="J15" i="3"/>
+  <c r="D11" i="3"/>
+  <c r="J11" i="3"/>
+  <c r="F11" i="3"/>
+  <c r="F14" i="3"/>
+  <c r="D14" i="3"/>
+  <c r="J14" i="3"/>
+  <c r="F18" i="3"/>
   <c r="D18" i="3"/>
   <c r="J18" i="3"/>
+  <c r="J16" i="3"/>
+  <c r="D16" i="3"/>
+  <c r="F16" i="3"/>
   <c r="F17" i="3"/>
   <c r="J17" i="3"/>
-  <c r="F14" i="3"/>
-[...10 lines deleted...]
-  <c r="J19" i="3"/>
+  <c r="D17" i="3"/>
   <c r="F12" i="3"/>
   <c r="D12" i="3"/>
-  <c r="D17" i="3"/>
-[...2 lines deleted...]
-  <c r="D13" i="3"/>
+  <c r="J12" i="3"/>
+  <c r="J19" i="3"/>
   <c r="D19" i="3"/>
-  <c r="F16" i="3"/>
-[...1 lines deleted...]
-  <c r="D11" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="E10" i="3"/>
+  <c r="G81" i="3"/>
+  <c r="F81" i="3"/>
+  <c r="F35" i="3"/>
+  <c r="G35" i="3"/>
+  <c r="D35" i="3"/>
+  <c r="E81" i="3"/>
+  <c r="J9" i="3"/>
+  <c r="D152" i="3"/>
+  <c r="C97" i="3"/>
+  <c r="K97" i="3"/>
+  <c r="G80" i="3"/>
+  <c r="F56" i="3"/>
+  <c r="F57" i="3"/>
+  <c r="J57" i="3"/>
+  <c r="D50" i="3"/>
+  <c r="K50" i="3"/>
+  <c r="F152" i="3"/>
+  <c r="D153" i="3"/>
+  <c r="F153" i="3"/>
+  <c r="D56" i="3"/>
+  <c r="F80" i="3"/>
+  <c r="E80" i="3"/>
+  <c r="C80" i="3"/>
+  <c r="D57" i="3"/>
+  <c r="F50" i="3"/>
+  <c r="E97" i="3"/>
+  <c r="F97" i="3"/>
+  <c r="G50" i="3"/>
+  <c r="G97" i="3"/>
+  <c r="G34" i="3"/>
+  <c r="F34" i="3"/>
+  <c r="D34" i="3"/>
+  <c r="D25" i="3"/>
+  <c r="F25" i="3"/>
+  <c r="F9" i="3"/>
+  <c r="F10" i="3" l="1"/>
+  <c r="J10" i="3"/>
   <c r="D10" i="3"/>
-  <c r="G103" i="3" l="1"/>
-[...4 lines deleted...]
-  <c r="F113" i="3"/>
+  <c r="G129" i="3" l="1"/>
+  <c r="F129" i="3"/>
+  <c r="D129" i="3"/>
+  <c r="D144" i="3"/>
+  <c r="G144" i="3"/>
+  <c r="F144" i="3"/>
+  <c r="F128" i="3"/>
+  <c r="D128" i="3"/>
+  <c r="G128" i="3"/>
+  <c r="I129" i="3"/>
+  <c r="E129" i="3"/>
+  <c r="I144" i="3"/>
+  <c r="E144" i="3"/>
+  <c r="I128" i="3"/>
+  <c r="E128" i="3"/>
+  <c r="D105" i="3"/>
+  <c r="F105" i="3"/>
+  <c r="G105" i="3"/>
+  <c r="I105" i="3"/>
+  <c r="E105" i="3"/>
+  <c r="F121" i="3"/>
+  <c r="G121" i="3"/>
+  <c r="D121" i="3"/>
+  <c r="E121" i="3"/>
+  <c r="I121" i="3"/>
   <c r="F106" i="3"/>
   <c r="G106" i="3"/>
   <c r="D106" i="3"/>
-  <c r="D105" i="3"/>
-[...35 lines deleted...]
-  <c r="I108" i="3"/>
   <c r="I106" i="3"/>
   <c r="E106" i="3"/>
-  <c r="I113" i="3"/>
-[...70 lines deleted...]
-  <c r="E92" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Nicolas Godbout</author>
   </authors>
   <commentList>
-    <comment ref="E96" authorId="0" shapeId="0">
+    <comment ref="E121" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>L'année de l'achat, il y a une addtion ou coût fiscal. Les années suivantes, le coût fiscal reste le même sauf en cas de nouvelles dépenses capitalisables, achat de parts supplémentaires, etc.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F96" authorId="0" shapeId="0">
+    <comment ref="F121" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Il s'agit ici de la vente de l'immeuble, ou encore de vente de parts de l'immeuble (ex 50%) ou encore de la démolition de l'immeuble.</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4271" uniqueCount="710">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4606" uniqueCount="722">
   <si>
     <t>Section 1 : Fonds détenus à l'étranger</t>
   </si>
   <si>
     <t>Inscrivez ici tout compte bancaire détenu à n'importe quel moment de l'année à l'extérieur du Canada.</t>
   </si>
   <si>
     <t>Nom de la banque, description et numéro du compte</t>
   </si>
   <si>
     <t>Pourcentage si compte conjoint</t>
   </si>
   <si>
     <t>Questionnaire T1135 : biens étrangers</t>
   </si>
   <si>
     <t xml:space="preserve">Instructions : </t>
   </si>
   <si>
     <t>Maximum durant l'année</t>
   </si>
   <si>
     <t>Fonds en fin d'année</t>
   </si>
   <si>
@@ -2117,80 +2655,50 @@
   <si>
     <t>Autre bien 4</t>
   </si>
   <si>
     <t>Autre bien 5</t>
   </si>
   <si>
     <t>Autre bien 6</t>
   </si>
   <si>
     <t>Autre bien 7</t>
   </si>
   <si>
     <t>Autre bien 8</t>
   </si>
   <si>
     <t>Autre bien 9</t>
   </si>
   <si>
     <t>Autre bien 10</t>
   </si>
   <si>
     <t>Si vous avez le rapport de votre banque, merci de simplement le fournir et ne pas remplir cette section.</t>
   </si>
   <si>
-    <t>Compte 1 - svp bien lire les instructions et la NOTE</t>
-[...28 lines deleted...]
-  <si>
     <t>Veuillez choisir l'année!</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
   <si>
     <t>Votre nom (un questionnaire par personne) :</t>
   </si>
   <si>
     <t xml:space="preserve">Note : la majorité des banques canadiennes peuvent vous fournir le rapport des biens étrangers aux fins du T1135. </t>
   </si>
   <si>
     <t>PAYS – ENTITÉ</t>
   </si>
   <si>
     <t>UNITÉ MONÉTAIRE – DEVISE</t>
   </si>
   <si>
     <t>CODE NUMÉRIQUE</t>
   </si>
   <si>
     <t>AFGHANISTAN</t>
   </si>
   <si>
     <t>Afghani</t>
@@ -3497,177 +4005,434 @@
   <si>
     <t>TAUX MOYENS</t>
   </si>
   <si>
     <t>TAUX FIN ANNÉE</t>
   </si>
   <si>
     <t>trouver FX</t>
   </si>
   <si>
     <t>Réduction du coût fiscal durant l'année (ex. vente ou vente de parts)</t>
   </si>
   <si>
     <t>Addition au coût fiscal durant l'année (ex. dépenses capitalisables, achat de part)</t>
   </si>
   <si>
     <t>Index Colonne - moyen</t>
   </si>
   <si>
     <t>Index colonne - fin année</t>
   </si>
   <si>
     <t>Commentaires</t>
   </si>
   <si>
-    <t>Ce formulaire est approuvé pour les années fiscales 2024 et précédentes uniquement.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.banqueducanada.ca/taux/taux-de-change/taux-de-change-moyens-annuels/</t>
   </si>
   <si>
     <t>https://www.banqueducanada.ca/taux/taux-de-change/outil-de-consultation-des-taux-de-change-quotidiens/?lookupPage=lookup_daily_exchange_rates_2017_fr.php&amp;startRange=2017-01-01&amp;series%5B%5D=FXSARCAD&amp;series%5B%5D=FXAUDCAD&amp;series%5B%5D=FXUSDCAD&amp;series%5B%5D=FXEURCAD&amp;series%5B%5D=FXMXNCAD&amp;lookupPage=lookup_daily_exchange_rates_2017_fr.php&amp;startRange=2017-01-01&amp;rangeType=range&amp;rangeValue=&amp;dFrom=2024-12-31&amp;dTo=&amp;submit_button=Submit</t>
   </si>
   <si>
     <t>Pourcentage de ces actions qui vous appartient</t>
   </si>
   <si>
     <t>X01R21E9FVY9Q92HJZDQNS7P549J95XDV5GSXKQW9PWHR1EGT7NG</t>
   </si>
   <si>
     <t>Nicolas Godbout</t>
   </si>
   <si>
     <t>Create</t>
   </si>
   <si>
     <t>55c90fa6-d78d-4b37-b7df-38b733a62712</t>
   </si>
   <si>
     <t>{"id":"55c90fa6-d78d-4b37-b7df-38b733a62712","type":1,"name":"workbookId","value":"e0a3467e-e97a-4598-88e4-4558188b0a7d"}</t>
   </si>
   <si>
     <t>9fb28521-9f25-47f8-9fb6-066052def18c</t>
   </si>
   <si>
     <t>{"id":"9fb28521-9f25-47f8-9fb6-066052def18c","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>1f1c3a06-2826-414d-9d01-15a3ece158b8</t>
   </si>
   <si>
     <t>{"id":"1f1c3a06-2826-414d-9d01-15a3ece158b8","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>856c4210-e8e2-4b54-b57a-7d6537ffc4f6</t>
   </si>
   <si>
     <t>{"id":"856c4210-e8e2-4b54-b57a-7d6537ffc4f6","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>39c5f792-5d51-4a3b-bd51-e0961b9e016a</t>
   </si>
   <si>
     <t>{"id":"39c5f792-5d51-4a3b-bd51-e0961b9e016a","type":1,"name":"migratedFssProjectId","value":""}</t>
-  </si>
-[...20 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Section 6 : Autres actifs à l'extérieur du Canada</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF00B0F0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">NOUVEAU! Crypto actifs : </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>cette section est la bonne section pour les actifs Crypto tels que les Bitcoins, Crypto-monnaies, Securities Token, Utility Token, etc.)</t>
     </r>
   </si>
   <si>
     <t>Si vos crypto actifs sont détenus dans un portefeuille privé (clé USB comme Ledger, MetaMask, etc.), alors ils NE vont PAS sur le T1135.</t>
   </si>
   <si>
     <t>Si vos crypto actifs sont détenus dans un échange étrangèr (par exemple Binance, KuCoin, etc.), ils doivent être déclarés ici.</t>
   </si>
   <si>
     <t xml:space="preserve">Si vos crypto actifs sont détenus dans un échange canadien (Bitbuy, NDAX, Newton, etc.), ils NE vont PAS sur le T1135.
 </t>
   </si>
   <si>
     <t>Vous pouvez rechercher sur les relevés de compte de votre échange pour trouver l’emplacement de la succursale où se trouve votre échange.</t>
   </si>
   <si>
-    <t>v.2025-02-14</t>
+    <t>Ce formulaire est approuvé pour les années fiscales 2025 et précédentes uniquement.</t>
+  </si>
+  <si>
+    <t>Compte 12</t>
+  </si>
+  <si>
+    <t>Compte 13</t>
+  </si>
+  <si>
+    <t>Compte 14</t>
+  </si>
+  <si>
+    <t>Compte 15</t>
+  </si>
+  <si>
+    <t>Immeuble 11</t>
+  </si>
+  <si>
+    <t>Immeuble 12</t>
+  </si>
+  <si>
+    <t>Immeuble 13</t>
+  </si>
+  <si>
+    <t>Immeuble 14</t>
+  </si>
+  <si>
+    <t>Immeuble 15</t>
+  </si>
+  <si>
+    <t>Autre bien 11</t>
+  </si>
+  <si>
+    <t>Autre bien 12</t>
+  </si>
+  <si>
+    <t>Autre bien 13</t>
+  </si>
+  <si>
+    <t>Autre bien 14</t>
+  </si>
+  <si>
+    <t>Autre bien 15</t>
+  </si>
+  <si>
+    <t>Veuillez télécharger la version récente si vous vous déclarez une année après 2025.</t>
+  </si>
+  <si>
+    <t>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Attention</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : Déclarez toute participation dans une fiducie non-résidente qui a été </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>acquise pour une contrepartie</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> à l'exception d'une fiducie non-résidente qui est une société étrangère affiliée aux fins de l'article 233.4 de la Loi. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attention : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Les</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> sociétés civiles immobilières (SCI) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>détenues selon le régime par défaut (l'impôt sur le revenu) doivent être indiquées dans cette catégorie</t>
+    </r>
+  </si>
+  <si>
+    <t>v.2026-01-07</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Roth IRA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : doit uniquement être divulgué si </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>aucune</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> élection n’a été effectuée auprès de l'Agence du revenu du Canada.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ne </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>PAS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> indiquer les IRA ni les 401(k), car ceux-ci ne sont pas visés par le formulaire T1135.</t>
+    </r>
+  </si>
+  <si>
+    <t>Pour les actifs crypto actifs, veuillez consulter les instructions sous la section 6 : Autres actifs à l'extérieur du Canada.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Veuillez fournir le relevé de la banque. </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ne PAS inclure les comptes enregistrés (REER, REEE, etc.)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Attention</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : Pour les </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>sociétés civiles immobilières (SCI</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> détenues en société (régime optionnnel), elles pourraient devoir être divulguées sur un formulaire distinct. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Veuillez informer votre fiscaliste immédiatement.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <numFmts count="5">
-[...4 lines deleted...]
-    <numFmt numFmtId="168" formatCode="_([$CAD]\ * #,##0.00_);_([$CAD]\ * \(#,##0.00\);_([$CAD]\ * &quot;-&quot;??_);_(@_)"/>
+  <numFmts count="6">
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="[$CAD]\ #,##0.00"/>
+    <numFmt numFmtId="165" formatCode="[$CAD]\ #,##0.00_);\([$CAD]\ #,##0.00\)"/>
+    <numFmt numFmtId="166" formatCode="_([$CAD]\ * #,##0.00_);_([$CAD]\ * \(#,##0.00\);_([$CAD]\ * &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="167" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="27">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF444444"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Inherit"/>
@@ -3782,578 +4547,564 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF444444"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <u/>
       <sz val="11"/>
-      <color rgb="FF00B0F0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="6" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="167" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Monétaire" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="5">
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>409575</xdr:colOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>1025898</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>497380</xdr:colOff>
+      <xdr:colOff>4321</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>26326</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9667875" y="19050"/>
-          <a:ext cx="1939382" cy="730348"/>
+          <a:off x="11738722" y="19050"/>
+          <a:ext cx="1959187" cy="735658"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>409575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>739232</xdr:colOff>
+      <xdr:colOff>506149</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>349348</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10258425" y="19050"/>
           <a:ext cx="1939382" cy="730348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...97 lines deleted...]
-</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4615,20955 +5366,24632 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738956512469</v>
       </c>
       <c r="B1" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="C1" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1738956512625</v>
       </c>
       <c r="B2" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C2" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="D2" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>1738956512638</v>
       </c>
       <c r="B3" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C3" t="s">
-        <v>694</v>
+        <v>683</v>
       </c>
       <c r="D3" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>1738956512638</v>
       </c>
       <c r="B4" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C4" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="D4" t="s">
-        <v>697</v>
+        <v>686</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>1738956512638</v>
       </c>
       <c r="B5" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C5" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="D5" t="s">
-        <v>699</v>
+        <v>688</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>1738956512638</v>
       </c>
       <c r="B6" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C6" t="s">
-        <v>700</v>
+        <v>689</v>
       </c>
       <c r="D6" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738956512666</v>
       </c>
       <c r="B1" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="C1" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738956512686</v>
       </c>
       <c r="B1" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="C1" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1">
         <v>1738956512699</v>
       </c>
       <c r="B1" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="C1" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil1"/>
-  <dimension ref="A1:M152"/>
+  <dimension ref="A1:M190"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="59.7109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="16.5703125" customWidth="1"/>
+    <col min="1" max="1" width="59.6640625" customWidth="1"/>
+    <col min="2" max="2" width="23.44140625" customWidth="1"/>
+    <col min="3" max="3" width="16.44140625" customWidth="1"/>
+    <col min="4" max="4" width="17.33203125" customWidth="1"/>
+    <col min="5" max="5" width="16.44140625" customWidth="1"/>
+    <col min="6" max="6" width="14.6640625" customWidth="1"/>
+    <col min="7" max="7" width="12.5546875" customWidth="1"/>
+    <col min="8" max="8" width="16.5546875" customWidth="1"/>
     <col min="9" max="9" width="28" customWidth="1"/>
-    <col min="10" max="10" width="24.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="32.7109375" customWidth="1"/>
+    <col min="10" max="10" width="24.88671875" customWidth="1"/>
+    <col min="12" max="12" width="32.6640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="32.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="46.5">
+    <row r="1" spans="1:11" ht="46.2">
       <c r="A1" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="D1" s="56">
-[...5 lines deleted...]
-      <c r="K1" s="22"/>
+      <c r="D1" s="54">
+        <v>2025</v>
+      </c>
+      <c r="F1" s="27"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
     </row>
     <row r="2" spans="1:11" ht="10.5" customHeight="1">
       <c r="A2" s="9"/>
-      <c r="I2" s="22"/>
-[...1 lines deleted...]
-      <c r="K2" s="22"/>
+      <c r="I2" s="85"/>
+      <c r="J2" s="85"/>
+      <c r="K2" s="85"/>
     </row>
     <row r="3" spans="1:11" ht="21">
-      <c r="A3" s="48" t="s">
-[...12 lines deleted...]
-      <c r="K4" s="47"/>
+      <c r="A3" s="46" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" s="55"/>
+      <c r="I3" s="86" t="s">
+        <v>716</v>
+      </c>
+      <c r="J3" s="85"/>
+      <c r="K3" s="85"/>
+    </row>
+    <row r="4" spans="1:11" ht="23.4">
+      <c r="A4" s="81" t="str">
+        <f>IF(B3="","Veuillez remplir votre nom dans la case rouge pour afficher la suite du questionnaire","")</f>
+        <v>Veuillez remplir votre nom dans la case rouge pour afficher la suite du questionnaire</v>
+      </c>
+      <c r="J4" s="85"/>
+      <c r="K4" s="86"/>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      <c r="K5" s="47"/>
+        <v>697</v>
+      </c>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="86"/>
     </row>
     <row r="6" spans="1:11">
-      <c r="I6" s="22"/>
-[...4 lines deleted...]
-      <c r="A7" s="13" t="s">
+      <c r="A6" t="s">
+        <v>712</v>
+      </c>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+    </row>
+    <row r="7" spans="1:11" ht="15.6">
+      <c r="A7" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="22"/>
-[...1 lines deleted...]
-      <c r="K7" s="22"/>
+      <c r="I7" s="85"/>
+      <c r="J7" s="85"/>
+      <c r="K7" s="85"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>209</v>
       </c>
-      <c r="I8" s="22"/>
-      <c r="J8" s="22"/>
+      <c r="I8" s="85"/>
+      <c r="J8" s="85"/>
+      <c r="K8" s="85"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="8" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="8" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="8" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="8" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="14" spans="1:11">
-      <c r="A14" s="8" t="s">
-[...7 lines deleted...]
-      <c r="B16" s="3"/>
+      <c r="A14" s="73" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" s="82" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" s="82" t="s">
+        <v>717</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
-      <c r="A17" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="A17" s="73"/>
+    </row>
+    <row r="18" spans="1:9" ht="15.6">
+      <c r="A18" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="3"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="6.6" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A21" s="11" t="s">
+    <row r="22" spans="1:9" ht="6.6" customHeight="1"/>
+    <row r="23" spans="1:9" ht="43.2" customHeight="1">
+      <c r="A23" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B21" s="12" t="s">
+      <c r="B23" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C21" s="12" t="s">
+      <c r="C23" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="D21" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="15" t="s">
+      <c r="D23" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="E23" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="F21" s="15" t="s">
+      <c r="F23" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="G21" s="15" t="s">
+      <c r="G23" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="H21" s="12" t="s">
-[...10 lines deleted...]
-      <c r="B22" s="59" t="s">
+      <c r="H23" s="12" t="s">
+        <v>666</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="56" t="s">
+        <v>654</v>
+      </c>
+      <c r="B24" s="57" t="s">
         <v>177</v>
       </c>
-      <c r="C22" s="59" t="s">
+      <c r="C24" s="57" t="s">
         <v>10</v>
       </c>
-      <c r="D22" s="60">
+      <c r="D24" s="58">
         <v>1</v>
       </c>
-      <c r="E22" s="61">
+      <c r="E24" s="59">
         <v>150154.23000000001</v>
       </c>
-      <c r="F22" s="61">
+      <c r="F24" s="59">
         <v>140256.23000000001</v>
       </c>
-      <c r="G22" s="61">
+      <c r="G24" s="59">
         <v>500</v>
       </c>
-      <c r="H22" s="61">
+      <c r="H24" s="59">
         <v>50</v>
       </c>
-      <c r="I22" s="62"/>
-[...2 lines deleted...]
-      <c r="A23" s="62" t="s">
+      <c r="I24" s="60"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="60" t="s">
         <v>165</v>
       </c>
-      <c r="B23" s="63"/>
-[...9 lines deleted...]
-      <c r="A24" s="62" t="s">
+      <c r="B25" s="61"/>
+      <c r="C25" s="61"/>
+      <c r="D25" s="62"/>
+      <c r="E25" s="63"/>
+      <c r="F25" s="63"/>
+      <c r="G25" s="63"/>
+      <c r="H25" s="61"/>
+      <c r="I25" s="60"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="60" t="s">
         <v>166</v>
       </c>
-      <c r="B24" s="63"/>
-[...9 lines deleted...]
-      <c r="A25" s="62" t="s">
+      <c r="B26" s="61"/>
+      <c r="C26" s="61"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="63"/>
+      <c r="F26" s="63"/>
+      <c r="G26" s="63"/>
+      <c r="H26" s="61"/>
+      <c r="I26" s="60"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="60" t="s">
         <v>216</v>
       </c>
-      <c r="B25" s="63"/>
-[...9 lines deleted...]
-      <c r="A26" s="62" t="s">
+      <c r="B27" s="61"/>
+      <c r="C27" s="61"/>
+      <c r="D27" s="62"/>
+      <c r="E27" s="63"/>
+      <c r="F27" s="63"/>
+      <c r="G27" s="63"/>
+      <c r="H27" s="61"/>
+      <c r="I27" s="60"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="60" t="s">
         <v>217</v>
       </c>
-      <c r="B26" s="63"/>
-[...9 lines deleted...]
-      <c r="A27" s="62" t="s">
+      <c r="B28" s="61"/>
+      <c r="C28" s="61"/>
+      <c r="D28" s="62"/>
+      <c r="E28" s="63"/>
+      <c r="F28" s="63"/>
+      <c r="G28" s="63"/>
+      <c r="H28" s="61"/>
+      <c r="I28" s="60"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="60" t="s">
         <v>218</v>
       </c>
-      <c r="B27" s="63"/>
-[...9 lines deleted...]
-      <c r="A28" s="62" t="s">
+      <c r="B29" s="61"/>
+      <c r="C29" s="61"/>
+      <c r="D29" s="62"/>
+      <c r="E29" s="63"/>
+      <c r="F29" s="63"/>
+      <c r="G29" s="63"/>
+      <c r="H29" s="61"/>
+      <c r="I29" s="60"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="60" t="s">
         <v>219</v>
       </c>
-      <c r="B28" s="63"/>
-[...9 lines deleted...]
-      <c r="A29" s="62" t="s">
+      <c r="B30" s="61"/>
+      <c r="C30" s="61"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="63"/>
+      <c r="F30" s="63"/>
+      <c r="G30" s="63"/>
+      <c r="H30" s="61"/>
+      <c r="I30" s="60"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="60" t="s">
         <v>220</v>
       </c>
-      <c r="B29" s="63"/>
-[...9 lines deleted...]
-      <c r="A30" s="62" t="s">
+      <c r="B31" s="61"/>
+      <c r="C31" s="61"/>
+      <c r="D31" s="62"/>
+      <c r="E31" s="63"/>
+      <c r="F31" s="63"/>
+      <c r="G31" s="63"/>
+      <c r="H31" s="61"/>
+      <c r="I31" s="60"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="60" t="s">
         <v>221</v>
       </c>
-      <c r="B30" s="63"/>
-[...9 lines deleted...]
-      <c r="A31" s="62" t="s">
+      <c r="B32" s="61"/>
+      <c r="C32" s="61"/>
+      <c r="D32" s="62"/>
+      <c r="E32" s="63"/>
+      <c r="F32" s="63"/>
+      <c r="G32" s="63"/>
+      <c r="H32" s="61"/>
+      <c r="I32" s="60"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="60" t="s">
         <v>222</v>
       </c>
-      <c r="B31" s="63"/>
-[...9 lines deleted...]
-      <c r="A32" s="62" t="s">
+      <c r="B33" s="61"/>
+      <c r="C33" s="61"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="63"/>
+      <c r="F33" s="63"/>
+      <c r="G33" s="63"/>
+      <c r="H33" s="61"/>
+      <c r="I33" s="60"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="60" t="s">
         <v>223</v>
       </c>
-      <c r="B32" s="63"/>
-[...9 lines deleted...]
-      <c r="A33" t="s">
+      <c r="B34" s="61"/>
+      <c r="C34" s="61"/>
+      <c r="D34" s="62"/>
+      <c r="E34" s="63"/>
+      <c r="F34" s="63"/>
+      <c r="G34" s="63"/>
+      <c r="H34" s="61"/>
+      <c r="I34" s="60"/>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="B35" s="61"/>
+      <c r="C35" s="61"/>
+      <c r="D35" s="62"/>
+      <c r="E35" s="63"/>
+      <c r="F35" s="63"/>
+      <c r="G35" s="63"/>
+      <c r="H35" s="61"/>
+      <c r="I35" s="60"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="60" t="s">
+        <v>698</v>
+      </c>
+      <c r="B36" s="61"/>
+      <c r="C36" s="61"/>
+      <c r="D36" s="62"/>
+      <c r="E36" s="63"/>
+      <c r="F36" s="63"/>
+      <c r="G36" s="63"/>
+      <c r="H36" s="61"/>
+      <c r="I36" s="60"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="60" t="s">
+        <v>699</v>
+      </c>
+      <c r="B37" s="61"/>
+      <c r="C37" s="61"/>
+      <c r="D37" s="62"/>
+      <c r="E37" s="63"/>
+      <c r="F37" s="63"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="61"/>
+      <c r="I37" s="60"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="60" t="s">
+        <v>700</v>
+      </c>
+      <c r="B38" s="61"/>
+      <c r="C38" s="61"/>
+      <c r="D38" s="62"/>
+      <c r="E38" s="63"/>
+      <c r="F38" s="63"/>
+      <c r="G38" s="63"/>
+      <c r="H38" s="61"/>
+      <c r="I38" s="60"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="60" t="s">
+        <v>701</v>
+      </c>
+      <c r="B39" s="61"/>
+      <c r="C39" s="61"/>
+      <c r="D39" s="62"/>
+      <c r="E39" s="63"/>
+      <c r="F39" s="63"/>
+      <c r="G39" s="63"/>
+      <c r="H39" s="61"/>
+      <c r="I39" s="60"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
         <v>167</v>
       </c>
-      <c r="B33" s="63"/>
-[...20 lines deleted...]
-      <c r="A35" s="23" t="s">
+      <c r="B40" s="61"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="62"/>
+      <c r="E40" s="63"/>
+      <c r="F40" s="63"/>
+      <c r="G40" s="63"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="68"/>
+    </row>
+    <row r="41" spans="1:9" ht="15" thickBot="1">
+      <c r="A41" s="5"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="5"/>
+      <c r="I41" s="5"/>
+    </row>
+    <row r="42" spans="1:9" ht="16.2" thickTop="1">
+      <c r="A42" s="22" t="s">
         <v>171</v>
       </c>
-      <c r="B35" s="3"/>
-[...5 lines deleted...]
-      <c r="A36" t="s">
+      <c r="B42" s="3"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
         <v>193</v>
       </c>
-      <c r="E36" s="4"/>
-[...4 lines deleted...]
-      <c r="A37" t="s">
+      <c r="E43" s="4"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
         <v>195</v>
       </c>
-      <c r="E37" s="4"/>
-[...4 lines deleted...]
-      <c r="A38" t="s">
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
         <v>194</v>
       </c>
-      <c r="E38" s="4"/>
-[...4 lines deleted...]
-      <c r="A39" t="s">
+      <c r="E45" s="4"/>
+      <c r="F45" s="4"/>
+      <c r="G45" s="4"/>
+    </row>
+    <row r="46" spans="1:9" ht="16.2" customHeight="1">
+      <c r="A46" t="s">
         <v>200</v>
       </c>
-      <c r="E39" s="4"/>
-[...5 lines deleted...]
-      <c r="A41" s="11" t="s">
+      <c r="E46" s="4"/>
+      <c r="F46" s="4"/>
+      <c r="G46" s="4"/>
+    </row>
+    <row r="47" spans="1:9" ht="16.5" customHeight="1">
+      <c r="A47" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="8.25" customHeight="1"/>
+    <row r="49" spans="1:10" ht="43.2" customHeight="1">
+      <c r="A49" s="11" t="s">
         <v>168</v>
       </c>
-      <c r="B41" s="12" t="s">
+      <c r="B49" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C41" s="12" t="s">
+      <c r="C49" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="D41" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="15" t="s">
+      <c r="D49" s="12" t="s">
+        <v>677</v>
+      </c>
+      <c r="E49" s="14" t="s">
         <v>201</v>
       </c>
-      <c r="F41" s="15" t="s">
+      <c r="F49" s="14" t="s">
         <v>202</v>
       </c>
-      <c r="G41" s="15" t="s">
+      <c r="G49" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="H41" s="12" t="s">
+      <c r="H49" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="I41" s="12" t="s">
-[...10 lines deleted...]
-      <c r="B42" s="59" t="s">
+      <c r="I49" s="12" t="s">
+        <v>666</v>
+      </c>
+      <c r="J49" s="14" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="56" t="s">
+        <v>655</v>
+      </c>
+      <c r="B50" s="57" t="s">
         <v>177</v>
       </c>
-      <c r="C42" s="59" t="s">
+      <c r="C50" s="57" t="s">
         <v>12</v>
       </c>
-      <c r="D42" s="60">
+      <c r="D50" s="58">
         <v>1</v>
       </c>
-      <c r="E42" s="61">
+      <c r="E50" s="59">
         <v>265899.44</v>
       </c>
-      <c r="F42" s="61">
+      <c r="F50" s="59">
         <v>124.22</v>
       </c>
-      <c r="G42" s="61">
+      <c r="G50" s="59">
         <v>5.23</v>
       </c>
-      <c r="H42" s="61">
+      <c r="H50" s="59">
         <v>-450.23</v>
       </c>
-      <c r="I42" s="61">
+      <c r="I50" s="59">
         <v>50</v>
       </c>
-      <c r="J42" s="62"/>
-[...2 lines deleted...]
-      <c r="A43" s="62" t="s">
+      <c r="J50" s="60"/>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="60" t="s">
         <v>165</v>
       </c>
-      <c r="B43" s="63"/>
-[...10 lines deleted...]
-      <c r="A44" s="62" t="s">
+      <c r="B51" s="61"/>
+      <c r="C51" s="61"/>
+      <c r="D51" s="62"/>
+      <c r="E51" s="63"/>
+      <c r="F51" s="63"/>
+      <c r="G51" s="63"/>
+      <c r="H51" s="61"/>
+      <c r="I51" s="60"/>
+      <c r="J51" s="60"/>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="60" t="s">
         <v>166</v>
       </c>
-      <c r="B44" s="63"/>
-[...10 lines deleted...]
-      <c r="A45" s="62" t="s">
+      <c r="B52" s="61"/>
+      <c r="C52" s="61"/>
+      <c r="D52" s="62"/>
+      <c r="E52" s="63"/>
+      <c r="F52" s="63"/>
+      <c r="G52" s="63"/>
+      <c r="H52" s="61"/>
+      <c r="I52" s="60"/>
+      <c r="J52" s="60"/>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="60" t="s">
         <v>216</v>
       </c>
-      <c r="B45" s="63"/>
-[...10 lines deleted...]
-      <c r="A46" s="62" t="s">
+      <c r="B53" s="61"/>
+      <c r="C53" s="61"/>
+      <c r="D53" s="62"/>
+      <c r="E53" s="63"/>
+      <c r="F53" s="63"/>
+      <c r="G53" s="63"/>
+      <c r="H53" s="61"/>
+      <c r="I53" s="60"/>
+      <c r="J53" s="60"/>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="60" t="s">
         <v>217</v>
       </c>
-      <c r="B46" s="63"/>
-[...10 lines deleted...]
-      <c r="A47" s="62" t="s">
+      <c r="B54" s="61"/>
+      <c r="C54" s="61"/>
+      <c r="D54" s="62"/>
+      <c r="E54" s="63"/>
+      <c r="F54" s="63"/>
+      <c r="G54" s="63"/>
+      <c r="H54" s="61"/>
+      <c r="I54" s="60"/>
+      <c r="J54" s="60"/>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="60" t="s">
         <v>218</v>
       </c>
-      <c r="B47" s="63"/>
-[...10 lines deleted...]
-      <c r="A48" s="62" t="s">
+      <c r="B55" s="61"/>
+      <c r="C55" s="61"/>
+      <c r="D55" s="62"/>
+      <c r="E55" s="63"/>
+      <c r="F55" s="63"/>
+      <c r="G55" s="63"/>
+      <c r="H55" s="61"/>
+      <c r="I55" s="60"/>
+      <c r="J55" s="60"/>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="60" t="s">
         <v>219</v>
       </c>
-      <c r="B48" s="63"/>
-[...10 lines deleted...]
-      <c r="A49" s="62" t="s">
+      <c r="B56" s="61"/>
+      <c r="C56" s="61"/>
+      <c r="D56" s="62"/>
+      <c r="E56" s="63"/>
+      <c r="F56" s="63"/>
+      <c r="G56" s="63"/>
+      <c r="H56" s="61"/>
+      <c r="I56" s="60"/>
+      <c r="J56" s="60"/>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="60" t="s">
         <v>220</v>
       </c>
-      <c r="B49" s="63"/>
-[...10 lines deleted...]
-      <c r="A50" s="62" t="s">
+      <c r="B57" s="61"/>
+      <c r="C57" s="61"/>
+      <c r="D57" s="62"/>
+      <c r="E57" s="63"/>
+      <c r="F57" s="63"/>
+      <c r="G57" s="63"/>
+      <c r="H57" s="61"/>
+      <c r="I57" s="60"/>
+      <c r="J57" s="60"/>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="60" t="s">
         <v>221</v>
       </c>
-      <c r="B50" s="63"/>
-[...10 lines deleted...]
-      <c r="A51" s="62" t="s">
+      <c r="B58" s="61"/>
+      <c r="C58" s="61"/>
+      <c r="D58" s="62"/>
+      <c r="E58" s="63"/>
+      <c r="F58" s="63"/>
+      <c r="G58" s="63"/>
+      <c r="H58" s="61"/>
+      <c r="I58" s="60"/>
+      <c r="J58" s="60"/>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="60" t="s">
         <v>222</v>
       </c>
-      <c r="B51" s="63"/>
-[...10 lines deleted...]
-      <c r="A52" s="62" t="s">
+      <c r="B59" s="61"/>
+      <c r="C59" s="61"/>
+      <c r="D59" s="62"/>
+      <c r="E59" s="63"/>
+      <c r="F59" s="63"/>
+      <c r="G59" s="63"/>
+      <c r="H59" s="61"/>
+      <c r="I59" s="60"/>
+      <c r="J59" s="60"/>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="60" t="s">
         <v>223</v>
       </c>
-      <c r="B52" s="63"/>
-[...10 lines deleted...]
-      <c r="A53" t="s">
+      <c r="B60" s="61"/>
+      <c r="C60" s="61"/>
+      <c r="D60" s="62"/>
+      <c r="E60" s="63"/>
+      <c r="F60" s="63"/>
+      <c r="G60" s="63"/>
+      <c r="H60" s="61"/>
+      <c r="I60" s="60"/>
+      <c r="J60" s="60"/>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="B61" s="61"/>
+      <c r="C61" s="61"/>
+      <c r="D61" s="62"/>
+      <c r="E61" s="63"/>
+      <c r="F61" s="63"/>
+      <c r="G61" s="63"/>
+      <c r="H61" s="61"/>
+      <c r="I61" s="60"/>
+      <c r="J61" s="60"/>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="60" t="s">
+        <v>698</v>
+      </c>
+      <c r="B62" s="61"/>
+      <c r="C62" s="61"/>
+      <c r="D62" s="62"/>
+      <c r="E62" s="63"/>
+      <c r="F62" s="63"/>
+      <c r="G62" s="63"/>
+      <c r="H62" s="61"/>
+      <c r="I62" s="60"/>
+      <c r="J62" s="60"/>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="60" t="s">
+        <v>699</v>
+      </c>
+      <c r="B63" s="61"/>
+      <c r="C63" s="61"/>
+      <c r="D63" s="62"/>
+      <c r="E63" s="63"/>
+      <c r="F63" s="63"/>
+      <c r="G63" s="63"/>
+      <c r="H63" s="61"/>
+      <c r="I63" s="60"/>
+      <c r="J63" s="60"/>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="60" t="s">
+        <v>700</v>
+      </c>
+      <c r="B64" s="61"/>
+      <c r="C64" s="61"/>
+      <c r="D64" s="62"/>
+      <c r="E64" s="63"/>
+      <c r="F64" s="63"/>
+      <c r="G64" s="63"/>
+      <c r="H64" s="61"/>
+      <c r="I64" s="60"/>
+      <c r="J64" s="60"/>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" s="60" t="s">
+        <v>701</v>
+      </c>
+      <c r="B65" s="61"/>
+      <c r="C65" s="61"/>
+      <c r="D65" s="62"/>
+      <c r="E65" s="63"/>
+      <c r="F65" s="63"/>
+      <c r="G65" s="63"/>
+      <c r="H65" s="61"/>
+      <c r="I65" s="60"/>
+      <c r="J65" s="60"/>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
         <v>167</v>
       </c>
-      <c r="B53" s="63"/>
-[...22 lines deleted...]
-      <c r="A55" s="23" t="s">
+      <c r="B66" s="61"/>
+      <c r="C66" s="61"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="63"/>
+      <c r="F66" s="63"/>
+      <c r="G66" s="63"/>
+      <c r="H66" s="61"/>
+      <c r="I66" s="60"/>
+      <c r="J66" s="67"/>
+    </row>
+    <row r="67" spans="1:10" ht="15" thickBot="1">
+      <c r="A67" s="5"/>
+      <c r="B67" s="5"/>
+      <c r="C67" s="5"/>
+      <c r="D67" s="5"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="5"/>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5"/>
+    </row>
+    <row r="68" spans="1:10" ht="16.2" thickTop="1">
+      <c r="A68" s="22" t="s">
         <v>172</v>
       </c>
-      <c r="B55" s="3"/>
-[...2 lines deleted...]
-      <c r="A56" t="s">
+      <c r="B68" s="3"/>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="57" spans="1:10" ht="6.6" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A58" s="19" t="s">
+    <row r="70" spans="1:10" ht="6.6" customHeight="1"/>
+    <row r="71" spans="1:10" s="17" customFormat="1" ht="43.2">
+      <c r="A71" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="B58" s="12" t="s">
+      <c r="B71" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C58" s="12" t="s">
+      <c r="C71" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="D58" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="12" t="s">
+      <c r="D71" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="E71" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="F58" s="15" t="s">
+      <c r="F71" s="14" t="s">
         <v>202</v>
       </c>
-      <c r="G58" s="15" t="s">
+      <c r="G71" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="H58" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="58" t="s">
+      <c r="H71" s="12" t="s">
         <v>666</v>
       </c>
-      <c r="B59" s="59" t="s">
+      <c r="I71" s="12" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" s="56" t="s">
+        <v>656</v>
+      </c>
+      <c r="B72" s="57" t="s">
         <v>178</v>
       </c>
-      <c r="C59" s="59" t="s">
+      <c r="C72" s="57" t="s">
         <v>10</v>
       </c>
-      <c r="D59" s="60">
+      <c r="D72" s="58">
         <v>1</v>
       </c>
-      <c r="E59" s="61">
+      <c r="E72" s="59">
         <v>100000</v>
       </c>
-      <c r="F59" s="61">
+      <c r="F72" s="59">
         <v>100000</v>
       </c>
-      <c r="G59" s="61">
+      <c r="G72" s="59">
         <v>500</v>
       </c>
-      <c r="H59" s="61">
+      <c r="H72" s="59">
         <v>50</v>
       </c>
-      <c r="I59" s="63"/>
-[...2 lines deleted...]
-      <c r="A60" s="62" t="s">
+      <c r="I72" s="61"/>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" s="60" t="s">
         <v>165</v>
       </c>
-      <c r="B60" s="63"/>
-[...9 lines deleted...]
-      <c r="A61" s="62" t="s">
+      <c r="B73" s="61"/>
+      <c r="C73" s="61"/>
+      <c r="D73" s="62"/>
+      <c r="E73" s="64"/>
+      <c r="F73" s="64"/>
+      <c r="G73" s="63"/>
+      <c r="H73" s="61"/>
+      <c r="I73" s="61"/>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" s="60" t="s">
         <v>166</v>
       </c>
-      <c r="B61" s="63"/>
-[...9 lines deleted...]
-      <c r="A62" s="62" t="s">
+      <c r="B74" s="61"/>
+      <c r="C74" s="61"/>
+      <c r="D74" s="62"/>
+      <c r="E74" s="64"/>
+      <c r="F74" s="64"/>
+      <c r="G74" s="63"/>
+      <c r="H74" s="61"/>
+      <c r="I74" s="61"/>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" s="60" t="s">
         <v>216</v>
       </c>
-      <c r="B62" s="63"/>
-[...9 lines deleted...]
-      <c r="A63" s="62" t="s">
+      <c r="B75" s="61"/>
+      <c r="C75" s="61"/>
+      <c r="D75" s="62"/>
+      <c r="E75" s="64"/>
+      <c r="F75" s="64"/>
+      <c r="G75" s="63"/>
+      <c r="H75" s="61"/>
+      <c r="I75" s="61"/>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" s="60" t="s">
         <v>217</v>
       </c>
-      <c r="B63" s="63"/>
-[...9 lines deleted...]
-      <c r="A64" s="62" t="s">
+      <c r="B76" s="61"/>
+      <c r="C76" s="61"/>
+      <c r="D76" s="62"/>
+      <c r="E76" s="64"/>
+      <c r="F76" s="64"/>
+      <c r="G76" s="63"/>
+      <c r="H76" s="61"/>
+      <c r="I76" s="61"/>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" s="60" t="s">
         <v>218</v>
       </c>
-      <c r="B64" s="63"/>
-[...9 lines deleted...]
-      <c r="A65" s="62" t="s">
+      <c r="B77" s="61"/>
+      <c r="C77" s="61"/>
+      <c r="D77" s="62"/>
+      <c r="E77" s="64"/>
+      <c r="F77" s="64"/>
+      <c r="G77" s="63"/>
+      <c r="H77" s="61"/>
+      <c r="I77" s="61"/>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" s="60" t="s">
         <v>219</v>
       </c>
-      <c r="B65" s="63"/>
-[...9 lines deleted...]
-      <c r="A66" s="62" t="s">
+      <c r="B78" s="61"/>
+      <c r="C78" s="61"/>
+      <c r="D78" s="62"/>
+      <c r="E78" s="64"/>
+      <c r="F78" s="64"/>
+      <c r="G78" s="63"/>
+      <c r="H78" s="61"/>
+      <c r="I78" s="61"/>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="60" t="s">
         <v>220</v>
       </c>
-      <c r="B66" s="63"/>
-[...9 lines deleted...]
-      <c r="A67" s="62" t="s">
+      <c r="B79" s="61"/>
+      <c r="C79" s="61"/>
+      <c r="D79" s="62"/>
+      <c r="E79" s="64"/>
+      <c r="F79" s="64"/>
+      <c r="G79" s="63"/>
+      <c r="H79" s="61"/>
+      <c r="I79" s="61"/>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="60" t="s">
         <v>221</v>
       </c>
-      <c r="B67" s="63"/>
-[...9 lines deleted...]
-      <c r="A68" s="62" t="s">
+      <c r="B80" s="61"/>
+      <c r="C80" s="61"/>
+      <c r="D80" s="62"/>
+      <c r="E80" s="64"/>
+      <c r="F80" s="64"/>
+      <c r="G80" s="63"/>
+      <c r="H80" s="61"/>
+      <c r="I80" s="61"/>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="60" t="s">
         <v>222</v>
       </c>
-      <c r="B68" s="63"/>
-[...9 lines deleted...]
-      <c r="A69" s="62" t="s">
+      <c r="B81" s="61"/>
+      <c r="C81" s="61"/>
+      <c r="D81" s="62"/>
+      <c r="E81" s="64"/>
+      <c r="F81" s="64"/>
+      <c r="G81" s="63"/>
+      <c r="H81" s="61"/>
+      <c r="I81" s="61"/>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="60" t="s">
         <v>223</v>
       </c>
-      <c r="B69" s="63"/>
-[...9 lines deleted...]
-      <c r="A70" t="s">
+      <c r="B82" s="61"/>
+      <c r="C82" s="61"/>
+      <c r="D82" s="62"/>
+      <c r="E82" s="64"/>
+      <c r="F82" s="64"/>
+      <c r="G82" s="63"/>
+      <c r="H82" s="61"/>
+      <c r="I82" s="61"/>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="B83" s="61"/>
+      <c r="C83" s="61"/>
+      <c r="D83" s="62"/>
+      <c r="E83" s="64"/>
+      <c r="F83" s="64"/>
+      <c r="G83" s="63"/>
+      <c r="H83" s="61"/>
+      <c r="I83" s="61"/>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="60" t="s">
+        <v>698</v>
+      </c>
+      <c r="B84" s="61"/>
+      <c r="C84" s="61"/>
+      <c r="D84" s="62"/>
+      <c r="E84" s="64"/>
+      <c r="F84" s="64"/>
+      <c r="G84" s="63"/>
+      <c r="H84" s="61"/>
+      <c r="I84" s="61"/>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="60" t="s">
+        <v>699</v>
+      </c>
+      <c r="B85" s="61"/>
+      <c r="C85" s="61"/>
+      <c r="D85" s="62"/>
+      <c r="E85" s="64"/>
+      <c r="F85" s="64"/>
+      <c r="G85" s="63"/>
+      <c r="H85" s="61"/>
+      <c r="I85" s="61"/>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="60" t="s">
+        <v>700</v>
+      </c>
+      <c r="B86" s="61"/>
+      <c r="C86" s="61"/>
+      <c r="D86" s="62"/>
+      <c r="E86" s="64"/>
+      <c r="F86" s="64"/>
+      <c r="G86" s="63"/>
+      <c r="H86" s="61"/>
+      <c r="I86" s="61"/>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="60" t="s">
+        <v>701</v>
+      </c>
+      <c r="B87" s="61"/>
+      <c r="C87" s="61"/>
+      <c r="D87" s="62"/>
+      <c r="E87" s="64"/>
+      <c r="F87" s="64"/>
+      <c r="G87" s="63"/>
+      <c r="H87" s="61"/>
+      <c r="I87" s="61"/>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
         <v>167</v>
       </c>
-      <c r="B70" s="63"/>
-[...20 lines deleted...]
-      <c r="A72" s="23" t="s">
+      <c r="B88" s="61"/>
+      <c r="C88" s="61"/>
+      <c r="D88" s="62"/>
+      <c r="E88" s="64"/>
+      <c r="F88" s="64"/>
+      <c r="G88" s="63"/>
+      <c r="H88" s="61"/>
+      <c r="I88" s="60"/>
+    </row>
+    <row r="89" spans="1:10" ht="15" thickBot="1">
+      <c r="A89" s="5"/>
+      <c r="B89" s="5"/>
+      <c r="C89" s="5"/>
+      <c r="D89" s="5"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="7"/>
+      <c r="G89" s="7"/>
+      <c r="H89" s="5"/>
+      <c r="I89" s="70"/>
+    </row>
+    <row r="90" spans="1:10" ht="16.2" thickTop="1">
+      <c r="A90" s="22" t="s">
         <v>191</v>
       </c>
-      <c r="B72" s="3"/>
-[...6 lines deleted...]
-      <c r="A73" t="s">
+      <c r="B90" s="3"/>
+      <c r="E90" s="4"/>
+      <c r="F90" s="4"/>
+      <c r="G90" s="4"/>
+      <c r="I90" s="15"/>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
         <v>175</v>
       </c>
-      <c r="E73" s="4"/>
-[...252 lines deleted...]
-      <c r="B91" s="3"/>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
     </row>
-    <row r="92" spans="1:13">
+    <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="4"/>
     </row>
-    <row r="93" spans="1:13">
+    <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="4"/>
     </row>
-    <row r="94" spans="1:13">
+    <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>213</v>
+        <v>714</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="4"/>
     </row>
-    <row r="95" spans="1:13">
-[...8 lines deleted...]
-      <c r="B96" s="12" t="s">
+    <row r="95" spans="1:10" ht="6.6" customHeight="1"/>
+    <row r="96" spans="1:10" ht="43.2" customHeight="1">
+      <c r="A96" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="B96" s="13" t="s">
         <v>176</v>
       </c>
       <c r="C96" s="12" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>673</v>
-[...8 lines deleted...]
-        <v>215</v>
+        <v>664</v>
+      </c>
+      <c r="E96" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>179</v>
       </c>
       <c r="H96" s="12" t="s">
-        <v>211</v>
+        <v>170</v>
       </c>
       <c r="I96" s="12" t="s">
-        <v>676</v>
-[...18 lines deleted...]
-      <c r="B97" s="59" t="s">
+        <v>666</v>
+      </c>
+      <c r="J96" s="14" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="56" t="s">
+        <v>657</v>
+      </c>
+      <c r="B97" s="57" t="s">
         <v>177</v>
       </c>
-      <c r="C97" s="59" t="s">
+      <c r="C97" s="57" t="s">
         <v>10</v>
       </c>
-      <c r="D97" s="60">
-[...14 lines deleted...]
-      <c r="I97" s="61">
+      <c r="D97" s="65">
+        <v>265899.44</v>
+      </c>
+      <c r="E97" s="59">
+        <v>124.22</v>
+      </c>
+      <c r="F97" s="59">
+        <v>5.23</v>
+      </c>
+      <c r="G97" s="59">
+        <v>100000</v>
+      </c>
+      <c r="H97" s="59">
+        <v>-450.23</v>
+      </c>
+      <c r="I97" s="59">
         <v>50</v>
       </c>
-      <c r="J97" s="68">
-[...15 lines deleted...]
-      <c r="C98" s="63"/>
+      <c r="J97" s="60"/>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="60" t="s">
+        <v>165</v>
+      </c>
+      <c r="B98" s="61"/>
+      <c r="C98" s="61"/>
       <c r="D98" s="64"/>
-      <c r="E98" s="66"/>
-[...14 lines deleted...]
-      <c r="C99" s="63"/>
+      <c r="E98" s="64"/>
+      <c r="F98" s="64"/>
+      <c r="G98" s="64"/>
+      <c r="H98" s="64"/>
+      <c r="I98" s="60"/>
+      <c r="J98" s="60"/>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="60" t="s">
+        <v>166</v>
+      </c>
+      <c r="B99" s="61"/>
+      <c r="C99" s="61"/>
       <c r="D99" s="64"/>
-      <c r="E99" s="66"/>
-[...14 lines deleted...]
-      <c r="C100" s="63"/>
+      <c r="E99" s="64"/>
+      <c r="F99" s="64"/>
+      <c r="G99" s="64"/>
+      <c r="H99" s="64"/>
+      <c r="I99" s="60"/>
+      <c r="J99" s="60"/>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="60" t="s">
+        <v>216</v>
+      </c>
+      <c r="B100" s="61"/>
+      <c r="C100" s="61"/>
       <c r="D100" s="64"/>
-      <c r="E100" s="66"/>
-[...14 lines deleted...]
-      <c r="C101" s="63"/>
+      <c r="E100" s="64"/>
+      <c r="F100" s="64"/>
+      <c r="G100" s="64"/>
+      <c r="H100" s="64"/>
+      <c r="I100" s="60"/>
+      <c r="J100" s="60"/>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="60" t="s">
+        <v>217</v>
+      </c>
+      <c r="B101" s="61"/>
+      <c r="C101" s="61"/>
       <c r="D101" s="64"/>
-      <c r="E101" s="66"/>
-[...14 lines deleted...]
-      <c r="C102" s="63"/>
+      <c r="E101" s="64"/>
+      <c r="F101" s="64"/>
+      <c r="G101" s="64"/>
+      <c r="H101" s="64"/>
+      <c r="I101" s="60"/>
+      <c r="J101" s="60"/>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="60" t="s">
+        <v>218</v>
+      </c>
+      <c r="B102" s="61"/>
+      <c r="C102" s="61"/>
       <c r="D102" s="64"/>
-      <c r="E102" s="66"/>
-[...14 lines deleted...]
-      <c r="C103" s="63"/>
+      <c r="E102" s="64"/>
+      <c r="F102" s="64"/>
+      <c r="G102" s="64"/>
+      <c r="H102" s="64"/>
+      <c r="I102" s="60"/>
+      <c r="J102" s="60"/>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="60" t="s">
+        <v>219</v>
+      </c>
+      <c r="B103" s="61"/>
+      <c r="C103" s="61"/>
       <c r="D103" s="64"/>
-      <c r="E103" s="66"/>
-[...14 lines deleted...]
-      <c r="C104" s="63"/>
+      <c r="E103" s="64"/>
+      <c r="F103" s="64"/>
+      <c r="G103" s="64"/>
+      <c r="H103" s="64"/>
+      <c r="I103" s="60"/>
+      <c r="J103" s="60"/>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="60" t="s">
+        <v>220</v>
+      </c>
+      <c r="B104" s="61"/>
+      <c r="C104" s="61"/>
       <c r="D104" s="64"/>
-      <c r="E104" s="66"/>
-[...14 lines deleted...]
-      <c r="C105" s="63"/>
+      <c r="E104" s="64"/>
+      <c r="F104" s="64"/>
+      <c r="G104" s="64"/>
+      <c r="H104" s="64"/>
+      <c r="I104" s="60"/>
+      <c r="J104" s="60"/>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="60" t="s">
+        <v>221</v>
+      </c>
+      <c r="B105" s="61"/>
+      <c r="C105" s="61"/>
       <c r="D105" s="64"/>
-      <c r="E105" s="66"/>
-[...14 lines deleted...]
-      <c r="C106" s="63"/>
+      <c r="E105" s="64"/>
+      <c r="F105" s="64"/>
+      <c r="G105" s="64"/>
+      <c r="H105" s="64"/>
+      <c r="I105" s="60"/>
+      <c r="J105" s="60"/>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="60" t="s">
+        <v>222</v>
+      </c>
+      <c r="B106" s="61"/>
+      <c r="C106" s="61"/>
       <c r="D106" s="64"/>
-      <c r="E106" s="66"/>
-[...14 lines deleted...]
-      <c r="C107" s="63"/>
+      <c r="E106" s="64"/>
+      <c r="F106" s="64"/>
+      <c r="G106" s="64"/>
+      <c r="H106" s="64"/>
+      <c r="I106" s="60"/>
+      <c r="J106" s="60"/>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="60" t="s">
+        <v>223</v>
+      </c>
+      <c r="B107" s="61"/>
+      <c r="C107" s="61"/>
       <c r="D107" s="64"/>
-      <c r="E107" s="66"/>
-[...10 lines deleted...]
-      <c r="A108" t="s">
+      <c r="E107" s="64"/>
+      <c r="F107" s="64"/>
+      <c r="G107" s="64"/>
+      <c r="H107" s="64"/>
+      <c r="I107" s="60"/>
+      <c r="J107" s="60"/>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="B108" s="61"/>
+      <c r="C108" s="61"/>
+      <c r="D108" s="64"/>
+      <c r="E108" s="64"/>
+      <c r="F108" s="64"/>
+      <c r="G108" s="64"/>
+      <c r="H108" s="64"/>
+      <c r="I108" s="60"/>
+      <c r="J108" s="60"/>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="60" t="s">
+        <v>698</v>
+      </c>
+      <c r="B109" s="61"/>
+      <c r="C109" s="61"/>
+      <c r="D109" s="64"/>
+      <c r="E109" s="64"/>
+      <c r="F109" s="64"/>
+      <c r="G109" s="64"/>
+      <c r="H109" s="64"/>
+      <c r="I109" s="60"/>
+      <c r="J109" s="60"/>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="60" t="s">
+        <v>699</v>
+      </c>
+      <c r="B110" s="61"/>
+      <c r="C110" s="61"/>
+      <c r="D110" s="64"/>
+      <c r="E110" s="64"/>
+      <c r="F110" s="64"/>
+      <c r="G110" s="64"/>
+      <c r="H110" s="64"/>
+      <c r="I110" s="60"/>
+      <c r="J110" s="60"/>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="60" t="s">
+        <v>700</v>
+      </c>
+      <c r="B111" s="61"/>
+      <c r="C111" s="61"/>
+      <c r="D111" s="64"/>
+      <c r="E111" s="64"/>
+      <c r="F111" s="64"/>
+      <c r="G111" s="64"/>
+      <c r="H111" s="64"/>
+      <c r="I111" s="60"/>
+      <c r="J111" s="60"/>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="60" t="s">
+        <v>701</v>
+      </c>
+      <c r="B112" s="61"/>
+      <c r="C112" s="61"/>
+      <c r="D112" s="64"/>
+      <c r="E112" s="64"/>
+      <c r="F112" s="64"/>
+      <c r="G112" s="64"/>
+      <c r="H112" s="64"/>
+      <c r="I112" s="60"/>
+      <c r="J112" s="60"/>
+    </row>
+    <row r="113" spans="1:13">
+      <c r="A113" t="s">
         <v>167</v>
       </c>
-      <c r="B108" s="63"/>
-[...71 lines deleted...]
-      </c>
+      <c r="B113" s="61"/>
+      <c r="C113" s="61"/>
+      <c r="D113" s="64"/>
+      <c r="E113" s="64"/>
+      <c r="F113" s="64"/>
+      <c r="G113" s="64"/>
+      <c r="H113" s="64"/>
+      <c r="I113" s="60"/>
+      <c r="J113" s="60"/>
+    </row>
+    <row r="114" spans="1:13" ht="15" thickBot="1">
+      <c r="A114" s="5"/>
+      <c r="B114" s="5"/>
+      <c r="C114" s="5"/>
+      <c r="D114" s="5"/>
+      <c r="E114" s="5"/>
+      <c r="F114" s="5"/>
+      <c r="G114" s="5"/>
+      <c r="H114" s="5"/>
+      <c r="I114" s="5"/>
+      <c r="J114" s="5"/>
+    </row>
+    <row r="115" spans="1:13" ht="16.2" thickTop="1">
+      <c r="A115" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="B115" s="3"/>
       <c r="E115" s="4"/>
       <c r="F115" s="4"/>
       <c r="G115" s="4"/>
     </row>
-    <row r="116" spans="1:10">
-      <c r="A116" s="8" t="s">
+    <row r="116" spans="1:13">
+      <c r="A116" t="s">
+        <v>205</v>
+      </c>
+      <c r="E116" s="4"/>
+      <c r="F116" s="4"/>
+      <c r="G116" s="4"/>
+    </row>
+    <row r="117" spans="1:13">
+      <c r="A117" t="s">
+        <v>204</v>
+      </c>
+      <c r="E117" s="4"/>
+      <c r="F117" s="4"/>
+      <c r="G117" s="4"/>
+    </row>
+    <row r="118" spans="1:13">
+      <c r="A118" t="s">
+        <v>213</v>
+      </c>
+      <c r="E118" s="4"/>
+      <c r="F118" s="4"/>
+      <c r="G118" s="4"/>
+    </row>
+    <row r="119" spans="1:13">
+      <c r="A119" s="20" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
+      <c r="A120" s="20" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" s="19" customFormat="1" ht="86.4">
+      <c r="A121" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C121" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="E121" s="12" t="s">
+        <v>671</v>
+      </c>
+      <c r="F121" s="12" t="s">
+        <v>670</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="H121" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="I121" s="12" t="s">
+        <v>666</v>
+      </c>
+      <c r="J121" s="12" t="s">
+        <v>649</v>
+      </c>
+      <c r="K121" s="12" t="s">
+        <v>650</v>
+      </c>
+      <c r="L121" s="12" t="s">
+        <v>651</v>
+      </c>
+      <c r="M121" s="12" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" s="56" t="s">
+        <v>658</v>
+      </c>
+      <c r="B122" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="C122" s="57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D122" s="58">
+        <v>0.5</v>
+      </c>
+      <c r="E122" s="59">
+        <v>285000</v>
+      </c>
+      <c r="F122" s="59">
+        <v>285000</v>
+      </c>
+      <c r="G122" s="59">
+        <v>1500</v>
+      </c>
+      <c r="H122" s="59">
+        <v>0</v>
+      </c>
+      <c r="I122" s="59">
+        <v>50</v>
+      </c>
+      <c r="J122" s="66">
+        <v>34982</v>
+      </c>
+      <c r="K122" s="66">
+        <v>43831</v>
+      </c>
+      <c r="L122" s="59">
+        <v>300000</v>
+      </c>
+      <c r="M122" s="60"/>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" s="60" t="s">
+        <v>224</v>
+      </c>
+      <c r="B123" s="61"/>
+      <c r="C123" s="61"/>
+      <c r="D123" s="62"/>
+      <c r="E123" s="64"/>
+      <c r="F123" s="64"/>
+      <c r="G123" s="64"/>
+      <c r="H123" s="64"/>
+      <c r="I123" s="64"/>
+      <c r="J123" s="60"/>
+      <c r="K123" s="60"/>
+      <c r="L123" s="59"/>
+      <c r="M123" s="60"/>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" s="60" t="s">
+        <v>225</v>
+      </c>
+      <c r="B124" s="61"/>
+      <c r="C124" s="61"/>
+      <c r="D124" s="62"/>
+      <c r="E124" s="64"/>
+      <c r="F124" s="64"/>
+      <c r="G124" s="64"/>
+      <c r="H124" s="64"/>
+      <c r="I124" s="64"/>
+      <c r="J124" s="60"/>
+      <c r="K124" s="60"/>
+      <c r="L124" s="59"/>
+      <c r="M124" s="60"/>
+    </row>
+    <row r="125" spans="1:13">
+      <c r="A125" s="60" t="s">
+        <v>226</v>
+      </c>
+      <c r="B125" s="61"/>
+      <c r="C125" s="61"/>
+      <c r="D125" s="62"/>
+      <c r="E125" s="64"/>
+      <c r="F125" s="64"/>
+      <c r="G125" s="64"/>
+      <c r="H125" s="64"/>
+      <c r="I125" s="64"/>
+      <c r="J125" s="60"/>
+      <c r="K125" s="60"/>
+      <c r="L125" s="59"/>
+      <c r="M125" s="60"/>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" s="60" t="s">
+        <v>227</v>
+      </c>
+      <c r="B126" s="61"/>
+      <c r="C126" s="61"/>
+      <c r="D126" s="62"/>
+      <c r="E126" s="64"/>
+      <c r="F126" s="64"/>
+      <c r="G126" s="64"/>
+      <c r="H126" s="64"/>
+      <c r="I126" s="64"/>
+      <c r="J126" s="60"/>
+      <c r="K126" s="60"/>
+      <c r="L126" s="59"/>
+      <c r="M126" s="60"/>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" s="60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B127" s="61"/>
+      <c r="C127" s="61"/>
+      <c r="D127" s="62"/>
+      <c r="E127" s="64"/>
+      <c r="F127" s="64"/>
+      <c r="G127" s="64"/>
+      <c r="H127" s="64"/>
+      <c r="I127" s="64"/>
+      <c r="J127" s="60"/>
+      <c r="K127" s="60"/>
+      <c r="L127" s="59"/>
+      <c r="M127" s="60"/>
+    </row>
+    <row r="128" spans="1:13">
+      <c r="A128" s="60" t="s">
+        <v>229</v>
+      </c>
+      <c r="B128" s="61"/>
+      <c r="C128" s="61"/>
+      <c r="D128" s="62"/>
+      <c r="E128" s="64"/>
+      <c r="F128" s="64"/>
+      <c r="G128" s="64"/>
+      <c r="H128" s="64"/>
+      <c r="I128" s="64"/>
+      <c r="J128" s="60"/>
+      <c r="K128" s="60"/>
+      <c r="L128" s="59"/>
+      <c r="M128" s="60"/>
+    </row>
+    <row r="129" spans="1:13">
+      <c r="A129" s="60" t="s">
+        <v>230</v>
+      </c>
+      <c r="B129" s="61"/>
+      <c r="C129" s="61"/>
+      <c r="D129" s="62"/>
+      <c r="E129" s="64"/>
+      <c r="F129" s="64"/>
+      <c r="G129" s="64"/>
+      <c r="H129" s="64"/>
+      <c r="I129" s="64"/>
+      <c r="J129" s="60"/>
+      <c r="K129" s="60"/>
+      <c r="L129" s="59"/>
+      <c r="M129" s="60"/>
+    </row>
+    <row r="130" spans="1:13">
+      <c r="A130" s="60" t="s">
+        <v>231</v>
+      </c>
+      <c r="B130" s="61"/>
+      <c r="C130" s="61"/>
+      <c r="D130" s="62"/>
+      <c r="E130" s="64"/>
+      <c r="F130" s="64"/>
+      <c r="G130" s="64"/>
+      <c r="H130" s="64"/>
+      <c r="I130" s="64"/>
+      <c r="J130" s="60"/>
+      <c r="K130" s="60"/>
+      <c r="L130" s="59"/>
+      <c r="M130" s="60"/>
+    </row>
+    <row r="131" spans="1:13">
+      <c r="A131" s="60" t="s">
+        <v>232</v>
+      </c>
+      <c r="B131" s="61"/>
+      <c r="C131" s="61"/>
+      <c r="D131" s="62"/>
+      <c r="E131" s="64"/>
+      <c r="F131" s="64"/>
+      <c r="G131" s="64"/>
+      <c r="H131" s="64"/>
+      <c r="I131" s="64"/>
+      <c r="J131" s="60"/>
+      <c r="K131" s="60"/>
+      <c r="L131" s="59"/>
+      <c r="M131" s="60"/>
+    </row>
+    <row r="132" spans="1:13">
+      <c r="A132" s="60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B132" s="61"/>
+      <c r="C132" s="61"/>
+      <c r="D132" s="62"/>
+      <c r="E132" s="64"/>
+      <c r="F132" s="64"/>
+      <c r="G132" s="64"/>
+      <c r="H132" s="64"/>
+      <c r="I132" s="64"/>
+      <c r="J132" s="60"/>
+      <c r="K132" s="60"/>
+      <c r="L132" s="59"/>
+      <c r="M132" s="60"/>
+    </row>
+    <row r="133" spans="1:13">
+      <c r="A133" s="60" t="s">
+        <v>702</v>
+      </c>
+      <c r="B133" s="61"/>
+      <c r="C133" s="61"/>
+      <c r="D133" s="62"/>
+      <c r="E133" s="64"/>
+      <c r="F133" s="64"/>
+      <c r="G133" s="64"/>
+      <c r="H133" s="64"/>
+      <c r="I133" s="64"/>
+      <c r="J133" s="60"/>
+      <c r="K133" s="60"/>
+      <c r="L133" s="59"/>
+      <c r="M133" s="60"/>
+    </row>
+    <row r="134" spans="1:13">
+      <c r="A134" s="60" t="s">
+        <v>703</v>
+      </c>
+      <c r="B134" s="61"/>
+      <c r="C134" s="61"/>
+      <c r="D134" s="62"/>
+      <c r="E134" s="64"/>
+      <c r="F134" s="64"/>
+      <c r="G134" s="64"/>
+      <c r="H134" s="64"/>
+      <c r="I134" s="64"/>
+      <c r="J134" s="60"/>
+      <c r="K134" s="60"/>
+      <c r="L134" s="59"/>
+      <c r="M134" s="60"/>
+    </row>
+    <row r="135" spans="1:13">
+      <c r="A135" s="60" t="s">
+        <v>704</v>
+      </c>
+      <c r="B135" s="61"/>
+      <c r="C135" s="61"/>
+      <c r="D135" s="62"/>
+      <c r="E135" s="64"/>
+      <c r="F135" s="64"/>
+      <c r="G135" s="64"/>
+      <c r="H135" s="64"/>
+      <c r="I135" s="64"/>
+      <c r="J135" s="60"/>
+      <c r="K135" s="60"/>
+      <c r="L135" s="59"/>
+      <c r="M135" s="60"/>
+    </row>
+    <row r="136" spans="1:13">
+      <c r="A136" s="60" t="s">
         <v>705</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A117" s="8" t="s">
+      <c r="B136" s="61"/>
+      <c r="C136" s="61"/>
+      <c r="D136" s="62"/>
+      <c r="E136" s="64"/>
+      <c r="F136" s="64"/>
+      <c r="G136" s="64"/>
+      <c r="H136" s="64"/>
+      <c r="I136" s="64"/>
+      <c r="J136" s="60"/>
+      <c r="K136" s="60"/>
+      <c r="L136" s="59"/>
+      <c r="M136" s="60"/>
+    </row>
+    <row r="137" spans="1:13">
+      <c r="A137" s="60" t="s">
+        <v>706</v>
+      </c>
+      <c r="B137" s="61"/>
+      <c r="C137" s="61"/>
+      <c r="D137" s="62"/>
+      <c r="E137" s="64"/>
+      <c r="F137" s="64"/>
+      <c r="G137" s="64"/>
+      <c r="H137" s="64"/>
+      <c r="I137" s="64"/>
+      <c r="J137" s="60"/>
+      <c r="K137" s="60"/>
+      <c r="L137" s="59"/>
+      <c r="M137" s="60"/>
+    </row>
+    <row r="138" spans="1:13">
+      <c r="A138" t="s">
+        <v>167</v>
+      </c>
+      <c r="B138" s="61"/>
+      <c r="C138" s="61"/>
+      <c r="D138" s="62"/>
+      <c r="E138" s="64"/>
+      <c r="F138" s="64"/>
+      <c r="G138" s="64"/>
+      <c r="H138" s="64"/>
+      <c r="I138" s="64"/>
+      <c r="J138" s="60"/>
+      <c r="K138" s="60"/>
+      <c r="L138" s="59"/>
+      <c r="M138" s="55"/>
+    </row>
+    <row r="139" spans="1:13" ht="15" thickBot="1">
+      <c r="A139" s="5"/>
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="5"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="5"/>
+      <c r="H139" s="5"/>
+      <c r="I139" s="5"/>
+      <c r="J139" s="5"/>
+      <c r="K139" s="5"/>
+      <c r="L139" s="5"/>
+      <c r="M139" s="5"/>
+    </row>
+    <row r="140" spans="1:13" ht="16.2" thickTop="1">
+      <c r="A140" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="B140" s="3"/>
+      <c r="E140" s="4"/>
+      <c r="F140" s="4"/>
+      <c r="G140" s="4"/>
+    </row>
+    <row r="141" spans="1:13">
+      <c r="A141" t="s">
+        <v>186</v>
+      </c>
+      <c r="E141" s="4"/>
+      <c r="F141" s="4"/>
+      <c r="G141" s="4"/>
+    </row>
+    <row r="142" spans="1:13">
+      <c r="A142" t="s">
+        <v>204</v>
+      </c>
+      <c r="E142" s="4"/>
+      <c r="F142" s="4"/>
+      <c r="G142" s="4"/>
+    </row>
+    <row r="143" spans="1:13">
+      <c r="A143" t="s">
+        <v>692</v>
+      </c>
+      <c r="E143" s="4"/>
+      <c r="F143" s="4"/>
+      <c r="G143" s="4"/>
+    </row>
+    <row r="144" spans="1:13">
+      <c r="A144" s="8" t="s">
+        <v>694</v>
+      </c>
+      <c r="E144" s="4"/>
+      <c r="F144" s="4"/>
+      <c r="G144" s="4"/>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" s="8" t="s">
+        <v>695</v>
+      </c>
+      <c r="E145" s="4"/>
+      <c r="F145" s="4"/>
+      <c r="G145" s="4"/>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" s="8" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" ht="43.2">
+      <c r="A148" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B148" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C148" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D148" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="E148" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="F148" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="G148" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="H148" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="I148" s="12" t="s">
+        <v>666</v>
+      </c>
+      <c r="J148" s="14" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" s="56" t="s">
+        <v>659</v>
+      </c>
+      <c r="B149" s="57" t="s">
+        <v>177</v>
+      </c>
+      <c r="C149" s="57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" s="58">
+        <v>1</v>
+      </c>
+      <c r="E149" s="59">
+        <v>115000</v>
+      </c>
+      <c r="F149" s="59">
+        <v>115000</v>
+      </c>
+      <c r="G149" s="59">
+        <v>0</v>
+      </c>
+      <c r="H149" s="59">
+        <v>-2555</v>
+      </c>
+      <c r="I149" s="59">
+        <v>50</v>
+      </c>
+      <c r="J149" s="60"/>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" s="60" t="s">
+        <v>234</v>
+      </c>
+      <c r="B150" s="61"/>
+      <c r="C150" s="61"/>
+      <c r="D150" s="62"/>
+      <c r="E150" s="64"/>
+      <c r="F150" s="64"/>
+      <c r="G150" s="64"/>
+      <c r="H150" s="64"/>
+      <c r="I150" s="64"/>
+      <c r="J150" s="60"/>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" s="60" t="s">
+        <v>235</v>
+      </c>
+      <c r="B151" s="61"/>
+      <c r="C151" s="61"/>
+      <c r="D151" s="62"/>
+      <c r="E151" s="64"/>
+      <c r="F151" s="64"/>
+      <c r="G151" s="64"/>
+      <c r="H151" s="64"/>
+      <c r="I151" s="64"/>
+      <c r="J151" s="60"/>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" s="60" t="s">
+        <v>236</v>
+      </c>
+      <c r="B152" s="61"/>
+      <c r="C152" s="61"/>
+      <c r="D152" s="62"/>
+      <c r="E152" s="64"/>
+      <c r="F152" s="64"/>
+      <c r="G152" s="64"/>
+      <c r="H152" s="64"/>
+      <c r="I152" s="64"/>
+      <c r="J152" s="60"/>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" s="60" t="s">
+        <v>237</v>
+      </c>
+      <c r="B153" s="61"/>
+      <c r="C153" s="61"/>
+      <c r="D153" s="62"/>
+      <c r="E153" s="64"/>
+      <c r="F153" s="64"/>
+      <c r="G153" s="64"/>
+      <c r="H153" s="64"/>
+      <c r="I153" s="64"/>
+      <c r="J153" s="60"/>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" s="60" t="s">
+        <v>238</v>
+      </c>
+      <c r="B154" s="61"/>
+      <c r="C154" s="61"/>
+      <c r="D154" s="62"/>
+      <c r="E154" s="64"/>
+      <c r="F154" s="64"/>
+      <c r="G154" s="64"/>
+      <c r="H154" s="64"/>
+      <c r="I154" s="64"/>
+      <c r="J154" s="60"/>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" s="60" t="s">
+        <v>239</v>
+      </c>
+      <c r="B155" s="61"/>
+      <c r="C155" s="61"/>
+      <c r="D155" s="62"/>
+      <c r="E155" s="64"/>
+      <c r="F155" s="64"/>
+      <c r="G155" s="64"/>
+      <c r="H155" s="64"/>
+      <c r="I155" s="64"/>
+      <c r="J155" s="60"/>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="A156" s="60" t="s">
+        <v>240</v>
+      </c>
+      <c r="B156" s="61"/>
+      <c r="C156" s="61"/>
+      <c r="D156" s="62"/>
+      <c r="E156" s="64"/>
+      <c r="F156" s="64"/>
+      <c r="G156" s="64"/>
+      <c r="H156" s="64"/>
+      <c r="I156" s="64"/>
+      <c r="J156" s="60"/>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="A157" s="60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B157" s="61"/>
+      <c r="C157" s="61"/>
+      <c r="D157" s="62"/>
+      <c r="E157" s="64"/>
+      <c r="F157" s="64"/>
+      <c r="G157" s="64"/>
+      <c r="H157" s="64"/>
+      <c r="I157" s="64"/>
+      <c r="J157" s="60"/>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="A158" s="60" t="s">
+        <v>242</v>
+      </c>
+      <c r="B158" s="61"/>
+      <c r="C158" s="61"/>
+      <c r="D158" s="62"/>
+      <c r="E158" s="64"/>
+      <c r="F158" s="64"/>
+      <c r="G158" s="64"/>
+      <c r="H158" s="64"/>
+      <c r="I158" s="64"/>
+      <c r="J158" s="60"/>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="A159" s="60" t="s">
+        <v>243</v>
+      </c>
+      <c r="B159" s="61"/>
+      <c r="C159" s="61"/>
+      <c r="D159" s="62"/>
+      <c r="E159" s="64"/>
+      <c r="F159" s="64"/>
+      <c r="G159" s="64"/>
+      <c r="H159" s="64"/>
+      <c r="I159" s="64"/>
+      <c r="J159" s="60"/>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" s="60" t="s">
+        <v>707</v>
+      </c>
+      <c r="B160" s="61"/>
+      <c r="C160" s="61"/>
+      <c r="D160" s="62"/>
+      <c r="E160" s="64"/>
+      <c r="F160" s="64"/>
+      <c r="G160" s="64"/>
+      <c r="H160" s="64"/>
+      <c r="I160" s="64"/>
+      <c r="J160" s="60"/>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" s="60" t="s">
         <v>708</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B118" s="12" t="s">
+      <c r="B161" s="61"/>
+      <c r="C161" s="61"/>
+      <c r="D161" s="62"/>
+      <c r="E161" s="64"/>
+      <c r="F161" s="64"/>
+      <c r="G161" s="64"/>
+      <c r="H161" s="64"/>
+      <c r="I161" s="64"/>
+      <c r="J161" s="60"/>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" s="60" t="s">
+        <v>709</v>
+      </c>
+      <c r="B162" s="61"/>
+      <c r="C162" s="61"/>
+      <c r="D162" s="62"/>
+      <c r="E162" s="64"/>
+      <c r="F162" s="64"/>
+      <c r="G162" s="64"/>
+      <c r="H162" s="64"/>
+      <c r="I162" s="64"/>
+      <c r="J162" s="60"/>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" s="60" t="s">
+        <v>710</v>
+      </c>
+      <c r="B163" s="61"/>
+      <c r="C163" s="61"/>
+      <c r="D163" s="62"/>
+      <c r="E163" s="64"/>
+      <c r="F163" s="64"/>
+      <c r="G163" s="64"/>
+      <c r="H163" s="64"/>
+      <c r="I163" s="64"/>
+      <c r="J163" s="60"/>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" s="60" t="s">
+        <v>711</v>
+      </c>
+      <c r="B164" s="61"/>
+      <c r="C164" s="61"/>
+      <c r="D164" s="62"/>
+      <c r="E164" s="64"/>
+      <c r="F164" s="64"/>
+      <c r="G164" s="64"/>
+      <c r="H164" s="64"/>
+      <c r="I164" s="64"/>
+      <c r="J164" s="60"/>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" t="s">
+        <v>167</v>
+      </c>
+      <c r="B165" s="61"/>
+      <c r="C165" s="61"/>
+      <c r="D165" s="62"/>
+      <c r="E165" s="64"/>
+      <c r="F165" s="64"/>
+      <c r="G165" s="64"/>
+      <c r="H165" s="64"/>
+      <c r="I165" s="64"/>
+      <c r="J165" s="55"/>
+    </row>
+    <row r="166" spans="1:10" ht="15" thickBot="1">
+      <c r="A166" s="5"/>
+      <c r="B166" s="5"/>
+      <c r="C166" s="5"/>
+      <c r="D166" s="5"/>
+      <c r="E166" s="5"/>
+      <c r="F166" s="5"/>
+      <c r="G166" s="5"/>
+      <c r="H166" s="5"/>
+      <c r="I166" s="5"/>
+      <c r="J166" s="69"/>
+    </row>
+    <row r="167" spans="1:10" ht="16.2" thickTop="1">
+      <c r="A167" s="22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B167" s="3"/>
+      <c r="E167" s="4"/>
+      <c r="F167" s="4"/>
+      <c r="G167" s="4"/>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" s="87" t="s">
+        <v>720</v>
+      </c>
+      <c r="B168" s="87"/>
+      <c r="C168" s="87"/>
+      <c r="D168" s="85"/>
+      <c r="E168" s="89"/>
+      <c r="F168" s="4"/>
+      <c r="G168" s="4"/>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" s="20" t="s">
+        <v>248</v>
+      </c>
+      <c r="B169" s="20"/>
+      <c r="E169" s="4"/>
+      <c r="F169" s="4"/>
+      <c r="G169" s="4"/>
+    </row>
+    <row r="170" spans="1:10" s="12" customFormat="1" ht="57.6">
+      <c r="A170" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="B170" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C118" s="12" t="s">
+      <c r="C170" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="D118" s="12" t="s">
-[...8 lines deleted...]
-      <c r="G118" s="15" t="s">
+      <c r="D170" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="E170" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="F170" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="G170" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="H118" s="12" t="s">
+      <c r="H170" s="12" t="s">
         <v>184</v>
       </c>
-      <c r="I118" s="12" t="s">
-[...13 lines deleted...]
-      <c r="C119" s="59" t="s">
+      <c r="I170" s="12" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" hidden="1">
+      <c r="A171" s="56" t="s">
+        <v>665</v>
+      </c>
+      <c r="B171" s="57" t="s">
+        <v>190</v>
+      </c>
+      <c r="C171" s="57" t="s">
         <v>10</v>
       </c>
-      <c r="D119" s="60">
+      <c r="D171" s="58">
         <v>1</v>
       </c>
-      <c r="E119" s="61">
-[...267 lines deleted...]
-      <c r="E138" s="61">
+      <c r="E171" s="59">
         <v>157825.35999999999</v>
       </c>
-      <c r="F138" s="61">
+      <c r="F171" s="59">
         <v>157825.35999999999</v>
       </c>
-      <c r="G138" s="61">
+      <c r="G171" s="59">
         <v>15400</v>
       </c>
-      <c r="H138" s="61">
+      <c r="H171" s="59">
         <v>15478</v>
       </c>
-      <c r="I138" s="62"/>
-[...157 lines deleted...]
-      <c r="A152" s="10" t="s">
+      <c r="I171" s="60"/>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B172" s="77"/>
+      <c r="C172" s="77"/>
+      <c r="D172" s="78"/>
+      <c r="E172" s="79"/>
+      <c r="F172" s="79"/>
+      <c r="G172" s="79"/>
+      <c r="H172" s="79"/>
+      <c r="I172" s="80"/>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B173" s="77"/>
+      <c r="C173" s="77"/>
+      <c r="D173" s="78"/>
+      <c r="E173" s="79"/>
+      <c r="F173" s="79"/>
+      <c r="G173" s="79"/>
+      <c r="H173" s="79"/>
+      <c r="I173" s="80"/>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B174" s="77"/>
+      <c r="C174" s="77"/>
+      <c r="D174" s="78"/>
+      <c r="E174" s="79"/>
+      <c r="F174" s="79"/>
+      <c r="G174" s="79"/>
+      <c r="H174" s="79"/>
+      <c r="I174" s="80"/>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B175" s="77"/>
+      <c r="C175" s="77"/>
+      <c r="D175" s="78"/>
+      <c r="E175" s="79"/>
+      <c r="F175" s="79"/>
+      <c r="G175" s="79"/>
+      <c r="H175" s="79"/>
+      <c r="I175" s="80"/>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="A176" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B176" s="77"/>
+      <c r="C176" s="77"/>
+      <c r="D176" s="78"/>
+      <c r="E176" s="79"/>
+      <c r="F176" s="79"/>
+      <c r="G176" s="79"/>
+      <c r="H176" s="79"/>
+      <c r="I176" s="80"/>
+    </row>
+    <row r="177" spans="1:9">
+      <c r="A177" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B177" s="77"/>
+      <c r="C177" s="77"/>
+      <c r="D177" s="78"/>
+      <c r="E177" s="79"/>
+      <c r="F177" s="79"/>
+      <c r="G177" s="79"/>
+      <c r="H177" s="79"/>
+      <c r="I177" s="80"/>
+    </row>
+    <row r="178" spans="1:9">
+      <c r="A178" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B178" s="77"/>
+      <c r="C178" s="77"/>
+      <c r="D178" s="78"/>
+      <c r="E178" s="79"/>
+      <c r="F178" s="79"/>
+      <c r="G178" s="79"/>
+      <c r="H178" s="79"/>
+      <c r="I178" s="80"/>
+    </row>
+    <row r="179" spans="1:9">
+      <c r="A179" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B179" s="77"/>
+      <c r="C179" s="77"/>
+      <c r="D179" s="78"/>
+      <c r="E179" s="79"/>
+      <c r="F179" s="79"/>
+      <c r="G179" s="79"/>
+      <c r="H179" s="79"/>
+      <c r="I179" s="80"/>
+    </row>
+    <row r="180" spans="1:9">
+      <c r="A180" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B180" s="77"/>
+      <c r="C180" s="77"/>
+      <c r="D180" s="78"/>
+      <c r="E180" s="79"/>
+      <c r="F180" s="79"/>
+      <c r="G180" s="79"/>
+      <c r="H180" s="79"/>
+      <c r="I180" s="80"/>
+    </row>
+    <row r="181" spans="1:9">
+      <c r="A181" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B181" s="77"/>
+      <c r="C181" s="77"/>
+      <c r="D181" s="78"/>
+      <c r="E181" s="79"/>
+      <c r="F181" s="79"/>
+      <c r="G181" s="79"/>
+      <c r="H181" s="79"/>
+      <c r="I181" s="80"/>
+    </row>
+    <row r="182" spans="1:9">
+      <c r="A182" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B182" s="77"/>
+      <c r="C182" s="77"/>
+      <c r="D182" s="78"/>
+      <c r="E182" s="79"/>
+      <c r="F182" s="79"/>
+      <c r="G182" s="79"/>
+      <c r="H182" s="79"/>
+      <c r="I182" s="80"/>
+    </row>
+    <row r="183" spans="1:9">
+      <c r="A183" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B183" s="77"/>
+      <c r="C183" s="77"/>
+      <c r="D183" s="78"/>
+      <c r="E183" s="79"/>
+      <c r="F183" s="79"/>
+      <c r="G183" s="79"/>
+      <c r="H183" s="79"/>
+      <c r="I183" s="80"/>
+    </row>
+    <row r="184" spans="1:9">
+      <c r="A184" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B184" s="77"/>
+      <c r="C184" s="77"/>
+      <c r="D184" s="78"/>
+      <c r="E184" s="79"/>
+      <c r="F184" s="79"/>
+      <c r="G184" s="79"/>
+      <c r="H184" s="79"/>
+      <c r="I184" s="80"/>
+    </row>
+    <row r="185" spans="1:9">
+      <c r="A185" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B185" s="77"/>
+      <c r="C185" s="77"/>
+      <c r="D185" s="78"/>
+      <c r="E185" s="79"/>
+      <c r="F185" s="79"/>
+      <c r="G185" s="79"/>
+      <c r="H185" s="79"/>
+      <c r="I185" s="80"/>
+    </row>
+    <row r="186" spans="1:9">
+      <c r="A186" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B186" s="77"/>
+      <c r="C186" s="77"/>
+      <c r="D186" s="78"/>
+      <c r="E186" s="79"/>
+      <c r="F186" s="79"/>
+      <c r="G186" s="79"/>
+      <c r="H186" s="79"/>
+      <c r="I186" s="80"/>
+    </row>
+    <row r="187" spans="1:9">
+      <c r="A187" s="60" t="s">
+        <v>713</v>
+      </c>
+      <c r="B187" s="77"/>
+      <c r="C187" s="77"/>
+      <c r="D187" s="78"/>
+      <c r="E187" s="79"/>
+      <c r="F187" s="79"/>
+      <c r="G187" s="79"/>
+      <c r="H187" s="79"/>
+      <c r="I187" s="80"/>
+    </row>
+    <row r="188" spans="1:9" ht="15" thickBot="1">
+      <c r="A188" s="5"/>
+      <c r="B188" s="5"/>
+      <c r="C188" s="5"/>
+      <c r="D188" s="5"/>
+      <c r="E188" s="5"/>
+      <c r="F188" s="5"/>
+      <c r="G188" s="5"/>
+      <c r="H188" s="5"/>
+      <c r="I188" s="5"/>
+    </row>
+    <row r="189" spans="1:9" ht="15" thickTop="1"/>
+    <row r="190" spans="1:9">
+      <c r="A190" s="10" t="s">
         <v>197</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection password="85BD" sheet="1" objects="1" scenarios="1" insertRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uEuxp0Rng2HTKH5MUII8SSOq6ABAM0pRVCHPAG172LwDZJFx5yNguu0tiEdxrprSwWGWh8EAg3w7d+ZMo76xkw==" saltValue="y5KmY1gywXt17cn8Q1SGaQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0"/>
   <conditionalFormatting sqref="D1">
+    <cfRule type="cellIs" dxfId="4" priority="4" operator="equal">
+      <formula>"Veuillez choisir l'année!"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F1">
     <cfRule type="cellIs" dxfId="3" priority="3" operator="equal">
       <formula>"Veuillez choisir l'année!"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F1">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="B3">
-    <cfRule type="containsBlanks" dxfId="1" priority="1">
+    <cfRule type="containsBlanks" dxfId="2" priority="2">
       <formula>LEN(TRIM(B3))=0</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="A7:M190">
+    <cfRule type="expression" dxfId="1" priority="1">
+      <formula>$B$3=""</formula>
+    </cfRule>
+  </conditionalFormatting>
   <dataValidations count="6">
-    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Inscrire le pourcentage qui vous appartient. Par exemple, si compte conjoint, vous inscrivez 50%. NOTE : votre conjoint doit remplir son propre questionnaire." promptTitle="Pourcentage qui vous appartient" prompt="Inscrire le pourcentage qui vous appartient. Par exemple, si compte conjoint, vous inscrivez 50%. NOTE : votre conjoint doit remplir son propre questionnaire." sqref="D60:D70 D43:D53 D23:D33 D98:D108 D120:D130 D139:D149">
+    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Inscrire le pourcentage qui vous appartient. Par exemple, si compte conjoint, vous inscrivez 50%. NOTE : votre conjoint doit remplir son propre questionnaire." promptTitle="Pourcentage qui vous appartient" prompt="Inscrire le pourcentage qui vous appartient. Par exemple, si compte conjoint, vous inscrivez 50%. NOTE : votre conjoint doit remplir son propre questionnaire." sqref="D51:D66 D25:D40 D150:D165 D73:D88 D123:D138 D172:D187">
       <formula1>0</formula1>
       <formula2>1</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" promptTitle="Impôts dans le pays d'orgine" prompt="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" sqref="I33 I54 H71 H34 I90">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" promptTitle="Impôts dans le pays d'orgine" prompt="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" sqref="I40 I67 H89 H41 I114">
       <formula1>0</formula1>
       <formula2>10000000000000</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise" sqref="C71 C34 H90">
-      <formula1>$E$2:$E$171</formula1>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Veuillez entrer la valeur totale du compte et nous ferons nous-mêmes les proportions au besoin." promptTitle="Montant en devise" prompt="Veuillez entrer la valeur totale du compte et nous ferons nous-mêmes les proportions au besoin." sqref="E51:H66 E150:H165 E73:G88 D98:H113 E123:H138 E172:H187"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" promptTitle="Impôts dans le pays d'orgine" prompt="Combien d'impôt allez-vous payer dans le pays d'origine sur ce revenu?" sqref="I51:I66 H25:H40 I123:I138 H73:H88 I98:I113 I150:I165"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Inscrivez le montant total en devise. Si c'est un compte conjoint, mettez 100% du montant et on fera les proportions." promptTitle="montants en devise" prompt="Inscrivez le montant total en devise. Si c'est un compte conjoint, mettez 100% du montant et on fera les proportions." sqref="E25:G40"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise" sqref="C89 C41 H114">
+      <formula1>$E$2:$E$209</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Veuillez entrer la valeur totale du compte et nous ferons nous-mêmes les proportions au besoin." promptTitle="Montant en devise" prompt="Veuillez entrer la valeur totale du compte et nous ferons nous-mêmes les proportions au besoin." sqref="E60:G70 E43:H53 D79:H89 E98:H108 E120:H130 E139:H149"/>
-[...1 lines deleted...]
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Inscrivez le montant total en devise. Si c'est un compte conjoint, mettez 100% du montant et on fera les proportions." promptTitle="montants en devise" prompt="Inscrivez le montant total en devise. Si c'est un compte conjoint, mettez 100% du montant et on fera les proportions." sqref="E23:G33"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" errorTitle="SVP CHOISIR L'ANNÉE À DÉCLARER" error="SVP CHOISIR L'ANNÉE À DÉCLARER" promptTitle="SVP CHOISIR L'ANNÉE À DÉCLARER" prompt="SVP CHOISIR L'ANNÉE À DÉCLARER">
           <x14:formula1>
-            <xm:f>Années!$A$1:$A$15</xm:f>
+            <xm:f>Années!$A$1:$A$16</xm:f>
           </x14:formula1>
           <xm:sqref>D1</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise">
           <x14:formula1>
             <xm:f>'Devises MENU DÉROULANT'!$C$2:$C$164</xm:f>
           </x14:formula1>
-          <xm:sqref>C119:C130 C138:C149 C59:C70 C78:C89 C97:C108 C22:C33 C42:C53</xm:sqref>
+          <xm:sqref>C122:C138 C149:C165 C50:C66 C72:C88 C97:C113 C24:C40 C171:C187</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil2"/>
-  <dimension ref="A1:N135"/>
+  <dimension ref="A1:O171"/>
   <sheetViews>
-    <sheetView topLeftCell="A109" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E136" sqref="E136"/>
+    <sheetView topLeftCell="A76" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B81" sqref="B81"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" outlineLevelRow="1"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" outlineLevelRow="1"/>
   <cols>
-    <col min="1" max="1" width="59.7109375" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="14.7109375" customWidth="1"/>
+    <col min="1" max="1" width="59.6640625" customWidth="1"/>
+    <col min="2" max="2" width="12.44140625" customWidth="1"/>
+    <col min="3" max="3" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.109375" customWidth="1"/>
+    <col min="5" max="5" width="15.88671875" customWidth="1"/>
+    <col min="6" max="6" width="15.109375" customWidth="1"/>
+    <col min="7" max="7" width="16.44140625" customWidth="1"/>
+    <col min="8" max="8" width="15.44140625" customWidth="1"/>
+    <col min="9" max="9" width="12.109375" customWidth="1"/>
+    <col min="10" max="10" width="18.44140625" customWidth="1"/>
+    <col min="11" max="11" width="22.5546875" customWidth="1"/>
+    <col min="12" max="12" width="25.33203125" customWidth="1"/>
+    <col min="15" max="15" width="27.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="31.5">
+    <row r="1" spans="1:11" ht="31.2">
       <c r="A1" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="C1" s="28">
+      <c r="C1" s="27">
         <f>'T1135 EN DEVISE NATIVE'!D1</f>
-        <v>2024</v>
-[...16 lines deleted...]
-      <c r="A4" s="30" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+    </row>
+    <row r="2" spans="1:11" ht="61.2">
+      <c r="A2" s="28" t="s">
+        <v>646</v>
+      </c>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+    </row>
+    <row r="4" spans="1:11" ht="25.8" outlineLevel="1">
+      <c r="A4" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3"/>
-      <c r="E4" s="31"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:10" outlineLevel="1">
+      <c r="E4" s="30"/>
+    </row>
+    <row r="5" spans="1:11" outlineLevel="1">
       <c r="A5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:10" outlineLevel="1">
+    <row r="6" spans="1:11" outlineLevel="1">
       <c r="A6" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="6.6" customHeight="1" outlineLevel="1"/>
-    <row r="8" spans="1:10" ht="43.15" customHeight="1" outlineLevel="1">
+    <row r="7" spans="1:11" ht="6.6" customHeight="1" outlineLevel="1"/>
+    <row r="8" spans="1:11" ht="61.95" customHeight="1" outlineLevel="1">
       <c r="A8" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>176</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="15" t="s">
+      <c r="D8" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="15" t="s">
+      <c r="E8" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="F8" s="15" t="s">
+      <c r="F8" s="14" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>9</v>
       </c>
       <c r="H8" s="12" t="s">
-        <v>657</v>
-[...5 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!H21</f>
+        <v>647</v>
+      </c>
+      <c r="I8" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="J8" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!H23</f>
         <v>Impôts payables à l'étranger sur ce revenu</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A22</f>
+      <c r="K8" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I23</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" outlineLevel="1">
+      <c r="A9" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A24</f>
         <v>Exemple : Banque EFFISCA, compte chèque #111111111</v>
       </c>
-      <c r="B9" s="37" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!B22</f>
+      <c r="B9" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B24</f>
         <v>France</v>
       </c>
-      <c r="C9" s="38">
-        <f>'T1135 EN DEVISE NATIVE'!D22</f>
+      <c r="C9" s="37">
+        <f>'T1135 EN DEVISE NATIVE'!D24</f>
         <v>1</v>
       </c>
-      <c r="D9" s="40">
-[...11 lines deleted...]
-      <c r="G9" s="37" t="s">
+      <c r="D9" s="39">
+        <f>'T1135 EN DEVISE NATIVE'!E24*$H9*C9</f>
+        <v>209885.58269400001</v>
+      </c>
+      <c r="E9" s="39">
+        <f>'T1135 EN DEVISE NATIVE'!F24*$I9*C9</f>
+        <v>192235.18883800003</v>
+      </c>
+      <c r="F9" s="40">
+        <f>'T1135 EN DEVISE NATIVE'!G24*H9*C9</f>
+        <v>698.9</v>
+      </c>
+      <c r="G9" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="H9" s="42">
-[...12 lines deleted...]
-    <row r="10" spans="1:10" outlineLevel="1">
+      <c r="H9" s="41">
+        <f>VLOOKUP(G9,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.3977999999999999</v>
+      </c>
+      <c r="I9" s="41">
+        <f>VLOOKUP(G9,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.3706</v>
+      </c>
+      <c r="J9" s="49">
+        <f>'T1135 EN DEVISE NATIVE'!H24*H9*C9</f>
+        <v>69.89</v>
+      </c>
+      <c r="K9" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" outlineLevel="1">
       <c r="A10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A23</f>
+        <f>'T1135 EN DEVISE NATIVE'!A25</f>
         <v>Compte 1</v>
       </c>
-      <c r="B10" s="16">
-[...36 lines deleted...]
-    <row r="11" spans="1:10" outlineLevel="1">
+      <c r="B10" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B25</f>
+        <v>0</v>
+      </c>
+      <c r="C10" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D25</f>
+        <v>0</v>
+      </c>
+      <c r="D10" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E25*$H10*C10</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F25*$I10*C10</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G25*H10*C10</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G10" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C25</f>
+        <v>0</v>
+      </c>
+      <c r="H10" s="53" t="e">
+        <f>VLOOKUP(G10,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I10" s="53" t="e">
+        <f>VLOOKUP(G10,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J10" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H25*H10*C10</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K10" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I25</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" outlineLevel="1">
       <c r="A11" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A24</f>
+        <f>'T1135 EN DEVISE NATIVE'!A26</f>
         <v>Compte 2</v>
       </c>
-      <c r="B11" s="16">
-[...36 lines deleted...]
-    <row r="12" spans="1:10" outlineLevel="1">
+      <c r="B11" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B26</f>
+        <v>0</v>
+      </c>
+      <c r="C11" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D26</f>
+        <v>0</v>
+      </c>
+      <c r="D11" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E26*$H11*C11</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F26*$I11*C11</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G26*H11*C11</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G11" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C26</f>
+        <v>0</v>
+      </c>
+      <c r="H11" s="53" t="e">
+        <f>VLOOKUP(G11,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I11" s="53" t="e">
+        <f>VLOOKUP(G11,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J11" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H26*H11*C11</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K11" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" outlineLevel="1">
       <c r="A12" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A25</f>
+        <f>'T1135 EN DEVISE NATIVE'!A27</f>
         <v>Compte 3</v>
       </c>
-      <c r="B12" s="16">
-[...36 lines deleted...]
-    <row r="13" spans="1:10" outlineLevel="1">
+      <c r="B12" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B27</f>
+        <v>0</v>
+      </c>
+      <c r="C12" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D27</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E27*$H12*C12</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F27*$I12*C12</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G27*H12*C12</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G12" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C27</f>
+        <v>0</v>
+      </c>
+      <c r="H12" s="53" t="e">
+        <f>VLOOKUP(G12,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I12" s="53" t="e">
+        <f>VLOOKUP(G12,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J12" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H27*H12*C12</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K12" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I27</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" outlineLevel="1">
       <c r="A13" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A26</f>
+        <f>'T1135 EN DEVISE NATIVE'!A28</f>
         <v>Compte 4</v>
       </c>
-      <c r="B13" s="16">
-[...36 lines deleted...]
-    <row r="14" spans="1:10" outlineLevel="1">
+      <c r="B13" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B28</f>
+        <v>0</v>
+      </c>
+      <c r="C13" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D28</f>
+        <v>0</v>
+      </c>
+      <c r="D13" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E28*$H13*C13</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F28*$I13*C13</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G28*H13*C13</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G13" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C28</f>
+        <v>0</v>
+      </c>
+      <c r="H13" s="53" t="e">
+        <f>VLOOKUP(G13,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I13" s="53" t="e">
+        <f>VLOOKUP(G13,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J13" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H28*H13*C13</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K13" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I28</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" outlineLevel="1">
       <c r="A14" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A27</f>
+        <f>'T1135 EN DEVISE NATIVE'!A29</f>
         <v>Compte 5</v>
       </c>
-      <c r="B14" s="16">
-[...36 lines deleted...]
-    <row r="15" spans="1:10" outlineLevel="1">
+      <c r="B14" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B29</f>
+        <v>0</v>
+      </c>
+      <c r="C14" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D29</f>
+        <v>0</v>
+      </c>
+      <c r="D14" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E29*$H14*C14</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F29*$I14*C14</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G29*H14*C14</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G14" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C29</f>
+        <v>0</v>
+      </c>
+      <c r="H14" s="53" t="e">
+        <f>VLOOKUP(G14,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I14" s="53" t="e">
+        <f>VLOOKUP(G14,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J14" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H29*H14*C14</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K14" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I29</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" outlineLevel="1">
       <c r="A15" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A28</f>
+        <f>'T1135 EN DEVISE NATIVE'!A30</f>
         <v>Compte 6</v>
       </c>
-      <c r="B15" s="16">
-[...36 lines deleted...]
-    <row r="16" spans="1:10" outlineLevel="1">
+      <c r="B15" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B30</f>
+        <v>0</v>
+      </c>
+      <c r="C15" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D30</f>
+        <v>0</v>
+      </c>
+      <c r="D15" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E30*$H15*C15</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F30*$I15*C15</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G30*H15*C15</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G15" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C30</f>
+        <v>0</v>
+      </c>
+      <c r="H15" s="53" t="e">
+        <f>VLOOKUP(G15,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I15" s="53" t="e">
+        <f>VLOOKUP(G15,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J15" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H30*H15*C15</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K15" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I30</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" outlineLevel="1">
       <c r="A16" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A29</f>
+        <f>'T1135 EN DEVISE NATIVE'!A31</f>
         <v>Compte 7</v>
       </c>
-      <c r="B16" s="16">
-[...33 lines deleted...]
-        <v>#N/A</v>
+      <c r="B16" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B31</f>
+        <v>0</v>
+      </c>
+      <c r="C16" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D31</f>
+        <v>0</v>
+      </c>
+      <c r="D16" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E31*$H16*C16</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F31*$I16*C16</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G31*H16*C16</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G16" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C31</f>
+        <v>0</v>
+      </c>
+      <c r="H16" s="53" t="e">
+        <f>VLOOKUP(G16,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I16" s="53" t="e">
+        <f>VLOOKUP(G16,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J16" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H31*H16*C16</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K16" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I31</f>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11" outlineLevel="1">
       <c r="A17" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A30</f>
+        <f>'T1135 EN DEVISE NATIVE'!A32</f>
         <v>Compte 8</v>
       </c>
-      <c r="B17" s="16">
-[...33 lines deleted...]
-        <v>#N/A</v>
+      <c r="B17" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B32</f>
+        <v>0</v>
+      </c>
+      <c r="C17" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D32</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E32*$H17*C17</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F32*$I17*C17</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G32*H17*C17</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G17" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C32</f>
+        <v>0</v>
+      </c>
+      <c r="H17" s="53" t="e">
+        <f>VLOOKUP(G17,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I17" s="53" t="e">
+        <f>VLOOKUP(G17,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J17" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H32*H17*C17</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K17" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I32</f>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11" outlineLevel="1">
       <c r="A18" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A31</f>
+        <f>'T1135 EN DEVISE NATIVE'!A33</f>
         <v>Compte 9</v>
       </c>
-      <c r="B18" s="16">
-[...33 lines deleted...]
-        <v>#N/A</v>
+      <c r="B18" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B33</f>
+        <v>0</v>
+      </c>
+      <c r="C18" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D33</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E33*$H18*C18</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F33*$I18*C18</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G33*H18*C18</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G18" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C33</f>
+        <v>0</v>
+      </c>
+      <c r="H18" s="53" t="e">
+        <f>VLOOKUP(G18,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I18" s="53" t="e">
+        <f>VLOOKUP(G18,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J18" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H33*H18*C18</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K18" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I33</f>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" outlineLevel="1">
       <c r="A19" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A32</f>
+        <f>'T1135 EN DEVISE NATIVE'!A34</f>
         <v>Compte 10</v>
       </c>
-      <c r="B19" s="16">
-[...33 lines deleted...]
-        <v>#N/A</v>
+      <c r="B19" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B34</f>
+        <v>0</v>
+      </c>
+      <c r="C19" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D34</f>
+        <v>0</v>
+      </c>
+      <c r="D19" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E34*$H19*C19</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F34*$I19*C19</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G34*H19*C19</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C34</f>
+        <v>0</v>
+      </c>
+      <c r="H19" s="53" t="e">
+        <f>VLOOKUP(G19,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I19" s="53" t="e">
+        <f>VLOOKUP(G19,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J19" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H34*H19*C19</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K19" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I34</f>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" outlineLevel="1">
       <c r="A20" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A33</f>
+        <f>'T1135 EN DEVISE NATIVE'!A35</f>
+        <v>Compte 11</v>
+      </c>
+      <c r="B20" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B35</f>
+        <v>0</v>
+      </c>
+      <c r="C20" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D35</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E35*$H20*C20</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F35*$I20*C20</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G35*H20*C20</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C35</f>
+        <v>0</v>
+      </c>
+      <c r="H20" s="53" t="e">
+        <f>VLOOKUP(G20,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I20" s="53" t="e">
+        <f>VLOOKUP(G20,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J20" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H35*H20*C20</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K20" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I35</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" outlineLevel="1">
+      <c r="A21" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A36</f>
+        <v>Compte 12</v>
+      </c>
+      <c r="B21" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B36</f>
+        <v>0</v>
+      </c>
+      <c r="C21" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D36</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E36*$H21*C21</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F36*$I21*C21</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G36*H21*C21</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G21" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C36</f>
+        <v>0</v>
+      </c>
+      <c r="H21" s="53" t="e">
+        <f>VLOOKUP(G21,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I21" s="53" t="e">
+        <f>VLOOKUP(G21,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J21" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H36*H21*C21</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K21" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I36</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" outlineLevel="1">
+      <c r="A22" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A37</f>
+        <v>Compte 13</v>
+      </c>
+      <c r="B22" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B37</f>
+        <v>0</v>
+      </c>
+      <c r="C22" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D37</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E37*$H22*C22</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F37*$I22*C22</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G37*H22*C22</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G22" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C37</f>
+        <v>0</v>
+      </c>
+      <c r="H22" s="53" t="e">
+        <f>VLOOKUP(G22,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I22" s="53" t="e">
+        <f>VLOOKUP(G22,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J22" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H37*H22*C22</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K22" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" outlineLevel="1">
+      <c r="A23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A38</f>
+        <v>Compte 14</v>
+      </c>
+      <c r="B23" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B38</f>
+        <v>0</v>
+      </c>
+      <c r="C23" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D38</f>
+        <v>0</v>
+      </c>
+      <c r="D23" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E38*$H23*C23</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F38*$I23*C23</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G38*H23*C23</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C38</f>
+        <v>0</v>
+      </c>
+      <c r="H23" s="53" t="e">
+        <f>VLOOKUP(G23,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I23" s="53" t="e">
+        <f>VLOOKUP(G23,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J23" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H38*H23*C23</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K23" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" outlineLevel="1">
+      <c r="A24" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A39</f>
+        <v>Compte 15</v>
+      </c>
+      <c r="B24" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B39</f>
+        <v>0</v>
+      </c>
+      <c r="C24" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D39</f>
+        <v>0</v>
+      </c>
+      <c r="D24" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E39*$H24*C24</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F39*$I24*C24</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G39*H24*C24</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G24" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C39</f>
+        <v>0</v>
+      </c>
+      <c r="H24" s="53" t="e">
+        <f>VLOOKUP(G24,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I24" s="53" t="e">
+        <f>VLOOKUP(G24,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J24" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H39*H24*C24</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K24" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I39</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" outlineLevel="1">
+      <c r="A25" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A40</f>
         <v>Ajoutez des lignes au besoin.</v>
       </c>
-      <c r="B20" s="16"/>
-[...41 lines deleted...]
-      <c r="A22" s="30" t="s">
+      <c r="B25" s="15"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E40*$H25*C25</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="24" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F40*$I25*C25</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="25" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G40*H25*C25</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G25" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C40</f>
+        <v>0</v>
+      </c>
+      <c r="H25" s="53" t="e">
+        <f>VLOOKUP(G25,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I25" s="53" t="e">
+        <f>VLOOKUP(G25,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J25" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H40*H25*C25</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K25" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I40</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="15" thickBot="1">
+      <c r="A26" s="5"/>
+      <c r="B26" s="5"/>
+      <c r="C26" s="5"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+    </row>
+    <row r="27" spans="1:11" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A27" s="29" t="s">
         <v>171</v>
       </c>
-      <c r="B22" s="3"/>
-[...5 lines deleted...]
-      <c r="A23" t="s">
+      <c r="B27" s="3"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+    </row>
+    <row r="28" spans="1:11" outlineLevel="1">
+      <c r="A28" t="s">
         <v>193</v>
       </c>
-      <c r="D23" s="4"/>
-[...4 lines deleted...]
-      <c r="A24" t="s">
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+    </row>
+    <row r="29" spans="1:11" outlineLevel="1">
+      <c r="A29" t="s">
         <v>195</v>
       </c>
-      <c r="D24" s="4"/>
-[...4 lines deleted...]
-      <c r="A25" t="s">
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+    </row>
+    <row r="30" spans="1:11" outlineLevel="1">
+      <c r="A30" t="s">
         <v>194</v>
       </c>
-      <c r="D25" s="4"/>
-[...4 lines deleted...]
-      <c r="A26" t="s">
+      <c r="D30" s="4"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="4"/>
+    </row>
+    <row r="31" spans="1:11" ht="16.2" customHeight="1" outlineLevel="1">
+      <c r="A31" t="s">
         <v>200</v>
       </c>
-      <c r="D26" s="4"/>
-[...5 lines deleted...]
-      <c r="A28" s="11" t="s">
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+    </row>
+    <row r="32" spans="1:11" ht="6.6" customHeight="1" outlineLevel="1"/>
+    <row r="33" spans="1:12" ht="43.2" customHeight="1" outlineLevel="1">
+      <c r="A33" s="11" t="s">
         <v>168</v>
       </c>
-      <c r="B28" s="12" t="s">
+      <c r="B33" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C28" s="12" t="s">
+      <c r="C33" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="D33" s="14" t="s">
         <v>201</v>
       </c>
-      <c r="E28" s="15" t="s">
+      <c r="E33" s="14" t="s">
         <v>202</v>
       </c>
-      <c r="F28" s="15" t="s">
+      <c r="F33" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="G28" s="12" t="s">
+      <c r="G33" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="H28" s="12" t="s">
+      <c r="H33" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="I28" s="12" t="s">
-[...6 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!I41</f>
+      <c r="I33" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="J33" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="K33" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I49</f>
         <v>Impôts payables à l'étranger sur ce revenu</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A42</f>
+      <c r="L33" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!J49</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" outlineLevel="1">
+      <c r="A34" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A50</f>
         <v>Exemple : EFFISCA FRANCE SAS, compte actions #11111111</v>
       </c>
-      <c r="B29" s="37" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!B42</f>
+      <c r="B34" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B50</f>
         <v>France</v>
       </c>
-      <c r="C29" s="38">
-        <f>'T1135 EN DEVISE NATIVE'!D42</f>
+      <c r="C34" s="37">
+        <f>'T1135 EN DEVISE NATIVE'!D50</f>
         <v>1</v>
       </c>
-      <c r="D29" s="43">
-[...16 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!C42</f>
+      <c r="D34" s="42">
+        <f>'T1135 EN DEVISE NATIVE'!E50*I34*C34</f>
+        <v>371674.23723199998</v>
+      </c>
+      <c r="E34" s="42">
+        <f>'T1135 EN DEVISE NATIVE'!F50*J34*C34</f>
+        <v>170.255932</v>
+      </c>
+      <c r="F34" s="42">
+        <f>'T1135 EN DEVISE NATIVE'!G50*I34*C34</f>
+        <v>7.3104940000000003</v>
+      </c>
+      <c r="G34" s="42">
+        <f>'T1135 EN DEVISE NATIVE'!H50*I34*C34</f>
+        <v>-629.33149400000002</v>
+      </c>
+      <c r="H34" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!C50</f>
         <v>USD</v>
       </c>
-      <c r="I29" s="42">
-[...14 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A43</f>
+      <c r="I34" s="41">
+        <f>VLOOKUP(H34,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.3977999999999999</v>
+      </c>
+      <c r="J34" s="41">
+        <f>VLOOKUP(H34,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.3706</v>
+      </c>
+      <c r="K34" s="49">
+        <f>'T1135 EN DEVISE NATIVE'!I50*I34*C34</f>
+        <v>69.89</v>
+      </c>
+      <c r="L34" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J50</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" outlineLevel="1">
+      <c r="A35" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A51</f>
         <v>Compte 1</v>
       </c>
-      <c r="B30" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A44</f>
+      <c r="B35" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B51</f>
+        <v>0</v>
+      </c>
+      <c r="C35" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D51</f>
+        <v>0</v>
+      </c>
+      <c r="D35" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E51*I35*C35</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F51*J35*C35</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G51*I35*C35</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G35" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H51*I35*C35</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H35" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C51</f>
+        <v>0</v>
+      </c>
+      <c r="I35" s="53" t="e">
+        <f>VLOOKUP(H35,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J35" s="53" t="e">
+        <f>VLOOKUP(H35,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K35" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I51*I35*C35</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L35" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J51</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" outlineLevel="1">
+      <c r="A36" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A52</f>
         <v>Compte 2</v>
       </c>
-      <c r="B31" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A45</f>
+      <c r="B36" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B52</f>
+        <v>0</v>
+      </c>
+      <c r="C36" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D52</f>
+        <v>0</v>
+      </c>
+      <c r="D36" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E52*I36*C36</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E36" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F52*J36*C36</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F36" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G52*I36*C36</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G36" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H52*I36*C36</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H36" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C52</f>
+        <v>0</v>
+      </c>
+      <c r="I36" s="53" t="e">
+        <f>VLOOKUP(H36,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J36" s="53" t="e">
+        <f>VLOOKUP(H36,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K36" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I52*I36*C36</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L36" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J52</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" outlineLevel="1">
+      <c r="A37" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A53</f>
         <v>Compte 3</v>
       </c>
-      <c r="B32" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A46</f>
+      <c r="B37" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B53</f>
+        <v>0</v>
+      </c>
+      <c r="C37" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D53</f>
+        <v>0</v>
+      </c>
+      <c r="D37" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E53*I37*C37</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F53*J37*C37</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G53*I37*C37</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G37" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H53*I37*C37</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H37" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C53</f>
+        <v>0</v>
+      </c>
+      <c r="I37" s="53" t="e">
+        <f>VLOOKUP(H37,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J37" s="53" t="e">
+        <f>VLOOKUP(H37,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K37" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I53*I37*C37</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L37" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J53</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" outlineLevel="1">
+      <c r="A38" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A54</f>
         <v>Compte 4</v>
       </c>
-      <c r="B33" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A47</f>
+      <c r="B38" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B54</f>
+        <v>0</v>
+      </c>
+      <c r="C38" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D54</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E54*I38*C38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E38" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F54*J38*C38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F38" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G54*I38*C38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G38" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H54*I38*C38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H38" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C54</f>
+        <v>0</v>
+      </c>
+      <c r="I38" s="53" t="e">
+        <f>VLOOKUP(H38,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J38" s="53" t="e">
+        <f>VLOOKUP(H38,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K38" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I54*I38*C38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L38" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J54</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" outlineLevel="1">
+      <c r="A39" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A55</f>
         <v>Compte 5</v>
       </c>
-      <c r="B34" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A48</f>
+      <c r="B39" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B55</f>
+        <v>0</v>
+      </c>
+      <c r="C39" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D55</f>
+        <v>0</v>
+      </c>
+      <c r="D39" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E55*I39*C39</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E39" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F55*J39*C39</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F39" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G55*I39*C39</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G39" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H55*I39*C39</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H39" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C55</f>
+        <v>0</v>
+      </c>
+      <c r="I39" s="53" t="e">
+        <f>VLOOKUP(H39,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J39" s="53" t="e">
+        <f>VLOOKUP(H39,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K39" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I55*I39*C39</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L39" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J55</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" outlineLevel="1">
+      <c r="A40" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A56</f>
         <v>Compte 6</v>
       </c>
-      <c r="B35" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A49</f>
+      <c r="B40" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B56</f>
+        <v>0</v>
+      </c>
+      <c r="C40" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D56</f>
+        <v>0</v>
+      </c>
+      <c r="D40" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E56*I40*C40</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E40" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F56*J40*C40</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F40" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G56*I40*C40</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G40" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H56*I40*C40</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H40" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C56</f>
+        <v>0</v>
+      </c>
+      <c r="I40" s="53" t="e">
+        <f>VLOOKUP(H40,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J40" s="53" t="e">
+        <f>VLOOKUP(H40,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K40" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I56*I40*C40</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L40" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J56</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" outlineLevel="1">
+      <c r="A41" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A57</f>
         <v>Compte 7</v>
       </c>
-      <c r="B36" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A50</f>
+      <c r="B41" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B57</f>
+        <v>0</v>
+      </c>
+      <c r="C41" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D57</f>
+        <v>0</v>
+      </c>
+      <c r="D41" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E57*I41*C41</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E41" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F57*J41*C41</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F41" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G57*I41*C41</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G41" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H57*I41*C41</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H41" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C57</f>
+        <v>0</v>
+      </c>
+      <c r="I41" s="53" t="e">
+        <f>VLOOKUP(H41,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J41" s="53" t="e">
+        <f>VLOOKUP(H41,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K41" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I57*I41*C41</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L41" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" outlineLevel="1">
+      <c r="A42" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A58</f>
         <v>Compte 8</v>
       </c>
-      <c r="B37" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A51</f>
+      <c r="B42" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B58</f>
+        <v>0</v>
+      </c>
+      <c r="C42" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D58</f>
+        <v>0</v>
+      </c>
+      <c r="D42" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E58*I42*C42</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E42" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F58*J42*C42</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F42" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G58*I42*C42</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G42" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H58*I42*C42</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H42" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C58</f>
+        <v>0</v>
+      </c>
+      <c r="I42" s="53" t="e">
+        <f>VLOOKUP(H42,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J42" s="53" t="e">
+        <f>VLOOKUP(H42,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K42" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I58*I42*C42</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L42" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J58</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" outlineLevel="1">
+      <c r="A43" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A59</f>
         <v>Compte 9</v>
       </c>
-      <c r="B38" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A52</f>
+      <c r="B43" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B59</f>
+        <v>0</v>
+      </c>
+      <c r="C43" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D59</f>
+        <v>0</v>
+      </c>
+      <c r="D43" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E59*I43*C43</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E43" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F59*J43*C43</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F43" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G59*I43*C43</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G43" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H59*I43*C43</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H43" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C59</f>
+        <v>0</v>
+      </c>
+      <c r="I43" s="53" t="e">
+        <f>VLOOKUP(H43,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J43" s="53" t="e">
+        <f>VLOOKUP(H43,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K43" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I59*I43*C43</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L43" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J59</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" outlineLevel="1">
+      <c r="A44" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A60</f>
         <v>Compte 10</v>
       </c>
-      <c r="B39" s="16">
-[...42 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A53</f>
+      <c r="B44" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B60</f>
+        <v>0</v>
+      </c>
+      <c r="C44" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D60</f>
+        <v>0</v>
+      </c>
+      <c r="D44" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E60*I44*C44</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E44" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F60*J44*C44</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F44" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G60*I44*C44</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G44" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H60*I44*C44</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H44" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C60</f>
+        <v>0</v>
+      </c>
+      <c r="I44" s="53" t="e">
+        <f>VLOOKUP(H44,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J44" s="53" t="e">
+        <f>VLOOKUP(H44,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K44" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I60*I44*C44</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L44" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J60</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" outlineLevel="1">
+      <c r="A45" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A61</f>
+        <v>Compte 11</v>
+      </c>
+      <c r="B45" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B61</f>
+        <v>0</v>
+      </c>
+      <c r="C45" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D61</f>
+        <v>0</v>
+      </c>
+      <c r="D45" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E61*I45*C45</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E45" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F61*J45*C45</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F45" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G61*I45*C45</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G45" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H61*I45*C45</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H45" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C61</f>
+        <v>0</v>
+      </c>
+      <c r="I45" s="53" t="e">
+        <f>VLOOKUP(H45,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J45" s="53" t="e">
+        <f>VLOOKUP(H45,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K45" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I61*I45*C45</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L45" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J61</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" outlineLevel="1">
+      <c r="A46" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A62</f>
+        <v>Compte 12</v>
+      </c>
+      <c r="B46" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B62</f>
+        <v>0</v>
+      </c>
+      <c r="C46" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D62</f>
+        <v>0</v>
+      </c>
+      <c r="D46" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E62*I46*C46</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E46" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F62*J46*C46</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F46" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G62*I46*C46</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G46" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H62*I46*C46</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H46" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C62</f>
+        <v>0</v>
+      </c>
+      <c r="I46" s="53" t="e">
+        <f>VLOOKUP(H46,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J46" s="53" t="e">
+        <f>VLOOKUP(H46,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K46" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I62*I46*C46</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L46" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J62</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" outlineLevel="1">
+      <c r="A47" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A63</f>
+        <v>Compte 13</v>
+      </c>
+      <c r="B47" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B63</f>
+        <v>0</v>
+      </c>
+      <c r="C47" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D63</f>
+        <v>0</v>
+      </c>
+      <c r="D47" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E63*I47*C47</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E47" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F63*J47*C47</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F47" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G63*I47*C47</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G47" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H63*I47*C47</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H47" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C63</f>
+        <v>0</v>
+      </c>
+      <c r="I47" s="53" t="e">
+        <f>VLOOKUP(H47,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J47" s="53" t="e">
+        <f>VLOOKUP(H47,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K47" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I63*I47*C47</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L47" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J63</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" outlineLevel="1">
+      <c r="A48" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A64</f>
+        <v>Compte 14</v>
+      </c>
+      <c r="B48" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B64</f>
+        <v>0</v>
+      </c>
+      <c r="C48" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D64</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E64*I48*C48</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E48" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F64*J48*C48</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F48" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G64*I48*C48</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G48" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H64*I48*C48</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H48" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C64</f>
+        <v>0</v>
+      </c>
+      <c r="I48" s="53" t="e">
+        <f>VLOOKUP(H48,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J48" s="53" t="e">
+        <f>VLOOKUP(H48,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K48" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I64*I48*C48</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L48" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J64</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" outlineLevel="1">
+      <c r="A49" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A65</f>
+        <v>Compte 15</v>
+      </c>
+      <c r="B49" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B65</f>
+        <v>0</v>
+      </c>
+      <c r="C49" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D65</f>
+        <v>0</v>
+      </c>
+      <c r="D49" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E65*I49*C49</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E49" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F65*J49*C49</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F49" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G65*I49*C49</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G49" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H65*I49*C49</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H49" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C65</f>
+        <v>0</v>
+      </c>
+      <c r="I49" s="53" t="e">
+        <f>VLOOKUP(H49,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J49" s="53" t="e">
+        <f>VLOOKUP(H49,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K49" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I65*I49*C49</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L49" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J65</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" outlineLevel="1">
+      <c r="A50" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A66</f>
         <v>Ajoutez des lignes au besoin.</v>
       </c>
-      <c r="B40" s="16">
-[...51 lines deleted...]
-      <c r="A42" s="30" t="s">
+      <c r="B50" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B66</f>
+        <v>0</v>
+      </c>
+      <c r="C50" s="16">
+        <f>'T1135 EN DEVISE NATIVE'!D66</f>
+        <v>0</v>
+      </c>
+      <c r="D50" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E66*I50*C50</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E50" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F66*J50*C50</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F50" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G66*I50*C50</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G50" s="32" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H66*I50*C50</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H50" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C66</f>
+        <v>0</v>
+      </c>
+      <c r="I50" s="53" t="e">
+        <f>VLOOKUP(H50,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J50" s="53" t="e">
+        <f>VLOOKUP(H50,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K50" s="47" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I66*I50*C50</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L50" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J66</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15" thickBot="1">
+      <c r="A51" s="5"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="5"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+    </row>
+    <row r="52" spans="1:12" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A52" s="29" t="s">
         <v>172</v>
       </c>
-      <c r="B42" s="3"/>
-[...2 lines deleted...]
-      <c r="A43" t="s">
+      <c r="B52" s="3"/>
+    </row>
+    <row r="53" spans="1:12" outlineLevel="1">
+      <c r="A53" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="44" spans="1:11" ht="6.6" customHeight="1" outlineLevel="1"/>
-[...1 lines deleted...]
-      <c r="A45" s="19" t="s">
+    <row r="54" spans="1:12" ht="6.6" customHeight="1" outlineLevel="1"/>
+    <row r="55" spans="1:12" s="17" customFormat="1" ht="40.200000000000003" customHeight="1" outlineLevel="1">
+      <c r="A55" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="B45" s="12" t="s">
+      <c r="B55" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C45" s="12" t="s">
+      <c r="C55" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D45" s="12" t="s">
+      <c r="D55" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="E45" s="15" t="s">
+      <c r="E55" s="14" t="s">
         <v>202</v>
       </c>
-      <c r="F45" s="15" t="s">
+      <c r="F55" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="G45" s="12" t="s">
+      <c r="G55" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="H45" s="12" t="s">
-[...6 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!H58</f>
+      <c r="H55" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="I55" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="J55" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!H71</f>
         <v>Impôts payables à l'étranger sur ce revenu</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A59</f>
+      <c r="K55" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I71</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" outlineLevel="1">
+      <c r="A56" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A72</f>
         <v>Exemple :  Prêt à EFFISCA SA, prêt de l'actionnaire</v>
       </c>
-      <c r="B46" s="37" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!B59</f>
+      <c r="B56" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B72</f>
         <v>États-Unis</v>
       </c>
-      <c r="C46" s="44">
-        <f>'T1135 EN DEVISE NATIVE'!D59</f>
+      <c r="C56" s="43">
+        <f>'T1135 EN DEVISE NATIVE'!D72</f>
         <v>1</v>
       </c>
-      <c r="D46" s="45">
-[...12 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!C59</f>
+      <c r="D56" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!E72*C56*H56</f>
+        <v>157820</v>
+      </c>
+      <c r="E56" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!F72*I56*C56</f>
+        <v>160890</v>
+      </c>
+      <c r="F56" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!G72*H56*C56</f>
+        <v>789.1</v>
+      </c>
+      <c r="G56" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!C72</f>
         <v>EUR</v>
       </c>
-      <c r="H46" s="42">
-[...474 lines deleted...]
-      <c r="A59" s="30" t="s">
+      <c r="H56" s="41">
+        <f>VLOOKUP(G56,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.5782</v>
+      </c>
+      <c r="I56" s="41">
+        <f>VLOOKUP(G56,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.6089</v>
+      </c>
+      <c r="J56" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!H72*H56*C56</f>
+        <v>78.91</v>
+      </c>
+      <c r="K56" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I72</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" outlineLevel="1">
+      <c r="A57" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A73</f>
+        <v>Compte 1</v>
+      </c>
+      <c r="B57" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B73</f>
+        <v>0</v>
+      </c>
+      <c r="C57" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D73</f>
+        <v>0</v>
+      </c>
+      <c r="D57" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E73*C57*H57</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E57" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F73*I57*C57</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F57" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G73*H57*C57</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G57" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C73</f>
+        <v>0</v>
+      </c>
+      <c r="H57" s="53" t="e">
+        <f>VLOOKUP(G57,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I57" s="53" t="e">
+        <f>VLOOKUP(G57,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J57" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H73*H57*C57</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K57" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I73</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" outlineLevel="1">
+      <c r="A58" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A74</f>
+        <v>Compte 2</v>
+      </c>
+      <c r="B58" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B74</f>
+        <v>0</v>
+      </c>
+      <c r="C58" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D74</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E74*C58*H58</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E58" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F74*I58*C58</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F58" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G74*H58*C58</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G58" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C74</f>
+        <v>0</v>
+      </c>
+      <c r="H58" s="53" t="e">
+        <f>VLOOKUP(G58,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I58" s="53" t="e">
+        <f>VLOOKUP(G58,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J58" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H74*H58*C58</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K58" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I74</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" outlineLevel="1">
+      <c r="A59" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A75</f>
+        <v>Compte 3</v>
+      </c>
+      <c r="B59" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B75</f>
+        <v>0</v>
+      </c>
+      <c r="C59" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D75</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E75*C59*H59</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E59" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F75*I59*C59</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F59" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G75*H59*C59</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G59" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C75</f>
+        <v>0</v>
+      </c>
+      <c r="H59" s="53" t="e">
+        <f>VLOOKUP(G59,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I59" s="53" t="e">
+        <f>VLOOKUP(G59,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J59" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H75*H59*C59</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K59" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I75</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" outlineLevel="1">
+      <c r="A60" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A76</f>
+        <v>Compte 4</v>
+      </c>
+      <c r="B60" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B76</f>
+        <v>0</v>
+      </c>
+      <c r="C60" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D76</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E76*C60*H60</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E60" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F76*I60*C60</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F60" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G76*H60*C60</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G60" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C76</f>
+        <v>0</v>
+      </c>
+      <c r="H60" s="53" t="e">
+        <f>VLOOKUP(G60,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I60" s="53" t="e">
+        <f>VLOOKUP(G60,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J60" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H76*H60*C60</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K60" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I76</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" outlineLevel="1">
+      <c r="A61" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A77</f>
+        <v>Compte 5</v>
+      </c>
+      <c r="B61" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B77</f>
+        <v>0</v>
+      </c>
+      <c r="C61" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D77</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E77*C61*H61</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E61" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F77*I61*C61</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F61" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G77*H61*C61</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G61" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C77</f>
+        <v>0</v>
+      </c>
+      <c r="H61" s="53" t="e">
+        <f>VLOOKUP(G61,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I61" s="53" t="e">
+        <f>VLOOKUP(G61,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J61" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H77*H61*C61</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K61" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" outlineLevel="1">
+      <c r="A62" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A78</f>
+        <v>Compte 6</v>
+      </c>
+      <c r="B62" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B78</f>
+        <v>0</v>
+      </c>
+      <c r="C62" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D78</f>
+        <v>0</v>
+      </c>
+      <c r="D62" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E78*C62*H62</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E62" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F78*I62*C62</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F62" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G78*H62*C62</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G62" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C78</f>
+        <v>0</v>
+      </c>
+      <c r="H62" s="53" t="e">
+        <f>VLOOKUP(G62,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I62" s="53" t="e">
+        <f>VLOOKUP(G62,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J62" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H78*H62*C62</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K62" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" outlineLevel="1">
+      <c r="A63" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A79</f>
+        <v>Compte 7</v>
+      </c>
+      <c r="B63" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B79</f>
+        <v>0</v>
+      </c>
+      <c r="C63" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D79</f>
+        <v>0</v>
+      </c>
+      <c r="D63" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E79*C63*H63</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E63" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F79*I63*C63</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F63" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G79*H63*C63</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G63" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C79</f>
+        <v>0</v>
+      </c>
+      <c r="H63" s="53" t="e">
+        <f>VLOOKUP(G63,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I63" s="53" t="e">
+        <f>VLOOKUP(G63,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J63" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H79*H63*C63</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K63" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I79</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" outlineLevel="1">
+      <c r="A64" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A80</f>
+        <v>Compte 8</v>
+      </c>
+      <c r="B64" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B80</f>
+        <v>0</v>
+      </c>
+      <c r="C64" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D80</f>
+        <v>0</v>
+      </c>
+      <c r="D64" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E80*C64*H64</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E64" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F80*I64*C64</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F64" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G80*H64*C64</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G64" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C80</f>
+        <v>0</v>
+      </c>
+      <c r="H64" s="53" t="e">
+        <f>VLOOKUP(G64,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I64" s="53" t="e">
+        <f>VLOOKUP(G64,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J64" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H80*H64*C64</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K64" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I80</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" outlineLevel="1">
+      <c r="A65" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A81</f>
+        <v>Compte 9</v>
+      </c>
+      <c r="B65" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B81</f>
+        <v>0</v>
+      </c>
+      <c r="C65" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D81</f>
+        <v>0</v>
+      </c>
+      <c r="D65" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E81*C65*H65</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E65" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F81*I65*C65</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F65" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G81*H65*C65</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G65" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C81</f>
+        <v>0</v>
+      </c>
+      <c r="H65" s="53" t="e">
+        <f>VLOOKUP(G65,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I65" s="53" t="e">
+        <f>VLOOKUP(G65,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J65" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H81*H65*C65</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K65" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I81</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" outlineLevel="1">
+      <c r="A66" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A82</f>
+        <v>Compte 10</v>
+      </c>
+      <c r="B66" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B82</f>
+        <v>0</v>
+      </c>
+      <c r="C66" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D82</f>
+        <v>0</v>
+      </c>
+      <c r="D66" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E82*C66*H66</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E66" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F82*I66*C66</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F66" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G82*H66*C66</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G66" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C82</f>
+        <v>0</v>
+      </c>
+      <c r="H66" s="53" t="e">
+        <f>VLOOKUP(G66,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I66" s="53" t="e">
+        <f>VLOOKUP(G66,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J66" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H82*H66*C66</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K66" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I82</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" outlineLevel="1">
+      <c r="A67" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A83</f>
+        <v>Compte 11</v>
+      </c>
+      <c r="B67" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B83</f>
+        <v>0</v>
+      </c>
+      <c r="C67" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D83</f>
+        <v>0</v>
+      </c>
+      <c r="D67" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E83*C67*H67</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E67" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F83*I67*C67</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F67" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G83*H67*C67</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G67" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C83</f>
+        <v>0</v>
+      </c>
+      <c r="H67" s="53" t="e">
+        <f>VLOOKUP(G67,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I67" s="53" t="e">
+        <f>VLOOKUP(G67,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J67" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H83*H67*C67</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K67" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I83</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" outlineLevel="1">
+      <c r="A68" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A84</f>
+        <v>Compte 12</v>
+      </c>
+      <c r="B68" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B84</f>
+        <v>0</v>
+      </c>
+      <c r="C68" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D84</f>
+        <v>0</v>
+      </c>
+      <c r="D68" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E84*C68*H68</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E68" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F84*I68*C68</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F68" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G84*H68*C68</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G68" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C84</f>
+        <v>0</v>
+      </c>
+      <c r="H68" s="53" t="e">
+        <f>VLOOKUP(G68,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I68" s="53" t="e">
+        <f>VLOOKUP(G68,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J68" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H84*H68*C68</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K68" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I84</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" outlineLevel="1">
+      <c r="A69" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A85</f>
+        <v>Compte 13</v>
+      </c>
+      <c r="B69" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B85</f>
+        <v>0</v>
+      </c>
+      <c r="C69" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D85</f>
+        <v>0</v>
+      </c>
+      <c r="D69" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E85*C69*H69</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E69" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F85*I69*C69</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F69" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G85*H69*C69</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G69" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C85</f>
+        <v>0</v>
+      </c>
+      <c r="H69" s="53" t="e">
+        <f>VLOOKUP(G69,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I69" s="53" t="e">
+        <f>VLOOKUP(G69,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J69" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H85*H69*C69</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K69" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I85</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" outlineLevel="1">
+      <c r="A70" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A86</f>
+        <v>Compte 14</v>
+      </c>
+      <c r="B70" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B86</f>
+        <v>0</v>
+      </c>
+      <c r="C70" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D86</f>
+        <v>0</v>
+      </c>
+      <c r="D70" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E86*C70*H70</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E70" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F86*I70*C70</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F70" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G86*H70*C70</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G70" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C86</f>
+        <v>0</v>
+      </c>
+      <c r="H70" s="53" t="e">
+        <f>VLOOKUP(G70,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I70" s="53" t="e">
+        <f>VLOOKUP(G70,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J70" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H86*H70*C70</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K70" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I86</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" outlineLevel="1">
+      <c r="A71" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A87</f>
+        <v>Compte 15</v>
+      </c>
+      <c r="B71" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B87</f>
+        <v>0</v>
+      </c>
+      <c r="C71" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D87</f>
+        <v>0</v>
+      </c>
+      <c r="D71" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E87*C71*H71</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E71" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F87*I71*C71</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F71" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G87*H71*C71</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G71" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C87</f>
+        <v>0</v>
+      </c>
+      <c r="H71" s="53" t="e">
+        <f>VLOOKUP(G71,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I71" s="53" t="e">
+        <f>VLOOKUP(G71,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J71" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H87*H71*C71</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K71" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I87</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" outlineLevel="1">
+      <c r="A72" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A88</f>
+        <v>Ajoutez des lignes au besoin.</v>
+      </c>
+      <c r="B72" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B88</f>
+        <v>0</v>
+      </c>
+      <c r="C72" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D88</f>
+        <v>0</v>
+      </c>
+      <c r="D72" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E88*C72*H72</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E72" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F88*I72*C72</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F72" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G88*H72*C72</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G72" s="72">
+        <f>'T1135 EN DEVISE NATIVE'!C88</f>
+        <v>0</v>
+      </c>
+      <c r="H72" s="53" t="e">
+        <f>VLOOKUP(G72,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I72" s="53" t="e">
+        <f>VLOOKUP(G72,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J72" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H88*H72*C72</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K72" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!I88</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" ht="15" thickBot="1">
+      <c r="A73" s="5"/>
+      <c r="B73" s="5"/>
+      <c r="C73" s="5"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="5"/>
+      <c r="H73" s="5"/>
+    </row>
+    <row r="74" spans="1:12" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A74" s="29" t="s">
         <v>191</v>
       </c>
-      <c r="B59" s="3"/>
-[...5 lines deleted...]
-      <c r="A60" t="s">
+      <c r="B74" s="3"/>
+      <c r="D74" s="4"/>
+      <c r="E74" s="4"/>
+      <c r="F74" s="4"/>
+    </row>
+    <row r="75" spans="1:12" outlineLevel="1">
+      <c r="A75" t="s">
         <v>175</v>
       </c>
-      <c r="D60" s="4"/>
-[...4 lines deleted...]
-      <c r="A61" t="s">
+      <c r="D75" s="4"/>
+      <c r="E75" s="4"/>
+      <c r="F75" s="4"/>
+    </row>
+    <row r="76" spans="1:12" outlineLevel="1">
+      <c r="A76" t="s">
         <v>203</v>
       </c>
-      <c r="D61" s="4"/>
-[...4 lines deleted...]
-      <c r="A62" t="s">
+      <c r="D76" s="4"/>
+      <c r="E76" s="4"/>
+      <c r="F76" s="4"/>
+    </row>
+    <row r="77" spans="1:12" outlineLevel="1">
+      <c r="A77" t="s">
         <v>194</v>
       </c>
-      <c r="D62" s="4"/>
-[...5 lines deleted...]
-      <c r="A64" s="11" t="s">
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+    </row>
+    <row r="78" spans="1:12" ht="6.6" customHeight="1" outlineLevel="1"/>
+    <row r="79" spans="1:12" ht="43.2" customHeight="1" outlineLevel="1">
+      <c r="A79" s="11" t="s">
         <v>196</v>
       </c>
-      <c r="B64" s="14" t="s">
+      <c r="B79" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="C64" s="15" t="s">
+      <c r="C79" s="14" t="s">
         <v>201</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="D79" s="14" t="s">
         <v>202</v>
       </c>
-      <c r="E64" s="15" t="s">
+      <c r="E79" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="F64" s="15" t="s">
+      <c r="F79" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="G64" s="12" t="s">
+      <c r="G79" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="H64" s="12" t="s">
+      <c r="H79" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="I64" s="12" t="s">
-[...637 lines deleted...]
-      <c r="I83" s="15" t="str">
+      <c r="I79" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="J79" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="K79" s="14" t="str">
         <f>'T1135 EN DEVISE NATIVE'!I96</f>
         <v>Impôts payables à l'étranger sur ce revenu</v>
       </c>
-      <c r="J83" s="12" t="s">
-[...16 lines deleted...]
-      <c r="A84" s="24" t="str">
+      <c r="L79" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!J96</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" outlineLevel="1">
+      <c r="A80" s="23" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A97</f>
-        <v>Exemple : 122 routes du EFFISCA, France, condo, usage locatif</v>
-[...1 lines deleted...]
-      <c r="B84" s="37" t="str">
+        <v xml:space="preserve">Exemple : Fiducie Familliale EFFISCA , héritage </v>
+      </c>
+      <c r="B80" s="36" t="str">
         <f>'T1135 EN DEVISE NATIVE'!B97</f>
         <v>France</v>
       </c>
-      <c r="C84" s="44">
-[...19 lines deleted...]
-      <c r="H84" s="37" t="str">
+      <c r="C80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!D97*I80</f>
+        <v>419642.496208</v>
+      </c>
+      <c r="D80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!E97*J80</f>
+        <v>199.85755800000001</v>
+      </c>
+      <c r="E80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!F97*I80</f>
+        <v>8.2539860000000012</v>
+      </c>
+      <c r="F80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!G97*I80</f>
+        <v>157820</v>
+      </c>
+      <c r="G80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!H97*I80</f>
+        <v>-710.55298600000003</v>
+      </c>
+      <c r="H80" s="36" t="str">
         <f>'T1135 EN DEVISE NATIVE'!C97</f>
         <v>EUR</v>
       </c>
-      <c r="I84" s="51">
-[...11 lines deleted...]
-      <c r="L84" s="39">
+      <c r="I80" s="41">
+        <f>VLOOKUP(H80,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.5782</v>
+      </c>
+      <c r="J80" s="41">
+        <f>VLOOKUP(H80,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.6089</v>
+      </c>
+      <c r="K80" s="44">
+        <f>'T1135 EN DEVISE NATIVE'!I97*I80</f>
+        <v>78.91</v>
+      </c>
+      <c r="L80" s="74">
         <f>'T1135 EN DEVISE NATIVE'!J97</f>
-        <v>34982</v>
-[...10 lines deleted...]
-    <row r="85" spans="1:14" outlineLevel="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" outlineLevel="1">
+      <c r="A81" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A98</f>
+        <v>Compte 1</v>
+      </c>
+      <c r="B81" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B98</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D98*I81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D81" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E98*J81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E81" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F98*I81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F81" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G98*I81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G81" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H98*I81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H81" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C98</f>
+        <v>0</v>
+      </c>
+      <c r="I81" s="53" t="e">
+        <f>VLOOKUP(H81,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J81" s="53" t="e">
+        <f>VLOOKUP(H81,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K81" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I98*I81</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L81" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J98</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" outlineLevel="1">
+      <c r="A82" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A99</f>
+        <v>Compte 2</v>
+      </c>
+      <c r="B82" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B99</f>
+        <v>0</v>
+      </c>
+      <c r="C82" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D99*I82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D82" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E99*J82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E82" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F99*I82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F82" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G99*I82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G82" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H99*I82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H82" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C99</f>
+        <v>0</v>
+      </c>
+      <c r="I82" s="53" t="e">
+        <f>VLOOKUP(H82,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J82" s="53" t="e">
+        <f>VLOOKUP(H82,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K82" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I99*I82</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L82" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J99</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" outlineLevel="1">
+      <c r="A83" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A100</f>
+        <v>Compte 3</v>
+      </c>
+      <c r="B83" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B100</f>
+        <v>0</v>
+      </c>
+      <c r="C83" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D100*I83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D83" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E100*J83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E83" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F100*I83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F83" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G100*I83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G83" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H100*I83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H83" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C100</f>
+        <v>0</v>
+      </c>
+      <c r="I83" s="53" t="e">
+        <f>VLOOKUP(H83,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J83" s="53" t="e">
+        <f>VLOOKUP(H83,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K83" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I100*I83</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L83" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J100</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" outlineLevel="1">
+      <c r="A84" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A101</f>
+        <v>Compte 4</v>
+      </c>
+      <c r="B84" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B101</f>
+        <v>0</v>
+      </c>
+      <c r="C84" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D101*I84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D84" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E101*J84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E84" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F101*I84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F84" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G101*I84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G84" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H101*I84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H84" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C101</f>
+        <v>0</v>
+      </c>
+      <c r="I84" s="53" t="e">
+        <f>VLOOKUP(H84,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J84" s="53" t="e">
+        <f>VLOOKUP(H84,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K84" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I101*I84</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L84" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J101</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" outlineLevel="1">
       <c r="A85" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A98</f>
-[...55 lines deleted...]
-    <row r="86" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A102</f>
+        <v>Compte 5</v>
+      </c>
+      <c r="B85" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B102</f>
+        <v>0</v>
+      </c>
+      <c r="C85" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D102*I85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D85" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E102*J85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E85" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F102*I85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F85" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G102*I85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G85" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H102*I85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H85" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C102</f>
+        <v>0</v>
+      </c>
+      <c r="I85" s="53" t="e">
+        <f>VLOOKUP(H85,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J85" s="53" t="e">
+        <f>VLOOKUP(H85,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K85" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I102*I85</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L85" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J102</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" outlineLevel="1">
       <c r="A86" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A99</f>
-[...55 lines deleted...]
-    <row r="87" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A103</f>
+        <v>Compte 6</v>
+      </c>
+      <c r="B86" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B103</f>
+        <v>0</v>
+      </c>
+      <c r="C86" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D103*I86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D86" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E103*J86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E86" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F103*I86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F86" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G103*I86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G86" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H103*I86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H86" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C103</f>
+        <v>0</v>
+      </c>
+      <c r="I86" s="53" t="e">
+        <f>VLOOKUP(H86,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J86" s="53" t="e">
+        <f>VLOOKUP(H86,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K86" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I103*I86</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L86" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J103</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" outlineLevel="1">
       <c r="A87" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A100</f>
-[...55 lines deleted...]
-    <row r="88" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A104</f>
+        <v>Compte 7</v>
+      </c>
+      <c r="B87" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B104</f>
+        <v>0</v>
+      </c>
+      <c r="C87" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D104*I87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D87" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E104*J87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E87" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F104*I87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F87" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G104*I87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G87" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H104*I87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H87" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C104</f>
+        <v>0</v>
+      </c>
+      <c r="I87" s="53" t="e">
+        <f>VLOOKUP(H87,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J87" s="53" t="e">
+        <f>VLOOKUP(H87,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K87" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I104*I87</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L87" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J104</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" outlineLevel="1">
       <c r="A88" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A101</f>
-[...55 lines deleted...]
-    <row r="89" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A105</f>
+        <v>Compte 8</v>
+      </c>
+      <c r="B88" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B105</f>
+        <v>0</v>
+      </c>
+      <c r="C88" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D105*I88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D88" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E105*J88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E88" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F105*I88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F88" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G105*I88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G88" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H105*I88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H88" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C105</f>
+        <v>0</v>
+      </c>
+      <c r="I88" s="53" t="e">
+        <f>VLOOKUP(H88,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J88" s="53" t="e">
+        <f>VLOOKUP(H88,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K88" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I105*I88</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L88" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J105</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" outlineLevel="1">
       <c r="A89" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A102</f>
-[...55 lines deleted...]
-    <row r="90" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A106</f>
+        <v>Compte 9</v>
+      </c>
+      <c r="B89" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B106</f>
+        <v>0</v>
+      </c>
+      <c r="C89" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D106*I89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D89" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E106*J89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E89" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F106*I89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F89" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G106*I89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G89" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H106*I89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H89" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C106</f>
+        <v>0</v>
+      </c>
+      <c r="I89" s="53" t="e">
+        <f>VLOOKUP(H89,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J89" s="53" t="e">
+        <f>VLOOKUP(H89,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K89" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I106*I89</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L89" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J106</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" outlineLevel="1">
       <c r="A90" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A103</f>
-[...55 lines deleted...]
-    <row r="91" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A107</f>
+        <v>Compte 10</v>
+      </c>
+      <c r="B90" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B107</f>
+        <v>0</v>
+      </c>
+      <c r="C90" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D107*I90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D90" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E107*J90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E90" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F107*I90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F90" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G107*I90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G90" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H107*I90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H90" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C107</f>
+        <v>0</v>
+      </c>
+      <c r="I90" s="53" t="e">
+        <f>VLOOKUP(H90,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J90" s="53" t="e">
+        <f>VLOOKUP(H90,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K90" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I107*I90</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L90" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J107</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" outlineLevel="1">
       <c r="A91" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A104</f>
-[...55 lines deleted...]
-    <row r="92" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A108</f>
+        <v>Compte 11</v>
+      </c>
+      <c r="B91" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B108</f>
+        <v>0</v>
+      </c>
+      <c r="C91" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D108*I91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D91" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E108*J91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E91" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F108*I91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F91" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G108*I91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G91" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H108*I91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H91" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C108</f>
+        <v>0</v>
+      </c>
+      <c r="I91" s="53" t="e">
+        <f>VLOOKUP(H91,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J91" s="53" t="e">
+        <f>VLOOKUP(H91,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K91" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I108*I91</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L91" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J108</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" outlineLevel="1">
       <c r="A92" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A105</f>
-[...55 lines deleted...]
-    <row r="93" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A109</f>
+        <v>Compte 12</v>
+      </c>
+      <c r="B92" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B109</f>
+        <v>0</v>
+      </c>
+      <c r="C92" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D109*I92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D92" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E109*J92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E92" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F109*I92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F92" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G109*I92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G92" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H109*I92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H92" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C109</f>
+        <v>0</v>
+      </c>
+      <c r="I92" s="53" t="e">
+        <f>VLOOKUP(H92,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J92" s="53" t="e">
+        <f>VLOOKUP(H92,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K92" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I109*I92</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L92" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J109</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" outlineLevel="1">
       <c r="A93" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A106</f>
-[...55 lines deleted...]
-    <row r="94" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A110</f>
+        <v>Compte 13</v>
+      </c>
+      <c r="B93" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B110</f>
+        <v>0</v>
+      </c>
+      <c r="C93" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D110*I93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D93" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E110*J93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E93" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F110*I93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F93" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G110*I93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G93" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H110*I93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H93" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C110</f>
+        <v>0</v>
+      </c>
+      <c r="I93" s="53" t="e">
+        <f>VLOOKUP(H93,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J93" s="53" t="e">
+        <f>VLOOKUP(H93,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K93" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I110*I93</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L93" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J110</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" outlineLevel="1">
       <c r="A94" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A107</f>
-[...55 lines deleted...]
-    <row r="95" spans="1:14" outlineLevel="1">
+        <f>'T1135 EN DEVISE NATIVE'!A111</f>
+        <v>Compte 14</v>
+      </c>
+      <c r="B94" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B111</f>
+        <v>0</v>
+      </c>
+      <c r="C94" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D111*I94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D94" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E111*J94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E94" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F111*I94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F94" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G111*I94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G94" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H111*I94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H94" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C111</f>
+        <v>0</v>
+      </c>
+      <c r="I94" s="53" t="e">
+        <f>VLOOKUP(H94,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J94" s="53" t="e">
+        <f>VLOOKUP(H94,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K94" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I111*I94</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L94" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J111</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" outlineLevel="1">
       <c r="A95" s="10" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!A108</f>
+        <f>'T1135 EN DEVISE NATIVE'!A112</f>
+        <v>Compte 15</v>
+      </c>
+      <c r="B95" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B112</f>
+        <v>0</v>
+      </c>
+      <c r="C95" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D112*I95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D95" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E112*J95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E95" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F112*I95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F95" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G112*I95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G95" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H112*I95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H95" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C112</f>
+        <v>0</v>
+      </c>
+      <c r="I95" s="53" t="e">
+        <f>VLOOKUP(H95,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J95" s="53" t="e">
+        <f>VLOOKUP(H95,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K95" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I112*I95</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L95" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J112</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" outlineLevel="1">
+      <c r="A96" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A113</f>
         <v>Ajoutez des lignes au besoin.</v>
       </c>
-      <c r="B95" s="16">
-[...82 lines deleted...]
-      </c>
+      <c r="B96" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B113</f>
+        <v>0</v>
+      </c>
+      <c r="C96" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D113*I96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D96" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E113*J96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E96" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F113*I96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F96" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G113*I96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G96" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H113*I96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H96" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C113</f>
+        <v>0</v>
+      </c>
+      <c r="I96" s="53" t="e">
+        <f>VLOOKUP(H96,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J96" s="53" t="e">
+        <f>VLOOKUP(H96,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K96" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I113*I96</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L96" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J113</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" outlineLevel="1">
+      <c r="A97" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A113</f>
+        <v>Ajoutez des lignes au besoin.</v>
+      </c>
+      <c r="B97" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B113</f>
+        <v>0</v>
+      </c>
+      <c r="C97" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!D113*I97*B97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="D97" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E113*J97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E97" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F113*I97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F97" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G113*I97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G97" s="33" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H113*I97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H97" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C113</f>
+        <v>0</v>
+      </c>
+      <c r="I97" s="53" t="e">
+        <f>VLOOKUP(H97,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J97" s="53" t="e">
+        <f>VLOOKUP(H97,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K97" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I113*I97</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L97" s="74">
+        <f>'T1135 EN DEVISE NATIVE'!J113</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" ht="15" thickBot="1">
+      <c r="A98" s="5"/>
+      <c r="B98" s="5"/>
+      <c r="C98" s="5"/>
+      <c r="D98" s="5"/>
+      <c r="E98" s="5"/>
+      <c r="F98" s="5"/>
+      <c r="G98" s="5"/>
+      <c r="H98" s="5"/>
+    </row>
+    <row r="99" spans="1:15" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A99" s="29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B99" s="3"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
     </row>
-    <row r="100" spans="1:11" ht="6.6" customHeight="1" outlineLevel="1"/>
-[...4 lines deleted...]
-      <c r="B101" s="12" t="s">
+    <row r="100" spans="1:15" outlineLevel="1">
+      <c r="A100" t="s">
+        <v>205</v>
+      </c>
+      <c r="D100" s="4"/>
+      <c r="E100" s="4"/>
+      <c r="F100" s="4"/>
+    </row>
+    <row r="101" spans="1:15" outlineLevel="1">
+      <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="D101" s="4"/>
+      <c r="E101" s="4"/>
+      <c r="F101" s="4"/>
+    </row>
+    <row r="102" spans="1:15" outlineLevel="1">
+      <c r="A102" t="s">
+        <v>213</v>
+      </c>
+      <c r="D102" s="4"/>
+      <c r="E102" s="4"/>
+      <c r="F102" s="4"/>
+    </row>
+    <row r="103" spans="1:15" outlineLevel="1">
+      <c r="A103" s="20" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" s="19" customFormat="1" ht="43.2" customHeight="1" outlineLevel="1">
+      <c r="A104" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="B104" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C101" s="12" t="s">
+      <c r="C104" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D101" s="15" t="s">
-[...11 lines deleted...]
-      <c r="H101" s="12" t="s">
+      <c r="D104" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!E121</f>
+        <v>Addition au coût fiscal durant l'année (ex. dépenses capitalisables, achat de part)</v>
+      </c>
+      <c r="E104" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!F121</f>
+        <v>Réduction du coût fiscal durant l'année (ex. vente ou vente de parts)</v>
+      </c>
+      <c r="F104" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="G104" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="H104" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="I101" s="15" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!I118</f>
+      <c r="I104" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I121</f>
         <v>Impôts payables à l'étranger sur ce revenu</v>
       </c>
-      <c r="J101" s="12" t="s">
-[...12 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!B119</f>
+      <c r="J104" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="K104" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L104" s="19" t="s">
+        <v>649</v>
+      </c>
+      <c r="M104" s="19" t="s">
+        <v>650</v>
+      </c>
+      <c r="N104" s="19" t="s">
+        <v>652</v>
+      </c>
+      <c r="O104" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!M121</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" outlineLevel="1">
+      <c r="A105" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A122</f>
+        <v>Exemple : 122 routes du EFFISCA, France, condo, usage locatif</v>
+      </c>
+      <c r="B105" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B122</f>
         <v>France</v>
       </c>
-      <c r="C102" s="44">
-[...20 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!C119</f>
+      <c r="C105" s="43">
+        <f>'T1135 EN DEVISE NATIVE'!D122</f>
+        <v>0.5</v>
+      </c>
+      <c r="D105" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!E122*J105</f>
+        <v>449787</v>
+      </c>
+      <c r="E105" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!F122*K105</f>
+        <v>458536.5</v>
+      </c>
+      <c r="F105" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!G122*J105</f>
+        <v>2367.3000000000002</v>
+      </c>
+      <c r="G105" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!H122*J105</f>
+        <v>0</v>
+      </c>
+      <c r="H105" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!C122</f>
         <v>EUR</v>
       </c>
-      <c r="I102" s="51">
-[...137 lines deleted...]
-      <c r="I105" s="50" t="e">
+      <c r="I105" s="49">
         <f>'T1135 EN DEVISE NATIVE'!I122*J105*C105</f>
-        <v>#N/A</v>
-[...10 lines deleted...]
-    <row r="106" spans="1:11" outlineLevel="1">
+        <v>39.454999999999998</v>
+      </c>
+      <c r="J105" s="41">
+        <f>VLOOKUP(H105,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.5782</v>
+      </c>
+      <c r="K105" s="41">
+        <f>VLOOKUP(H105,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.6089</v>
+      </c>
+      <c r="L105" s="38">
+        <f>'T1135 EN DEVISE NATIVE'!J122</f>
+        <v>34982</v>
+      </c>
+      <c r="M105" s="38">
+        <f>'T1135 EN DEVISE NATIVE'!K122</f>
+        <v>43831</v>
+      </c>
+      <c r="N105" s="23">
+        <f>'T1135 EN DEVISE NATIVE'!L122</f>
+        <v>300000</v>
+      </c>
+      <c r="O105" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M122</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" outlineLevel="1">
       <c r="A106" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A123</f>
-        <v>Autre bien 4</v>
-[...1 lines deleted...]
-      <c r="B106" s="16">
+        <v>Immeuble 1</v>
+      </c>
+      <c r="B106" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B123</f>
         <v>0</v>
       </c>
-      <c r="C106" s="32">
+      <c r="C106" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D123</f>
         <v>0</v>
       </c>
-      <c r="D106" s="36" t="e">
+      <c r="D106" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E123*J106*C106</f>
         <v>#N/A</v>
       </c>
-      <c r="E106" s="36" t="e">
+      <c r="E106" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F123*K106*C106</f>
         <v>#N/A</v>
       </c>
-      <c r="F106" s="36" t="e">
+      <c r="F106" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G123*J106*C106</f>
         <v>#N/A</v>
       </c>
-      <c r="G106" s="36" t="e">
+      <c r="G106" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H123*J106*C106</f>
         <v>#N/A</v>
       </c>
-      <c r="H106" s="16">
+      <c r="H106" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C123</f>
         <v>0</v>
       </c>
-      <c r="I106" s="50" t="e">
+      <c r="I106" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I123*J106*C106</f>
         <v>#N/A</v>
       </c>
-      <c r="J106" s="55" t="e">
-[...8 lines deleted...]
-    <row r="107" spans="1:11" outlineLevel="1">
+      <c r="J106" s="53" t="e">
+        <f>VLOOKUP(H106,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K106" s="53" t="e">
+        <f>VLOOKUP(H106,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L106" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J123</f>
+        <v>0</v>
+      </c>
+      <c r="M106" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K123</f>
+        <v>0</v>
+      </c>
+      <c r="N106">
+        <f>'T1135 EN DEVISE NATIVE'!L123</f>
+        <v>0</v>
+      </c>
+      <c r="O106" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M123</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" outlineLevel="1">
       <c r="A107" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A124</f>
-        <v>Autre bien 5</v>
-[...1 lines deleted...]
-      <c r="B107" s="16">
+        <v>Immeuble 2</v>
+      </c>
+      <c r="B107" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B124</f>
         <v>0</v>
       </c>
-      <c r="C107" s="32">
+      <c r="C107" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D124</f>
         <v>0</v>
       </c>
-      <c r="D107" s="36" t="e">
+      <c r="D107" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E124*J107*C107</f>
         <v>#N/A</v>
       </c>
-      <c r="E107" s="36" t="e">
+      <c r="E107" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F124*K107*C107</f>
         <v>#N/A</v>
       </c>
-      <c r="F107" s="36" t="e">
+      <c r="F107" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G124*J107*C107</f>
         <v>#N/A</v>
       </c>
-      <c r="G107" s="36" t="e">
+      <c r="G107" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H124*J107*C107</f>
         <v>#N/A</v>
       </c>
-      <c r="H107" s="16">
+      <c r="H107" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C124</f>
         <v>0</v>
       </c>
-      <c r="I107" s="50" t="e">
+      <c r="I107" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I124*J107*C107</f>
         <v>#N/A</v>
       </c>
-      <c r="J107" s="55" t="e">
-[...8 lines deleted...]
-    <row r="108" spans="1:11" outlineLevel="1">
+      <c r="J107" s="53" t="e">
+        <f>VLOOKUP(H107,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K107" s="53" t="e">
+        <f>VLOOKUP(H107,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L107" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J124</f>
+        <v>0</v>
+      </c>
+      <c r="M107" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K124</f>
+        <v>0</v>
+      </c>
+      <c r="N107">
+        <f>'T1135 EN DEVISE NATIVE'!L124</f>
+        <v>0</v>
+      </c>
+      <c r="O107" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M124</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" outlineLevel="1">
       <c r="A108" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A125</f>
-        <v>Autre bien 6</v>
-[...1 lines deleted...]
-      <c r="B108" s="16">
+        <v>Immeuble 3</v>
+      </c>
+      <c r="B108" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B125</f>
         <v>0</v>
       </c>
-      <c r="C108" s="32">
+      <c r="C108" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D125</f>
         <v>0</v>
       </c>
-      <c r="D108" s="36" t="e">
+      <c r="D108" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E125*J108*C108</f>
         <v>#N/A</v>
       </c>
-      <c r="E108" s="36" t="e">
+      <c r="E108" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F125*K108*C108</f>
         <v>#N/A</v>
       </c>
-      <c r="F108" s="36" t="e">
+      <c r="F108" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G125*J108*C108</f>
         <v>#N/A</v>
       </c>
-      <c r="G108" s="36" t="e">
+      <c r="G108" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H125*J108*C108</f>
         <v>#N/A</v>
       </c>
-      <c r="H108" s="16">
+      <c r="H108" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C125</f>
         <v>0</v>
       </c>
-      <c r="I108" s="50" t="e">
+      <c r="I108" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I125*J108*C108</f>
         <v>#N/A</v>
       </c>
-      <c r="J108" s="55" t="e">
-[...8 lines deleted...]
-    <row r="109" spans="1:11" outlineLevel="1">
+      <c r="J108" s="53" t="e">
+        <f>VLOOKUP(H108,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K108" s="53" t="e">
+        <f>VLOOKUP(H108,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L108" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J125</f>
+        <v>0</v>
+      </c>
+      <c r="M108" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K125</f>
+        <v>0</v>
+      </c>
+      <c r="N108">
+        <f>'T1135 EN DEVISE NATIVE'!L125</f>
+        <v>0</v>
+      </c>
+      <c r="O108" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M125</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" outlineLevel="1">
       <c r="A109" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A126</f>
-        <v>Autre bien 7</v>
-[...1 lines deleted...]
-      <c r="B109" s="16">
+        <v>Immeuble 4</v>
+      </c>
+      <c r="B109" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B126</f>
         <v>0</v>
       </c>
-      <c r="C109" s="32">
+      <c r="C109" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D126</f>
         <v>0</v>
       </c>
-      <c r="D109" s="36" t="e">
+      <c r="D109" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E126*J109*C109</f>
         <v>#N/A</v>
       </c>
-      <c r="E109" s="36" t="e">
+      <c r="E109" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F126*K109*C109</f>
         <v>#N/A</v>
       </c>
-      <c r="F109" s="36" t="e">
+      <c r="F109" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G126*J109*C109</f>
         <v>#N/A</v>
       </c>
-      <c r="G109" s="36" t="e">
+      <c r="G109" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H126*J109*C109</f>
         <v>#N/A</v>
       </c>
-      <c r="H109" s="16">
+      <c r="H109" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C126</f>
         <v>0</v>
       </c>
-      <c r="I109" s="50" t="e">
+      <c r="I109" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I126*J109*C109</f>
         <v>#N/A</v>
       </c>
-      <c r="J109" s="55" t="e">
-[...8 lines deleted...]
-    <row r="110" spans="1:11" outlineLevel="1">
+      <c r="J109" s="53" t="e">
+        <f>VLOOKUP(H109,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K109" s="53" t="e">
+        <f>VLOOKUP(H109,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L109" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J126</f>
+        <v>0</v>
+      </c>
+      <c r="M109" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K126</f>
+        <v>0</v>
+      </c>
+      <c r="N109">
+        <f>'T1135 EN DEVISE NATIVE'!L126</f>
+        <v>0</v>
+      </c>
+      <c r="O109" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M126</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" outlineLevel="1">
       <c r="A110" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A127</f>
-        <v>Autre bien 8</v>
-[...1 lines deleted...]
-      <c r="B110" s="16">
+        <v>Immeuble 5</v>
+      </c>
+      <c r="B110" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B127</f>
         <v>0</v>
       </c>
-      <c r="C110" s="32">
+      <c r="C110" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D127</f>
         <v>0</v>
       </c>
-      <c r="D110" s="36" t="e">
+      <c r="D110" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E127*J110*C110</f>
         <v>#N/A</v>
       </c>
-      <c r="E110" s="36" t="e">
+      <c r="E110" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F127*K110*C110</f>
         <v>#N/A</v>
       </c>
-      <c r="F110" s="36" t="e">
+      <c r="F110" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G127*J110*C110</f>
         <v>#N/A</v>
       </c>
-      <c r="G110" s="36" t="e">
+      <c r="G110" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H127*J110*C110</f>
         <v>#N/A</v>
       </c>
-      <c r="H110" s="16">
+      <c r="H110" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C127</f>
         <v>0</v>
       </c>
-      <c r="I110" s="50" t="e">
+      <c r="I110" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I127*J110*C110</f>
         <v>#N/A</v>
       </c>
-      <c r="J110" s="55" t="e">
-[...8 lines deleted...]
-    <row r="111" spans="1:11" outlineLevel="1">
+      <c r="J110" s="53" t="e">
+        <f>VLOOKUP(H110,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K110" s="53" t="e">
+        <f>VLOOKUP(H110,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L110" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J127</f>
+        <v>0</v>
+      </c>
+      <c r="M110" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K127</f>
+        <v>0</v>
+      </c>
+      <c r="N110">
+        <f>'T1135 EN DEVISE NATIVE'!L127</f>
+        <v>0</v>
+      </c>
+      <c r="O110" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M127</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" outlineLevel="1">
       <c r="A111" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A128</f>
-        <v>Autre bien 9</v>
-[...1 lines deleted...]
-      <c r="B111" s="16">
+        <v>Immeuble 6</v>
+      </c>
+      <c r="B111" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B128</f>
         <v>0</v>
       </c>
-      <c r="C111" s="32">
+      <c r="C111" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D128</f>
         <v>0</v>
       </c>
-      <c r="D111" s="36" t="e">
+      <c r="D111" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E128*J111*C111</f>
         <v>#N/A</v>
       </c>
-      <c r="E111" s="36" t="e">
+      <c r="E111" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F128*K111*C111</f>
         <v>#N/A</v>
       </c>
-      <c r="F111" s="36" t="e">
+      <c r="F111" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G128*J111*C111</f>
         <v>#N/A</v>
       </c>
-      <c r="G111" s="36" t="e">
+      <c r="G111" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H128*J111*C111</f>
         <v>#N/A</v>
       </c>
-      <c r="H111" s="16">
+      <c r="H111" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C128</f>
         <v>0</v>
       </c>
-      <c r="I111" s="50" t="e">
+      <c r="I111" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I128*J111*C111</f>
         <v>#N/A</v>
       </c>
-      <c r="J111" s="55" t="e">
-[...8 lines deleted...]
-    <row r="112" spans="1:11" outlineLevel="1">
+      <c r="J111" s="53" t="e">
+        <f>VLOOKUP(H111,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K111" s="53" t="e">
+        <f>VLOOKUP(H111,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L111" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J128</f>
+        <v>0</v>
+      </c>
+      <c r="M111" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K128</f>
+        <v>0</v>
+      </c>
+      <c r="N111">
+        <f>'T1135 EN DEVISE NATIVE'!L128</f>
+        <v>0</v>
+      </c>
+      <c r="O111" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M128</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" outlineLevel="1">
       <c r="A112" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A129</f>
-        <v>Autre bien 10</v>
-[...1 lines deleted...]
-      <c r="B112" s="16">
+        <v>Immeuble 7</v>
+      </c>
+      <c r="B112" s="15">
         <f>'T1135 EN DEVISE NATIVE'!B129</f>
         <v>0</v>
       </c>
-      <c r="C112" s="32">
+      <c r="C112" s="31">
         <f>'T1135 EN DEVISE NATIVE'!D129</f>
         <v>0</v>
       </c>
-      <c r="D112" s="36" t="e">
+      <c r="D112" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!E129*J112*C112</f>
         <v>#N/A</v>
       </c>
-      <c r="E112" s="36" t="e">
+      <c r="E112" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!F129*K112*C112</f>
         <v>#N/A</v>
       </c>
-      <c r="F112" s="36" t="e">
+      <c r="F112" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!G129*J112*C112</f>
         <v>#N/A</v>
       </c>
-      <c r="G112" s="36" t="e">
+      <c r="G112" s="35" t="e">
         <f>'T1135 EN DEVISE NATIVE'!H129*J112*C112</f>
         <v>#N/A</v>
       </c>
-      <c r="H112" s="16">
+      <c r="H112" s="15">
         <f>'T1135 EN DEVISE NATIVE'!C129</f>
         <v>0</v>
       </c>
-      <c r="I112" s="50" t="e">
+      <c r="I112" s="48" t="e">
         <f>'T1135 EN DEVISE NATIVE'!I129*J112*C112</f>
         <v>#N/A</v>
       </c>
-      <c r="J112" s="55" t="e">
-[...8 lines deleted...]
-    <row r="113" spans="1:11" outlineLevel="1">
+      <c r="J112" s="53" t="e">
+        <f>VLOOKUP(H112,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K112" s="53" t="e">
+        <f>VLOOKUP(H112,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L112" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J129</f>
+        <v>0</v>
+      </c>
+      <c r="M112" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K129</f>
+        <v>0</v>
+      </c>
+      <c r="N112">
+        <f>'T1135 EN DEVISE NATIVE'!L129</f>
+        <v>0</v>
+      </c>
+      <c r="O112" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M129</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" outlineLevel="1">
       <c r="A113" s="10" t="str">
         <f>'T1135 EN DEVISE NATIVE'!A130</f>
+        <v>Immeuble 8</v>
+      </c>
+      <c r="B113" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B130</f>
+        <v>0</v>
+      </c>
+      <c r="C113" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D130</f>
+        <v>0</v>
+      </c>
+      <c r="D113" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E130*J113*C113</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E113" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F130*K113*C113</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F113" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G130*J113*C113</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G113" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H130*J113*C113</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H113" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C130</f>
+        <v>0</v>
+      </c>
+      <c r="I113" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I130*J113*C113</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J113" s="53" t="e">
+        <f>VLOOKUP(H113,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K113" s="53" t="e">
+        <f>VLOOKUP(H113,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L113" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J130</f>
+        <v>0</v>
+      </c>
+      <c r="M113" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K130</f>
+        <v>0</v>
+      </c>
+      <c r="N113">
+        <f>'T1135 EN DEVISE NATIVE'!L130</f>
+        <v>0</v>
+      </c>
+      <c r="O113" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M130</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" outlineLevel="1">
+      <c r="A114" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A131</f>
+        <v>Immeuble 9</v>
+      </c>
+      <c r="B114" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B131</f>
+        <v>0</v>
+      </c>
+      <c r="C114" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D131</f>
+        <v>0</v>
+      </c>
+      <c r="D114" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E131*J114*C114</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E114" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F131*K114*C114</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F114" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G131*J114*C114</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G114" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H131*J114*C114</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H114" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C131</f>
+        <v>0</v>
+      </c>
+      <c r="I114" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I131*J114*C114</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J114" s="53" t="e">
+        <f>VLOOKUP(H114,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K114" s="53" t="e">
+        <f>VLOOKUP(H114,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L114" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J131</f>
+        <v>0</v>
+      </c>
+      <c r="M114" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K131</f>
+        <v>0</v>
+      </c>
+      <c r="N114">
+        <f>'T1135 EN DEVISE NATIVE'!L131</f>
+        <v>0</v>
+      </c>
+      <c r="O114" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M131</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" outlineLevel="1">
+      <c r="A115" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A132</f>
+        <v>Immeuble 10</v>
+      </c>
+      <c r="B115" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B132</f>
+        <v>0</v>
+      </c>
+      <c r="C115" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D132</f>
+        <v>0</v>
+      </c>
+      <c r="D115" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E132*J115*C115</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E115" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F132*K115*C115</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F115" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G132*J115*C115</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G115" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H132*J115*C115</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H115" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C132</f>
+        <v>0</v>
+      </c>
+      <c r="I115" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I132*J115*C115</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J115" s="53" t="e">
+        <f>VLOOKUP(H115,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K115" s="53" t="e">
+        <f>VLOOKUP(H115,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L115" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J132</f>
+        <v>0</v>
+      </c>
+      <c r="M115" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K132</f>
+        <v>0</v>
+      </c>
+      <c r="N115">
+        <f>'T1135 EN DEVISE NATIVE'!L132</f>
+        <v>0</v>
+      </c>
+      <c r="O115" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M132</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" outlineLevel="1">
+      <c r="A116" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A133</f>
+        <v>Immeuble 11</v>
+      </c>
+      <c r="B116" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B133</f>
+        <v>0</v>
+      </c>
+      <c r="C116" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D133</f>
+        <v>0</v>
+      </c>
+      <c r="D116" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E133*J116*C116</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E116" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F133*K116*C116</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F116" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G133*J116*C116</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G116" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H133*J116*C116</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H116" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C133</f>
+        <v>0</v>
+      </c>
+      <c r="I116" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I133*J116*C116</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J116" s="53" t="e">
+        <f>VLOOKUP(H116,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K116" s="53" t="e">
+        <f>VLOOKUP(H116,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L116" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J133</f>
+        <v>0</v>
+      </c>
+      <c r="M116" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K133</f>
+        <v>0</v>
+      </c>
+      <c r="N116">
+        <f>'T1135 EN DEVISE NATIVE'!L133</f>
+        <v>0</v>
+      </c>
+      <c r="O116" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M133</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" outlineLevel="1">
+      <c r="A117" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A134</f>
+        <v>Immeuble 12</v>
+      </c>
+      <c r="B117" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B134</f>
+        <v>0</v>
+      </c>
+      <c r="C117" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D134</f>
+        <v>0</v>
+      </c>
+      <c r="D117" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E134*J117*C117</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E117" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F134*K117*C117</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F117" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G134*J117*C117</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G117" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H134*J117*C117</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H117" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C134</f>
+        <v>0</v>
+      </c>
+      <c r="I117" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I134*J117*C117</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J117" s="53" t="e">
+        <f>VLOOKUP(H117,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K117" s="53" t="e">
+        <f>VLOOKUP(H117,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L117" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J134</f>
+        <v>0</v>
+      </c>
+      <c r="M117" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K134</f>
+        <v>0</v>
+      </c>
+      <c r="N117">
+        <f>'T1135 EN DEVISE NATIVE'!L134</f>
+        <v>0</v>
+      </c>
+      <c r="O117" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M134</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" outlineLevel="1">
+      <c r="A118" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A135</f>
+        <v>Immeuble 13</v>
+      </c>
+      <c r="B118" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B135</f>
+        <v>0</v>
+      </c>
+      <c r="C118" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D135</f>
+        <v>0</v>
+      </c>
+      <c r="D118" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E135*J118*C118</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E118" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F135*K118*C118</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F118" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G135*J118*C118</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G118" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H135*J118*C118</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H118" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C135</f>
+        <v>0</v>
+      </c>
+      <c r="I118" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I135*J118*C118</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J118" s="53" t="e">
+        <f>VLOOKUP(H118,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K118" s="53" t="e">
+        <f>VLOOKUP(H118,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L118" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J135</f>
+        <v>0</v>
+      </c>
+      <c r="M118" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K135</f>
+        <v>0</v>
+      </c>
+      <c r="N118">
+        <f>'T1135 EN DEVISE NATIVE'!L135</f>
+        <v>0</v>
+      </c>
+      <c r="O118" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M135</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" outlineLevel="1">
+      <c r="A119" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A136</f>
+        <v>Immeuble 14</v>
+      </c>
+      <c r="B119" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B136</f>
+        <v>0</v>
+      </c>
+      <c r="C119" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D136</f>
+        <v>0</v>
+      </c>
+      <c r="D119" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E136*J119*C119</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E119" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F136*K119*C119</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F119" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G136*J119*C119</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G119" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H136*J119*C119</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H119" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C136</f>
+        <v>0</v>
+      </c>
+      <c r="I119" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I136*J119*C119</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J119" s="53" t="e">
+        <f>VLOOKUP(H119,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K119" s="53" t="e">
+        <f>VLOOKUP(H119,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L119" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J136</f>
+        <v>0</v>
+      </c>
+      <c r="M119" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K136</f>
+        <v>0</v>
+      </c>
+      <c r="N119">
+        <f>'T1135 EN DEVISE NATIVE'!L136</f>
+        <v>0</v>
+      </c>
+      <c r="O119" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M136</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" outlineLevel="1">
+      <c r="A120" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A137</f>
+        <v>Immeuble 15</v>
+      </c>
+      <c r="B120" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B137</f>
+        <v>0</v>
+      </c>
+      <c r="C120" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D137</f>
+        <v>0</v>
+      </c>
+      <c r="D120" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E137*J120*C120</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E120" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F137*K120*C120</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F120" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G137*J120*C120</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G120" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H137*J120*C120</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H120" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C137</f>
+        <v>0</v>
+      </c>
+      <c r="I120" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I137*J120*C120</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J120" s="53" t="e">
+        <f>VLOOKUP(H120,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K120" s="53" t="e">
+        <f>VLOOKUP(H120,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L120" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J137</f>
+        <v>0</v>
+      </c>
+      <c r="M120" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K137</f>
+        <v>0</v>
+      </c>
+      <c r="N120">
+        <f>'T1135 EN DEVISE NATIVE'!L137</f>
+        <v>0</v>
+      </c>
+      <c r="O120" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M137</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" outlineLevel="1">
+      <c r="A121" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A138</f>
         <v>Ajoutez des lignes au besoin.</v>
       </c>
-      <c r="B113" s="16">
-[...51 lines deleted...]
-      <c r="A115" s="30" t="s">
+      <c r="B121" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B138</f>
+        <v>0</v>
+      </c>
+      <c r="C121" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D138</f>
+        <v>0</v>
+      </c>
+      <c r="D121" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E138*J121*C121</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E121" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F138*K121*C121</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F121" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G138*J121*C121</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G121" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H138*J121*C121</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H121" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C138</f>
+        <v>0</v>
+      </c>
+      <c r="I121" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I138*J121*C121</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J121" s="53" t="e">
+        <f>VLOOKUP(H121,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K121" s="53" t="e">
+        <f>VLOOKUP(H121,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L121" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!J138</f>
+        <v>0</v>
+      </c>
+      <c r="M121" s="34">
+        <f>'T1135 EN DEVISE NATIVE'!K138</f>
+        <v>0</v>
+      </c>
+      <c r="N121">
+        <f>'T1135 EN DEVISE NATIVE'!L138</f>
+        <v>0</v>
+      </c>
+      <c r="O121" s="76">
+        <f>'T1135 EN DEVISE NATIVE'!M138</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" ht="15" thickBot="1">
+      <c r="A122" s="5"/>
+      <c r="B122" s="5"/>
+      <c r="C122" s="5"/>
+      <c r="D122" s="5"/>
+      <c r="E122" s="5"/>
+      <c r="F122" s="5"/>
+      <c r="G122" s="5"/>
+      <c r="H122" s="5"/>
+    </row>
+    <row r="123" spans="1:15" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A123" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B123" s="3"/>
+      <c r="D123" s="4"/>
+      <c r="E123" s="4"/>
+      <c r="F123" s="4"/>
+    </row>
+    <row r="124" spans="1:15" outlineLevel="1">
+      <c r="A124" t="s">
+        <v>186</v>
+      </c>
+      <c r="D124" s="4"/>
+      <c r="E124" s="4"/>
+      <c r="F124" s="4"/>
+    </row>
+    <row r="125" spans="1:15" outlineLevel="1">
+      <c r="A125" t="s">
+        <v>204</v>
+      </c>
+      <c r="D125" s="4"/>
+      <c r="E125" s="4"/>
+      <c r="F125" s="4"/>
+    </row>
+    <row r="126" spans="1:15" ht="6.6" customHeight="1" outlineLevel="1"/>
+    <row r="127" spans="1:15" ht="57.6" outlineLevel="1">
+      <c r="A127" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B127" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C127" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="D127" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="E127" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="F127" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="G127" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="H127" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="I127" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I148</f>
+        <v>Impôts payables à l'étranger sur ce revenu</v>
+      </c>
+      <c r="J127" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="K127" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="L127" s="14" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!J148</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" outlineLevel="1">
+      <c r="A128" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A149</f>
+        <v>Exemple :  Assurance-vie EFFISCA  #11111111</v>
+      </c>
+      <c r="B128" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B149</f>
+        <v>France</v>
+      </c>
+      <c r="C128" s="43">
+        <f>'T1135 EN DEVISE NATIVE'!D149</f>
+        <v>1</v>
+      </c>
+      <c r="D128" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!E149*J128</f>
+        <v>181493</v>
+      </c>
+      <c r="E128" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!F149*K128</f>
+        <v>185023.5</v>
+      </c>
+      <c r="F128" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!G149*J128</f>
+        <v>0</v>
+      </c>
+      <c r="G128" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!H149*J128</f>
+        <v>-4032.3009999999999</v>
+      </c>
+      <c r="H128" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!C149</f>
+        <v>EUR</v>
+      </c>
+      <c r="I128" s="49">
+        <f>'T1135 EN DEVISE NATIVE'!I149*J128*C128</f>
+        <v>78.91</v>
+      </c>
+      <c r="J128" s="41">
+        <f>VLOOKUP(H128,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.5782</v>
+      </c>
+      <c r="K128" s="41">
+        <f>VLOOKUP(H128,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.6089</v>
+      </c>
+      <c r="L128" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J149</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" outlineLevel="1">
+      <c r="A129" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A150</f>
+        <v>Autre bien 1</v>
+      </c>
+      <c r="B129" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B150</f>
+        <v>0</v>
+      </c>
+      <c r="C129" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D150</f>
+        <v>0</v>
+      </c>
+      <c r="D129" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E150*J129*C129</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E129" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F150*K129*C129</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F129" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G150*J129*C129</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G129" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H150*J129*C129</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H129" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C150</f>
+        <v>0</v>
+      </c>
+      <c r="I129" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I150*J129*C129</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J129" s="53" t="e">
+        <f>VLOOKUP(H129,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K129" s="53" t="e">
+        <f>VLOOKUP(H129,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L129" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J150</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" outlineLevel="1">
+      <c r="A130" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A151</f>
+        <v>Autre bien 2</v>
+      </c>
+      <c r="B130" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B151</f>
+        <v>0</v>
+      </c>
+      <c r="C130" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D151</f>
+        <v>0</v>
+      </c>
+      <c r="D130" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E151*J130*C130</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E130" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F151*K130*C130</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F130" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G151*J130*C130</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G130" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H151*J130*C130</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H130" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C151</f>
+        <v>0</v>
+      </c>
+      <c r="I130" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I151*J130*C130</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J130" s="53" t="e">
+        <f>VLOOKUP(H130,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K130" s="53" t="e">
+        <f>VLOOKUP(H130,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L130" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J151</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" outlineLevel="1">
+      <c r="A131" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A152</f>
+        <v>Autre bien 3</v>
+      </c>
+      <c r="B131" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B152</f>
+        <v>0</v>
+      </c>
+      <c r="C131" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D152</f>
+        <v>0</v>
+      </c>
+      <c r="D131" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E152*J131*C131</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E131" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F152*K131*C131</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F131" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G152*J131*C131</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G131" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H152*J131*C131</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H131" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C152</f>
+        <v>0</v>
+      </c>
+      <c r="I131" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I152*J131*C131</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J131" s="53" t="e">
+        <f>VLOOKUP(H131,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K131" s="53" t="e">
+        <f>VLOOKUP(H131,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L131" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J152</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" outlineLevel="1">
+      <c r="A132" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A153</f>
+        <v>Autre bien 4</v>
+      </c>
+      <c r="B132" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B153</f>
+        <v>0</v>
+      </c>
+      <c r="C132" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D153</f>
+        <v>0</v>
+      </c>
+      <c r="D132" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E153*J132*C132</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E132" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F153*K132*C132</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F132" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G153*J132*C132</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G132" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H153*J132*C132</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H132" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C153</f>
+        <v>0</v>
+      </c>
+      <c r="I132" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I153*J132*C132</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J132" s="53" t="e">
+        <f>VLOOKUP(H132,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K132" s="53" t="e">
+        <f>VLOOKUP(H132,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L132" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J153</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" outlineLevel="1">
+      <c r="A133" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A154</f>
+        <v>Autre bien 5</v>
+      </c>
+      <c r="B133" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B154</f>
+        <v>0</v>
+      </c>
+      <c r="C133" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D154</f>
+        <v>0</v>
+      </c>
+      <c r="D133" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E154*J133*C133</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E133" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F154*K133*C133</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F133" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G154*J133*C133</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G133" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H154*J133*C133</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H133" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C154</f>
+        <v>0</v>
+      </c>
+      <c r="I133" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I154*J133*C133</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J133" s="53" t="e">
+        <f>VLOOKUP(H133,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K133" s="53" t="e">
+        <f>VLOOKUP(H133,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L133" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J154</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" outlineLevel="1">
+      <c r="A134" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A155</f>
+        <v>Autre bien 6</v>
+      </c>
+      <c r="B134" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B155</f>
+        <v>0</v>
+      </c>
+      <c r="C134" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D155</f>
+        <v>0</v>
+      </c>
+      <c r="D134" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E155*J134*C134</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E134" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F155*K134*C134</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F134" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G155*J134*C134</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G134" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H155*J134*C134</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H134" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C155</f>
+        <v>0</v>
+      </c>
+      <c r="I134" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I155*J134*C134</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J134" s="53" t="e">
+        <f>VLOOKUP(H134,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K134" s="53" t="e">
+        <f>VLOOKUP(H134,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L134" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J155</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" outlineLevel="1">
+      <c r="A135" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A156</f>
+        <v>Autre bien 7</v>
+      </c>
+      <c r="B135" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B156</f>
+        <v>0</v>
+      </c>
+      <c r="C135" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D156</f>
+        <v>0</v>
+      </c>
+      <c r="D135" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E156*J135*C135</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E135" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F156*K135*C135</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F135" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G156*J135*C135</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G135" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H156*J135*C135</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H135" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C156</f>
+        <v>0</v>
+      </c>
+      <c r="I135" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I156*J135*C135</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J135" s="53" t="e">
+        <f>VLOOKUP(H135,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K135" s="53" t="e">
+        <f>VLOOKUP(H135,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L135" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J156</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" outlineLevel="1">
+      <c r="A136" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A157</f>
+        <v>Autre bien 8</v>
+      </c>
+      <c r="B136" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B157</f>
+        <v>0</v>
+      </c>
+      <c r="C136" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D157</f>
+        <v>0</v>
+      </c>
+      <c r="D136" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E157*J136*C136</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E136" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F157*K136*C136</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F136" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G157*J136*C136</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G136" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H157*J136*C136</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H136" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C157</f>
+        <v>0</v>
+      </c>
+      <c r="I136" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I157*J136*C136</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J136" s="53" t="e">
+        <f>VLOOKUP(H136,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K136" s="53" t="e">
+        <f>VLOOKUP(H136,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L136" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J157</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" outlineLevel="1">
+      <c r="A137" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A158</f>
+        <v>Autre bien 9</v>
+      </c>
+      <c r="B137" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B158</f>
+        <v>0</v>
+      </c>
+      <c r="C137" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D158</f>
+        <v>0</v>
+      </c>
+      <c r="D137" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E158*J137*C137</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E137" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F158*K137*C137</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F137" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G158*J137*C137</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G137" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H158*J137*C137</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H137" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C158</f>
+        <v>0</v>
+      </c>
+      <c r="I137" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I158*J137*C137</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J137" s="53" t="e">
+        <f>VLOOKUP(H137,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K137" s="53" t="e">
+        <f>VLOOKUP(H137,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L137" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J158</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" outlineLevel="1">
+      <c r="A138" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A159</f>
+        <v>Autre bien 10</v>
+      </c>
+      <c r="B138" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B159</f>
+        <v>0</v>
+      </c>
+      <c r="C138" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D159</f>
+        <v>0</v>
+      </c>
+      <c r="D138" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E159*J138*C138</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E138" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F159*K138*C138</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F138" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G159*J138*C138</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G138" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H159*J138*C138</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H138" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C159</f>
+        <v>0</v>
+      </c>
+      <c r="I138" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I159*J138*C138</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J138" s="53" t="e">
+        <f>VLOOKUP(H138,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K138" s="53" t="e">
+        <f>VLOOKUP(H138,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L138" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J159</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" outlineLevel="1">
+      <c r="A139" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A160</f>
+        <v>Autre bien 11</v>
+      </c>
+      <c r="B139" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B160</f>
+        <v>0</v>
+      </c>
+      <c r="C139" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D160</f>
+        <v>0</v>
+      </c>
+      <c r="D139" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E160*J139*C139</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E139" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F160*K139*C139</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F139" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G160*J139*C139</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G139" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H160*J139*C139</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H139" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C160</f>
+        <v>0</v>
+      </c>
+      <c r="I139" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I160*J139*C139</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J139" s="53" t="e">
+        <f>VLOOKUP(H139,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K139" s="53" t="e">
+        <f>VLOOKUP(H139,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L139" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J160</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" outlineLevel="1">
+      <c r="A140" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A161</f>
+        <v>Autre bien 12</v>
+      </c>
+      <c r="B140" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B161</f>
+        <v>0</v>
+      </c>
+      <c r="C140" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D161</f>
+        <v>0</v>
+      </c>
+      <c r="D140" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E161*J140*C140</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E140" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F161*K140*C140</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F140" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G161*J140*C140</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G140" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H161*J140*C140</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H140" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C161</f>
+        <v>0</v>
+      </c>
+      <c r="I140" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I161*J140*C140</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J140" s="53" t="e">
+        <f>VLOOKUP(H140,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K140" s="53" t="e">
+        <f>VLOOKUP(H140,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L140" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J161</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" outlineLevel="1">
+      <c r="A141" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A162</f>
+        <v>Autre bien 13</v>
+      </c>
+      <c r="B141" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B162</f>
+        <v>0</v>
+      </c>
+      <c r="C141" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D162</f>
+        <v>0</v>
+      </c>
+      <c r="D141" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E162*J141*C141</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E141" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F162*K141*C141</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F141" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G162*J141*C141</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G141" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H162*J141*C141</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H141" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C162</f>
+        <v>0</v>
+      </c>
+      <c r="I141" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I162*J141*C141</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J141" s="53" t="e">
+        <f>VLOOKUP(H141,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K141" s="53" t="e">
+        <f>VLOOKUP(H141,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L141" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J162</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" outlineLevel="1">
+      <c r="A142" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A163</f>
+        <v>Autre bien 14</v>
+      </c>
+      <c r="B142" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B163</f>
+        <v>0</v>
+      </c>
+      <c r="C142" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D163</f>
+        <v>0</v>
+      </c>
+      <c r="D142" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E163*J142*C142</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E142" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F163*K142*C142</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F142" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G163*J142*C142</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G142" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H163*J142*C142</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H142" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C163</f>
+        <v>0</v>
+      </c>
+      <c r="I142" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I163*J142*C142</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J142" s="53" t="e">
+        <f>VLOOKUP(H142,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K142" s="53" t="e">
+        <f>VLOOKUP(H142,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L142" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J163</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" outlineLevel="1">
+      <c r="A143" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A164</f>
+        <v>Autre bien 15</v>
+      </c>
+      <c r="B143" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B164</f>
+        <v>0</v>
+      </c>
+      <c r="C143" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D164</f>
+        <v>0</v>
+      </c>
+      <c r="D143" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E164*J143*C143</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E143" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F164*K143*C143</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F143" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G164*J143*C143</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G143" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H164*J143*C143</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H143" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C164</f>
+        <v>0</v>
+      </c>
+      <c r="I143" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I164*J143*C143</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J143" s="53" t="e">
+        <f>VLOOKUP(H143,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K143" s="53" t="e">
+        <f>VLOOKUP(H143,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L143" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J164</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" outlineLevel="1">
+      <c r="A144" s="10" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A165</f>
+        <v>Ajoutez des lignes au besoin.</v>
+      </c>
+      <c r="B144" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B165</f>
+        <v>0</v>
+      </c>
+      <c r="C144" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D165</f>
+        <v>0</v>
+      </c>
+      <c r="D144" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E165*J144*C144</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E144" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F165*K144*C144</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F144" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G165*J144*C144</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G144" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H165*J144*C144</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H144" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C165</f>
+        <v>0</v>
+      </c>
+      <c r="I144" s="48" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!I165*J144*C144</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J144" s="53" t="e">
+        <f>VLOOKUP(H144,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K144" s="53" t="e">
+        <f>VLOOKUP(H144,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L144" s="75">
+        <f>'T1135 EN DEVISE NATIVE'!J165</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="15" thickBot="1">
+      <c r="A145" s="5"/>
+      <c r="B145" s="5"/>
+      <c r="C145" s="5"/>
+      <c r="D145" s="5"/>
+      <c r="E145" s="5"/>
+      <c r="F145" s="5"/>
+      <c r="G145" s="5"/>
+      <c r="H145" s="5"/>
+    </row>
+    <row r="146" spans="1:11" ht="16.2" outlineLevel="1" thickTop="1">
+      <c r="A146" s="29" t="s">
         <v>188</v>
       </c>
-      <c r="B115" s="3"/>
-[...5 lines deleted...]
-      <c r="A116" t="s">
+      <c r="B146" s="3"/>
+      <c r="D146" s="4"/>
+      <c r="E146" s="4"/>
+      <c r="F146" s="4"/>
+    </row>
+    <row r="147" spans="1:11" outlineLevel="1">
+      <c r="A147" t="s">
         <v>189</v>
       </c>
-      <c r="D116" s="4"/>
-[...4 lines deleted...]
-      <c r="A117" t="s">
+      <c r="D147" s="4"/>
+      <c r="E147" s="4"/>
+      <c r="F147" s="4"/>
+    </row>
+    <row r="148" spans="1:11" outlineLevel="1">
+      <c r="A148" t="s">
         <v>206</v>
       </c>
-      <c r="D117" s="4"/>
-[...12 lines deleted...]
-      <c r="A119" s="21" t="s">
+      <c r="D148" s="4"/>
+      <c r="E148" s="4"/>
+      <c r="F148" s="4"/>
+    </row>
+    <row r="149" spans="1:11" outlineLevel="1">
+      <c r="A149" s="20" t="s">
+        <v>248</v>
+      </c>
+      <c r="D149" s="4"/>
+      <c r="E149" s="4"/>
+      <c r="F149" s="4"/>
+    </row>
+    <row r="150" spans="1:11" outlineLevel="1">
+      <c r="A150" s="20" t="s">
         <v>244</v>
       </c>
-      <c r="D119" s="4"/>
-[...4 lines deleted...]
-      <c r="A120" s="12" t="s">
+      <c r="D150" s="4"/>
+      <c r="E150" s="4"/>
+      <c r="F150" s="4"/>
+    </row>
+    <row r="151" spans="1:11" s="12" customFormat="1" ht="43.2" outlineLevel="1">
+      <c r="A151" s="12" t="s">
         <v>187</v>
       </c>
-      <c r="B120" s="12" t="s">
+      <c r="B151" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C120" s="12" t="s">
+      <c r="C151" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D120" s="12" t="s">
+      <c r="D151" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E120" s="12" t="s">
+      <c r="E151" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="F120" s="15" t="s">
+      <c r="F151" s="14" t="s">
         <v>169</v>
       </c>
-      <c r="G120" s="12" t="s">
+      <c r="G151" s="12" t="s">
         <v>184</v>
       </c>
-      <c r="H120" s="12" t="s">
+      <c r="H151" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="I120" s="12" t="s">
-[...8 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!A138</f>
+      <c r="I151" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="J151" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="K151" s="12" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!I170</f>
+        <v>Commentaires</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" outlineLevel="1">
+      <c r="A152" s="23" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A171</f>
         <v>Exemple :  Effisca, placements #11111111, actions / fonds communs</v>
       </c>
-      <c r="B121" s="37" t="str">
-        <f>'T1135 EN DEVISE NATIVE'!B138</f>
+      <c r="B152" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!B171</f>
         <v>USA</v>
       </c>
-      <c r="C121" s="44">
-        <f>'T1135 EN DEVISE NATIVE'!D138</f>
+      <c r="C152" s="43">
+        <f>'T1135 EN DEVISE NATIVE'!D171</f>
         <v>1</v>
       </c>
-      <c r="D121" s="46">
-[...16 lines deleted...]
-        <f>'T1135 EN DEVISE NATIVE'!C138</f>
+      <c r="D152" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!E171*I152</f>
+        <v>249079.98315199997</v>
+      </c>
+      <c r="E152" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!F171*J152</f>
+        <v>253925.22170399997</v>
+      </c>
+      <c r="F152" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!G171*I152</f>
+        <v>24304.280000000002</v>
+      </c>
+      <c r="G152" s="45">
+        <f>'T1135 EN DEVISE NATIVE'!H171*I152</f>
+        <v>24427.3796</v>
+      </c>
+      <c r="H152" s="36" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!C171</f>
         <v>EUR</v>
       </c>
-      <c r="I121" s="42">
-[...482 lines deleted...]
-      <c r="A135" s="10" t="s">
+      <c r="I152" s="41">
+        <f>VLOOKUP(H152,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>1.5782</v>
+      </c>
+      <c r="J152" s="41">
+        <f>VLOOKUP(H152,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>1.6089</v>
+      </c>
+      <c r="K152" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I171</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" outlineLevel="1">
+      <c r="A153" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A172</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B153" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B172</f>
+        <v>0</v>
+      </c>
+      <c r="C153" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D172</f>
+        <v>0</v>
+      </c>
+      <c r="D153" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E172*I153*C153</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E153" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F172*J153*C153</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F153" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G172*I153*C153</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G153" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H172*I153*C153</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H153" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C172</f>
+        <v>0</v>
+      </c>
+      <c r="I153" s="53" t="e">
+        <f>VLOOKUP(H153,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J153" s="53" t="e">
+        <f>VLOOKUP(H153,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K153" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I172</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" outlineLevel="1">
+      <c r="A154" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A173</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B154" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B173</f>
+        <v>0</v>
+      </c>
+      <c r="C154" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D173</f>
+        <v>0</v>
+      </c>
+      <c r="D154" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E173*I154*C154</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E154" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F173*J154*C154</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F154" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G173*I154*C154</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G154" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H173*I154*C154</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H154" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C173</f>
+        <v>0</v>
+      </c>
+      <c r="I154" s="53" t="e">
+        <f>VLOOKUP(H154,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J154" s="53" t="e">
+        <f>VLOOKUP(H154,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K154" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I173</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" outlineLevel="1">
+      <c r="A155" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A174</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B155" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B174</f>
+        <v>0</v>
+      </c>
+      <c r="C155" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D174</f>
+        <v>0</v>
+      </c>
+      <c r="D155" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E174*I155*C155</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E155" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F174*J155*C155</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F155" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G174*I155*C155</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G155" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H174*I155*C155</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H155" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C174</f>
+        <v>0</v>
+      </c>
+      <c r="I155" s="53" t="e">
+        <f>VLOOKUP(H155,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J155" s="53" t="e">
+        <f>VLOOKUP(H155,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K155" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I174</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" outlineLevel="1">
+      <c r="A156" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A175</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B156" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B175</f>
+        <v>0</v>
+      </c>
+      <c r="C156" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D175</f>
+        <v>0</v>
+      </c>
+      <c r="D156" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E175*I156*C156</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E156" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F175*J156*C156</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F156" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G175*I156*C156</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G156" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H175*I156*C156</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H156" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C175</f>
+        <v>0</v>
+      </c>
+      <c r="I156" s="53" t="e">
+        <f>VLOOKUP(H156,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J156" s="53" t="e">
+        <f>VLOOKUP(H156,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K156" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I175</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" outlineLevel="1">
+      <c r="A157" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A176</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B157" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B176</f>
+        <v>0</v>
+      </c>
+      <c r="C157" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D176</f>
+        <v>0</v>
+      </c>
+      <c r="D157" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E176*I157*C157</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E157" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F176*J157*C157</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F157" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G176*I157*C157</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G157" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H176*I157*C157</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H157" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C176</f>
+        <v>0</v>
+      </c>
+      <c r="I157" s="53" t="e">
+        <f>VLOOKUP(H157,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J157" s="53" t="e">
+        <f>VLOOKUP(H157,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K157" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I176</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" outlineLevel="1">
+      <c r="A158" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A177</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B158" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B177</f>
+        <v>0</v>
+      </c>
+      <c r="C158" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D177</f>
+        <v>0</v>
+      </c>
+      <c r="D158" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E177*I158*C158</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E158" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F177*J158*C158</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F158" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G177*I158*C158</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G158" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H177*I158*C158</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H158" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C177</f>
+        <v>0</v>
+      </c>
+      <c r="I158" s="53" t="e">
+        <f>VLOOKUP(H158,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J158" s="53" t="e">
+        <f>VLOOKUP(H158,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K158" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I177</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" outlineLevel="1">
+      <c r="A159" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A178</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B159" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B178</f>
+        <v>0</v>
+      </c>
+      <c r="C159" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D178</f>
+        <v>0</v>
+      </c>
+      <c r="D159" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E178*I159*C159</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E159" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F178*J159*C159</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F159" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G178*I159*C159</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G159" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H178*I159*C159</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H159" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C178</f>
+        <v>0</v>
+      </c>
+      <c r="I159" s="53" t="e">
+        <f>VLOOKUP(H159,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J159" s="53" t="e">
+        <f>VLOOKUP(H159,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K159" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I178</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" outlineLevel="1">
+      <c r="A160" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A179</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B160" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B179</f>
+        <v>0</v>
+      </c>
+      <c r="C160" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D179</f>
+        <v>0</v>
+      </c>
+      <c r="D160" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E179*I160*C160</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E160" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F179*J160*C160</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F160" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G179*I160*C160</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G160" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H179*I160*C160</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H160" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C179</f>
+        <v>0</v>
+      </c>
+      <c r="I160" s="53" t="e">
+        <f>VLOOKUP(H160,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J160" s="53" t="e">
+        <f>VLOOKUP(H160,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K160" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I179</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" outlineLevel="1">
+      <c r="A161" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A180</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B161" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B180</f>
+        <v>0</v>
+      </c>
+      <c r="C161" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D180</f>
+        <v>0</v>
+      </c>
+      <c r="D161" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E180*I161*C161</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E161" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F180*J161*C161</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F161" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G180*I161*C161</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G161" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H180*I161*C161</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H161" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C180</f>
+        <v>0</v>
+      </c>
+      <c r="I161" s="53" t="e">
+        <f>VLOOKUP(H161,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J161" s="53" t="e">
+        <f>VLOOKUP(H161,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K161" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I180</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" outlineLevel="1">
+      <c r="A162" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A181</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B162" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B181</f>
+        <v>0</v>
+      </c>
+      <c r="C162" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D181</f>
+        <v>0</v>
+      </c>
+      <c r="D162" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E181*I162*C162</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E162" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F181*J162*C162</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F162" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G181*I162*C162</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G162" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H181*I162*C162</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H162" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C181</f>
+        <v>0</v>
+      </c>
+      <c r="I162" s="53" t="e">
+        <f>VLOOKUP(H162,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J162" s="53" t="e">
+        <f>VLOOKUP(H162,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K162" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I181</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" outlineLevel="1">
+      <c r="A163" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A182</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B163" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B182</f>
+        <v>0</v>
+      </c>
+      <c r="C163" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D182</f>
+        <v>0</v>
+      </c>
+      <c r="D163" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E182*I163*C163</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E163" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F182*J163*C163</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F163" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G182*I163*C163</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G163" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H182*I163*C163</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H163" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C182</f>
+        <v>0</v>
+      </c>
+      <c r="I163" s="53" t="e">
+        <f>VLOOKUP(H163,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J163" s="53" t="e">
+        <f>VLOOKUP(H163,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K163" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I182</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" outlineLevel="1">
+      <c r="A164" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A183</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B164" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B183</f>
+        <v>0</v>
+      </c>
+      <c r="C164" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D183</f>
+        <v>0</v>
+      </c>
+      <c r="D164" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E183*I164*C164</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E164" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F183*J164*C164</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F164" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G183*I164*C164</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G164" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H183*I164*C164</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H164" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C183</f>
+        <v>0</v>
+      </c>
+      <c r="I164" s="53" t="e">
+        <f>VLOOKUP(H164,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J164" s="53" t="e">
+        <f>VLOOKUP(H164,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K164" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I183</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" outlineLevel="1">
+      <c r="A165" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A184</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B165" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B184</f>
+        <v>0</v>
+      </c>
+      <c r="C165" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D184</f>
+        <v>0</v>
+      </c>
+      <c r="D165" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E184*I165*C165</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E165" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F184*J165*C165</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F165" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G184*I165*C165</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G165" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H184*I165*C165</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H165" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C184</f>
+        <v>0</v>
+      </c>
+      <c r="I165" s="53" t="e">
+        <f>VLOOKUP(H165,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J165" s="53" t="e">
+        <f>VLOOKUP(H165,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K165" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I184</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" outlineLevel="1">
+      <c r="A166" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A185</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B166" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B185</f>
+        <v>0</v>
+      </c>
+      <c r="C166" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D185</f>
+        <v>0</v>
+      </c>
+      <c r="D166" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E185*I166*C166</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E166" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F185*J166*C166</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F166" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G185*I166*C166</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G166" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H185*I166*C166</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H166" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C185</f>
+        <v>0</v>
+      </c>
+      <c r="I166" s="53" t="e">
+        <f>VLOOKUP(H166,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J166" s="53" t="e">
+        <f>VLOOKUP(H166,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K166" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I185</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" outlineLevel="1">
+      <c r="A167" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A186</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B167" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B186</f>
+        <v>0</v>
+      </c>
+      <c r="C167" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D186</f>
+        <v>0</v>
+      </c>
+      <c r="D167" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E186*I167*C167</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E167" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F186*J167*C167</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F167" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G186*I167*C167</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G167" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H186*I167*C167</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H167" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C186</f>
+        <v>0</v>
+      </c>
+      <c r="I167" s="53" t="e">
+        <f>VLOOKUP(H167,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J167" s="53" t="e">
+        <f>VLOOKUP(H167,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K167" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I186</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" outlineLevel="1">
+      <c r="A168" t="str">
+        <f>'T1135 EN DEVISE NATIVE'!A187</f>
+        <v>VEUILLEZ FOURNIR LE RELEVÉ DE LA BANQUE</v>
+      </c>
+      <c r="B168" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!B187</f>
+        <v>0</v>
+      </c>
+      <c r="C168" s="31">
+        <f>'T1135 EN DEVISE NATIVE'!D187</f>
+        <v>0</v>
+      </c>
+      <c r="D168" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!E187*I168*C168</f>
+        <v>#N/A</v>
+      </c>
+      <c r="E168" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!F187*J168*C168</f>
+        <v>#N/A</v>
+      </c>
+      <c r="F168" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!G187*I168*C168</f>
+        <v>#N/A</v>
+      </c>
+      <c r="G168" s="35" t="e">
+        <f>'T1135 EN DEVISE NATIVE'!H187*I168*C168</f>
+        <v>#N/A</v>
+      </c>
+      <c r="H168" s="15">
+        <f>'T1135 EN DEVISE NATIVE'!C187</f>
+        <v>0</v>
+      </c>
+      <c r="I168" s="53" t="e">
+        <f>VLOOKUP(H168,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$2:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="J168" s="53" t="e">
+        <f>VLOOKUP(H168,'Devises FX'!$N$2:$X$200,VLOOKUP($C$1,Années!$A$2:$D$17,4,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="K168" s="14">
+        <f>'T1135 EN DEVISE NATIVE'!I187</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="15" outlineLevel="1" thickBot="1">
+      <c r="A169" s="5"/>
+      <c r="B169" s="5"/>
+      <c r="C169" s="5"/>
+      <c r="D169" s="5"/>
+      <c r="E169" s="5"/>
+      <c r="F169" s="5"/>
+      <c r="G169" s="5"/>
+      <c r="H169" s="5"/>
+    </row>
+    <row r="170" spans="1:11" ht="15" outlineLevel="1" thickTop="1"/>
+    <row r="171" spans="1:11" outlineLevel="1">
+      <c r="A171" s="10" t="s">
         <v>197</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="C1">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>"Veuillez choisir l'année!"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="1">
-[...1 lines deleted...]
-      <formula1>$D$3:$D$157</formula1>
+  <dataValidations disablePrompts="1" count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise" sqref="G73 H80:H97 G98 H34:H50 G26">
+      <formula1>$D$3:$D$193</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise">
           <x14:formula1>
             <xm:f>'Devises MENU DÉROULANT'!$C$2:$C$164</xm:f>
           </x14:formula1>
           <xm:sqref>G9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:D242"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+    <sheetView topLeftCell="A64" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <sheetData>
-    <row r="1" spans="1:4" ht="63">
+    <row r="1" spans="1:4" ht="62.4">
       <c r="A1" s="1" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:4" ht="15.75">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="15.6">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="1"/>
     </row>
-    <row r="3" spans="1:4" ht="15.75">
+    <row r="3" spans="1:4" ht="15.6">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1"/>
     </row>
-    <row r="4" spans="1:4" ht="15.75">
+    <row r="4" spans="1:4" ht="15.6">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1"/>
     </row>
     <row r="5" spans="1:4" ht="30">
       <c r="A5" s="2" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D5" s="2">
         <v>971</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="30">
       <c r="A6" s="2" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="2">
         <v>710</v>
       </c>
     </row>
-    <row r="7" spans="1:4">
+    <row r="7" spans="1:4" ht="15">
       <c r="A7" s="2" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="30">
       <c r="A8" s="2" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="30">
       <c r="A9" s="2" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D9" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="30">
       <c r="A10" s="2" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
+    <row r="11" spans="1:4" ht="15">
       <c r="A11" s="2" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="2">
         <v>973</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="45">
       <c r="A12" s="2" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="2">
         <v>951</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="60">
+    <row r="13" spans="1:4" ht="45">
       <c r="A13" s="2" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="2">
         <v>951</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="30">
       <c r="A14" s="2" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="45">
+    <row r="15" spans="1:4" ht="30">
       <c r="A15" s="2" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="2">
         <v>944</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="45">
+    <row r="16" spans="1:4" ht="30">
       <c r="A16" s="2" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="2">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="30">
       <c r="A17" s="2" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="30">
       <c r="A18" s="2" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="30">
       <c r="A19" s="2" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="2">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="30">
       <c r="A20" s="2" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="30">
       <c r="A21" s="2" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="2">
         <v>84</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="30">
+    <row r="22" spans="1:4" ht="15">
       <c r="A22" s="2" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D22" s="2">
         <v>952</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="45">
+    <row r="23" spans="1:4" ht="30">
       <c r="A23" s="2" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D23" s="2">
         <v>60</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="30">
+    <row r="24" spans="1:4" ht="15">
       <c r="A24" s="2" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D24" s="2">
         <v>64</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="45">
+    <row r="25" spans="1:4" ht="30">
       <c r="A25" s="2" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D25" s="2">
         <v>974</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" ht="15">
       <c r="A26" s="2" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D26" s="2">
         <v>984</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:4" ht="15">
       <c r="A27" s="2" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="2">
         <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="45">
       <c r="A28" s="2" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="2">
         <v>977</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="30">
       <c r="A29" s="2" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D29" s="2">
         <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="45">
       <c r="A30" s="2" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D30" s="2">
         <v>578</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="45">
       <c r="A31" s="2" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="30">
       <c r="A32" s="2" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2">
         <v>986</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="30">
       <c r="A33" s="2" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D33" s="2">
         <v>975</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="30">
       <c r="A34" s="2" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D34" s="2">
         <v>952</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="30">
       <c r="A35" s="2" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D35" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="45">
       <c r="A36" s="2" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D36" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="30">
       <c r="A37" s="2" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D37" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="30">
       <c r="A38" s="2" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D38" s="2">
         <v>950</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="30">
       <c r="A39" s="2" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D39" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="45">
       <c r="A40" s="2" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D40" s="2">
         <v>136</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="75">
+    <row r="41" spans="1:4" ht="60">
       <c r="A41" s="2" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D41" s="2">
         <v>950</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="30">
       <c r="A42" s="2" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D42" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="30">
       <c r="A43" s="2" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D43" s="2">
         <v>156</v>
       </c>
     </row>
-    <row r="44" spans="1:4">
+    <row r="44" spans="1:4" ht="15">
       <c r="A44" s="2" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="45">
+    <row r="45" spans="1:4" ht="30">
       <c r="A45" s="2" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="30">
       <c r="A46" s="2" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="2">
         <v>174</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="30">
+    <row r="47" spans="1:4" ht="15">
       <c r="A47" s="2" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D47" s="2">
         <v>950</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="45">
+    <row r="48" spans="1:4" ht="30">
       <c r="A48" s="2" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="2">
         <v>554</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="30">
       <c r="A49" s="2" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D49" s="2">
         <v>410</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="45">
+    <row r="50" spans="1:4" ht="30">
       <c r="A50" s="2" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="2">
         <v>408</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="45">
       <c r="A51" s="2" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D51" s="2">
         <v>188</v>
       </c>
     </row>
-    <row r="52" spans="1:4">
+    <row r="52" spans="1:4" ht="15">
       <c r="A52" s="2" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="30">
       <c r="A53" s="2" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D53" s="2">
         <v>952</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="30">
       <c r="A54" s="2" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D54" s="2">
         <v>328</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="30">
       <c r="A55" s="2" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D55" s="2">
         <v>340</v>
       </c>
     </row>
-    <row r="56" spans="1:4">
+    <row r="56" spans="1:4" ht="15">
       <c r="A56" s="2" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D56" s="2">
         <v>348</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="30">
       <c r="A57" s="2" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D57" s="2">
         <v>826</v>
       </c>
     </row>
-    <row r="58" spans="1:4" ht="45">
+    <row r="58" spans="1:4" ht="30">
       <c r="A58" s="2" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D58" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="30">
       <c r="A59" s="2" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D59" s="2">
         <v>208</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="45">
       <c r="A60" s="2" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D60" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="60">
       <c r="A61" s="2" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D61" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="30">
       <c r="A62" s="2" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D62" s="2">
         <v>356</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="45">
       <c r="A63" s="2" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D63" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="30">
       <c r="A64" s="2" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D64" s="2">
         <v>364</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="30">
       <c r="A65" s="2" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D65" s="2">
         <v>368</v>
       </c>
     </row>
-    <row r="66" spans="1:4">
+    <row r="66" spans="1:4" ht="15">
       <c r="A66" s="2" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D66" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="30">
       <c r="A67" s="2" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D67" s="2">
         <v>352</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="45">
       <c r="A68" s="2" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D68" s="2">
         <v>376</v>
       </c>
     </row>
-    <row r="69" spans="1:4">
+    <row r="69" spans="1:4" ht="15">
       <c r="A69" s="2" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D69" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="30">
       <c r="A70" s="2" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D70" s="2">
         <v>388</v>
       </c>
     </row>
-    <row r="71" spans="1:4">
+    <row r="71" spans="1:4" ht="15">
       <c r="A71" s="2" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D71" s="2">
         <v>392</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="30">
       <c r="A72" s="2" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D72" s="2">
         <v>826</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="30">
       <c r="A73" s="2" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D73" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="30">
       <c r="A74" s="2" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D74" s="2">
         <v>398</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="30">
       <c r="A75" s="2" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D75" s="2">
         <v>404</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="30">
       <c r="A76" s="2" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D76" s="2">
         <v>417</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="30">
       <c r="A77" s="2" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D77" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="30">
       <c r="A78" s="2" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D78" s="2">
         <v>414</v>
       </c>
     </row>
-    <row r="79" spans="1:4">
+    <row r="79" spans="1:4" ht="15">
       <c r="A79" s="2" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D79" s="2">
         <v>418</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="45">
       <c r="A80" s="2" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D80" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="30">
       <c r="A81" s="2" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D81" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="30">
       <c r="A82" s="2" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D82" s="2">
         <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="30">
       <c r="A83" s="2" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D83" s="2">
         <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="30">
       <c r="A84" s="2" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D84" s="2">
         <v>434</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="30">
       <c r="A85" s="2" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D85" s="2">
         <v>756</v>
       </c>
     </row>
-    <row r="86" spans="1:4">
+    <row r="86" spans="1:4" ht="15">
       <c r="A86" s="2" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D86" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="30">
       <c r="A87" s="2" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D87" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="88" spans="1:4">
+    <row r="88" spans="1:4" ht="15">
       <c r="A88" s="2" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D88" s="2">
         <v>446</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="45">
       <c r="A89" s="2" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D89" s="2">
         <v>807</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="30">
       <c r="A90" s="2" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D90" s="2">
         <v>969</v>
       </c>
     </row>
-    <row r="91" spans="1:4">
+    <row r="91" spans="1:4" ht="15">
       <c r="A91" s="2" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D91" s="2">
         <v>454</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="30">
       <c r="A92" s="2" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D92" s="2">
         <v>462</v>
       </c>
     </row>
-    <row r="93" spans="1:4" ht="30">
+    <row r="93" spans="1:4" ht="15">
       <c r="A93" s="2" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D93" s="2">
         <v>952</v>
       </c>
     </row>
-    <row r="94" spans="1:4">
+    <row r="94" spans="1:4" ht="15">
       <c r="A94" s="2" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D94" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="30">
       <c r="A95" s="2" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D95" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="30">
       <c r="A96" s="2" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D96" s="2">
         <v>480</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="30">
       <c r="A97" s="2" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D97" s="2">
         <v>478</v>
       </c>
     </row>
     <row r="98" spans="1:4" ht="30">
       <c r="A98" s="2" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D98" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="30">
       <c r="A99" s="2" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D99" s="2">
         <v>484</v>
       </c>
     </row>
     <row r="100" spans="1:4" ht="75">
       <c r="A100" s="2" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="60">
       <c r="A101" s="2" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D101" s="2">
         <v>498</v>
       </c>
     </row>
-    <row r="102" spans="1:4">
+    <row r="102" spans="1:4" ht="15">
       <c r="A102" s="2" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D102" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="30">
       <c r="A103" s="2" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D103" s="2">
         <v>496</v>
       </c>
     </row>
     <row r="104" spans="1:4" ht="30">
       <c r="A104" s="2" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D104" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="105" spans="1:4" ht="45">
       <c r="A105" s="2" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D105" s="2">
         <v>951</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="30">
       <c r="A106" s="2" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D106" s="2">
         <v>504</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="30">
       <c r="A107" s="2" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D107" s="2">
         <v>943</v>
       </c>
     </row>
     <row r="108" spans="1:4" ht="30">
       <c r="A108" s="2" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D108" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="30">
       <c r="A109" s="2" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D109" s="2">
         <v>516</v>
       </c>
     </row>
     <row r="110" spans="1:4" ht="30">
       <c r="A110" s="2" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D110" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:4" ht="30">
       <c r="A111" s="2" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D111" s="2">
         <v>558</v>
       </c>
     </row>
-    <row r="112" spans="1:4" ht="30">
+    <row r="112" spans="1:4" ht="15">
       <c r="A112" s="2" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D112" s="2">
         <v>952</v>
       </c>
     </row>
-    <row r="113" spans="1:4" ht="60">
+    <row r="113" spans="1:4" ht="45">
       <c r="A113" s="2" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D113" s="2">
         <v>554</v>
       </c>
     </row>
     <row r="114" spans="1:4" ht="30">
       <c r="A114" s="2" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D114" s="2">
         <v>524</v>
       </c>
     </row>
     <row r="115" spans="1:4" ht="30">
       <c r="A115" s="2" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D115" s="2">
         <v>512</v>
       </c>
     </row>
     <row r="116" spans="1:4" ht="45">
       <c r="A116" s="2" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D116" s="2">
         <v>800</v>
       </c>
     </row>
     <row r="117" spans="1:4" ht="45">
       <c r="A117" s="2" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D117" s="2">
         <v>860</v>
       </c>
     </row>
     <row r="118" spans="1:4" ht="30">
       <c r="A118" s="2" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D118" s="2">
         <v>586</v>
       </c>
     </row>
-    <row r="119" spans="1:4">
+    <row r="119" spans="1:4" ht="15">
       <c r="A119" s="2" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D119" s="2">
         <v>840</v>
       </c>
     </row>
-    <row r="120" spans="1:4">
+    <row r="120" spans="1:4" ht="15">
       <c r="A120" s="2" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="2">
         <v>590</v>
       </c>
     </row>
-    <row r="121" spans="1:4" ht="75">
+    <row r="121" spans="1:4" ht="60">
       <c r="A121" s="2" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D121" s="2">
         <v>598</v>
       </c>
     </row>
     <row r="122" spans="1:4" ht="30">
       <c r="A122" s="2" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D122" s="2">
         <v>600</v>
       </c>
     </row>
     <row r="123" spans="1:4" ht="30">
       <c r="A123" s="2" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D123" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="124" spans="1:4" ht="60">
       <c r="A124" s="2" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D124" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="125" spans="1:4" ht="30">
       <c r="A125" s="2" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D125" s="2">
         <v>604</v>
       </c>
     </row>
     <row r="126" spans="1:4" ht="30">
       <c r="A126" s="2" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D126" s="2">
         <v>608</v>
       </c>
     </row>
-    <row r="127" spans="1:4" ht="45">
+    <row r="127" spans="1:4" ht="30">
       <c r="A127" s="2" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D127" s="2">
         <v>554</v>
       </c>
     </row>
     <row r="128" spans="1:4" ht="30">
       <c r="A128" s="2" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D128" s="2">
         <v>985</v>
       </c>
     </row>
     <row r="129" spans="1:4" ht="60">
       <c r="A129" s="2" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D129" s="2">
         <v>953</v>
       </c>
     </row>
     <row r="130" spans="1:4" ht="30">
       <c r="A130" s="2" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D130" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="131" spans="1:4" ht="30">
       <c r="A131" s="2" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D131" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="132" spans="1:4" ht="30">
+    <row r="132" spans="1:4" ht="15">
       <c r="A132" s="2" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D132" s="2">
         <v>634</v>
       </c>
     </row>
     <row r="133" spans="1:4" ht="30">
       <c r="A133" s="2" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D133" s="2">
         <v>946</v>
       </c>
     </row>
     <row r="134" spans="1:4" ht="30">
       <c r="A134" s="2" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D134" s="2">
         <v>826</v>
       </c>
     </row>
     <row r="135" spans="1:4" ht="45">
       <c r="A135" s="2" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D135" s="2">
         <v>643</v>
       </c>
     </row>
     <row r="136" spans="1:4" ht="30">
       <c r="A136" s="2" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D136" s="2">
         <v>646</v>
       </c>
     </row>
     <row r="137" spans="1:4" ht="60">
       <c r="A137" s="2" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D137" s="2">
         <v>214</v>
       </c>
     </row>
-    <row r="138" spans="1:4" ht="60">
+    <row r="138" spans="1:4" ht="45">
       <c r="A138" s="2" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D138" s="2">
         <v>203</v>
       </c>
     </row>
-    <row r="139" spans="1:4">
+    <row r="139" spans="1:4" ht="15">
       <c r="A139" s="2" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D139" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="140" spans="1:4" ht="45">
       <c r="A140" s="2" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D140" s="2">
         <v>504</v>
       </c>
     </row>
     <row r="141" spans="1:4" ht="45">
       <c r="A141" s="2" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D141" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="142" spans="1:4" ht="45">
       <c r="A142" s="2" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D142" s="2">
         <v>951</v>
       </c>
     </row>
     <row r="143" spans="1:4" ht="30">
       <c r="A143" s="2" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D143" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="144" spans="1:4" ht="75">
       <c r="A144" s="2" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D144" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="145" spans="1:4" ht="75">
       <c r="A145" s="2" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D145" s="2">
         <v>951</v>
       </c>
     </row>
-    <row r="146" spans="1:4">
+    <row r="146" spans="1:4" ht="15">
       <c r="A146" s="2" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="2">
         <v>882</v>
       </c>
     </row>
     <row r="147" spans="1:4" ht="45">
       <c r="A147" s="2" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="2">
         <v>840</v>
       </c>
     </row>
-    <row r="148" spans="1:4" ht="60">
+    <row r="148" spans="1:4" ht="45">
       <c r="A148" s="2" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D148" s="2">
         <v>678</v>
       </c>
     </row>
     <row r="149" spans="1:4" ht="30">
       <c r="A149" s="2" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D149" s="2">
         <v>941</v>
       </c>
     </row>
     <row r="150" spans="1:4" ht="45">
       <c r="A150" s="2" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D150" s="2">
         <v>690</v>
       </c>
     </row>
     <row r="151" spans="1:4" ht="30">
       <c r="A151" s="2" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D151" s="2">
         <v>760</v>
       </c>
     </row>
-    <row r="152" spans="1:4" ht="30">
+    <row r="152" spans="1:4" ht="15">
       <c r="A152" s="2" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D152" s="2">
         <v>952</v>
       </c>
     </row>
     <row r="153" spans="1:4" ht="30">
       <c r="A153" s="2" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D153" s="2">
         <v>972</v>
       </c>
     </row>
     <row r="154" spans="1:4" ht="45">
       <c r="A154" s="2" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D154" s="2">
         <v>901</v>
       </c>
     </row>
     <row r="155" spans="1:4" ht="30">
       <c r="A155" s="2" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D155" s="2">
         <v>834</v>
       </c>
     </row>
-    <row r="156" spans="1:4" ht="30">
+    <row r="156" spans="1:4" ht="15">
       <c r="A156" s="2" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D156" s="2">
         <v>950</v>
       </c>
     </row>
     <row r="157" spans="1:4" ht="90">
       <c r="A157" s="2" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D157" s="2">
         <v>840</v>
       </c>
     </row>
-    <row r="158" spans="1:4">
+    <row r="158" spans="1:4" ht="15">
       <c r="A158" s="2" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D158" s="2">
         <v>776</v>
       </c>
     </row>
     <row r="159" spans="1:4" ht="45">
       <c r="A159" s="2" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D159" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="160" spans="1:4" ht="30">
       <c r="A160" s="2" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D160" s="2">
         <v>967</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="45">
       <c r="A161" s="2" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D161" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="75">
       <c r="A162" s="2" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:4" ht="60">
       <c r="A163" s="2" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D163" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="164" spans="1:4" ht="30">
       <c r="A164" s="2" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D164" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="165" spans="1:4" ht="45">
       <c r="A165" s="2" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="C165" s="2"/>
       <c r="D165" s="2">
         <v>682</v>
       </c>
     </row>
     <row r="166" spans="1:4" ht="30">
       <c r="A166" s="2" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="C166" s="2"/>
       <c r="D166" s="2">
         <v>32</v>
       </c>
     </row>
     <row r="167" spans="1:4" ht="30">
       <c r="A167" s="2" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="C167" s="2"/>
       <c r="D167" s="2">
         <v>51</v>
       </c>
     </row>
     <row r="168" spans="1:4" ht="30">
       <c r="A168" s="2" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="C168" s="2"/>
       <c r="D168" s="2">
         <v>533</v>
       </c>
     </row>
     <row r="169" spans="1:4" ht="30">
       <c r="A169" s="2" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="C169" s="2"/>
       <c r="D169" s="2">
         <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:4" ht="45">
       <c r="A170" s="2" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="C170" s="2"/>
       <c r="D170" s="2">
         <v>931</v>
       </c>
     </row>
     <row r="171" spans="1:4" ht="30">
       <c r="A171" s="2" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>542</v>
+        <v>532</v>
       </c>
       <c r="C171" s="2"/>
       <c r="D171" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="172" spans="1:4" ht="60">
       <c r="A172" s="2" t="s">
-        <v>543</v>
+        <v>533</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="C172" s="2"/>
       <c r="D172" s="2">
         <v>532</v>
       </c>
     </row>
     <row r="173" spans="1:4" ht="30">
       <c r="A173" s="2" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C173" s="2"/>
       <c r="D173" s="2">
         <v>952</v>
       </c>
     </row>
     <row r="174" spans="1:4" ht="30">
       <c r="A174" s="2" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="C174" s="2"/>
       <c r="D174" s="2">
         <v>208</v>
       </c>
     </row>
     <row r="175" spans="1:4" ht="30">
       <c r="A175" s="2" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="C175" s="2"/>
       <c r="D175" s="2">
         <v>262</v>
       </c>
     </row>
     <row r="176" spans="1:4" ht="45">
       <c r="A176" s="2" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C176" s="2"/>
       <c r="D176" s="2">
         <v>951</v>
       </c>
     </row>
     <row r="177" spans="1:4" ht="30">
       <c r="A177" s="2" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="C177" s="2"/>
       <c r="D177" s="2">
         <v>818</v>
       </c>
     </row>
     <row r="178" spans="1:4" ht="30">
       <c r="A178" s="2" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C178" s="2"/>
       <c r="D178" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="179" spans="1:4" ht="30">
       <c r="A179" s="2" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="C179" s="2"/>
       <c r="D179" s="2">
         <v>232</v>
       </c>
     </row>
-    <row r="180" spans="1:4" ht="30">
+    <row r="180" spans="1:4" ht="15">
       <c r="A180" s="2" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C180" s="2"/>
       <c r="D180" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="181" spans="1:4">
+    <row r="181" spans="1:4" ht="15">
       <c r="A181" s="2" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C181" s="2"/>
       <c r="D181" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="182" spans="1:4" ht="45">
       <c r="A182" s="2" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="C182" s="2"/>
       <c r="D182" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:4" ht="45">
       <c r="A183" s="2" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="C183" s="2"/>
       <c r="D183" s="2">
         <v>238</v>
       </c>
     </row>
     <row r="184" spans="1:4" ht="30">
       <c r="A184" s="2" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="C184" s="2"/>
       <c r="D184" s="2">
         <v>242</v>
       </c>
     </row>
-    <row r="185" spans="1:4" ht="30">
+    <row r="185" spans="1:4" ht="15">
       <c r="A185" s="2" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C185" s="2"/>
       <c r="D185" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="186" spans="1:4">
+    <row r="186" spans="1:4" ht="15">
       <c r="A186" s="2" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C186" s="2"/>
       <c r="D186" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="187" spans="1:4" ht="30">
+    <row r="187" spans="1:4" ht="15">
       <c r="A187" s="2" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C187" s="2"/>
       <c r="D187" s="2">
         <v>950</v>
       </c>
     </row>
-    <row r="188" spans="1:4">
+    <row r="188" spans="1:4" ht="15">
       <c r="A188" s="2" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="C188" s="2"/>
       <c r="D188" s="2">
         <v>270</v>
       </c>
     </row>
-    <row r="189" spans="1:4" ht="30">
+    <row r="189" spans="1:4" ht="15">
       <c r="A189" s="2" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="C189" s="2"/>
       <c r="D189" s="2">
         <v>981</v>
       </c>
     </row>
     <row r="190" spans="1:4" ht="30">
       <c r="A190" s="2" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="C190" s="2"/>
       <c r="D190" s="2">
         <v>936</v>
       </c>
     </row>
     <row r="191" spans="1:4" ht="30">
       <c r="A191" s="2" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="C191" s="2"/>
       <c r="D191" s="2">
         <v>292</v>
       </c>
     </row>
-    <row r="192" spans="1:4">
+    <row r="192" spans="1:4" ht="15">
       <c r="A192" s="2" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C192" s="2"/>
       <c r="D192" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="193" spans="1:4" ht="45">
       <c r="A193" s="2" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C193" s="2"/>
       <c r="D193" s="2">
         <v>951</v>
       </c>
     </row>
     <row r="194" spans="1:4" ht="30">
       <c r="A194" s="2" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="C194" s="2"/>
       <c r="D194" s="2">
         <v>208</v>
       </c>
     </row>
     <row r="195" spans="1:4" ht="30">
       <c r="A195" s="2" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C195" s="2"/>
       <c r="D195" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="196" spans="1:4">
+    <row r="196" spans="1:4" ht="15">
       <c r="A196" s="2" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C196" s="2"/>
       <c r="D196" s="2">
         <v>840</v>
       </c>
     </row>
     <row r="197" spans="1:4" ht="30">
       <c r="A197" s="2" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="C197" s="2"/>
       <c r="D197" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:4" ht="30">
       <c r="A198" s="2" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="C198" s="2"/>
       <c r="D198" s="2">
         <v>826</v>
       </c>
     </row>
     <row r="199" spans="1:4" ht="30">
       <c r="A199" s="2" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="C199" s="2"/>
       <c r="D199" s="2">
         <v>324</v>
       </c>
     </row>
     <row r="200" spans="1:4" ht="45">
       <c r="A200" s="2" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C200" s="2"/>
       <c r="D200" s="2">
         <v>950</v>
       </c>
     </row>
     <row r="201" spans="1:4" ht="45">
       <c r="A201" s="2" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C201" s="2"/>
       <c r="D201" s="2">
         <v>978</v>
       </c>
     </row>
-    <row r="202" spans="1:4">
+    <row r="202" spans="1:4" ht="15">
       <c r="A202" s="2" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="C202" s="2"/>
       <c r="D202" s="2">
         <v>332</v>
       </c>
     </row>
     <row r="203" spans="1:4" ht="45">
       <c r="A203" s="2" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="C203" s="2"/>
       <c r="D203" s="2">
         <v>344</v>
       </c>
     </row>
     <row r="204" spans="1:4" ht="30">
       <c r="A204" s="2" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="C204" s="2"/>
       <c r="D204" s="2">
         <v>458</v>
       </c>
     </row>
-    <row r="205" spans="1:4">
+    <row r="205" spans="1:4" ht="15">
       <c r="A205" s="2" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="C205" s="2"/>
       <c r="D205" s="2">
         <v>566</v>
       </c>
     </row>
-    <row r="206" spans="1:4" ht="45">
+    <row r="206" spans="1:4" ht="30">
       <c r="A206" s="2" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="C206" s="2"/>
       <c r="D206" s="2">
         <v>554</v>
       </c>
     </row>
     <row r="207" spans="1:4" ht="45">
       <c r="A207" s="2" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C207" s="2"/>
       <c r="D207" s="2">
         <v>578</v>
       </c>
     </row>
     <row r="208" spans="1:4" ht="60">
       <c r="A208" s="2" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C208" s="2"/>
       <c r="D208" s="2">
         <v>953</v>
       </c>
     </row>
     <row r="209" spans="1:4" ht="30">
       <c r="A209" s="2" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="C209" s="2"/>
       <c r="D209" s="2">
         <v>694</v>
       </c>
     </row>
     <row r="210" spans="1:4" ht="45">
       <c r="A210" s="2" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="C210" s="2"/>
       <c r="D210" s="2">
         <v>702</v>
       </c>
     </row>
     <row r="211" spans="1:4" ht="30">
       <c r="A211" s="2" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C211" s="2"/>
       <c r="D211" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="212" spans="1:4" ht="30">
       <c r="A212" s="2" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C212" s="2"/>
       <c r="D212" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="213" spans="1:4" ht="45">
       <c r="A213" s="2" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C213" s="2"/>
       <c r="D213" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="214" spans="1:4" ht="30">
       <c r="A214" s="2" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="C214" s="2"/>
       <c r="D214" s="2">
         <v>706</v>
       </c>
     </row>
-    <row r="215" spans="1:4" ht="45">
+    <row r="215" spans="1:4" ht="30">
       <c r="A215" s="2" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="C215" s="2"/>
       <c r="D215" s="2">
         <v>938</v>
       </c>
     </row>
     <row r="216" spans="1:4" ht="45">
       <c r="A216" s="2" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="C216" s="2"/>
       <c r="D216" s="2">
         <v>728</v>
       </c>
     </row>
-    <row r="217" spans="1:4" ht="45">
+    <row r="217" spans="1:4" ht="30">
       <c r="A217" s="2" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="C217" s="2"/>
       <c r="D217" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="218" spans="1:4" ht="30">
       <c r="A218" s="2" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="C218" s="2"/>
       <c r="D218" s="2">
         <v>756</v>
       </c>
     </row>
     <row r="219" spans="1:4" ht="30">
       <c r="A219" s="2" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="C219" s="2"/>
       <c r="D219" s="2">
         <v>968</v>
       </c>
     </row>
     <row r="220" spans="1:4" ht="30">
       <c r="A220" s="2" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="C220" s="2"/>
       <c r="D220" s="2">
         <v>752</v>
       </c>
     </row>
-    <row r="221" spans="1:4" ht="60">
+    <row r="221" spans="1:4" ht="45">
       <c r="A221" s="2" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="C221" s="2"/>
       <c r="D221" s="2">
         <v>578</v>
       </c>
     </row>
     <row r="222" spans="1:4" ht="30">
       <c r="A222" s="2" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="C222" s="2"/>
       <c r="D222" s="2">
         <v>748</v>
       </c>
     </row>
     <row r="223" spans="1:4" ht="75">
       <c r="A223" s="2" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C223" s="2"/>
       <c r="D223" s="2">
         <v>978</v>
       </c>
     </row>
     <row r="224" spans="1:4" ht="30">
       <c r="A224" s="2" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="C224" s="2"/>
       <c r="D224" s="2">
         <v>764</v>
       </c>
     </row>
     <row r="225" spans="1:4" ht="45">
       <c r="A225" s="2" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C225" s="2"/>
       <c r="D225" s="2">
         <v>840</v>
       </c>
     </row>
-    <row r="226" spans="1:4" ht="30">
+    <row r="226" spans="1:4" ht="15">
       <c r="A226" s="2" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C226" s="2"/>
       <c r="D226" s="2">
         <v>952</v>
       </c>
     </row>
     <row r="227" spans="1:4" ht="30">
       <c r="A227" s="2" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="C227" s="2"/>
       <c r="D227" s="2">
         <v>554</v>
       </c>
     </row>
     <row r="228" spans="1:4" ht="45">
       <c r="A228" s="2" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="C228" s="2"/>
       <c r="D228" s="2">
         <v>780</v>
       </c>
     </row>
     <row r="229" spans="1:4" ht="30">
       <c r="A229" s="2" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="C229" s="2"/>
       <c r="D229" s="2">
         <v>788</v>
       </c>
     </row>
     <row r="230" spans="1:4" ht="30">
       <c r="A230" s="2" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="C230" s="2"/>
       <c r="D230" s="2">
         <v>934</v>
       </c>
     </row>
     <row r="231" spans="1:4" ht="30">
       <c r="A231" s="2" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="C231" s="2"/>
       <c r="D231" s="2">
         <v>949</v>
       </c>
     </row>
     <row r="232" spans="1:4" ht="45">
       <c r="A232" s="2" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="C232" s="2"/>
       <c r="D232" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="233" spans="1:4">
+    <row r="233" spans="1:4" ht="15">
       <c r="A233" s="2" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
       <c r="C233" s="2"/>
       <c r="D233" s="2">
         <v>980</v>
       </c>
     </row>
     <row r="234" spans="1:4" ht="45">
       <c r="A234" s="2" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="C234" s="2"/>
       <c r="D234" s="2">
         <v>784</v>
       </c>
     </row>
-    <row r="235" spans="1:4" ht="45">
+    <row r="235" spans="1:4" ht="30">
       <c r="A235" s="2" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="C235" s="2"/>
       <c r="D235" s="2">
         <v>858</v>
       </c>
     </row>
-    <row r="236" spans="1:4" ht="30">
+    <row r="236" spans="1:4" ht="15">
       <c r="A236" s="2" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="C236" s="2"/>
       <c r="D236" s="2">
         <v>548</v>
       </c>
     </row>
     <row r="237" spans="1:4" ht="30">
       <c r="A237" s="2" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="C237" s="2"/>
       <c r="D237" s="2">
         <v>937</v>
       </c>
     </row>
-    <row r="238" spans="1:4">
+    <row r="238" spans="1:4" ht="15">
       <c r="A238" s="2" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="C238" s="2"/>
       <c r="D238" s="2">
         <v>704</v>
       </c>
     </row>
     <row r="239" spans="1:4" ht="45">
       <c r="A239" s="2" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C239" s="2"/>
       <c r="D239" s="2">
         <v>953</v>
       </c>
     </row>
     <row r="240" spans="1:4" ht="30">
       <c r="A240" s="2" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="C240" s="2"/>
       <c r="D240" s="2">
         <v>886</v>
       </c>
     </row>
-    <row r="241" spans="1:4" ht="45">
+    <row r="241" spans="1:4" ht="30">
       <c r="A241" s="2" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="C241" s="2"/>
       <c r="D241" s="2">
         <v>932</v>
       </c>
     </row>
     <row r="242" spans="1:4" ht="60">
       <c r="A242" s="2" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C242" s="2"/>
       <c r="D242" s="2">
         <v>840</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil4"/>
-  <dimension ref="A1:V239"/>
+  <dimension ref="A1:X239"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView topLeftCell="A37" workbookViewId="0">
+      <selection activeCell="O10" sqref="O10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
-    <col min="2" max="11" width="10.140625" bestFit="1" customWidth="1"/>
-    <col min="14" max="22" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="12" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="15" max="24" width="10.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="18.75">
-[...13 lines deleted...]
-    <row r="2" spans="1:22" ht="15.75">
+    <row r="1" spans="1:24" ht="18">
+      <c r="A1" s="50" t="s">
+        <v>667</v>
+      </c>
+      <c r="D1" t="s">
+        <v>675</v>
+      </c>
+      <c r="N1" s="50" t="s">
+        <v>668</v>
+      </c>
+      <c r="O1" t="s">
+        <v>676</v>
+      </c>
+      <c r="P1" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24" ht="15.6">
       <c r="A2" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="53">
+      <c r="B2" s="51">
+        <v>2025</v>
+      </c>
+      <c r="C2" s="51">
         <v>2024</v>
       </c>
-      <c r="C2" s="53">
+      <c r="D2" s="51">
         <v>2023</v>
       </c>
-      <c r="D2" s="53">
+      <c r="E2" s="51">
         <v>2022</v>
       </c>
-      <c r="E2" s="53">
+      <c r="F2" s="51">
         <v>2021</v>
       </c>
-      <c r="F2" s="53">
+      <c r="G2" s="51">
         <v>2020</v>
       </c>
-      <c r="G2" s="53">
+      <c r="H2" s="51">
         <v>2019</v>
       </c>
-      <c r="H2" s="53">
+      <c r="I2" s="51">
         <v>2018</v>
       </c>
-      <c r="I2" s="53">
+      <c r="J2" s="51">
         <v>2017</v>
       </c>
-      <c r="J2" s="53">
+      <c r="K2" s="51">
         <v>2016</v>
       </c>
-      <c r="K2" s="53">
+      <c r="L2" s="51">
         <v>2015</v>
       </c>
-      <c r="L2" s="53"/>
-      <c r="M2" s="54" t="s">
+      <c r="M2" s="51"/>
+      <c r="N2" s="52" t="s">
         <v>14</v>
       </c>
-      <c r="N2" s="53">
+      <c r="O2" s="51">
+        <v>2025</v>
+      </c>
+      <c r="P2" s="51">
         <v>2024</v>
       </c>
-      <c r="O2" s="53">
+      <c r="Q2" s="51">
         <v>2023</v>
       </c>
-      <c r="P2" s="53">
+      <c r="R2" s="51">
         <v>2022</v>
       </c>
-      <c r="Q2" s="53">
+      <c r="S2" s="51">
         <v>2021</v>
       </c>
-      <c r="R2" s="53">
+      <c r="T2" s="51">
         <v>2020</v>
       </c>
-      <c r="S2" s="53">
+      <c r="U2" s="51">
         <v>2019</v>
       </c>
-      <c r="T2" s="53">
+      <c r="V2" s="51">
         <v>2018</v>
       </c>
-      <c r="U2" s="53">
+      <c r="W2" s="51">
         <v>2017</v>
       </c>
-      <c r="V2" s="53">
+      <c r="X2" s="51">
         <v>2016</v>
       </c>
     </row>
-    <row r="3" spans="1:22">
+    <row r="3" spans="1:24" ht="15">
       <c r="A3" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="B3">
+      <c r="B3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C3">
         <v>0.36499999999999999</v>
       </c>
-      <c r="C3">
+      <c r="D3">
         <v>0.35970000000000002</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K3" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M3" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L3" t="s">
+        <v>669</v>
+      </c>
+      <c r="N3" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="N3">
+      <c r="O3" t="s">
+        <v>669</v>
+      </c>
+      <c r="P3">
         <v>0.38300000000000001</v>
       </c>
-      <c r="O3">
+      <c r="Q3">
         <v>0.35970000000000002</v>
       </c>
-      <c r="P3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U3" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V3" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W3" t="s">
+        <v>669</v>
+      </c>
+      <c r="X3" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" ht="15">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K4" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M4" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L4" t="s">
+        <v>669</v>
+      </c>
+      <c r="N4" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U4" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V4" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W4" t="s">
+        <v>669</v>
+      </c>
+      <c r="X4" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" ht="15">
       <c r="A5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K5" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M5" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L5" t="s">
+        <v>669</v>
+      </c>
+      <c r="N5" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="N5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U5" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V5" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W5" t="s">
+        <v>669</v>
+      </c>
+      <c r="X5" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" ht="15">
       <c r="A6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K6" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M6" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L6" t="s">
+        <v>669</v>
+      </c>
+      <c r="N6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V6" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W6" t="s">
+        <v>669</v>
+      </c>
+      <c r="X6" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" ht="15">
       <c r="A7" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K7" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M7" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L7" t="s">
+        <v>669</v>
+      </c>
+      <c r="N7" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="N7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U7" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V7" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W7" t="s">
+        <v>669</v>
+      </c>
+      <c r="X7" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" ht="15">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K8" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M8" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L8" t="s">
+        <v>669</v>
+      </c>
+      <c r="N8" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="N8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U8" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V8" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W8" t="s">
+        <v>669</v>
+      </c>
+      <c r="X8" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" ht="15">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K9" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M9" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L9" t="s">
+        <v>669</v>
+      </c>
+      <c r="N9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="N9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U9" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V9" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      <c r="A10" s="73" t="s">
+        <v>669</v>
+      </c>
+      <c r="W9" t="s">
+        <v>669</v>
+      </c>
+      <c r="X9" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" s="20" customFormat="1" ht="15.6">
+      <c r="A10" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="21">
+      <c r="B10" s="83">
+        <v>0.90090000000000003</v>
+      </c>
+      <c r="C10" s="20">
         <v>0.90349999999999997</v>
       </c>
-      <c r="C10" s="21">
+      <c r="D10" s="20">
         <v>0.89670000000000005</v>
       </c>
-      <c r="D10" s="21">
+      <c r="E10" s="20">
         <v>0.90339999999999998</v>
       </c>
-      <c r="E10" s="21">
+      <c r="F10" s="20">
         <v>0.94199999999999995</v>
       </c>
-      <c r="F10" s="21">
+      <c r="G10" s="20">
         <v>0.92469999999999997</v>
       </c>
-      <c r="G10" s="21">
-[...14 lines deleted...]
-      <c r="M10" s="73" t="s">
+      <c r="H10" s="20" t="e">
+        <f>VLOOKUP(G10,'Devises FX'!$A$2:$L$200,VLOOKUP($C$1,Années!$A$3:$D$17,3,FALSE),FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="I10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="J10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="K10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="L10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="N10" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="N10" s="21">
+      <c r="O10" s="20">
+        <v>0.91469999999999996</v>
+      </c>
+      <c r="P10" s="20">
         <v>0.89149999999999996</v>
       </c>
-      <c r="O10" s="21">
+      <c r="Q10" s="20">
         <v>0.90010000000000001</v>
       </c>
-      <c r="P10" s="21" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="21">
+      <c r="R10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="S10" s="20">
         <v>0.92049999999999998</v>
       </c>
-      <c r="R10" s="21">
+      <c r="T10" s="20">
         <v>0.98350000000000004</v>
       </c>
-      <c r="S10" s="21">
+      <c r="U10" s="20">
         <v>0.91220000000000001</v>
       </c>
-      <c r="T10" s="21" t="s">
-[...9 lines deleted...]
-    <row r="11" spans="1:22">
+      <c r="V10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="W10" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="X10" s="20" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" ht="15">
       <c r="A11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K11" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M11" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L11" t="s">
+        <v>669</v>
+      </c>
+      <c r="N11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U11" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V11" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W11" t="s">
+        <v>669</v>
+      </c>
+      <c r="X11" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" ht="15">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K12" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M12" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L12" t="s">
+        <v>669</v>
+      </c>
+      <c r="N12" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="N12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U12" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V12" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W12" t="s">
+        <v>669</v>
+      </c>
+      <c r="X12" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" ht="15">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K13" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M13" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L13" t="s">
+        <v>669</v>
+      </c>
+      <c r="N13" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="N13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V13" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W13" t="s">
+        <v>669</v>
+      </c>
+      <c r="X13" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" ht="15">
       <c r="A14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K14" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M14" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L14" t="s">
+        <v>669</v>
+      </c>
+      <c r="N14" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="N14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U14" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V14" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W14" t="s">
+        <v>669</v>
+      </c>
+      <c r="X14" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" ht="15">
       <c r="A15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K15" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M15" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L15" t="s">
+        <v>669</v>
+      </c>
+      <c r="N15" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="N15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U15" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V15" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W15" t="s">
+        <v>669</v>
+      </c>
+      <c r="X15" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" ht="15">
       <c r="A16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K16" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M16" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L16" t="s">
+        <v>669</v>
+      </c>
+      <c r="N16" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="N16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U16" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V16" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W16" t="s">
+        <v>669</v>
+      </c>
+      <c r="X16" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" ht="15">
       <c r="A17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K17" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M17" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L17" t="s">
+        <v>669</v>
+      </c>
+      <c r="N17" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="N17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U17" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V17" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W17" t="s">
+        <v>669</v>
+      </c>
+      <c r="X17" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" ht="15">
       <c r="A18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K18" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M18" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L18" t="s">
+        <v>669</v>
+      </c>
+      <c r="N18" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="N18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U18" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V18" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W18" t="s">
+        <v>669</v>
+      </c>
+      <c r="X18" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" ht="15">
       <c r="A19" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K19" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M19" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L19" t="s">
+        <v>669</v>
+      </c>
+      <c r="N19" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="N19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U19" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V19" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W19" t="s">
+        <v>669</v>
+      </c>
+      <c r="X19" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" ht="15">
       <c r="A20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K20" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M20" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L20" t="s">
+        <v>669</v>
+      </c>
+      <c r="N20" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="N20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U20" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V20" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W20" t="s">
+        <v>669</v>
+      </c>
+      <c r="X20" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" ht="15">
       <c r="A21" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K21" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M21" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L21" t="s">
+        <v>669</v>
+      </c>
+      <c r="N21" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="N21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U21" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V21" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W21" t="s">
+        <v>669</v>
+      </c>
+      <c r="X21" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" ht="15">
       <c r="A22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K22" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M22" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L22" t="s">
+        <v>669</v>
+      </c>
+      <c r="N22" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="N22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V22" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W22" t="s">
+        <v>669</v>
+      </c>
+      <c r="X22" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" ht="15">
       <c r="A23" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K23" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M23" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L23" t="s">
+        <v>669</v>
+      </c>
+      <c r="N23" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="N23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U23" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V23" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W23" t="s">
+        <v>669</v>
+      </c>
+      <c r="X23" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" ht="15">
       <c r="A24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K24" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M24" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L24" t="s">
+        <v>669</v>
+      </c>
+      <c r="N24" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U24" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V24" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W24" t="s">
+        <v>669</v>
+      </c>
+      <c r="X24" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" ht="15">
       <c r="A25" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K25" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M25" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L25" t="s">
+        <v>669</v>
+      </c>
+      <c r="N25" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="N25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U25" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V25" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W25" t="s">
+        <v>669</v>
+      </c>
+      <c r="X25" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" ht="15">
       <c r="A26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K26" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M26" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L26" t="s">
+        <v>669</v>
+      </c>
+      <c r="N26" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="N26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U26" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V26" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W26" t="s">
+        <v>669</v>
+      </c>
+      <c r="X26" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" ht="15">
       <c r="A27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K27" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M27" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L27" t="s">
+        <v>669</v>
+      </c>
+      <c r="N27" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="N27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U27" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V27" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W27" t="s">
+        <v>669</v>
+      </c>
+      <c r="X27" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" ht="15">
       <c r="A28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K28" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M28" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L28" t="s">
+        <v>669</v>
+      </c>
+      <c r="N28" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="N28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U28" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V28" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:22" ht="15.75">
+        <v>669</v>
+      </c>
+      <c r="W28" t="s">
+        <v>669</v>
+      </c>
+      <c r="X28" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" ht="15.6">
       <c r="A29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B29">
         <v>1</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29">
         <v>1</v>
       </c>
-      <c r="K29" t="s">
-[...2 lines deleted...]
-      <c r="M29" s="1" t="s">
+      <c r="K29">
+        <v>1</v>
+      </c>
+      <c r="L29" t="s">
+        <v>669</v>
+      </c>
+      <c r="N29" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="O29">
         <v>1</v>
       </c>
       <c r="P29">
         <v>1</v>
       </c>
       <c r="Q29">
         <v>1</v>
       </c>
       <c r="R29">
         <v>1</v>
       </c>
       <c r="S29">
         <v>1</v>
       </c>
       <c r="T29">
         <v>1</v>
       </c>
       <c r="U29">
         <v>1</v>
       </c>
       <c r="V29">
         <v>1</v>
       </c>
-    </row>
-    <row r="30" spans="1:22">
+      <c r="W29">
+        <v>1</v>
+      </c>
+      <c r="X29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" ht="15">
       <c r="A30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K30" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M30" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L30" t="s">
+        <v>669</v>
+      </c>
+      <c r="N30" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="N30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U30" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V30" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W30" t="s">
+        <v>669</v>
+      </c>
+      <c r="X30" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" ht="15">
       <c r="A31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K31" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M31" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L31" t="s">
+        <v>669</v>
+      </c>
+      <c r="N31" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="N31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U31" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V31" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W31" t="s">
+        <v>669</v>
+      </c>
+      <c r="X31" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" ht="15">
       <c r="A32" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K32" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M32" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L32" t="s">
+        <v>669</v>
+      </c>
+      <c r="N32" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="N32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U32" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V32" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W32" t="s">
+        <v>669</v>
+      </c>
+      <c r="X32" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" ht="15">
       <c r="A33" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K33" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M33" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L33" t="s">
+        <v>669</v>
+      </c>
+      <c r="N33" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="N33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U33" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V33" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W33" t="s">
+        <v>669</v>
+      </c>
+      <c r="X33" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" ht="15">
       <c r="A34" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K34" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M34" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L34" t="s">
+        <v>669</v>
+      </c>
+      <c r="N34" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="N34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U34" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V34" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W34" t="s">
+        <v>669</v>
+      </c>
+      <c r="X34" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" ht="15">
       <c r="A35" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K35" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M35" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L35" t="s">
+        <v>669</v>
+      </c>
+      <c r="N35" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="N35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U35" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V35" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W35" t="s">
+        <v>669</v>
+      </c>
+      <c r="X35" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" ht="15">
       <c r="A36" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K36" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M36" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L36" t="s">
+        <v>669</v>
+      </c>
+      <c r="N36" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="N36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U36" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V36" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W36" t="s">
+        <v>669</v>
+      </c>
+      <c r="X36" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" ht="15">
       <c r="A37" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K37" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M37" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L37" t="s">
+        <v>669</v>
+      </c>
+      <c r="N37" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="N37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U37" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V37" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W37" t="s">
+        <v>669</v>
+      </c>
+      <c r="X37" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" ht="15">
       <c r="A38" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K38" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M38" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L38" t="s">
+        <v>669</v>
+      </c>
+      <c r="N38" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="N38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U38" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V38" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W38" t="s">
+        <v>669</v>
+      </c>
+      <c r="X38" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" ht="15">
       <c r="A39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K39" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M39" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L39" t="s">
+        <v>669</v>
+      </c>
+      <c r="N39" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="N39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U39" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V39" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W39" t="s">
+        <v>669</v>
+      </c>
+      <c r="X39" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" ht="15">
       <c r="A40" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K40" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M40" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L40" t="s">
+        <v>669</v>
+      </c>
+      <c r="N40" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="N40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U40" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V40" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W40" t="s">
+        <v>669</v>
+      </c>
+      <c r="X40" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" ht="15">
       <c r="A41" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K41" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M41" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L41" t="s">
+        <v>669</v>
+      </c>
+      <c r="N41" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="N41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U41" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V41" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W41" t="s">
+        <v>669</v>
+      </c>
+      <c r="X41" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" ht="15">
       <c r="A42" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K42" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M42" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L42" t="s">
+        <v>669</v>
+      </c>
+      <c r="N42" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="N42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U42" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V42" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W42" t="s">
+        <v>669</v>
+      </c>
+      <c r="X42" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" ht="15">
       <c r="A43" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K43" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M43" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L43" t="s">
+        <v>669</v>
+      </c>
+      <c r="N43" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="N43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U43" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V43" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W43" t="s">
+        <v>669</v>
+      </c>
+      <c r="X43" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" ht="15">
       <c r="A44" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K44" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M44" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L44" t="s">
+        <v>669</v>
+      </c>
+      <c r="N44" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="N44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U44" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V44" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W44" t="s">
+        <v>669</v>
+      </c>
+      <c r="X44" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" ht="15">
       <c r="A45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K45" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M45" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L45" t="s">
+        <v>669</v>
+      </c>
+      <c r="N45" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="N45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U45" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V45" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W45" t="s">
+        <v>669</v>
+      </c>
+      <c r="X45" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" ht="15">
       <c r="A46" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K46" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M46" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L46" t="s">
+        <v>669</v>
+      </c>
+      <c r="N46" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="N46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U46" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V46" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W46" t="s">
+        <v>669</v>
+      </c>
+      <c r="X46" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" ht="15">
       <c r="A47" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K47" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M47" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L47" t="s">
+        <v>669</v>
+      </c>
+      <c r="N47" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="N47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U47" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V47" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W47" t="s">
+        <v>669</v>
+      </c>
+      <c r="X47" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" ht="15">
       <c r="A48" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K48" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M48" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L48" t="s">
+        <v>669</v>
+      </c>
+      <c r="N48" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="N48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U48" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V48" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:22" ht="15.75">
+        <v>669</v>
+      </c>
+      <c r="W48" t="s">
+        <v>669</v>
+      </c>
+      <c r="X48" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" ht="15.6">
       <c r="A49" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B49">
+      <c r="B49" s="10">
+        <v>1.5782</v>
+      </c>
+      <c r="C49">
         <v>1.4818</v>
       </c>
-      <c r="C49">
+      <c r="D49">
         <v>1.4597</v>
       </c>
-      <c r="D49">
+      <c r="E49">
         <v>1.3695999999999999</v>
       </c>
-      <c r="E49">
+      <c r="F49">
         <v>1.4827999999999999</v>
       </c>
-      <c r="F49">
+      <c r="G49">
         <v>1.5298</v>
       </c>
-      <c r="G49">
+      <c r="H49">
         <v>1.4856</v>
       </c>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I49" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J49" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K49" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M49" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="L49" t="s">
+        <v>669</v>
+      </c>
+      <c r="N49" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="N49">
+      <c r="O49" s="10">
+        <v>1.6089</v>
+      </c>
+      <c r="P49">
         <v>1.4927999999999999</v>
       </c>
-      <c r="O49">
+      <c r="Q49">
         <v>1.4625999999999999</v>
       </c>
-      <c r="P49">
+      <c r="R49">
         <v>1.4458</v>
       </c>
-      <c r="Q49">
+      <c r="S49">
         <v>1.4391</v>
       </c>
-      <c r="R49">
+      <c r="T49">
         <v>1.5608</v>
       </c>
-      <c r="S49">
+      <c r="U49">
         <v>1.4582999999999999</v>
       </c>
-      <c r="T49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V49" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W49" t="s">
+        <v>669</v>
+      </c>
+      <c r="X49" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24" ht="15">
       <c r="A50" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K50" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M50" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L50" t="s">
+        <v>669</v>
+      </c>
+      <c r="N50" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="N50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U50" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V50" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W50" t="s">
+        <v>669</v>
+      </c>
+      <c r="X50" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" ht="15">
       <c r="A51" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K51" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M51" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L51" t="s">
+        <v>669</v>
+      </c>
+      <c r="N51" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="N51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U51" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V51" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W51" t="s">
+        <v>669</v>
+      </c>
+      <c r="X51" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" ht="15">
       <c r="A52" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B52">
+      <c r="B52" s="84">
+        <v>1.8420000000000001</v>
+      </c>
+      <c r="C52">
         <v>1.7504</v>
       </c>
-      <c r="C52">
+      <c r="D52">
         <v>1.6783999999999999</v>
       </c>
-      <c r="D52">
+      <c r="E52">
         <v>1.6075999999999999</v>
       </c>
-      <c r="E52">
+      <c r="F52">
         <v>1.7245999999999999</v>
       </c>
-      <c r="F52">
+      <c r="G52">
         <v>1.7199</v>
       </c>
-      <c r="G52">
+      <c r="H52">
         <v>1.6944999999999999</v>
       </c>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J52" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K52" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M52" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L52" t="s">
+        <v>669</v>
+      </c>
+      <c r="N52" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="N52">
+      <c r="O52" s="10">
+        <v>1.8428</v>
+      </c>
+      <c r="P52">
         <v>1.8028999999999999</v>
       </c>
-      <c r="O52">
+      <c r="Q52">
         <v>1.6837</v>
       </c>
-      <c r="P52">
+      <c r="R52">
         <v>1.6322000000000001</v>
       </c>
-      <c r="Q52">
+      <c r="S52">
         <v>1.7132000000000001</v>
       </c>
-      <c r="R52">
+      <c r="T52">
         <v>1.7381</v>
       </c>
-      <c r="S52">
+      <c r="U52">
         <v>1.7174</v>
       </c>
-      <c r="T52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V52" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W52" t="s">
+        <v>669</v>
+      </c>
+      <c r="X52" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" ht="15">
       <c r="A53" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K53" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M53" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L53" t="s">
+        <v>669</v>
+      </c>
+      <c r="N53" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="N53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U53" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V53" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W53" t="s">
+        <v>669</v>
+      </c>
+      <c r="X53" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" ht="15">
       <c r="A54" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K54" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M54" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L54" t="s">
+        <v>669</v>
+      </c>
+      <c r="N54" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="N54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U54" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V54" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W54" t="s">
+        <v>669</v>
+      </c>
+      <c r="X54" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" ht="15">
       <c r="A55" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K55" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M55" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L55" t="s">
+        <v>669</v>
+      </c>
+      <c r="N55" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="N55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U55" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V55" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W55" t="s">
+        <v>669</v>
+      </c>
+      <c r="X55" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24" ht="15">
       <c r="A56" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K56" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M56" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L56" t="s">
+        <v>669</v>
+      </c>
+      <c r="N56" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="N56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U56" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V56" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W56" t="s">
+        <v>669</v>
+      </c>
+      <c r="X56" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" ht="15">
       <c r="A57" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K57" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M57" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L57" t="s">
+        <v>669</v>
+      </c>
+      <c r="N57" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="N57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U57" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V57" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W57" t="s">
+        <v>669</v>
+      </c>
+      <c r="X57" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24" ht="15">
       <c r="A58" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K58" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M58" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L58" t="s">
+        <v>669</v>
+      </c>
+      <c r="N58" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="N58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U58" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V58" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W58" t="s">
+        <v>669</v>
+      </c>
+      <c r="X58" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" ht="15">
       <c r="A59" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K59" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M59" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L59" t="s">
+        <v>669</v>
+      </c>
+      <c r="N59" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="N59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U59" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V59" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W59" t="s">
+        <v>669</v>
+      </c>
+      <c r="X59" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" ht="15">
       <c r="A60" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K60" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M60" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L60" t="s">
+        <v>669</v>
+      </c>
+      <c r="N60" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="N60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U60" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V60" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W60" t="s">
+        <v>669</v>
+      </c>
+      <c r="X60" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" ht="15">
       <c r="A61" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K61" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M61" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L61" t="s">
+        <v>669</v>
+      </c>
+      <c r="N61" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="N61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U61" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V61" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W61" t="s">
+        <v>669</v>
+      </c>
+      <c r="X61" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" ht="15">
       <c r="A62" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K62" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M62" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L62" t="s">
+        <v>669</v>
+      </c>
+      <c r="N62" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="N62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U62" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V62" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W62" t="s">
+        <v>669</v>
+      </c>
+      <c r="X62" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24" ht="15">
       <c r="A63" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K63" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M63" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L63" t="s">
+        <v>669</v>
+      </c>
+      <c r="N63" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="N63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U63" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V63" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W63" t="s">
+        <v>669</v>
+      </c>
+      <c r="X63" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24" ht="15">
       <c r="A64" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K64" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M64" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L64" t="s">
+        <v>669</v>
+      </c>
+      <c r="N64" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="N64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U64" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V64" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W64" t="s">
+        <v>669</v>
+      </c>
+      <c r="X64" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24" ht="15">
       <c r="A65" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K65" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M65" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L65" t="s">
+        <v>669</v>
+      </c>
+      <c r="N65" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="N65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U65" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V65" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W65" t="s">
+        <v>669</v>
+      </c>
+      <c r="X65" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24" ht="15">
       <c r="A66" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K66" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M66" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L66" t="s">
+        <v>669</v>
+      </c>
+      <c r="N66" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="N66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U66" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V66" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W66" t="s">
+        <v>669</v>
+      </c>
+      <c r="X66" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24" ht="15">
       <c r="A67" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K67" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M67" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L67" t="s">
+        <v>669</v>
+      </c>
+      <c r="N67" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="N67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U67" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V67" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W67" t="s">
+        <v>669</v>
+      </c>
+      <c r="X67" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24" ht="15">
       <c r="A68" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K68" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M68" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L68" t="s">
+        <v>669</v>
+      </c>
+      <c r="N68" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="N68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U68" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V68" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W68" t="s">
+        <v>669</v>
+      </c>
+      <c r="X68" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24" ht="15">
       <c r="A69" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K69" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M69" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L69" t="s">
+        <v>669</v>
+      </c>
+      <c r="N69" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="N69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U69" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V69" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W69" t="s">
+        <v>669</v>
+      </c>
+      <c r="X69" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24" ht="15">
       <c r="A70" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K70" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M70" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L70" t="s">
+        <v>669</v>
+      </c>
+      <c r="N70" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="N70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U70" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V70" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W70" t="s">
+        <v>669</v>
+      </c>
+      <c r="X70" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24" ht="15">
       <c r="A71" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K71" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M71" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L71" t="s">
+        <v>669</v>
+      </c>
+      <c r="N71" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="N71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U71" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V71" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W71" t="s">
+        <v>669</v>
+      </c>
+      <c r="X71" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24" ht="15">
       <c r="A72" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K72" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M72" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L72" t="s">
+        <v>669</v>
+      </c>
+      <c r="N72" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="N72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U72" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V72" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W72" t="s">
+        <v>669</v>
+      </c>
+      <c r="X72" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24" ht="15">
       <c r="A73" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K73" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M73" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L73" t="s">
+        <v>669</v>
+      </c>
+      <c r="N73" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="N73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U73" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V73" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W73" t="s">
+        <v>669</v>
+      </c>
+      <c r="X73" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24" ht="15">
       <c r="A74" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K74" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M74" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L74" t="s">
+        <v>669</v>
+      </c>
+      <c r="N74" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="N74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U74" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V74" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W74" t="s">
+        <v>669</v>
+      </c>
+      <c r="X74" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24" ht="15">
       <c r="A75" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K75" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M75" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L75" t="s">
+        <v>669</v>
+      </c>
+      <c r="N75" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="N75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U75" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V75" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W75" t="s">
+        <v>669</v>
+      </c>
+      <c r="X75" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24" ht="15">
       <c r="A76" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K76" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M76" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L76" t="s">
+        <v>669</v>
+      </c>
+      <c r="N76" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="N76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U76" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V76" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W76" t="s">
+        <v>669</v>
+      </c>
+      <c r="X76" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24" ht="15">
       <c r="A77" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K77" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M77" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L77" t="s">
+        <v>669</v>
+      </c>
+      <c r="N77" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="N77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U77" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V77" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W77" t="s">
+        <v>669</v>
+      </c>
+      <c r="X77" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24" ht="15">
       <c r="A78" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K78" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M78" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L78" t="s">
+        <v>669</v>
+      </c>
+      <c r="N78" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="N78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U78" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V78" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W78" t="s">
+        <v>669</v>
+      </c>
+      <c r="X78" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24" ht="15">
       <c r="A79" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K79" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M79" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L79" t="s">
+        <v>669</v>
+      </c>
+      <c r="N79" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="N79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U79" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V79" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W79" t="s">
+        <v>669</v>
+      </c>
+      <c r="X79" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24" ht="15">
       <c r="A80" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K80" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M80" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L80" t="s">
+        <v>669</v>
+      </c>
+      <c r="N80" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="N80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U80" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V80" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W80" t="s">
+        <v>669</v>
+      </c>
+      <c r="X80" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24" ht="15">
       <c r="A81" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K81" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M81" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L81" t="s">
+        <v>669</v>
+      </c>
+      <c r="N81" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="N81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U81" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V81" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W81" t="s">
+        <v>669</v>
+      </c>
+      <c r="X81" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24" ht="15">
       <c r="A82" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K82" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M82" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L82" t="s">
+        <v>669</v>
+      </c>
+      <c r="N82" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="N82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U82" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V82" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W82" t="s">
+        <v>669</v>
+      </c>
+      <c r="X82" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24" ht="15">
       <c r="A83" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K83" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M83" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L83" t="s">
+        <v>669</v>
+      </c>
+      <c r="N83" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="N83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U83" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V83" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W83" t="s">
+        <v>669</v>
+      </c>
+      <c r="X83" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24" ht="15">
       <c r="A84" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K84" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M84" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L84" t="s">
+        <v>669</v>
+      </c>
+      <c r="N84" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="N84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U84" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V84" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W84" t="s">
+        <v>669</v>
+      </c>
+      <c r="X84" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24" ht="15">
       <c r="A85" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K85" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M85" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L85" t="s">
+        <v>669</v>
+      </c>
+      <c r="N85" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="N85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U85" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V85" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W85" t="s">
+        <v>669</v>
+      </c>
+      <c r="X85" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24" ht="15">
       <c r="A86" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K86" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M86" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L86" t="s">
+        <v>669</v>
+      </c>
+      <c r="N86" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="N86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U86" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V86" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W86" t="s">
+        <v>669</v>
+      </c>
+      <c r="X86" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="87" spans="1:24" ht="15">
       <c r="A87" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K87" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M87" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L87" t="s">
+        <v>669</v>
+      </c>
+      <c r="N87" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="N87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U87" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V87" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W87" t="s">
+        <v>669</v>
+      </c>
+      <c r="X87" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24" ht="15">
       <c r="A88" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K88" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M88" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L88" t="s">
+        <v>669</v>
+      </c>
+      <c r="N88" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="N88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U88" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V88" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W88" t="s">
+        <v>669</v>
+      </c>
+      <c r="X88" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24" ht="15">
       <c r="A89" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K89" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M89" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L89" t="s">
+        <v>669</v>
+      </c>
+      <c r="N89" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="N89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U89" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V89" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W89" t="s">
+        <v>669</v>
+      </c>
+      <c r="X89" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24" ht="15">
       <c r="A90" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K90" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M90" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L90" t="s">
+        <v>669</v>
+      </c>
+      <c r="N90" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="N90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U90" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V90" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W90" t="s">
+        <v>669</v>
+      </c>
+      <c r="X90" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24" ht="15">
       <c r="A91" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K91" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M91" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L91" t="s">
+        <v>669</v>
+      </c>
+      <c r="N91" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="N91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U91" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V91" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W91" t="s">
+        <v>669</v>
+      </c>
+      <c r="X91" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="92" spans="1:24" ht="15">
       <c r="A92" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K92" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M92" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L92" t="s">
+        <v>669</v>
+      </c>
+      <c r="N92" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="N92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U92" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V92" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W92" t="s">
+        <v>669</v>
+      </c>
+      <c r="X92" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24" ht="15">
       <c r="A93" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K93" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M93" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L93" t="s">
+        <v>669</v>
+      </c>
+      <c r="N93" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="N93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U93" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V93" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W93" t="s">
+        <v>669</v>
+      </c>
+      <c r="X93" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24" ht="15">
       <c r="A94" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K94" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M94" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L94" t="s">
+        <v>669</v>
+      </c>
+      <c r="N94" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="N94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U94" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V94" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W94" t="s">
+        <v>669</v>
+      </c>
+      <c r="X94" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="95" spans="1:24" ht="15">
       <c r="A95" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K95" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M95" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L95" t="s">
+        <v>669</v>
+      </c>
+      <c r="N95" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="N95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U95" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V95" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W95" t="s">
+        <v>669</v>
+      </c>
+      <c r="X95" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="96" spans="1:24" ht="15">
       <c r="A96" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K96" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M96" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L96" t="s">
+        <v>669</v>
+      </c>
+      <c r="N96" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="N96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U96" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V96" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W96" t="s">
+        <v>669</v>
+      </c>
+      <c r="X96" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="97" spans="1:24" ht="15">
       <c r="A97" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K97" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M97" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L97" t="s">
+        <v>669</v>
+      </c>
+      <c r="N97" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="N97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U97" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V97" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W97" t="s">
+        <v>669</v>
+      </c>
+      <c r="X97" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="98" spans="1:24" ht="15">
       <c r="A98" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K98" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M98" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L98" t="s">
+        <v>669</v>
+      </c>
+      <c r="N98" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="N98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U98" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V98" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W98" t="s">
+        <v>669</v>
+      </c>
+      <c r="X98" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="99" spans="1:24" ht="15">
       <c r="A99" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="B99">
+      <c r="B99" s="10">
+        <v>7.2840000000000002E-2</v>
+      </c>
+      <c r="C99">
         <v>7.5200000000000003E-2</v>
       </c>
-      <c r="C99">
+      <c r="D99">
         <v>7.6179999999999998E-2</v>
       </c>
-      <c r="D99">
+      <c r="E99">
         <v>6.472E-2</v>
       </c>
-      <c r="E99">
+      <c r="F99">
         <v>6.1809999999999997E-2</v>
       </c>
-      <c r="F99">
+      <c r="G99">
         <v>6.2670000000000003E-2</v>
       </c>
-      <c r="G99">
+      <c r="H99">
         <v>6.8940000000000001E-2</v>
       </c>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I99" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J99" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K99" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M99" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L99" t="s">
+        <v>669</v>
+      </c>
+      <c r="N99" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="N99">
+      <c r="O99" s="10">
+        <v>7.6219999999999996E-2</v>
+      </c>
+      <c r="P99">
         <v>6.9290000000000004E-2</v>
       </c>
-      <c r="O99">
+      <c r="Q99">
         <v>7.8179999999999999E-2</v>
       </c>
-      <c r="P99">
+      <c r="R99">
         <v>6.9489999999999996E-2</v>
       </c>
-      <c r="Q99">
+      <c r="S99">
         <v>6.2089999999999999E-2</v>
       </c>
-      <c r="R99">
+      <c r="T99">
         <v>6.404E-2</v>
       </c>
-      <c r="S99">
+      <c r="U99">
         <v>6.8820000000000006E-2</v>
       </c>
-      <c r="T99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V99" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W99" t="s">
+        <v>669</v>
+      </c>
+      <c r="X99" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="100" spans="1:24" ht="15">
       <c r="A100" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K100" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M100" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L100" t="s">
+        <v>669</v>
+      </c>
+      <c r="N100" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="N100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U100" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V100" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W100" t="s">
+        <v>669</v>
+      </c>
+      <c r="X100" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="101" spans="1:24" ht="15">
       <c r="A101" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K101" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M101" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L101" t="s">
+        <v>669</v>
+      </c>
+      <c r="N101" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="N101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U101" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V101" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W101" t="s">
+        <v>669</v>
+      </c>
+      <c r="X101" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="102" spans="1:24" ht="15">
       <c r="A102" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K102" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M102" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L102" t="s">
+        <v>669</v>
+      </c>
+      <c r="N102" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="N102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U102" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V102" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W102" t="s">
+        <v>669</v>
+      </c>
+      <c r="X102" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="103" spans="1:24" ht="15">
       <c r="A103" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K103" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M103" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L103" t="s">
+        <v>669</v>
+      </c>
+      <c r="N103" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="N103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U103" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V103" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W103" t="s">
+        <v>669</v>
+      </c>
+      <c r="X103" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="104" spans="1:24" ht="15">
       <c r="A104" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K104" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M104" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L104" t="s">
+        <v>669</v>
+      </c>
+      <c r="N104" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="N104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U104" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V104" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W104" t="s">
+        <v>669</v>
+      </c>
+      <c r="X104" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="105" spans="1:24" ht="15">
       <c r="A105" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K105" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M105" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L105" t="s">
+        <v>669</v>
+      </c>
+      <c r="N105" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="N105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U105" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V105" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W105" t="s">
+        <v>669</v>
+      </c>
+      <c r="X105" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="106" spans="1:24" ht="15">
       <c r="A106" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K106" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M106" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L106" t="s">
+        <v>669</v>
+      </c>
+      <c r="N106" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="N106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U106" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V106" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W106" t="s">
+        <v>669</v>
+      </c>
+      <c r="X106" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="107" spans="1:24" ht="15">
       <c r="A107" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K107" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M107" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L107" t="s">
+        <v>669</v>
+      </c>
+      <c r="N107" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="N107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U107" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V107" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W107" t="s">
+        <v>669</v>
+      </c>
+      <c r="X107" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="108" spans="1:24" ht="15">
       <c r="A108" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K108" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M108" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L108" t="s">
+        <v>669</v>
+      </c>
+      <c r="N108" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="N108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U108" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V108" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W108" t="s">
+        <v>669</v>
+      </c>
+      <c r="X108" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="109" spans="1:24" ht="15">
       <c r="A109" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K109" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M109" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L109" t="s">
+        <v>669</v>
+      </c>
+      <c r="N109" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="N109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U109" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V109" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W109" t="s">
+        <v>669</v>
+      </c>
+      <c r="X109" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="110" spans="1:24" ht="15">
       <c r="A110" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K110" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M110" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L110" t="s">
+        <v>669</v>
+      </c>
+      <c r="N110" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="N110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U110" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V110" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W110" t="s">
+        <v>669</v>
+      </c>
+      <c r="X110" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="111" spans="1:24" ht="15">
       <c r="A111" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K111" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M111" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L111" t="s">
+        <v>669</v>
+      </c>
+      <c r="N111" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="N111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U111" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V111" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W111" t="s">
+        <v>669</v>
+      </c>
+      <c r="X111" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="112" spans="1:24" ht="15">
       <c r="A112" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K112" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M112" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L112" t="s">
+        <v>669</v>
+      </c>
+      <c r="N112" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="N112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U112" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V112" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W112" t="s">
+        <v>669</v>
+      </c>
+      <c r="X112" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="113" spans="1:24" ht="15">
       <c r="A113" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K113" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M113" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L113" t="s">
+        <v>669</v>
+      </c>
+      <c r="N113" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="N113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U113" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V113" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W113" t="s">
+        <v>669</v>
+      </c>
+      <c r="X113" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="114" spans="1:24" ht="15">
       <c r="A114" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K114" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M114" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L114" t="s">
+        <v>669</v>
+      </c>
+      <c r="N114" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="N114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U114" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V114" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W114" t="s">
+        <v>669</v>
+      </c>
+      <c r="X114" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="115" spans="1:24" ht="15">
       <c r="A115" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K115" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M115" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L115" t="s">
+        <v>669</v>
+      </c>
+      <c r="N115" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="N115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U115" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V115" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W115" t="s">
+        <v>669</v>
+      </c>
+      <c r="X115" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="116" spans="1:24" ht="15">
       <c r="A116" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K116" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M116" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L116" t="s">
+        <v>669</v>
+      </c>
+      <c r="N116" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="N116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U116" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V116" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W116" t="s">
+        <v>669</v>
+      </c>
+      <c r="X116" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="117" spans="1:24" ht="15">
       <c r="A117" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K117" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M117" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L117" t="s">
+        <v>669</v>
+      </c>
+      <c r="N117" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="N117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U117" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V117" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W117" t="s">
+        <v>669</v>
+      </c>
+      <c r="X117" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="118" spans="1:24" ht="15">
       <c r="A118" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K118" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M118" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L118" t="s">
+        <v>669</v>
+      </c>
+      <c r="N118" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="N118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U118" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V118" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W118" t="s">
+        <v>669</v>
+      </c>
+      <c r="X118" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24" ht="15">
       <c r="A119" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K119" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M119" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L119" t="s">
+        <v>669</v>
+      </c>
+      <c r="N119" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="N119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U119" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V119" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W119" t="s">
+        <v>669</v>
+      </c>
+      <c r="X119" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="120" spans="1:24" ht="15">
       <c r="A120" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K120" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M120" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L120" t="s">
+        <v>669</v>
+      </c>
+      <c r="N120" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="N120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U120" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V120" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W120" t="s">
+        <v>669</v>
+      </c>
+      <c r="X120" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="121" spans="1:24" ht="15">
       <c r="A121" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K121" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M121" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L121" t="s">
+        <v>669</v>
+      </c>
+      <c r="N121" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="N121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U121" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V121" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W121" t="s">
+        <v>669</v>
+      </c>
+      <c r="X121" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="122" spans="1:24" ht="15">
       <c r="A122" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K122" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M122" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L122" t="s">
+        <v>669</v>
+      </c>
+      <c r="N122" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="N122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U122" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V122" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W122" t="s">
+        <v>669</v>
+      </c>
+      <c r="X122" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="123" spans="1:24" ht="15">
       <c r="A123" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K123" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M123" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L123" t="s">
+        <v>669</v>
+      </c>
+      <c r="N123" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="N123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U123" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V123" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W123" t="s">
+        <v>669</v>
+      </c>
+      <c r="X123" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="124" spans="1:24" ht="15">
       <c r="A124" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K124" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M124" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L124" t="s">
+        <v>669</v>
+      </c>
+      <c r="N124" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="N124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U124" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V124" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W124" t="s">
+        <v>669</v>
+      </c>
+      <c r="X124" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="125" spans="1:24" ht="15">
       <c r="A125" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K125" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M125" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L125" t="s">
+        <v>669</v>
+      </c>
+      <c r="N125" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="N125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U125" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V125" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W125" t="s">
+        <v>669</v>
+      </c>
+      <c r="X125" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="126" spans="1:24" ht="15">
       <c r="A126" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K126" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M126" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L126" t="s">
+        <v>669</v>
+      </c>
+      <c r="N126" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="N126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U126" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V126" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W126" t="s">
+        <v>669</v>
+      </c>
+      <c r="X126" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="127" spans="1:24" ht="15">
       <c r="A127" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K127" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M127" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L127" t="s">
+        <v>669</v>
+      </c>
+      <c r="N127" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="N127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U127" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V127" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W127" t="s">
+        <v>669</v>
+      </c>
+      <c r="X127" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="128" spans="1:24" ht="15">
       <c r="A128" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K128" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M128" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L128" t="s">
+        <v>669</v>
+      </c>
+      <c r="N128" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="N128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U128" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V128" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W128" t="s">
+        <v>669</v>
+      </c>
+      <c r="X128" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="129" spans="1:24" ht="15">
       <c r="A129" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K129" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M129" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L129" t="s">
+        <v>669</v>
+      </c>
+      <c r="N129" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="N129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U129" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V129" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W129" t="s">
+        <v>669</v>
+      </c>
+      <c r="X129" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="130" spans="1:24" ht="15">
       <c r="A130" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K130" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M130" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L130" t="s">
+        <v>669</v>
+      </c>
+      <c r="N130" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="N130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U130" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V130" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W130" t="s">
+        <v>669</v>
+      </c>
+      <c r="X130" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="131" spans="1:24" ht="15">
       <c r="A131" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K131" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M131" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L131" t="s">
+        <v>669</v>
+      </c>
+      <c r="N131" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="N131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U131" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V131" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W131" t="s">
+        <v>669</v>
+      </c>
+      <c r="X131" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="132" spans="1:24" ht="15">
       <c r="A132" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K132" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M132" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L132" t="s">
+        <v>669</v>
+      </c>
+      <c r="N132" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="N132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U132" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V132" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W132" t="s">
+        <v>669</v>
+      </c>
+      <c r="X132" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="133" spans="1:24" ht="15">
       <c r="A133" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K133" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M133" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L133" t="s">
+        <v>669</v>
+      </c>
+      <c r="N133" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="N133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U133" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V133" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W133" t="s">
+        <v>669</v>
+      </c>
+      <c r="X133" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="134" spans="1:24" ht="15">
       <c r="A134" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K134" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M134" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L134" t="s">
+        <v>669</v>
+      </c>
+      <c r="N134" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="N134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U134" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V134" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W134" t="s">
+        <v>669</v>
+      </c>
+      <c r="X134" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="135" spans="1:24" ht="15">
       <c r="A135" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K135" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M135" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L135" t="s">
+        <v>669</v>
+      </c>
+      <c r="N135" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="N135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U135" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V135" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W135" t="s">
+        <v>669</v>
+      </c>
+      <c r="X135" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="136" spans="1:24" ht="15">
       <c r="A136" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K136" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M136" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L136" t="s">
+        <v>669</v>
+      </c>
+      <c r="N136" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="N136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U136" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V136" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W136" t="s">
+        <v>669</v>
+      </c>
+      <c r="X136" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="137" spans="1:24" ht="15">
       <c r="A137" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K137" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M137" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L137" t="s">
+        <v>669</v>
+      </c>
+      <c r="N137" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="N137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U137" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V137" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W137" t="s">
+        <v>669</v>
+      </c>
+      <c r="X137" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="138" spans="1:24" ht="15">
       <c r="A138" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K138" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M138" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L138" t="s">
+        <v>669</v>
+      </c>
+      <c r="N138" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="N138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U138" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V138" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W138" t="s">
+        <v>669</v>
+      </c>
+      <c r="X138" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="139" spans="1:24" ht="15">
       <c r="A139" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K139" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M139" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L139" t="s">
+        <v>669</v>
+      </c>
+      <c r="N139" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="N139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U139" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V139" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W139" t="s">
+        <v>669</v>
+      </c>
+      <c r="X139" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="140" spans="1:24" ht="15">
       <c r="A140" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K140" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M140" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L140" t="s">
+        <v>669</v>
+      </c>
+      <c r="N140" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="N140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U140" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V140" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W140" t="s">
+        <v>669</v>
+      </c>
+      <c r="X140" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="141" spans="1:24" ht="15">
       <c r="A141" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K141" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M141" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L141" t="s">
+        <v>669</v>
+      </c>
+      <c r="N141" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="N141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U141" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V141" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W141" t="s">
+        <v>669</v>
+      </c>
+      <c r="X141" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="142" spans="1:24" ht="15">
       <c r="A142" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K142" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M142" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L142" t="s">
+        <v>669</v>
+      </c>
+      <c r="N142" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="N142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U142" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V142" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W142" t="s">
+        <v>669</v>
+      </c>
+      <c r="X142" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="143" spans="1:24" ht="15">
       <c r="A143" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K143" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M143" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L143" t="s">
+        <v>669</v>
+      </c>
+      <c r="N143" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="N143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U143" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V143" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W143" t="s">
+        <v>669</v>
+      </c>
+      <c r="X143" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="144" spans="1:24" ht="15">
       <c r="A144" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K144" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M144" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L144" t="s">
+        <v>669</v>
+      </c>
+      <c r="N144" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="N144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U144" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V144" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W144" t="s">
+        <v>669</v>
+      </c>
+      <c r="X144" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="145" spans="1:24" ht="15">
       <c r="A145" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K145" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M145" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L145" t="s">
+        <v>669</v>
+      </c>
+      <c r="N145" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="N145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U145" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V145" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W145" t="s">
+        <v>669</v>
+      </c>
+      <c r="X145" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="146" spans="1:24" ht="15">
       <c r="A146" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K146" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M146" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L146" t="s">
+        <v>669</v>
+      </c>
+      <c r="N146" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="N146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U146" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V146" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:22" ht="15.75">
+        <v>669</v>
+      </c>
+      <c r="W146" t="s">
+        <v>669</v>
+      </c>
+      <c r="X146" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="147" spans="1:24" ht="15.6">
       <c r="A147" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B147">
+      <c r="B147" s="10">
+        <v>1.3977999999999999</v>
+      </c>
+      <c r="C147">
         <v>1.3697999999999999</v>
       </c>
-      <c r="C147">
+      <c r="D147">
         <v>1.3496999999999999</v>
       </c>
-      <c r="D147">
+      <c r="E147">
         <v>1.3012999999999999</v>
       </c>
-      <c r="E147">
+      <c r="F147">
         <v>1.2535000000000001</v>
       </c>
-      <c r="F147">
+      <c r="G147">
         <v>1.3414999999999999</v>
       </c>
-      <c r="G147">
+      <c r="H147">
         <v>1.3269</v>
       </c>
-      <c r="H147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I147" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J147" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K147" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M147" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="L147" t="s">
+        <v>669</v>
+      </c>
+      <c r="N147" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N147">
+      <c r="O147" s="10">
+        <v>1.3706</v>
+      </c>
+      <c r="P147">
         <v>1.4389000000000001</v>
       </c>
-      <c r="O147">
+      <c r="Q147">
         <v>1.3226</v>
       </c>
-      <c r="P147">
+      <c r="R147">
         <v>1.3544</v>
       </c>
-      <c r="Q147">
+      <c r="S147">
         <v>1.2678</v>
       </c>
-      <c r="R147">
+      <c r="T147">
         <v>1.2732000000000001</v>
       </c>
-      <c r="S147">
+      <c r="U147">
         <v>1.2988</v>
       </c>
-      <c r="T147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V147" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W147" t="s">
+        <v>669</v>
+      </c>
+      <c r="X147" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="148" spans="1:24" ht="15">
       <c r="A148" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K148" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M148" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L148" t="s">
+        <v>669</v>
+      </c>
+      <c r="N148" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="N148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U148" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V148" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W148" t="s">
+        <v>669</v>
+      </c>
+      <c r="X148" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="149" spans="1:24" ht="15">
       <c r="A149" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K149" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M149" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L149" t="s">
+        <v>669</v>
+      </c>
+      <c r="N149" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="N149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U149" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V149" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W149" t="s">
+        <v>669</v>
+      </c>
+      <c r="X149" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="150" spans="1:24" ht="15">
       <c r="A150" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K150" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M150" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L150" t="s">
+        <v>669</v>
+      </c>
+      <c r="N150" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="N150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U150" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V150" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W150" t="s">
+        <v>669</v>
+      </c>
+      <c r="X150" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="151" spans="1:24" ht="15">
       <c r="A151" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K151" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M151" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L151" t="s">
+        <v>669</v>
+      </c>
+      <c r="N151" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="N151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U151" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V151" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W151" t="s">
+        <v>669</v>
+      </c>
+      <c r="X151" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="152" spans="1:24" ht="15">
       <c r="A152" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K152" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M152" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L152" t="s">
+        <v>669</v>
+      </c>
+      <c r="N152" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="N152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U152" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V152" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W152" t="s">
+        <v>669</v>
+      </c>
+      <c r="X152" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="153" spans="1:24" ht="15">
       <c r="A153" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K153" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M153" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L153" t="s">
+        <v>669</v>
+      </c>
+      <c r="N153" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="N153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U153" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V153" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W153" t="s">
+        <v>669</v>
+      </c>
+      <c r="X153" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="154" spans="1:24" ht="15">
       <c r="A154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K154" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M154" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L154" t="s">
+        <v>669</v>
+      </c>
+      <c r="N154" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="N154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U154" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V154" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W154" t="s">
+        <v>669</v>
+      </c>
+      <c r="X154" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="155" spans="1:24" ht="15">
       <c r="A155" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K155" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M155" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L155" t="s">
+        <v>669</v>
+      </c>
+      <c r="N155" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="N155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U155" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V155" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W155" t="s">
+        <v>669</v>
+      </c>
+      <c r="X155" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="156" spans="1:24" ht="15">
       <c r="A156" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K156" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M156" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L156" t="s">
+        <v>669</v>
+      </c>
+      <c r="N156" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="N156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U156" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V156" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W156" t="s">
+        <v>669</v>
+      </c>
+      <c r="X156" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="157" spans="1:24" ht="15">
       <c r="A157" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K157" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M157" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L157" t="s">
+        <v>669</v>
+      </c>
+      <c r="N157" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="N157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U157" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V157" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W157" t="s">
+        <v>669</v>
+      </c>
+      <c r="X157" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="158" spans="1:24" ht="15">
       <c r="A158" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K158" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M158" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L158" t="s">
+        <v>669</v>
+      </c>
+      <c r="N158" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="N158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U158" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V158" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W158" t="s">
+        <v>669</v>
+      </c>
+      <c r="X158" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="159" spans="1:24" ht="15">
       <c r="A159" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K159" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M159" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L159" t="s">
+        <v>669</v>
+      </c>
+      <c r="N159" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="N159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U159" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V159" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W159" t="s">
+        <v>669</v>
+      </c>
+      <c r="X159" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="160" spans="1:24" ht="15">
       <c r="A160" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K160" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M160" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L160" t="s">
+        <v>669</v>
+      </c>
+      <c r="N160" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="N160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U160" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V160" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W160" t="s">
+        <v>669</v>
+      </c>
+      <c r="X160" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="161" spans="1:24" ht="15">
       <c r="A161" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="D161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="E161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="G161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="I161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K161" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="M161" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="L161" t="s">
+        <v>669</v>
+      </c>
+      <c r="N161" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="N161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="P161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="Q161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="R161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="S161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="T161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="U161" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="V161" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:22">
+        <v>669</v>
+      </c>
+      <c r="W161" t="s">
+        <v>669</v>
+      </c>
+      <c r="X161" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="162" spans="1:24" ht="15">
       <c r="A162" s="2"/>
-      <c r="M162" s="2"/>
-[...1 lines deleted...]
-    <row r="163" spans="1:22">
+      <c r="N162" s="2"/>
+    </row>
+    <row r="163" spans="1:24" ht="15">
       <c r="A163" s="2"/>
-      <c r="M163" s="2"/>
-[...1 lines deleted...]
-    <row r="164" spans="1:22">
+      <c r="N163" s="2"/>
+    </row>
+    <row r="164" spans="1:24" ht="15">
       <c r="A164" s="2"/>
-      <c r="M164" s="2"/>
-[...1 lines deleted...]
-    <row r="165" spans="1:22">
+      <c r="N164" s="2"/>
+    </row>
+    <row r="165" spans="1:24" ht="15">
       <c r="A165" s="2"/>
-      <c r="M165" s="2"/>
-[...1 lines deleted...]
-    <row r="166" spans="1:22">
+      <c r="N165" s="2"/>
+    </row>
+    <row r="166" spans="1:24" ht="15">
       <c r="A166" s="2"/>
-      <c r="M166" s="2"/>
-[...1 lines deleted...]
-    <row r="167" spans="1:22">
+      <c r="N166" s="2"/>
+    </row>
+    <row r="167" spans="1:24" ht="15">
       <c r="A167" s="2"/>
-      <c r="M167" s="2"/>
-[...1 lines deleted...]
-    <row r="168" spans="1:22">
+      <c r="N167" s="2"/>
+    </row>
+    <row r="168" spans="1:24" ht="15">
       <c r="A168" s="2"/>
-      <c r="M168" s="2"/>
-[...1 lines deleted...]
-    <row r="169" spans="1:22">
+      <c r="N168" s="2"/>
+    </row>
+    <row r="169" spans="1:24" ht="15">
       <c r="A169" s="2"/>
-      <c r="M169" s="2"/>
-[...1 lines deleted...]
-    <row r="170" spans="1:22">
+      <c r="N169" s="2"/>
+    </row>
+    <row r="170" spans="1:24" ht="15">
       <c r="A170" s="2"/>
-      <c r="M170" s="2"/>
-[...1 lines deleted...]
-    <row r="171" spans="1:22">
+      <c r="N170" s="2"/>
+    </row>
+    <row r="171" spans="1:24" ht="15">
       <c r="A171" s="2"/>
-      <c r="M171" s="2"/>
-[...1 lines deleted...]
-    <row r="172" spans="1:22">
+      <c r="N171" s="2"/>
+    </row>
+    <row r="172" spans="1:24" ht="15">
       <c r="A172" s="2"/>
-      <c r="M172" s="2"/>
-[...1 lines deleted...]
-    <row r="173" spans="1:22">
+      <c r="N172" s="2"/>
+    </row>
+    <row r="173" spans="1:24" ht="15">
       <c r="A173" s="2"/>
-      <c r="M173" s="2"/>
-[...1 lines deleted...]
-    <row r="174" spans="1:22">
+      <c r="N173" s="2"/>
+    </row>
+    <row r="174" spans="1:24" ht="15">
       <c r="A174" s="2"/>
-      <c r="M174" s="2"/>
-[...1 lines deleted...]
-    <row r="175" spans="1:22">
+      <c r="N174" s="2"/>
+    </row>
+    <row r="175" spans="1:24" ht="15">
       <c r="A175" s="2"/>
-      <c r="M175" s="2"/>
-[...1 lines deleted...]
-    <row r="176" spans="1:22">
+      <c r="N175" s="2"/>
+    </row>
+    <row r="176" spans="1:24" ht="15">
       <c r="A176" s="2"/>
-      <c r="M176" s="2"/>
-[...1 lines deleted...]
-    <row r="177" spans="1:13">
+      <c r="N176" s="2"/>
+    </row>
+    <row r="177" spans="1:14" ht="15">
       <c r="A177" s="2"/>
-      <c r="M177" s="2"/>
-[...1 lines deleted...]
-    <row r="178" spans="1:13">
+      <c r="N177" s="2"/>
+    </row>
+    <row r="178" spans="1:14" ht="15">
       <c r="A178" s="2"/>
-      <c r="M178" s="2"/>
-[...1 lines deleted...]
-    <row r="179" spans="1:13">
+      <c r="N178" s="2"/>
+    </row>
+    <row r="179" spans="1:14" ht="15">
       <c r="A179" s="2"/>
-      <c r="M179" s="2"/>
-[...1 lines deleted...]
-    <row r="180" spans="1:13">
+      <c r="N179" s="2"/>
+    </row>
+    <row r="180" spans="1:14" ht="15">
       <c r="A180" s="2"/>
-      <c r="M180" s="2"/>
-[...1 lines deleted...]
-    <row r="181" spans="1:13">
+      <c r="N180" s="2"/>
+    </row>
+    <row r="181" spans="1:14" ht="15">
       <c r="A181" s="2"/>
-      <c r="M181" s="2"/>
-[...1 lines deleted...]
-    <row r="182" spans="1:13">
+      <c r="N181" s="2"/>
+    </row>
+    <row r="182" spans="1:14" ht="15">
       <c r="A182" s="2"/>
-      <c r="M182" s="2"/>
-[...1 lines deleted...]
-    <row r="183" spans="1:13">
+      <c r="N182" s="2"/>
+    </row>
+    <row r="183" spans="1:14" ht="15">
       <c r="A183" s="2"/>
-      <c r="M183" s="2"/>
-[...1 lines deleted...]
-    <row r="184" spans="1:13">
+      <c r="N183" s="2"/>
+    </row>
+    <row r="184" spans="1:14" ht="15">
       <c r="A184" s="2"/>
-      <c r="M184" s="2"/>
-[...1 lines deleted...]
-    <row r="185" spans="1:13">
+      <c r="N184" s="2"/>
+    </row>
+    <row r="185" spans="1:14" ht="15">
       <c r="A185" s="2"/>
-      <c r="M185" s="2"/>
-[...1 lines deleted...]
-    <row r="186" spans="1:13">
+      <c r="N185" s="2"/>
+    </row>
+    <row r="186" spans="1:14" ht="15">
       <c r="A186" s="2"/>
-      <c r="M186" s="2"/>
-[...1 lines deleted...]
-    <row r="187" spans="1:13">
+      <c r="N186" s="2"/>
+    </row>
+    <row r="187" spans="1:14" ht="15">
       <c r="A187" s="2"/>
-      <c r="M187" s="2"/>
-[...1 lines deleted...]
-    <row r="188" spans="1:13">
+      <c r="N187" s="2"/>
+    </row>
+    <row r="188" spans="1:14" ht="15">
       <c r="A188" s="2"/>
-      <c r="M188" s="2"/>
-[...1 lines deleted...]
-    <row r="189" spans="1:13">
+      <c r="N188" s="2"/>
+    </row>
+    <row r="189" spans="1:14" ht="15">
       <c r="A189" s="2"/>
-      <c r="M189" s="2"/>
-[...1 lines deleted...]
-    <row r="190" spans="1:13">
+      <c r="N189" s="2"/>
+    </row>
+    <row r="190" spans="1:14" ht="15">
       <c r="A190" s="2"/>
-      <c r="M190" s="2"/>
-[...1 lines deleted...]
-    <row r="191" spans="1:13">
+      <c r="N190" s="2"/>
+    </row>
+    <row r="191" spans="1:14" ht="15">
       <c r="A191" s="2"/>
-      <c r="M191" s="2"/>
-[...1 lines deleted...]
-    <row r="192" spans="1:13">
+      <c r="N191" s="2"/>
+    </row>
+    <row r="192" spans="1:14" ht="15">
       <c r="A192" s="2"/>
-      <c r="M192" s="2"/>
-[...1 lines deleted...]
-    <row r="193" spans="1:13">
+      <c r="N192" s="2"/>
+    </row>
+    <row r="193" spans="1:14" ht="15">
       <c r="A193" s="2"/>
-      <c r="M193" s="2"/>
-[...1 lines deleted...]
-    <row r="194" spans="1:13">
+      <c r="N193" s="2"/>
+    </row>
+    <row r="194" spans="1:14" ht="15">
       <c r="A194" s="2"/>
-      <c r="M194" s="2"/>
-[...1 lines deleted...]
-    <row r="195" spans="1:13">
+      <c r="N194" s="2"/>
+    </row>
+    <row r="195" spans="1:14" ht="15">
       <c r="A195" s="2"/>
-      <c r="M195" s="2"/>
-[...1 lines deleted...]
-    <row r="196" spans="1:13">
+      <c r="N195" s="2"/>
+    </row>
+    <row r="196" spans="1:14" ht="15">
       <c r="A196" s="2"/>
-      <c r="M196" s="2"/>
-[...1 lines deleted...]
-    <row r="197" spans="1:13">
+      <c r="N196" s="2"/>
+    </row>
+    <row r="197" spans="1:14" ht="15">
       <c r="A197" s="2"/>
-      <c r="M197" s="2"/>
-[...1 lines deleted...]
-    <row r="198" spans="1:13">
+      <c r="N197" s="2"/>
+    </row>
+    <row r="198" spans="1:14" ht="15">
       <c r="A198" s="2"/>
-      <c r="M198" s="2"/>
-[...1 lines deleted...]
-    <row r="199" spans="1:13">
+      <c r="N198" s="2"/>
+    </row>
+    <row r="199" spans="1:14" ht="15">
       <c r="A199" s="2"/>
-      <c r="M199" s="2"/>
-[...1 lines deleted...]
-    <row r="200" spans="1:13">
+      <c r="N199" s="2"/>
+    </row>
+    <row r="200" spans="1:14" ht="15">
       <c r="A200" s="2"/>
-      <c r="M200" s="2"/>
-[...1 lines deleted...]
-    <row r="201" spans="1:13">
+      <c r="N200" s="2"/>
+    </row>
+    <row r="201" spans="1:14" ht="15">
       <c r="A201" s="2"/>
-      <c r="M201" s="2"/>
-[...1 lines deleted...]
-    <row r="202" spans="1:13">
+      <c r="N201" s="2"/>
+    </row>
+    <row r="202" spans="1:14" ht="15">
       <c r="A202" s="2"/>
-      <c r="M202" s="2"/>
-[...1 lines deleted...]
-    <row r="203" spans="1:13">
+      <c r="N202" s="2"/>
+    </row>
+    <row r="203" spans="1:14" ht="15">
       <c r="A203" s="2"/>
-      <c r="M203" s="2"/>
-[...1 lines deleted...]
-    <row r="204" spans="1:13">
+      <c r="N203" s="2"/>
+    </row>
+    <row r="204" spans="1:14" ht="15">
       <c r="A204" s="2"/>
-      <c r="M204" s="2"/>
-[...1 lines deleted...]
-    <row r="205" spans="1:13">
+      <c r="N204" s="2"/>
+    </row>
+    <row r="205" spans="1:14" ht="15">
       <c r="A205" s="2"/>
-      <c r="M205" s="2"/>
-[...1 lines deleted...]
-    <row r="206" spans="1:13">
+      <c r="N205" s="2"/>
+    </row>
+    <row r="206" spans="1:14" ht="15">
       <c r="A206" s="2"/>
-      <c r="M206" s="2"/>
-[...1 lines deleted...]
-    <row r="207" spans="1:13">
+      <c r="N206" s="2"/>
+    </row>
+    <row r="207" spans="1:14" ht="15">
       <c r="A207" s="2"/>
-      <c r="M207" s="2"/>
-[...1 lines deleted...]
-    <row r="208" spans="1:13">
+      <c r="N207" s="2"/>
+    </row>
+    <row r="208" spans="1:14" ht="15">
       <c r="A208" s="2"/>
-      <c r="M208" s="2"/>
-[...1 lines deleted...]
-    <row r="209" spans="1:13">
+      <c r="N208" s="2"/>
+    </row>
+    <row r="209" spans="1:14" ht="15">
       <c r="A209" s="2"/>
-      <c r="M209" s="2"/>
-[...1 lines deleted...]
-    <row r="210" spans="1:13">
+      <c r="N209" s="2"/>
+    </row>
+    <row r="210" spans="1:14" ht="15">
       <c r="A210" s="2"/>
-      <c r="M210" s="2"/>
-[...1 lines deleted...]
-    <row r="211" spans="1:13">
+      <c r="N210" s="2"/>
+    </row>
+    <row r="211" spans="1:14" ht="15">
       <c r="A211" s="2"/>
-      <c r="M211" s="2"/>
-[...1 lines deleted...]
-    <row r="212" spans="1:13">
+      <c r="N211" s="2"/>
+    </row>
+    <row r="212" spans="1:14" ht="15">
       <c r="A212" s="2"/>
-      <c r="M212" s="2"/>
-[...1 lines deleted...]
-    <row r="213" spans="1:13">
+      <c r="N212" s="2"/>
+    </row>
+    <row r="213" spans="1:14" ht="15">
       <c r="A213" s="2"/>
-      <c r="M213" s="2"/>
-[...1 lines deleted...]
-    <row r="214" spans="1:13">
+      <c r="N213" s="2"/>
+    </row>
+    <row r="214" spans="1:14" ht="15">
       <c r="A214" s="2"/>
-      <c r="M214" s="2"/>
-[...1 lines deleted...]
-    <row r="215" spans="1:13">
+      <c r="N214" s="2"/>
+    </row>
+    <row r="215" spans="1:14" ht="15">
       <c r="A215" s="2"/>
-      <c r="M215" s="2"/>
-[...1 lines deleted...]
-    <row r="216" spans="1:13">
+      <c r="N215" s="2"/>
+    </row>
+    <row r="216" spans="1:14" ht="15">
       <c r="A216" s="2"/>
-      <c r="M216" s="2"/>
-[...1 lines deleted...]
-    <row r="217" spans="1:13">
+      <c r="N216" s="2"/>
+    </row>
+    <row r="217" spans="1:14" ht="15">
       <c r="A217" s="2"/>
-      <c r="M217" s="2"/>
-[...1 lines deleted...]
-    <row r="218" spans="1:13">
+      <c r="N217" s="2"/>
+    </row>
+    <row r="218" spans="1:14" ht="15">
       <c r="A218" s="2"/>
-      <c r="M218" s="2"/>
-[...1 lines deleted...]
-    <row r="219" spans="1:13">
+      <c r="N218" s="2"/>
+    </row>
+    <row r="219" spans="1:14" ht="15">
       <c r="A219" s="2"/>
-      <c r="M219" s="2"/>
-[...1 lines deleted...]
-    <row r="220" spans="1:13">
+      <c r="N219" s="2"/>
+    </row>
+    <row r="220" spans="1:14" ht="15">
       <c r="A220" s="2"/>
-      <c r="M220" s="2"/>
-[...1 lines deleted...]
-    <row r="221" spans="1:13">
+      <c r="N220" s="2"/>
+    </row>
+    <row r="221" spans="1:14" ht="15">
       <c r="A221" s="2"/>
-      <c r="M221" s="2"/>
-[...1 lines deleted...]
-    <row r="222" spans="1:13">
+      <c r="N221" s="2"/>
+    </row>
+    <row r="222" spans="1:14" ht="15">
       <c r="A222" s="2"/>
-      <c r="M222" s="2"/>
-[...1 lines deleted...]
-    <row r="223" spans="1:13">
+      <c r="N222" s="2"/>
+    </row>
+    <row r="223" spans="1:14" ht="15">
       <c r="A223" s="2"/>
-      <c r="M223" s="2"/>
-[...1 lines deleted...]
-    <row r="224" spans="1:13">
+      <c r="N223" s="2"/>
+    </row>
+    <row r="224" spans="1:14" ht="15">
       <c r="A224" s="2"/>
-      <c r="M224" s="2"/>
-[...1 lines deleted...]
-    <row r="225" spans="1:13">
+      <c r="N224" s="2"/>
+    </row>
+    <row r="225" spans="1:14" ht="15">
       <c r="A225" s="2"/>
-      <c r="M225" s="2"/>
-[...1 lines deleted...]
-    <row r="226" spans="1:13">
+      <c r="N225" s="2"/>
+    </row>
+    <row r="226" spans="1:14" ht="15">
       <c r="A226" s="2"/>
-      <c r="M226" s="2"/>
-[...1 lines deleted...]
-    <row r="227" spans="1:13">
+      <c r="N226" s="2"/>
+    </row>
+    <row r="227" spans="1:14" ht="15">
       <c r="A227" s="2"/>
-      <c r="M227" s="2"/>
-[...1 lines deleted...]
-    <row r="228" spans="1:13">
+      <c r="N227" s="2"/>
+    </row>
+    <row r="228" spans="1:14" ht="15">
       <c r="A228" s="2"/>
-      <c r="M228" s="2"/>
-[...1 lines deleted...]
-    <row r="229" spans="1:13">
+      <c r="N228" s="2"/>
+    </row>
+    <row r="229" spans="1:14" ht="15">
       <c r="A229" s="2"/>
-      <c r="M229" s="2"/>
-[...1 lines deleted...]
-    <row r="230" spans="1:13">
+      <c r="N229" s="2"/>
+    </row>
+    <row r="230" spans="1:14" ht="15">
       <c r="A230" s="2"/>
-      <c r="M230" s="2"/>
-[...1 lines deleted...]
-    <row r="231" spans="1:13">
+      <c r="N230" s="2"/>
+    </row>
+    <row r="231" spans="1:14" ht="15">
       <c r="A231" s="2"/>
-      <c r="M231" s="2"/>
-[...1 lines deleted...]
-    <row r="232" spans="1:13">
+      <c r="N231" s="2"/>
+    </row>
+    <row r="232" spans="1:14" ht="15">
       <c r="A232" s="2"/>
-      <c r="M232" s="2"/>
-[...1 lines deleted...]
-    <row r="233" spans="1:13">
+      <c r="N232" s="2"/>
+    </row>
+    <row r="233" spans="1:14" ht="15">
       <c r="A233" s="2"/>
-      <c r="M233" s="2"/>
-[...1 lines deleted...]
-    <row r="234" spans="1:13">
+      <c r="N233" s="2"/>
+    </row>
+    <row r="234" spans="1:14" ht="15">
       <c r="A234" s="2"/>
-      <c r="M234" s="2"/>
-[...1 lines deleted...]
-    <row r="235" spans="1:13">
+      <c r="N234" s="2"/>
+    </row>
+    <row r="235" spans="1:14" ht="15">
       <c r="A235" s="2"/>
-      <c r="M235" s="2"/>
-[...1 lines deleted...]
-    <row r="236" spans="1:13">
+      <c r="N235" s="2"/>
+    </row>
+    <row r="236" spans="1:14" ht="15">
       <c r="A236" s="2"/>
-      <c r="M236" s="2"/>
-[...1 lines deleted...]
-    <row r="237" spans="1:13">
+      <c r="N236" s="2"/>
+    </row>
+    <row r="237" spans="1:14" ht="15">
       <c r="A237" s="2"/>
-      <c r="M237" s="2"/>
-[...1 lines deleted...]
-    <row r="238" spans="1:13">
+      <c r="N237" s="2"/>
+    </row>
+    <row r="238" spans="1:14" ht="15">
       <c r="A238" s="2"/>
-      <c r="M238" s="2"/>
-[...1 lines deleted...]
-    <row r="239" spans="1:13">
+      <c r="N238" s="2"/>
+    </row>
+    <row r="239" spans="1:14" ht="15">
       <c r="A239" s="2"/>
-      <c r="M239" s="2"/>
+      <c r="N239" s="2"/>
     </row>
   </sheetData>
   <sortState ref="A2:K242">
     <sortCondition ref="A2:A242"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil5"/>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:D16"/>
+      <selection activeCell="C2" sqref="C2:D11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
-    <col min="2" max="2" width="48.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="48.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
-      <c r="A1" s="24" t="s">
-        <v>255</v>
+      <c r="A1" s="23" t="s">
+        <v>245</v>
       </c>
       <c r="C1" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="D1" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:4">
-      <c r="A3" s="10">
+      <c r="A3">
+        <v>2024</v>
+      </c>
+      <c r="C3">
+        <f>1+C2</f>
+        <v>3</v>
+      </c>
+      <c r="D3">
+        <f>1+D2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="10">
         <v>2023</v>
       </c>
-      <c r="C3">
-[...12 lines deleted...]
-      </c>
       <c r="C4">
+        <f t="shared" ref="C4:C11" si="0">1+C3</f>
         <v>4</v>
       </c>
       <c r="D4">
+        <f t="shared" ref="D4:D11" si="1">1+D3</f>
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B5" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="C5">
+        <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="D5">
+        <f t="shared" si="1"/>
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B6" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C6">
+        <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="D6">
+        <f t="shared" si="1"/>
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B7" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C7">
+        <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="D7">
+        <f t="shared" si="1"/>
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B8" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C8">
+        <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="D8">
+        <f t="shared" si="1"/>
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B9" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C9">
+        <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="D9">
+        <f t="shared" si="1"/>
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B10" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C10">
+        <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="D10" t="e">
-        <v>#N/A</v>
+      <c r="D10">
+        <f t="shared" si="1"/>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B11" t="s">
-        <v>671</v>
-[...7 lines deleted...]
-        <v>#NAME?</v>
+        <v>661</v>
+      </c>
+      <c r="C11">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="D11">
+        <f t="shared" si="1"/>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B12" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C12" t="e">
-        <f ca="1">_xlfn.XMATCH(A12,'[1]Devises FX'!$A$2:$K$2,0)</f>
         <v>#NAME?</v>
       </c>
       <c r="D12" t="e">
-        <f ca="1">_xlfn.XMATCH(A12,'[1]Devises FX'!$M$2:$V$2,0)</f>
         <v>#NAME?</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B13" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C13" t="e">
-        <f ca="1">_xlfn.XMATCH(A13,'[1]Devises FX'!$A$2:$K$2,0)</f>
         <v>#NAME?</v>
       </c>
       <c r="D13" t="e">
-        <f ca="1">_xlfn.XMATCH(A13,'[1]Devises FX'!$M$2:$V$2,0)</f>
         <v>#NAME?</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B14" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C14" t="e">
-        <f ca="1">_xlfn.XMATCH(A14,'[1]Devises FX'!$A$2:$K$2,0)</f>
         <v>#NAME?</v>
       </c>
       <c r="D14" t="e">
-        <f ca="1">_xlfn.XMATCH(A14,'[1]Devises FX'!$M$2:$V$2,0)</f>
         <v>#NAME?</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B15" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="C15" t="e">
-        <f ca="1">_xlfn.XMATCH(A15,'[1]Devises FX'!$A$2:$K$2,0)</f>
         <v>#NAME?</v>
       </c>
       <c r="D15" t="e">
-        <f ca="1">_xlfn.XMATCH(A15,'[1]Devises FX'!$M$2:$V$2,0)</f>
         <v>#NAME?</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
+        <v>2011</v>
+      </c>
+      <c r="B16" t="s">
+        <v>661</v>
+      </c>
+      <c r="C16" t="e">
+        <v>#NAME?</v>
+      </c>
+      <c r="D16" t="e">
+        <v>#NAME?</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17">
         <v>2010</v>
       </c>
-      <c r="B16" t="s">
-[...3 lines deleted...]
-        <f ca="1">_xlfn.XMATCH(A16,'[1]Devises FX'!$A$2:$K$2,0)</f>
+      <c r="B17" t="s">
+        <v>661</v>
+      </c>
+      <c r="C17" t="e">
         <v>#NAME?</v>
       </c>
-      <c r="D16" t="e">
-        <f ca="1">_xlfn.XMATCH(A16,'[1]Devises FX'!$M$2:$V$2,0)</f>
+      <c r="D17" t="e">
         <v>#NAME?</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>