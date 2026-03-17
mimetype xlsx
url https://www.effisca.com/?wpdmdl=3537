--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,76 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="h8A+mlMF8+C4HsoLf7Tk2h1b8buCitsfB+P2Q8VvVLVgEsm671HYOZtElQvhIJHzBu3RM0fga5ITT8LHRKF3cw==" workbookSaltValue="E2oFhpBE1terstXCJrcs7A==" workbookSpinCount="100000" lockStructure="1"/>
+  <workbookProtection workbookPassword="85BD" lockStructure="1"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10335" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="Frais déménagement" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'Frais déménagement'!$A$1:$D$89</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Frais déménagement'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="72">
   <si>
     <t>Les frais de déménagement sont admissibles seulement si vous vous êtes rapprochés de plus de 40 kilomètres de votre lieu de travail ou d'études.</t>
   </si>
   <si>
     <t>Adresse de votre ancienne résidence :</t>
   </si>
   <si>
     <t>numéro, rue</t>
   </si>
   <si>
     <t>ville, province</t>
   </si>
   <si>
     <t>Code postal</t>
   </si>
   <si>
     <t>Pays</t>
   </si>
   <si>
     <t>Adresse de votre nouvelle résidence :</t>
   </si>
   <si>
     <t>Nom du nouveau employeur / institution scolaire:</t>
   </si>
   <si>
@@ -148,78 +149,72 @@
   <si>
     <t>Date de la vente de votre résisdence</t>
   </si>
   <si>
     <t>Frais de subsistance près de la nouvelle ou l'ancienne résidence pour une période maximale de 15 jours</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Nombre de nuitées :</t>
   </si>
   <si>
     <t>Nombre de jours :</t>
   </si>
   <si>
     <t xml:space="preserve">Taxes sur le transfert ou l'enregistrement du droit de propriété </t>
   </si>
   <si>
     <t xml:space="preserve"> ( n'incluez pas les impôts fonciers ni la TPS/TVQ)</t>
   </si>
   <si>
     <t xml:space="preserve"> ( maximum 5000 $ )</t>
   </si>
   <si>
-    <t xml:space="preserve">Date du changement de résidence / lieu  de travail / école: </t>
-[...1 lines deleted...]
-  <si>
     <t>( autres que les frais de logement et de repas)</t>
   </si>
   <si>
     <t xml:space="preserve">Frais de déplacement </t>
   </si>
   <si>
     <t xml:space="preserve">Frais liées au déménagement </t>
   </si>
   <si>
     <t>Coût du remplacement du permis de conduire/ certificat d'immatriculation</t>
   </si>
   <si>
     <t>Frais de branchement et débranchement  exigés par les services publics</t>
   </si>
   <si>
     <t>Frais de maintien de l'ancienne résidence laissé vacante</t>
   </si>
   <si>
     <t>Revenu net gagné dans l'année suite au déménagement</t>
   </si>
   <si>
     <t>Coût de la révision des documents juriques</t>
-  </si>
-[...1 lines deleted...]
-    <t>IMPORTANT : Les frais de déménagement lors de l'immigration au Canada ne sont pas admissibles.</t>
   </si>
   <si>
     <r>
       <t>Kilométrage de l'</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ancienne</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> résidence au </t>
@@ -272,96 +267,114 @@
       <t xml:space="preserve"> résidence au </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">nouveau </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>lieu de travail</t>
     </r>
   </si>
   <si>
-    <t>Les frais de déménagement lors de l'immigration ou de l'immigration ne sont PAS déductibles même si c'est pour occuper un nouvel emploi. Si vous quittez le Canada mais demeurez résidents fiscaux du Canada (continuez à déclarer vos revenus ici), alors les frais de déménagement sont admissibles.</t>
-[...1 lines deleted...]
-  <si>
     <t>J73GYM6AS04MY58CJ8TCFVRM80BWQSGAE6BFZWEKXC41KBX4VV2G</t>
   </si>
   <si>
     <t>Jérémy Levasseur</t>
   </si>
   <si>
     <t>Create</t>
   </si>
   <si>
     <t>bdad44e6-c6d4-4f05-953f-a2ed81c78618</t>
   </si>
   <si>
     <t>{"id":"bdad44e6-c6d4-4f05-953f-a2ed81c78618","type":1,"name":"workbookId","value":"2040872f-b7e9-4462-b3b9-aac18a013f45"}</t>
   </si>
   <si>
     <t>4eb7a3b8-594e-4233-9eb8-ab95c48d8160</t>
   </si>
   <si>
     <t>{"id":"4eb7a3b8-594e-4233-9eb8-ab95c48d8160","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>284e6c77-a39a-4de7-b0a1-72815f7fbf68</t>
   </si>
   <si>
     <t>{"id":"284e6c77-a39a-4de7-b0a1-72815f7fbf68","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>3ab42718-8a2f-4bf3-b726-d80ebebba069</t>
   </si>
   <si>
     <t>{"id":"3ab42718-8a2f-4bf3-b726-d80ebebba069","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>559e32f0-54b6-430a-b0c9-093acea1d7fa</t>
   </si>
   <si>
     <t>{"id":"559e32f0-54b6-430a-b0c9-093acea1d7fa","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
-[...2 lines deleted...]
-    <t>Ce formulaire est approuvé pour les années fiscales 2024 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2024.</t>
+    <t>Étudier à temps plein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raison principale de votre déménagement </t>
+  </si>
+  <si>
+    <t>Ce formulaire est approuvé pour les années fiscales 2025 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2025.</t>
+  </si>
+  <si>
+    <t>Les frais de déménagement lors de l'émigration ou de l'immigration ne sont PAS déductibles même si c'est pour occuper un nouvel emploi. Si vous quittez le Canada mais demeurez résidents fiscaux du Canada (continuez à déclarer vos revenus ici), alors les frais de déménagement sont admissibles.</t>
+  </si>
+  <si>
+    <t>Date du déménagement</t>
+  </si>
+  <si>
+    <t>Date où vous avez commencé à occuper un emploi ou à étudier à temps plein à un nouvel endroit</t>
+  </si>
+  <si>
+    <t>Exploiter une entreprise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Occuper un emploi </t>
+  </si>
+  <si>
+    <t>v.2026-01-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
@@ -402,218 +415,223 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FFFF0000"/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1077001</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95251</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="219075" y="47626"/>
           <a:ext cx="1048426" cy="365125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -922,943 +940,979 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1">
         <v>1737670439695</v>
       </c>
       <c r="B1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2">
         <v>1737670439840</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3">
         <v>1737670439850</v>
       </c>
       <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
         <v>55</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4">
         <v>1737670439850</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5">
         <v>1737670439850</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D5" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6">
         <v>1737670439850</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1">
         <v>1737670439872</v>
       </c>
       <c r="B1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1">
         <v>1737670439883</v>
       </c>
       <c r="B1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1">
         <v>1737670439893</v>
       </c>
       <c r="B1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I191"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A70" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="18" customWidth="1"/>
     <col min="2" max="2" width="56.5" style="18" customWidth="1"/>
-    <col min="3" max="3" width="16" style="18" customWidth="1"/>
-    <col min="4" max="16384" width="11.5" style="18"/>
+    <col min="3" max="3" width="14" style="18" customWidth="1"/>
+    <col min="4" max="4" width="19.375" style="18" customWidth="1"/>
+    <col min="5" max="16384" width="11.5" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="D2" s="19" t="s">
+      <c r="D2" s="26" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B4" s="8"/>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8"/>
+    </row>
+    <row r="5" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="31" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+    </row>
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="1:9" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="31" t="s">
         <v>66</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="D7" s="5"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
     </row>
-    <row r="8" spans="1:9" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="D8" s="30"/>
+    <row r="8" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="5"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
     </row>
-    <row r="9" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-        <v>40</v>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B9" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="27"/>
+      <c r="D9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B10" s="30" t="s">
+        <v>68</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="8"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="B11" s="8"/>
-      <c r="C11" s="8"/>
+      <c r="B11" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" s="28"/>
       <c r="D11" s="8"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="B12" s="6" t="s">
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B13" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="6"/>
-[...7 lines deleted...]
-      <c r="D13" s="9"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B14" s="7"/>
       <c r="C14" s="8" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D14" s="9"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B15" s="7"/>
       <c r="C15" s="8" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D15" s="9"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B16" s="7"/>
       <c r="C16" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
+    <row r="17" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B17" s="7"/>
+      <c r="C17" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="D16" s="9"/>
-[...3 lines deleted...]
-      <c r="C17" s="8"/>
       <c r="D17" s="9"/>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="9"/>
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="8"/>
-[...7 lines deleted...]
-      <c r="D19" s="9"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="10"/>
     </row>
     <row r="20" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B20" s="7"/>
       <c r="C20" s="8" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D20" s="9"/>
     </row>
     <row r="21" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B21" s="7"/>
       <c r="C21" s="8" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D21" s="9"/>
     </row>
     <row r="22" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B22" s="7"/>
       <c r="C22" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D22" s="9"/>
+    </row>
+    <row r="23" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B23" s="7"/>
+      <c r="C23" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="9"/>
-[...3 lines deleted...]
-      <c r="C23" s="8"/>
       <c r="D23" s="9"/>
     </row>
     <row r="24" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B24" s="6" t="s">
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="9"/>
+    </row>
+    <row r="25" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B25" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C24" s="6"/>
-[...8 lines deleted...]
-      <c r="B26" s="6" t="s">
+      <c r="C25" s="6"/>
+      <c r="D25" s="10"/>
+    </row>
+    <row r="26" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B26" s="7"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="9"/>
+    </row>
+    <row r="27" spans="2:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="B27" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C26" s="6"/>
-[...8 lines deleted...]
-      <c r="D27" s="9"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="10"/>
+      <c r="F27" s="2"/>
     </row>
     <row r="28" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B28" s="7"/>
       <c r="C28" s="8" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D28" s="9"/>
     </row>
     <row r="29" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B29" s="7"/>
       <c r="C29" s="8" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D29" s="9"/>
     </row>
     <row r="30" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B30" s="7"/>
       <c r="C30" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D30" s="9"/>
+    </row>
+    <row r="31" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B31" s="7"/>
+      <c r="C31" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="D30" s="9"/>
-[...3 lines deleted...]
-      <c r="C31" s="8"/>
       <c r="D31" s="9"/>
     </row>
     <row r="32" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B32" s="6" t="s">
+      <c r="B32" s="8"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="9"/>
+    </row>
+    <row r="33" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B33" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C32" s="6"/>
-[...8 lines deleted...]
-      <c r="B34" s="6" t="s">
+      <c r="C33" s="6"/>
+      <c r="D33" s="10"/>
+    </row>
+    <row r="34" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B34" s="7"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="9"/>
+    </row>
+    <row r="35" spans="2:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="B35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C34" s="6"/>
-[...10 lines deleted...]
-    <row r="36" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="C35" s="6"/>
+      <c r="D35" s="10"/>
+      <c r="F35" s="2"/>
+    </row>
+    <row r="36" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B36" s="7"/>
       <c r="C36" s="8" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D36" s="9"/>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B37" s="7"/>
       <c r="C37" s="8" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D37" s="9"/>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B38" s="7"/>
       <c r="C38" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D38" s="9"/>
+    </row>
+    <row r="39" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B39" s="7"/>
+      <c r="C39" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="D38" s="9"/>
-[...18 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D39" s="9"/>
+    </row>
+    <row r="40" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B40" s="8"/>
+      <c r="C40" s="8"/>
+      <c r="D40" s="8"/>
+    </row>
+    <row r="41" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B41" s="8" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C41" s="11"/>
+        <v>48</v>
+      </c>
+      <c r="C41" s="7"/>
       <c r="D41" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="E41" s="20"/>
-[...12 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="19"/>
+    </row>
+    <row r="42" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B42" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="11"/>
+      <c r="D42" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="19"/>
+    </row>
+    <row r="43" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="19"/>
+      <c r="F43" s="19"/>
+      <c r="G43" s="19"/>
+    </row>
+    <row r="44" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B44" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="C43" s="7"/>
-      <c r="D43" s="8" t="s">
+      <c r="C44" s="7"/>
+      <c r="D44" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E43" s="20"/>
-[...11 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="E44" s="19"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
+    </row>
+    <row r="45" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B45" s="6"/>
       <c r="C45" s="9"/>
       <c r="D45" s="8"/>
-      <c r="E45" s="20"/>
-[...5 lines deleted...]
-      <c r="C46" s="8"/>
+      <c r="E45" s="19"/>
+      <c r="F45" s="19"/>
+      <c r="G45" s="19"/>
+    </row>
+    <row r="46" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B46" s="6"/>
+      <c r="C46" s="9"/>
       <c r="D46" s="8"/>
-      <c r="E46" s="20"/>
-[...6 lines deleted...]
-      </c>
+      <c r="E46" s="19"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+    </row>
+    <row r="47" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
-      <c r="F47" s="20"/>
-[...3 lines deleted...]
-      <c r="A48" s="18" t="s">
+      <c r="E47" s="19"/>
+      <c r="F47" s="19"/>
+      <c r="G47" s="19"/>
+    </row>
+    <row r="48" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B48" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="8"/>
+      <c r="D48" s="8"/>
+      <c r="F48" s="19"/>
+      <c r="G48" s="19"/>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A49" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="B48" s="6" t="s">
-[...9 lines deleted...]
-    <row r="49" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B49" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="C49" s="9"/>
-[...5 lines deleted...]
-      <c r="B50" s="12" t="s">
+      <c r="C49" s="7"/>
+      <c r="D49" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="19"/>
+      <c r="G49" s="19"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B50" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C50" s="9"/>
+      <c r="D50" s="8"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="19"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B51" s="12" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
-      <c r="F51" s="20"/>
-[...2 lines deleted...]
-    <row r="52" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="F51" s="19"/>
+      <c r="G51" s="19"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B52" s="12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
-      <c r="F52" s="20"/>
-[...3 lines deleted...]
-      <c r="B53" s="6" t="s">
+      <c r="F52" s="19"/>
+      <c r="G52" s="19"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B53" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C53" s="8"/>
+      <c r="D53" s="8"/>
+      <c r="F53" s="19"/>
+      <c r="G53" s="19"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B54" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C53" s="7"/>
-      <c r="D53" s="8" t="s">
+      <c r="C54" s="7"/>
+      <c r="D54" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F53" s="20"/>
-[...3 lines deleted...]
-      <c r="B54" s="12" t="s">
+      <c r="F54" s="19"/>
+      <c r="G54" s="19"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B55" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="C54" s="8"/>
-[...5 lines deleted...]
-      <c r="B55" s="13" t="s">
+      <c r="C55" s="8"/>
+      <c r="D55" s="8"/>
+      <c r="F55" s="19"/>
+      <c r="G55" s="19"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B56" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="C55" s="7"/>
-      <c r="D55" s="8" t="s">
+      <c r="C56" s="7"/>
+      <c r="D56" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F55" s="20"/>
-[...3 lines deleted...]
-      <c r="B56" s="12" t="s">
+      <c r="F56" s="19"/>
+      <c r="G56" s="19"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B57" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="C56" s="11"/>
-[...6 lines deleted...]
-      <c r="C57" s="8"/>
+      <c r="C57" s="11"/>
       <c r="D57" s="8"/>
-      <c r="F57" s="20"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F57" s="19"/>
+      <c r="G57" s="19"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
-      <c r="F58" s="20"/>
-[...3 lines deleted...]
-      <c r="B59" s="6" t="s">
+      <c r="F58" s="19"/>
+      <c r="G58" s="19"/>
+    </row>
+    <row r="59" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B59" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C59" s="8"/>
+      <c r="D59" s="8"/>
+      <c r="F59" s="19"/>
+      <c r="G59" s="19"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B60" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C59" s="7"/>
-      <c r="D59" s="8" t="s">
+      <c r="C60" s="7"/>
+      <c r="D60" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F59" s="20"/>
-[...3 lines deleted...]
-      <c r="B60" s="8" t="s">
+      <c r="F60" s="19"/>
+      <c r="G60" s="19"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B61" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="C60" s="8"/>
-[...5 lines deleted...]
-      <c r="B61" s="6" t="s">
+      <c r="C61" s="8"/>
+      <c r="D61" s="8"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="19"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C61" s="7"/>
-      <c r="D61" s="8" t="s">
+      <c r="C62" s="7"/>
+      <c r="D62" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F61" s="20"/>
-[...3 lines deleted...]
-      <c r="B62" s="8" t="s">
+      <c r="F62" s="19"/>
+      <c r="G62" s="19"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B63" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="C62" s="8"/>
-[...5 lines deleted...]
-      <c r="B63" s="8"/>
       <c r="C63" s="8"/>
       <c r="D63" s="8"/>
-      <c r="F63" s="20"/>
-[...3 lines deleted...]
-      <c r="B64" s="6" t="s">
+      <c r="F63" s="19"/>
+      <c r="G63" s="19"/>
+    </row>
+    <row r="64" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="8"/>
+      <c r="C64" s="8"/>
+      <c r="D64" s="8"/>
+      <c r="F64" s="19"/>
+      <c r="G64" s="19"/>
+    </row>
+    <row r="65" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B65" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C64" s="7"/>
-      <c r="D64" s="8" t="s">
+      <c r="C65" s="7"/>
+      <c r="D65" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="F64" s="20"/>
-[...7 lines deleted...]
-      <c r="G65" s="20"/>
+      <c r="F65" s="19"/>
+      <c r="G65" s="19"/>
     </row>
     <row r="66" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B66" s="6" t="s">
+      <c r="B66" s="8"/>
+      <c r="C66" s="8"/>
+      <c r="D66" s="8"/>
+      <c r="F66" s="19"/>
+      <c r="G66" s="19"/>
+    </row>
+    <row r="67" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B67" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="C66" s="9"/>
-[...3 lines deleted...]
-      <c r="B67" s="21" t="s">
+      <c r="C67" s="9"/>
+      <c r="D67" s="8"/>
+    </row>
+    <row r="68" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B68" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C67" s="7"/>
-[...9 lines deleted...]
-      <c r="C68" s="11"/>
+      <c r="C68" s="7"/>
       <c r="D68" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="G68" s="23"/>
+      <c r="G68" s="21"/>
     </row>
     <row r="69" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B69" s="24" t="s">
-        <v>26</v>
+      <c r="B69" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="C69" s="11"/>
       <c r="D69" s="8" t="s">
         <v>12</v>
       </c>
+      <c r="G69" s="22"/>
     </row>
     <row r="70" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B70" s="24" t="s">
-        <v>27</v>
+      <c r="B70" s="23" t="s">
+        <v>26</v>
       </c>
       <c r="C70" s="11"/>
       <c r="D70" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B71" s="24" t="s">
+      <c r="B71" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C71" s="11"/>
+      <c r="D71" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B72" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="C71" s="16"/>
-[...3 lines deleted...]
-      <c r="B72" s="24" t="s">
+      <c r="C72" s="16"/>
+      <c r="D72" s="8"/>
+    </row>
+    <row r="73" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B73" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="C72" s="8"/>
-[...3 lines deleted...]
-      <c r="B73" s="7"/>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
     </row>
     <row r="74" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B74" s="7"/>
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
     </row>
     <row r="75" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B75" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B75" s="7"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
     </row>
     <row r="76" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B76" s="21" t="s">
+      <c r="B76" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C76" s="8"/>
+      <c r="D76" s="8"/>
+    </row>
+    <row r="77" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B77" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C76" s="8"/>
-[...8 lines deleted...]
-      <c r="C77" s="11"/>
+      <c r="C77" s="8"/>
       <c r="D77" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B78" s="24" t="s">
-        <v>37</v>
+      <c r="B78" s="15" t="s">
+        <v>31</v>
       </c>
       <c r="C78" s="11"/>
       <c r="D78" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B79" s="24" t="s">
+      <c r="B79" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C79" s="11"/>
+      <c r="D79" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B80" s="23" t="s">
         <v>38</v>
       </c>
-      <c r="C79" s="8"/>
-[...3 lines deleted...]
-      <c r="B80" s="24"/>
       <c r="C80" s="8"/>
       <c r="D80" s="8"/>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B81" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B81" s="23"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B82" s="24" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C82" s="8"/>
       <c r="D82" s="8"/>
     </row>
     <row r="83" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B83" s="24" t="s">
-        <v>44</v>
+      <c r="B83" s="23" t="s">
+        <v>47</v>
       </c>
       <c r="C83" s="8"/>
       <c r="D83" s="8"/>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B84" s="24" t="s">
-        <v>45</v>
+      <c r="B84" s="23" t="s">
+        <v>43</v>
       </c>
       <c r="C84" s="8"/>
       <c r="D84" s="8"/>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B85" s="25"/>
+      <c r="B85" s="23" t="s">
+        <v>44</v>
+      </c>
       <c r="C85" s="8"/>
       <c r="D85" s="8"/>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B86" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B86" s="24"/>
       <c r="C86" s="8"/>
       <c r="D86" s="8"/>
     </row>
     <row r="87" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B87" s="25" t="s">
+      <c r="B87" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C87" s="8"/>
+      <c r="D87" s="8"/>
+    </row>
+    <row r="88" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B88" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="C87" s="7"/>
-      <c r="D87" s="8" t="s">
+      <c r="C88" s="7"/>
+      <c r="D88" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="88" spans="2:4" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B89" s="6" t="s">
-[...3 lines deleted...]
-      <c r="D89" s="8" t="s">
+      <c r="B89" s="25"/>
+      <c r="C89" s="8"/>
+      <c r="D89" s="8"/>
+    </row>
+    <row r="90" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B90" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C90" s="7"/>
+      <c r="D90" s="8" t="s">
         <v>12</v>
       </c>
     </row>
+    <row r="189" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="18" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="190" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="18" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="191" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="18" t="s">
+        <v>63</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="B8:D8"/>
+  <mergeCells count="3">
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B3:D3"/>
   </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C11">
+      <formula1>$B$189:$B$191</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>