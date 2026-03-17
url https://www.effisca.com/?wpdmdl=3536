--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -15,52 +15,50 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="7581BDA2" w14:textId="42627501" w:rsidR="009F3597" w:rsidRPr="009F3597" w:rsidRDefault="009F3597" w:rsidP="009F3597">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5211"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5461"/>
       </w:tblGrid>
       <w:tr w:rsidR="00777FC1" w:rsidRPr="009A0686" w14:paraId="78E5EFD3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="7F7F7F"/>
@@ -796,92 +794,92 @@
       </w:r>
       <w:r w:rsidRPr="000D01C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’année </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10819" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6471"/>
+        <w:gridCol w:w="6565"/>
         <w:gridCol w:w="2174"/>
         <w:gridCol w:w="2174"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="49BE2A10" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="49BE2A10" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="242"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1099491A" w14:textId="708B1B3E" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="009B36B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Merci d’indiquer les informations suivantes : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="639622CA" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vous</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -892,58 +890,58 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11C19001" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Votre conjoint(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="39AC7E55" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="39AC7E55" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F608E64" w14:textId="5A0C48AB" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="004617AD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D392A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date d</w:t>
@@ -970,51 +968,51 @@
             </w:r>
             <w:r w:rsidR="004617AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(AA/MM/JJ</w:t>
             </w:r>
             <w:r w:rsidRPr="009B36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56435F5A" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="00624880" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D392A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
@@ -1109,135 +1107,135 @@
               <w:t>_/___</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidRPr="002D392A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="265ECE71" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="265ECE71" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29775DEB" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Statut au Canada : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="635ACE72" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DAECF98" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="1B525F46" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="1B525F46" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E227ED3" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Revenu gagné du 1</w:t>
             </w:r>
@@ -1253,212 +1251,212 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> janvier à votre date d’arrivée (spécifier la devise) (vous ne serez pas imposé sur ce montant):</w:t>
             </w:r>
             <w:r w:rsidRPr="009B36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C6819DA" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30B498B0" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="799A7704" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="799A7704" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="421DB0E9" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="007877F0" w:rsidP="009B36B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>De</w:t>
             </w:r>
             <w:r w:rsidR="000D01C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> quel pays arrivez-vous ? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0818A221" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34108A68" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="40B7EC67" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="40B7EC67" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35D4E058" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Êtes-vous toujours considérés résidents fiscaux dans le pays de départ ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42AF6E9A" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="00624880" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1485,88 +1483,108 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OUI □ NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="66AA7737" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="000D01C6" w:rsidRPr="00624880" w14:paraId="66AA7737" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF5119E" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
+          <w:p w14:paraId="6AF5119E" w14:textId="29A59D16" w:rsidR="000D01C6" w:rsidRPr="009B36B8" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Votre intention est-elle de vous établir définitivement au Canada ?</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2174" w:type="dxa"/>
+              <w:t>Votre intention est-elle de vous é</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tablir définitivement au Canada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56B1D14F" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="00624880" w:rsidRDefault="000D01C6" w:rsidP="00C97415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1593,88 +1611,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OUI □ NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA7522" w:rsidRPr="00624880" w14:paraId="12774FBB" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="00EA7522" w:rsidRPr="00624880" w14:paraId="12774FBB" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62A40C55" w14:textId="6DCF0060" w:rsidR="00EA7522" w:rsidRPr="009B36B8" w:rsidRDefault="00EA7522" w:rsidP="00EA7522">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Avez-vous déjà résidé au Canada?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A7A02E7" w14:textId="23FE014C" w:rsidR="00EA7522" w:rsidRPr="006B481A" w:rsidRDefault="00EA7522" w:rsidP="00EA7522">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1699,85 +1717,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OUI □ NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA7522" w:rsidRPr="00624880" w14:paraId="1FC25172" w14:textId="77777777" w:rsidTr="00E265C9">
+      <w:tr w:rsidR="00EA7522" w:rsidRPr="00624880" w14:paraId="1FC25172" w14:textId="77777777" w:rsidTr="00E0358C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34AC6182" w14:textId="77777777" w:rsidR="00EA7522" w:rsidRPr="00624880" w:rsidRDefault="00EA7522" w:rsidP="00EA7522">
+          <w:p w14:paraId="34AC6182" w14:textId="5DBF0A10" w:rsidR="00E0358C" w:rsidRPr="00E0358C" w:rsidRDefault="00EA7522" w:rsidP="00EA7522">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00623F7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Si vous arrivez des États-Unis, possédez-vous un Roth-IRA ou un Roth-401(k) ?</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2174" w:type="dxa"/>
+              <w:t>Si vous arrivez des États-Unis, possédez-vo</w:t>
+            </w:r>
+            <w:r w:rsidR="00415D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>us un Roth-IRA ou un Roth-401(k)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00623F7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="54257A9D" w14:textId="77777777" w:rsidR="00EA7522" w:rsidRPr="006B481A" w:rsidRDefault="00EA7522" w:rsidP="00EA7522">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1802,52 +1843,218 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="006B481A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OUI □ NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00E0358C" w:rsidRPr="00624880" w14:paraId="478730BD" w14:textId="77777777" w:rsidTr="00E0358C">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6565" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09019001" w14:textId="252BC7C9" w:rsidR="00E0358C" w:rsidRPr="00623F7C" w:rsidRDefault="005419A9" w:rsidP="006E284A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005419A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si </w:t>
+            </w:r>
+            <w:r w:rsidR="00D37B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vous avez répondu oui à la question précédente</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005419A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, est-ce que vous nous mandatez pour préparer l’élection </w:t>
+            </w:r>
+            <w:r w:rsidR="00415D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roth-IRA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005419A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D37B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFE3F0C" w14:textId="5F96CA60" w:rsidR="00E0358C" w:rsidRPr="006B481A" w:rsidRDefault="00E0358C" w:rsidP="00EA7522">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B481A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B481A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI □ NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C56A2F" w14:textId="36DEA1C9" w:rsidR="00E0358C" w:rsidRPr="006B481A" w:rsidRDefault="00E0358C" w:rsidP="00EA7522">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B481A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B481A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI □ NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CBB4E77" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="00623F7C" w:rsidRDefault="009B36B8" w:rsidP="00D03ED3">
+    <w:p w14:paraId="7CBB4E77" w14:textId="460399D8" w:rsidR="000D01C6" w:rsidRPr="00623F7C" w:rsidRDefault="009B36B8" w:rsidP="00D03ED3">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623F7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Note à l’intention des personnes dont le NAS commence par un « 9 » : il arrive souvent que le gouvernement refuse de traiter les personnes ayant un NAS qui commence par un « 9 » comme résidents même si l’intention est de s’établir au Canada à cause du statut temporaire associée au NAS qui commence par un « 9 ». Nous préférons vous en avertir. Veuillez en discuter avec votre conseiller.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BE1315" w14:textId="2961D232" w:rsidR="003B140E" w:rsidRPr="00F2222C" w:rsidRDefault="000D01C6" w:rsidP="006B481A">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -2508,51 +2715,70 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6385" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="086E71BB" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="0031552B" w:rsidRDefault="000D01C6" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031552B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Possédiez-vous plus de 25 000$ de biens mondiaux au moment du départ ?  </w:t>
+              <w:t xml:space="preserve">Possédiez-vous plus de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25 000$</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031552B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de biens mondiaux au moment du départ ?  </w:t>
             </w:r>
             <w:r w:rsidRPr="0031552B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Les biens mondiaux sont situés n’importe où dans le monde, au Canada ou à l’extérieur du Canada. Les biens mondiaux comprennent des assurance-vie, des terrains, des immeubles, des actions et placements au Canada comme à l’étranger.       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="100DD9AB" w14:textId="77777777" w:rsidR="000D01C6" w:rsidRPr="0031552B" w:rsidRDefault="000D01C6" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
@@ -3499,1105 +3725,2398 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FA53330" w14:textId="77777777" w:rsidR="00934056" w:rsidRDefault="00934056" w:rsidP="006B481A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2862A63F" w14:textId="77777777" w:rsidR="002F3847" w:rsidRDefault="002F3847" w:rsidP="00471300">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69242229" w14:textId="7FF015F0" w:rsidR="00471300" w:rsidRPr="00471300" w:rsidRDefault="00471300" w:rsidP="00471300">
+    <w:p w14:paraId="69242229" w14:textId="7FF015F0" w:rsidR="00471300" w:rsidRDefault="00471300" w:rsidP="00471300">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B481A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Vous devez remplir le tableau ci-dessous si vous avez cessé d’être résident du Canada pendant l’année et que la juste valeur marchande de tous vos biens </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0F4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>mondiaux</w:t>
       </w:r>
       <w:r w:rsidRPr="006B481A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (incluant le Canada) dépasse 25 000$ (</w:t>
+        <w:t xml:space="preserve"> (incluant le Canada) dépasse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>25 000$</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B481A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidRPr="006B481A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’exclusion des biens suivants : argent comptant, régimes enregistrés (REER, CELI, fiducies…), bien à usage personnel (vêtements, biens ménagers, automobile...). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>De plus, pour les éléments dont la réponse à la page précédente est ‘’Oui’, v</w:t>
       </w:r>
       <w:r w:rsidRPr="006B481A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">ous devez </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>remplir le tableau suivant avec le détail de vos actifs lors du départ du Canada. Ceci sera nécessaire pour calculer le gain en capital sur les dispositions présumées :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5B2194" w14:textId="77777777" w:rsidR="00471300" w:rsidRPr="00C70F26" w:rsidRDefault="00471300" w:rsidP="006B481A">
+    <w:p w14:paraId="4BC00FF2" w14:textId="77777777" w:rsidR="00830D02" w:rsidRDefault="00830D02" w:rsidP="00471300">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="22308331" w14:textId="31FCB25F" w:rsidR="00830D02" w:rsidRPr="00F67D68" w:rsidRDefault="00830D02" w:rsidP="00471300">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contribuable : </w:t>
+      </w:r>
+      <w:r w:rsidR="00254FEB" w:rsidRPr="00254FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Veuillez indiquer uniquement votre quote-part</w:t>
+      </w:r>
+      <w:r w:rsidR="00D354C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5B2194" w14:textId="77777777" w:rsidR="00471300" w:rsidRPr="00C70F26" w:rsidRDefault="00471300" w:rsidP="006B481A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11363" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4830"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1975"/>
+        <w:gridCol w:w="3435"/>
+        <w:gridCol w:w="1136"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="2012"/>
+        <w:gridCol w:w="2061"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="6355B10A" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="6355B10A" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="719"/>
+          <w:trHeight w:val="646"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBB546F" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+          <w:p w14:paraId="5EBB546F" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description des biens (inscrivez l'adresse ou l'endroit dans le cas d'un immeuble ou d'un terrain) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53A30B54" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+          <w:p w14:paraId="53A30B54" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nombre d'actions (s'il y a lieu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30F669A9" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+          <w:p w14:paraId="30F669A9" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Biens Canadien (C) ou étranger (É) ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6032F044" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B23DF66" w14:textId="7945E72E" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate d’acquisition </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E815DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’héritage des biens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6032F044" w14:textId="7FB919E8" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Prix d’achat ou coût comptable</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66919909" w14:textId="1D383CCB" w:rsidR="00D55E55" w:rsidRPr="00624880" w:rsidRDefault="00D55E55" w:rsidP="000D01C6">
+          <w:p w14:paraId="66919909" w14:textId="1D383CCB" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>En DOLLARS CANADIENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7840518E" w14:textId="4B3FB863" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+          <w:p w14:paraId="7840518E" w14:textId="4B3FB863" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Juste valeur marchande à la date d'émigration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5685BAA2" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="000D01C6">
+          <w:p w14:paraId="5685BAA2" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="000D01C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>En DOLLARS CANADIENS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="6F709EEC" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="6F709EEC" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6975C4D1" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="6975C4D1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660C6D40" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="660C6D40" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C81C9A" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="05C81C9A" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CF486A" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B506678" w14:textId="7DFA705F" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="3B506678" w14:textId="2A3E51A7" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68FDE615" w14:textId="7AA8DDC2" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="68FDE615" w14:textId="7AA8DDC2" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="38624281" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="38624281" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8DC822" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="4E8DC822" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304398B1" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="304398B1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C459E10" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="2C459E10" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="231B4162" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100C6E9F" w14:textId="1D32BE29" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="100C6E9F" w14:textId="3219CEB2" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>  $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05CD8489" w14:textId="1677E156" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="05CD8489" w14:textId="1677E156" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>  $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="756F2148" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="756F2148" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9E1453" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="2C9E1453" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477E763D" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="477E763D" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598AE3F1" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="598AE3F1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3348AEBD" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C579F17" w14:textId="3EB5ED82" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="3C579F17" w14:textId="67A80159" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40576FF7" w14:textId="47FC7D16" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="40576FF7" w14:textId="47FC7D16" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="59FA75CE" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="59FA75CE" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108565A1" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="108565A1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68989A2B" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="68989A2B" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415F44CE" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="415F44CE" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55122F70" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA1B564" w14:textId="64655A0F" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="0EA1B564" w14:textId="066468B9" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDF5CDD" w14:textId="087F16FE" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="7EDF5CDD" w14:textId="087F16FE" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70F26" w:rsidRPr="00624880" w14:paraId="36FCE40E" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="36FCE40E" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="499EC793" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="499EC793" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5B1EC1" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="6B5B1EC1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B7AF7A" w14:textId="77777777" w:rsidR="00C70F26" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="21B7AF7A" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="245528EF" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79BE2CA9" w14:textId="1F3CD661" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="79BE2CA9" w14:textId="35B2B84D" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED39B63" w14:textId="6CB869C2" w:rsidR="00C70F26" w:rsidRPr="00624880" w:rsidRDefault="00C70F26" w:rsidP="00C70F26">
+          <w:p w14:paraId="1ED39B63" w14:textId="6CB869C2" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="00C70F26">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031552B" w:rsidRPr="00624880" w14:paraId="3E1D8CEF" w14:textId="77777777" w:rsidTr="00C70F26">
+      <w:tr w:rsidR="00EB2A0A" w:rsidRPr="00624880" w14:paraId="3E1D8CEF" w14:textId="77777777" w:rsidTr="00F335E2">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8DF3D1" w14:textId="77777777" w:rsidR="0031552B" w:rsidRDefault="0031552B" w:rsidP="0031552B">
+          <w:p w14:paraId="5C8DF3D1" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1136" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCF8F3D" w14:textId="77777777" w:rsidR="0031552B" w:rsidRDefault="0031552B" w:rsidP="0031552B">
+          <w:p w14:paraId="4CCF8F3D" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B6E9BB" w14:textId="77777777" w:rsidR="0031552B" w:rsidRDefault="0031552B" w:rsidP="0031552B">
+          <w:p w14:paraId="51B6E9BB" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC8D6BD" w14:textId="77777777" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71318B37" w14:textId="7C8AB902" w:rsidR="0031552B" w:rsidRPr="00624880" w:rsidRDefault="0031552B" w:rsidP="0031552B">
+          <w:p w14:paraId="71318B37" w14:textId="72100CD2" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B6A67C" w14:textId="70E87E1B" w:rsidR="0031552B" w:rsidRPr="00624880" w:rsidRDefault="0031552B" w:rsidP="0031552B">
+          <w:p w14:paraId="14B6A67C" w14:textId="70E87E1B" w:rsidR="00EB2A0A" w:rsidRPr="00624880" w:rsidRDefault="00EB2A0A" w:rsidP="0031552B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> $CAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07B7F5BC" w14:textId="320BABF7" w:rsidR="009F3597" w:rsidRDefault="00526ACB" w:rsidP="001141C6">
+    <w:p w14:paraId="11E498E6" w14:textId="77777777" w:rsidR="00185474" w:rsidRDefault="00185474" w:rsidP="001141C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F24F1">
+    </w:p>
+    <w:p w14:paraId="4BE9479B" w14:textId="0F9B02B3" w:rsidR="00830D02" w:rsidRPr="00D354C1" w:rsidRDefault="00830D02" w:rsidP="00830D02">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si vous détenez un immeuble au Canada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F2222C" w:rsidRPr="006F24F1">
+      </w:pPr>
+      <w:r w:rsidRPr="00F67D68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conjoint(e) : </w:t>
+      </w:r>
+      <w:r w:rsidR="00D354C1" w:rsidRPr="00D354C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>et que vous n’êtes pas citoyen canadien ni résident permanent, veuillez nous contacter pour connaitre vos obligations concernant la Taxe sur les Logements Sous-Utilisés. Dans plusieurs cas, vous devez soumettre une déclaration même si aucune taxe n’est payable.</w:t>
+        <w:t>Veuillez indiquer uniquement la</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00D37B94">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> quote-part de votre c</w:t>
+      </w:r>
+      <w:r w:rsidR="00D354C1" w:rsidRPr="00D354C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>onjoint(e)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D354C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="09CA649C" w14:textId="0797E5DD" w:rsidR="00185474" w:rsidRPr="006F24F1" w:rsidRDefault="00185474" w:rsidP="001141C6">
+    <w:p w14:paraId="09CA649C" w14:textId="19AAE393" w:rsidR="00185474" w:rsidRDefault="00185474" w:rsidP="00830D02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00185474" w:rsidRPr="006F24F1" w:rsidSect="00F953E0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11363" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3435"/>
+        <w:gridCol w:w="1136"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="2012"/>
+        <w:gridCol w:w="2061"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="726C2ECB" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="646"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F881BCB" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description des biens (inscrivez l'adresse ou l'endroit dans le cas d'un immeuble ou d'un terrain) :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539F2465" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nombre d'actions (s'il y a lieu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B441507" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Biens Canadien (C) ou étranger (É) ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE77B52" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ate d’acquisition</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidRPr="00E815DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00EB2A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d’héritage des biens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5472C118" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prix d’achat ou coût comptable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51669A6C" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>En DOLLARS CANADIENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="683EFFDE" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Juste valeur marchande à la date d'émigration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53EAD14C" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>En DOLLARS CANADIENS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="4A8EF3C9" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4C07F3" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED9C5D3" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3387139C" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60080722" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F069DC9" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>$CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDFFA38" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="1BF60068" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692B3DC2" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AED3037" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="385F87AC" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E49538" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333D66FA" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55A4524C" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>  $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="2629C812" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A649B" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D726B72" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6990C5C9" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="720093E5" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B36BD44" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E07A3F6" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="453840E5" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BED1AC1" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42282B24" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0BD36E" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BAE426" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CF60B1" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBD4CCE" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="0D062EE7" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1E64AA" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B088E93" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32525573" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA4F186" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D265DE" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9AB45E" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F335E2" w:rsidRPr="00624880" w14:paraId="3F90C739" w14:textId="77777777" w:rsidTr="00236FFD">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41420299" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6A87A5" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE2732C" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33693B99" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67202389" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57003F7F" w14:textId="77777777" w:rsidR="00F335E2" w:rsidRPr="00624880" w:rsidRDefault="00F335E2" w:rsidP="00236FFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624880">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> $CAD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2EFD9B00" w14:textId="77777777" w:rsidR="00F67D68" w:rsidRPr="006F24F1" w:rsidRDefault="00F67D68" w:rsidP="00830D02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F67D68" w:rsidRPr="006F24F1" w:rsidSect="00F953E0">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="363" w:footer="363" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AEA9A6C" w14:textId="77777777" w:rsidR="00415964" w:rsidRDefault="00415964">
+    <w:p w14:paraId="5B2DD676" w14:textId="77777777" w:rsidR="0041683E" w:rsidRDefault="0041683E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30F36CC6" w14:textId="77777777" w:rsidR="00415964" w:rsidRDefault="00415964">
+    <w:p w14:paraId="18361F3A" w14:textId="77777777" w:rsidR="0041683E" w:rsidRDefault="0041683E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4642,85 +6161,85 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="469605E3" w14:textId="31D116E7" w:rsidR="009A461B" w:rsidRPr="008E0B89" w:rsidRDefault="009A461B" w:rsidP="007639F0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1923301A" w14:textId="77777777" w:rsidR="00415964" w:rsidRDefault="00415964">
+    <w:p w14:paraId="63BC7F25" w14:textId="77777777" w:rsidR="0041683E" w:rsidRDefault="0041683E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FBDE18C" w14:textId="77777777" w:rsidR="00415964" w:rsidRDefault="00415964">
+    <w:p w14:paraId="67614E7D" w14:textId="77777777" w:rsidR="0041683E" w:rsidRDefault="0041683E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="512CB4D9" w14:textId="50502777" w:rsidR="00937962" w:rsidRDefault="00E266BC" w:rsidP="00937962">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E06EA1B" wp14:editId="5A4FDA89">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-635</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1440000" cy="522000"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 1" descr="A picture containing text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="A picture containing text&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -4744,154 +6263,145 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00937962">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>QUESTIONNAIRE: Arrivée ou départ du Canada</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34674A39" w14:textId="65977487" w:rsidR="00E265C9" w:rsidRDefault="00E265C9" w:rsidP="00E265C9">
+  <w:p w14:paraId="34674A39" w14:textId="5898CEE6" w:rsidR="00E265C9" w:rsidRDefault="00E265C9" w:rsidP="00E265C9">
     <w:pPr>
       <w:pStyle w:val="Paragraphedeliste"/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1440"/>
       <w:contextualSpacing/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D74D3">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>Ce formulaire est approuvé pour les années fiscales 202</w:t>
     </w:r>
-    <w:r w:rsidR="00934056">
+    <w:r w:rsidR="00394655">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="002D74D3">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> et précédentes uniquement.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3B22CDD6" w14:textId="641E64FC" w:rsidR="00937962" w:rsidRPr="006F24F1" w:rsidRDefault="00E265C9" w:rsidP="006F24F1">
+  <w:p w14:paraId="3B22CDD6" w14:textId="62CBF7DF" w:rsidR="00937962" w:rsidRPr="006F24F1" w:rsidRDefault="00E265C9" w:rsidP="006F24F1">
     <w:pPr>
       <w:pStyle w:val="Paragraphedeliste"/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1440"/>
       <w:contextualSpacing/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">v. </w:t>
     </w:r>
-    <w:r w:rsidR="006E1E7F">
+    <w:r w:rsidR="00326FB4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025-02-</w:t>
+      <w:t>2026-01-23</w:t>
     </w:r>
-    <w:r w:rsidR="00471300">
+    <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>26</w:t>
+      <w:t xml:space="preserve"> – Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Page </w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
-[...7 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E266BC">
+    <w:r w:rsidR="00E815DA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -4920,51 +6430,51 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E266BC">
+    <w:r w:rsidR="00E815DA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -6182,242 +7692,257 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA68D3"/>
     <w:rsid w:val="0000186D"/>
     <w:rsid w:val="0000242E"/>
     <w:rsid w:val="0000391F"/>
     <w:rsid w:val="00007D24"/>
     <w:rsid w:val="00007FF7"/>
     <w:rsid w:val="00012018"/>
     <w:rsid w:val="00015A78"/>
     <w:rsid w:val="00020311"/>
     <w:rsid w:val="00022D3C"/>
     <w:rsid w:val="00032A75"/>
     <w:rsid w:val="0003333F"/>
     <w:rsid w:val="00034C2F"/>
     <w:rsid w:val="00037DCA"/>
     <w:rsid w:val="00041E42"/>
     <w:rsid w:val="000425C1"/>
     <w:rsid w:val="00044D0B"/>
     <w:rsid w:val="000507ED"/>
     <w:rsid w:val="00053BA7"/>
     <w:rsid w:val="0005427B"/>
     <w:rsid w:val="00064D72"/>
     <w:rsid w:val="000825D1"/>
     <w:rsid w:val="000A0089"/>
+    <w:rsid w:val="000A023D"/>
     <w:rsid w:val="000A1668"/>
     <w:rsid w:val="000A2176"/>
     <w:rsid w:val="000A26E8"/>
     <w:rsid w:val="000A4CF8"/>
     <w:rsid w:val="000A6C4D"/>
     <w:rsid w:val="000C2C92"/>
     <w:rsid w:val="000C3FCD"/>
     <w:rsid w:val="000C7000"/>
     <w:rsid w:val="000D01C6"/>
     <w:rsid w:val="000D2973"/>
     <w:rsid w:val="000D59DD"/>
     <w:rsid w:val="000E15D2"/>
     <w:rsid w:val="000E1865"/>
+    <w:rsid w:val="000E1FF2"/>
     <w:rsid w:val="000E2481"/>
     <w:rsid w:val="000E6BF4"/>
     <w:rsid w:val="000F2886"/>
     <w:rsid w:val="000F2A68"/>
     <w:rsid w:val="000F584E"/>
     <w:rsid w:val="000F5E69"/>
     <w:rsid w:val="000F7CE8"/>
     <w:rsid w:val="00105A16"/>
     <w:rsid w:val="00105F6B"/>
     <w:rsid w:val="00106A5E"/>
     <w:rsid w:val="00110948"/>
     <w:rsid w:val="001121D1"/>
     <w:rsid w:val="001141C6"/>
     <w:rsid w:val="001145CD"/>
     <w:rsid w:val="00117714"/>
     <w:rsid w:val="00122A61"/>
     <w:rsid w:val="00124FA9"/>
     <w:rsid w:val="00126459"/>
     <w:rsid w:val="00133E4E"/>
     <w:rsid w:val="00133F37"/>
     <w:rsid w:val="001401D8"/>
     <w:rsid w:val="00142407"/>
     <w:rsid w:val="00142AEF"/>
     <w:rsid w:val="00146678"/>
     <w:rsid w:val="00161C63"/>
     <w:rsid w:val="001722C4"/>
     <w:rsid w:val="001767D7"/>
     <w:rsid w:val="00183CC2"/>
     <w:rsid w:val="00185474"/>
     <w:rsid w:val="001869F0"/>
     <w:rsid w:val="0019122D"/>
+    <w:rsid w:val="001963F3"/>
     <w:rsid w:val="00196946"/>
     <w:rsid w:val="001A42CB"/>
     <w:rsid w:val="001B2795"/>
+    <w:rsid w:val="001B3411"/>
     <w:rsid w:val="001B75DF"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C1B8E"/>
     <w:rsid w:val="001C696B"/>
     <w:rsid w:val="001D2140"/>
     <w:rsid w:val="001D7EA9"/>
     <w:rsid w:val="001E1E29"/>
     <w:rsid w:val="001E3161"/>
     <w:rsid w:val="001E4226"/>
     <w:rsid w:val="001F5246"/>
     <w:rsid w:val="00202A82"/>
     <w:rsid w:val="00205C64"/>
     <w:rsid w:val="00214DB2"/>
     <w:rsid w:val="0021668F"/>
     <w:rsid w:val="0022008B"/>
     <w:rsid w:val="00221FAF"/>
     <w:rsid w:val="0022599B"/>
     <w:rsid w:val="00225A2B"/>
     <w:rsid w:val="00230FF9"/>
     <w:rsid w:val="0023373A"/>
     <w:rsid w:val="00234238"/>
     <w:rsid w:val="00234A3E"/>
     <w:rsid w:val="0023547C"/>
     <w:rsid w:val="0024448C"/>
     <w:rsid w:val="002472C7"/>
     <w:rsid w:val="002519E4"/>
     <w:rsid w:val="00254494"/>
+    <w:rsid w:val="00254FEB"/>
     <w:rsid w:val="00257ED7"/>
     <w:rsid w:val="00257F86"/>
     <w:rsid w:val="0026426B"/>
     <w:rsid w:val="00264A95"/>
     <w:rsid w:val="00264B80"/>
     <w:rsid w:val="00264E6D"/>
     <w:rsid w:val="00271066"/>
     <w:rsid w:val="00272227"/>
     <w:rsid w:val="002742BA"/>
     <w:rsid w:val="00275289"/>
     <w:rsid w:val="002825E8"/>
     <w:rsid w:val="00282942"/>
     <w:rsid w:val="00292F47"/>
     <w:rsid w:val="00294887"/>
     <w:rsid w:val="002A03FC"/>
     <w:rsid w:val="002A403C"/>
     <w:rsid w:val="002B0A66"/>
     <w:rsid w:val="002B52AE"/>
     <w:rsid w:val="002C2850"/>
     <w:rsid w:val="002C71BF"/>
     <w:rsid w:val="002D1156"/>
     <w:rsid w:val="002D14DA"/>
     <w:rsid w:val="002D2095"/>
     <w:rsid w:val="002D392A"/>
     <w:rsid w:val="002D3E21"/>
     <w:rsid w:val="002D50FA"/>
     <w:rsid w:val="002D5DD3"/>
     <w:rsid w:val="002D7D99"/>
     <w:rsid w:val="002F1370"/>
     <w:rsid w:val="002F3847"/>
     <w:rsid w:val="002F4BEF"/>
     <w:rsid w:val="0030258F"/>
     <w:rsid w:val="003063F3"/>
     <w:rsid w:val="00313996"/>
     <w:rsid w:val="0031552B"/>
     <w:rsid w:val="00315B2C"/>
     <w:rsid w:val="003214A1"/>
     <w:rsid w:val="00321B0E"/>
+    <w:rsid w:val="00326FB4"/>
     <w:rsid w:val="00332E97"/>
     <w:rsid w:val="003347E5"/>
     <w:rsid w:val="0034002F"/>
     <w:rsid w:val="003405A8"/>
     <w:rsid w:val="0034230F"/>
     <w:rsid w:val="00343215"/>
     <w:rsid w:val="00345551"/>
     <w:rsid w:val="00350191"/>
     <w:rsid w:val="003556A6"/>
     <w:rsid w:val="00356357"/>
     <w:rsid w:val="003568FD"/>
     <w:rsid w:val="00357EB0"/>
     <w:rsid w:val="0036044D"/>
+    <w:rsid w:val="00367988"/>
     <w:rsid w:val="00370316"/>
     <w:rsid w:val="00373B43"/>
     <w:rsid w:val="003777DF"/>
     <w:rsid w:val="00391EA2"/>
+    <w:rsid w:val="00394655"/>
     <w:rsid w:val="00396954"/>
     <w:rsid w:val="003A22DE"/>
+    <w:rsid w:val="003A5DF0"/>
     <w:rsid w:val="003A695A"/>
     <w:rsid w:val="003B0EE3"/>
     <w:rsid w:val="003B11D9"/>
     <w:rsid w:val="003B140E"/>
     <w:rsid w:val="003B1F13"/>
     <w:rsid w:val="003B38EC"/>
     <w:rsid w:val="003B746F"/>
     <w:rsid w:val="003C3DE9"/>
     <w:rsid w:val="003C5AFF"/>
+    <w:rsid w:val="003D1298"/>
     <w:rsid w:val="003D4895"/>
     <w:rsid w:val="003E1102"/>
     <w:rsid w:val="003E2671"/>
     <w:rsid w:val="003E6561"/>
     <w:rsid w:val="003E663F"/>
     <w:rsid w:val="004011D6"/>
     <w:rsid w:val="00410403"/>
     <w:rsid w:val="0041086B"/>
     <w:rsid w:val="00414B7C"/>
     <w:rsid w:val="00415964"/>
+    <w:rsid w:val="00415D55"/>
+    <w:rsid w:val="0041683E"/>
+    <w:rsid w:val="00432230"/>
     <w:rsid w:val="0043673F"/>
     <w:rsid w:val="004411D5"/>
     <w:rsid w:val="00450567"/>
     <w:rsid w:val="00452132"/>
     <w:rsid w:val="00454840"/>
     <w:rsid w:val="00461314"/>
     <w:rsid w:val="004617AD"/>
     <w:rsid w:val="00461FED"/>
     <w:rsid w:val="0046228B"/>
     <w:rsid w:val="00464A34"/>
     <w:rsid w:val="00471300"/>
     <w:rsid w:val="00472542"/>
     <w:rsid w:val="0047256A"/>
+    <w:rsid w:val="00481C67"/>
     <w:rsid w:val="004857BB"/>
     <w:rsid w:val="00486F18"/>
     <w:rsid w:val="0049121D"/>
     <w:rsid w:val="004938E7"/>
     <w:rsid w:val="004A27A9"/>
     <w:rsid w:val="004A2B9F"/>
     <w:rsid w:val="004A6581"/>
     <w:rsid w:val="004A7AD5"/>
     <w:rsid w:val="004C01B2"/>
     <w:rsid w:val="004C146D"/>
     <w:rsid w:val="004C4F80"/>
     <w:rsid w:val="004C70AA"/>
     <w:rsid w:val="004C775D"/>
     <w:rsid w:val="004D2606"/>
     <w:rsid w:val="004D272B"/>
     <w:rsid w:val="004D497F"/>
     <w:rsid w:val="004D5035"/>
     <w:rsid w:val="004E02FC"/>
     <w:rsid w:val="004E2058"/>
     <w:rsid w:val="004E3F90"/>
     <w:rsid w:val="004E5F9D"/>
     <w:rsid w:val="004F5E76"/>
     <w:rsid w:val="005008C5"/>
     <w:rsid w:val="00501ED4"/>
     <w:rsid w:val="00503920"/>
     <w:rsid w:val="005224B3"/>
     <w:rsid w:val="00525266"/>
     <w:rsid w:val="00526ACB"/>
     <w:rsid w:val="00532AB3"/>
+    <w:rsid w:val="005419A9"/>
     <w:rsid w:val="00543DC4"/>
     <w:rsid w:val="005456CD"/>
     <w:rsid w:val="0055714A"/>
     <w:rsid w:val="005575F6"/>
     <w:rsid w:val="00560A51"/>
     <w:rsid w:val="0056188B"/>
     <w:rsid w:val="00565931"/>
     <w:rsid w:val="00567207"/>
     <w:rsid w:val="005700AF"/>
     <w:rsid w:val="0057520C"/>
     <w:rsid w:val="0057675D"/>
     <w:rsid w:val="00580427"/>
     <w:rsid w:val="00583D29"/>
     <w:rsid w:val="0059295D"/>
     <w:rsid w:val="00593F5A"/>
     <w:rsid w:val="005A29C6"/>
     <w:rsid w:val="005A6693"/>
     <w:rsid w:val="005A770C"/>
     <w:rsid w:val="005A797D"/>
     <w:rsid w:val="005B04E7"/>
     <w:rsid w:val="005C33FA"/>
     <w:rsid w:val="005C3696"/>
     <w:rsid w:val="005C50A8"/>
     <w:rsid w:val="005C6BFE"/>
     <w:rsid w:val="005D20AC"/>
@@ -6443,99 +7968,102 @@
     <w:rsid w:val="00623F50"/>
     <w:rsid w:val="00623F7C"/>
     <w:rsid w:val="00624880"/>
     <w:rsid w:val="00630682"/>
     <w:rsid w:val="006319B7"/>
     <w:rsid w:val="006327CC"/>
     <w:rsid w:val="00641FC0"/>
     <w:rsid w:val="006446D4"/>
     <w:rsid w:val="00645911"/>
     <w:rsid w:val="006506CC"/>
     <w:rsid w:val="00660DDD"/>
     <w:rsid w:val="006612B3"/>
     <w:rsid w:val="00664E05"/>
     <w:rsid w:val="006668D3"/>
     <w:rsid w:val="00671C3E"/>
     <w:rsid w:val="0068183D"/>
     <w:rsid w:val="006A0127"/>
     <w:rsid w:val="006A1726"/>
     <w:rsid w:val="006A4792"/>
     <w:rsid w:val="006B481A"/>
     <w:rsid w:val="006B53D0"/>
     <w:rsid w:val="006B630B"/>
     <w:rsid w:val="006C2CA4"/>
     <w:rsid w:val="006D4AED"/>
     <w:rsid w:val="006E1E7F"/>
+    <w:rsid w:val="006E284A"/>
     <w:rsid w:val="006E5E3A"/>
     <w:rsid w:val="006F0142"/>
     <w:rsid w:val="006F0478"/>
     <w:rsid w:val="006F24F1"/>
     <w:rsid w:val="006F4298"/>
     <w:rsid w:val="00700709"/>
     <w:rsid w:val="00702D88"/>
     <w:rsid w:val="00727890"/>
     <w:rsid w:val="00734667"/>
     <w:rsid w:val="00743AF6"/>
     <w:rsid w:val="00744A8A"/>
     <w:rsid w:val="00745BFB"/>
     <w:rsid w:val="00746F91"/>
     <w:rsid w:val="0075040E"/>
     <w:rsid w:val="00751D74"/>
     <w:rsid w:val="0076082B"/>
     <w:rsid w:val="007639F0"/>
     <w:rsid w:val="007670B0"/>
     <w:rsid w:val="007720F9"/>
     <w:rsid w:val="00775F37"/>
     <w:rsid w:val="00777FC1"/>
     <w:rsid w:val="00785FA3"/>
     <w:rsid w:val="007877F0"/>
     <w:rsid w:val="0079124F"/>
     <w:rsid w:val="00796CC2"/>
     <w:rsid w:val="007A015C"/>
     <w:rsid w:val="007A263B"/>
     <w:rsid w:val="007B03B7"/>
     <w:rsid w:val="007B588D"/>
     <w:rsid w:val="007C0BC0"/>
     <w:rsid w:val="007C1C8B"/>
     <w:rsid w:val="007C407B"/>
     <w:rsid w:val="007D1FD4"/>
     <w:rsid w:val="007D660A"/>
+    <w:rsid w:val="007E0230"/>
     <w:rsid w:val="007E42A9"/>
     <w:rsid w:val="007E5527"/>
     <w:rsid w:val="007E626E"/>
     <w:rsid w:val="007E6C19"/>
     <w:rsid w:val="007F28F3"/>
     <w:rsid w:val="007F2FCE"/>
     <w:rsid w:val="007F511D"/>
     <w:rsid w:val="007F67D8"/>
     <w:rsid w:val="007F6F38"/>
     <w:rsid w:val="00813E69"/>
     <w:rsid w:val="00814CF2"/>
     <w:rsid w:val="00816807"/>
     <w:rsid w:val="0082195F"/>
     <w:rsid w:val="00822329"/>
     <w:rsid w:val="00822D69"/>
+    <w:rsid w:val="00830D02"/>
     <w:rsid w:val="00834BA1"/>
     <w:rsid w:val="00836F0D"/>
     <w:rsid w:val="00837884"/>
     <w:rsid w:val="00837A40"/>
     <w:rsid w:val="008418ED"/>
     <w:rsid w:val="0084577E"/>
     <w:rsid w:val="00846C99"/>
     <w:rsid w:val="00856661"/>
     <w:rsid w:val="00867CB8"/>
     <w:rsid w:val="00885717"/>
     <w:rsid w:val="00890D2F"/>
     <w:rsid w:val="00891AE7"/>
     <w:rsid w:val="008A1144"/>
     <w:rsid w:val="008A3434"/>
     <w:rsid w:val="008A6DC7"/>
     <w:rsid w:val="008B1AD9"/>
     <w:rsid w:val="008C089B"/>
     <w:rsid w:val="008C3553"/>
     <w:rsid w:val="008C4B16"/>
     <w:rsid w:val="008C530B"/>
     <w:rsid w:val="008C55C4"/>
     <w:rsid w:val="008E0B89"/>
     <w:rsid w:val="008E0E05"/>
     <w:rsid w:val="008E4AB3"/>
     <w:rsid w:val="008F25CB"/>
@@ -6575,50 +8103,51 @@
     <w:rsid w:val="009A0686"/>
     <w:rsid w:val="009A3B2F"/>
     <w:rsid w:val="009A461B"/>
     <w:rsid w:val="009B36B8"/>
     <w:rsid w:val="009B79A5"/>
     <w:rsid w:val="009C0666"/>
     <w:rsid w:val="009C0A0B"/>
     <w:rsid w:val="009C1E8F"/>
     <w:rsid w:val="009C65F7"/>
     <w:rsid w:val="009D0C44"/>
     <w:rsid w:val="009D780A"/>
     <w:rsid w:val="009E181A"/>
     <w:rsid w:val="009E23D3"/>
     <w:rsid w:val="009F079C"/>
     <w:rsid w:val="009F28FA"/>
     <w:rsid w:val="009F3597"/>
     <w:rsid w:val="00A0767D"/>
     <w:rsid w:val="00A108AE"/>
     <w:rsid w:val="00A149BC"/>
     <w:rsid w:val="00A27DA2"/>
     <w:rsid w:val="00A31A60"/>
     <w:rsid w:val="00A3685E"/>
     <w:rsid w:val="00A42D36"/>
     <w:rsid w:val="00A43CE5"/>
     <w:rsid w:val="00A46A85"/>
+    <w:rsid w:val="00A531A8"/>
     <w:rsid w:val="00A53F37"/>
     <w:rsid w:val="00A55A4E"/>
     <w:rsid w:val="00A56E5C"/>
     <w:rsid w:val="00A60EF6"/>
     <w:rsid w:val="00A64B48"/>
     <w:rsid w:val="00A668A4"/>
     <w:rsid w:val="00A678BB"/>
     <w:rsid w:val="00A70BCD"/>
     <w:rsid w:val="00A72343"/>
     <w:rsid w:val="00A7460B"/>
     <w:rsid w:val="00A81C0F"/>
     <w:rsid w:val="00A91E2A"/>
     <w:rsid w:val="00A9309D"/>
     <w:rsid w:val="00AA6DD2"/>
     <w:rsid w:val="00AA7144"/>
     <w:rsid w:val="00AB31BC"/>
     <w:rsid w:val="00AB6631"/>
     <w:rsid w:val="00AD1E13"/>
     <w:rsid w:val="00AD3DD4"/>
     <w:rsid w:val="00AD5BA8"/>
     <w:rsid w:val="00AD736A"/>
     <w:rsid w:val="00AE1831"/>
     <w:rsid w:val="00AE1CFD"/>
     <w:rsid w:val="00AE2E0C"/>
     <w:rsid w:val="00AE4BB9"/>
@@ -6684,158 +8213,170 @@
     <w:rsid w:val="00C97415"/>
     <w:rsid w:val="00CA46BA"/>
     <w:rsid w:val="00CA54F0"/>
     <w:rsid w:val="00CB1106"/>
     <w:rsid w:val="00CB3FE4"/>
     <w:rsid w:val="00CB419D"/>
     <w:rsid w:val="00CC0BA5"/>
     <w:rsid w:val="00CC7054"/>
     <w:rsid w:val="00CE043C"/>
     <w:rsid w:val="00CE54C8"/>
     <w:rsid w:val="00CF4368"/>
     <w:rsid w:val="00CF6D46"/>
     <w:rsid w:val="00D03ED3"/>
     <w:rsid w:val="00D05045"/>
     <w:rsid w:val="00D0708C"/>
     <w:rsid w:val="00D12B00"/>
     <w:rsid w:val="00D12C95"/>
     <w:rsid w:val="00D12FC0"/>
     <w:rsid w:val="00D13DE4"/>
     <w:rsid w:val="00D17D3D"/>
     <w:rsid w:val="00D20522"/>
     <w:rsid w:val="00D236AB"/>
     <w:rsid w:val="00D25A2B"/>
     <w:rsid w:val="00D27532"/>
     <w:rsid w:val="00D336D5"/>
+    <w:rsid w:val="00D354C1"/>
     <w:rsid w:val="00D35A77"/>
+    <w:rsid w:val="00D37B94"/>
     <w:rsid w:val="00D44DFE"/>
     <w:rsid w:val="00D50F12"/>
     <w:rsid w:val="00D54113"/>
     <w:rsid w:val="00D55E55"/>
     <w:rsid w:val="00D565B2"/>
     <w:rsid w:val="00D6136D"/>
     <w:rsid w:val="00D655B0"/>
     <w:rsid w:val="00D67B23"/>
+    <w:rsid w:val="00D70BCB"/>
     <w:rsid w:val="00D74DF3"/>
     <w:rsid w:val="00D77823"/>
     <w:rsid w:val="00D90690"/>
     <w:rsid w:val="00D9766D"/>
     <w:rsid w:val="00DA1D25"/>
     <w:rsid w:val="00DA2DFB"/>
     <w:rsid w:val="00DA50F0"/>
     <w:rsid w:val="00DA68D3"/>
     <w:rsid w:val="00DB49EE"/>
     <w:rsid w:val="00DC29BF"/>
     <w:rsid w:val="00DC6231"/>
     <w:rsid w:val="00DD092A"/>
     <w:rsid w:val="00DD35E1"/>
     <w:rsid w:val="00DE24BF"/>
     <w:rsid w:val="00DF1A4C"/>
     <w:rsid w:val="00DF1A7A"/>
     <w:rsid w:val="00DF276A"/>
     <w:rsid w:val="00DF6638"/>
     <w:rsid w:val="00DF680A"/>
     <w:rsid w:val="00DF7A21"/>
     <w:rsid w:val="00E0226D"/>
     <w:rsid w:val="00E02CD3"/>
     <w:rsid w:val="00E030E1"/>
+    <w:rsid w:val="00E0358C"/>
     <w:rsid w:val="00E11ACA"/>
     <w:rsid w:val="00E156FF"/>
     <w:rsid w:val="00E21A9F"/>
     <w:rsid w:val="00E23DD0"/>
     <w:rsid w:val="00E265C9"/>
     <w:rsid w:val="00E266BC"/>
     <w:rsid w:val="00E3767A"/>
     <w:rsid w:val="00E42DE4"/>
     <w:rsid w:val="00E46A36"/>
     <w:rsid w:val="00E5136D"/>
     <w:rsid w:val="00E5233C"/>
     <w:rsid w:val="00E540EF"/>
     <w:rsid w:val="00E55BE3"/>
     <w:rsid w:val="00E56762"/>
     <w:rsid w:val="00E56D11"/>
     <w:rsid w:val="00E60523"/>
     <w:rsid w:val="00E660C4"/>
+    <w:rsid w:val="00E815DA"/>
     <w:rsid w:val="00E85AF7"/>
     <w:rsid w:val="00E9332D"/>
     <w:rsid w:val="00E93F60"/>
     <w:rsid w:val="00E97BB7"/>
     <w:rsid w:val="00EA0F4C"/>
     <w:rsid w:val="00EA36CC"/>
     <w:rsid w:val="00EA5927"/>
     <w:rsid w:val="00EA67F4"/>
     <w:rsid w:val="00EA7522"/>
     <w:rsid w:val="00EA7693"/>
+    <w:rsid w:val="00EB2A0A"/>
     <w:rsid w:val="00EB5469"/>
     <w:rsid w:val="00EC7D6B"/>
     <w:rsid w:val="00ED2CE1"/>
     <w:rsid w:val="00ED2DFB"/>
     <w:rsid w:val="00ED508A"/>
     <w:rsid w:val="00ED57B9"/>
     <w:rsid w:val="00ED624E"/>
     <w:rsid w:val="00ED7BCC"/>
     <w:rsid w:val="00EE18EC"/>
     <w:rsid w:val="00EE1E82"/>
     <w:rsid w:val="00EE2168"/>
     <w:rsid w:val="00EE7B31"/>
     <w:rsid w:val="00EF721E"/>
     <w:rsid w:val="00F066B1"/>
     <w:rsid w:val="00F103BA"/>
     <w:rsid w:val="00F1212E"/>
     <w:rsid w:val="00F14C96"/>
     <w:rsid w:val="00F14F60"/>
     <w:rsid w:val="00F1769C"/>
+    <w:rsid w:val="00F17B50"/>
     <w:rsid w:val="00F204CE"/>
     <w:rsid w:val="00F2222C"/>
     <w:rsid w:val="00F24079"/>
     <w:rsid w:val="00F2451A"/>
     <w:rsid w:val="00F31AED"/>
+    <w:rsid w:val="00F335E2"/>
     <w:rsid w:val="00F34FD0"/>
     <w:rsid w:val="00F35328"/>
     <w:rsid w:val="00F36FD7"/>
     <w:rsid w:val="00F40CBF"/>
     <w:rsid w:val="00F5611C"/>
     <w:rsid w:val="00F57CEF"/>
     <w:rsid w:val="00F6244D"/>
     <w:rsid w:val="00F633A2"/>
     <w:rsid w:val="00F64DD3"/>
     <w:rsid w:val="00F675D1"/>
+    <w:rsid w:val="00F67D68"/>
     <w:rsid w:val="00F73E33"/>
     <w:rsid w:val="00F77A5A"/>
     <w:rsid w:val="00F86ED6"/>
     <w:rsid w:val="00F9052F"/>
     <w:rsid w:val="00F906E8"/>
     <w:rsid w:val="00F912F0"/>
     <w:rsid w:val="00F953E0"/>
     <w:rsid w:val="00FA216A"/>
     <w:rsid w:val="00FA7E79"/>
+    <w:rsid w:val="00FC4B48"/>
     <w:rsid w:val="00FC5E49"/>
     <w:rsid w:val="00FC5F61"/>
     <w:rsid w:val="00FC7FA1"/>
+    <w:rsid w:val="00FD0053"/>
     <w:rsid w:val="00FD189C"/>
     <w:rsid w:val="00FD2DA0"/>
     <w:rsid w:val="00FD3A5C"/>
+    <w:rsid w:val="00FD7E64"/>
     <w:rsid w:val="00FE26C6"/>
     <w:rsid w:val="00FE37A3"/>
     <w:rsid w:val="00FE4EBB"/>
     <w:rsid w:val="00FE667B"/>
     <w:rsid w:val="00FF043D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -7872,88 +9413,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9EB89FC-8354-498D-9B92-0A17686BAB5E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F8E9A41-1510-485E-ACEA-3FC39F303D90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3761</Characters>
+  <Pages>1</Pages>
+  <Words>733</Words>
+  <Characters>4182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Copyright Impôts Ici !</vt:lpstr>
       <vt:lpstr>Copyright Impôts Ici !</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4412</CharactersWithSpaces>
+  <CharactersWithSpaces>4906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Copyright Impôts Ici !</dc:title>
   <dc:subject/>
   <dc:creator>Impôts Ici ! Inc.</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>