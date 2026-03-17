--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Questionnaires &amp; listes (pas sur le web)\Particulier\CAN Particulier\En développement\2025-2026\À mettre en ligne\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="9gBiGTOgvQSXpB/g3rwvYX1UlxecCTP1YJe6OH7fgGPyXuIz7ell/RKU71YPt+0tGNDMS4ADI6MDZgaU7ShxTA==" workbookSaltValue="CqhngAMlBToGK3fTCv8hRg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="Dépenses emploi" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Dépenses emploi'!$A$1:$H$87</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="84">
   <si>
     <t>DEPENSES</t>
   </si>
@@ -376,65 +376,65 @@
   <si>
     <t>c3245226-12f6-414f-a9e6-da01a75ccfd0</t>
   </si>
   <si>
     <t>{"id":"c3245226-12f6-414f-a9e6-da01a75ccfd0","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>8c55baf4-a55a-42a9-81ac-cf6652b40c5a</t>
   </si>
   <si>
     <t>{"id":"8c55baf4-a55a-42a9-81ac-cf6652b40c5a","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>c72bdcb0-05e2-4f01-ba15-0f47911b1e3b</t>
   </si>
   <si>
     <t>{"id":"c72bdcb0-05e2-4f01-ba15-0f47911b1e3b","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>c6018593-e204-4f41-98e8-af36f9a665f1</t>
   </si>
   <si>
     <t>{"id":"c6018593-e204-4f41-98e8-af36f9a665f1","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
-[...2 lines deleted...]
-    <t>Ce formulaire est approuvé pour les années fiscales 2024 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2024.</t>
+    <t>Ce formulaire est approuvé pour les années fiscales 2025 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2025.</t>
+  </si>
+  <si>
+    <t>v.2026-01-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
-    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="16">
+  <fonts count="15">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -485,57 +485,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Arial (Body)"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="3"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -614,147 +607,147 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="13" fontId="8" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="13" fontId="8" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="13" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF87A4CF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -765,51 +758,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>44600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>101877</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1314299</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>139423</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1043" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B5008B9-A189-0245-94F6-D3E36F4C2A19}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4B5008B9-A189-0245-94F6-D3E36F4C2A19}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="44600" y="101877"/>
           <a:ext cx="1269699" cy="456646"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -1325,73 +1318,73 @@
         <v>69</v>
       </c>
       <c r="C1" t="s">
         <v>70</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M87"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="B14" sqref="B14"/>
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="3.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.140625" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="H1" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="20.25" customHeight="1">
       <c r="H2" s="4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="5"/>
     </row>
     <row r="4" spans="1:13" ht="14.1" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="8"/>
     </row>
     <row r="5" spans="1:13" ht="14.1" customHeight="1">
       <c r="A5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="9"/>
@@ -1399,53 +1392,53 @@
       <c r="D5" s="9"/>
       <c r="E5" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
     </row>
     <row r="6" spans="1:13" ht="14.1" customHeight="1">
       <c r="A6" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="1"/>
       <c r="J6" s="5"/>
     </row>
     <row r="7" spans="1:13" ht="12" customHeight="1">
       <c r="J7" s="10"/>
     </row>
-    <row r="8" spans="1:13" ht="24" customHeight="1">
+    <row r="8" spans="1:13" ht="26.25" customHeight="1">
       <c r="A8" s="54" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B8" s="54"/>
       <c r="C8" s="54"/>
       <c r="D8" s="54"/>
       <c r="E8" s="54"/>
       <c r="F8" s="54"/>
       <c r="G8" s="54"/>
       <c r="J8" s="10"/>
     </row>
     <row r="9" spans="1:13" ht="26.1" customHeight="1">
       <c r="A9" s="53" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="53"/>
       <c r="C9" s="53"/>
       <c r="D9" s="53"/>
       <c r="E9" s="53"/>
       <c r="F9" s="53"/>
       <c r="G9" s="53"/>
       <c r="H9" s="53"/>
       <c r="J9" s="10"/>
     </row>
     <row r="10" spans="1:13" ht="26.1" customHeight="1">
       <c r="A10" s="53" t="s">
         <v>68</v>