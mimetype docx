--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -4,115 +4,114 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="781CA98B" w14:textId="2C132338" w:rsidR="004E3CC0" w:rsidRDefault="007F5017">
+    <w:p w14:paraId="781CA98B" w14:textId="67CAD523" w:rsidR="004E3CC0" w:rsidRDefault="007F5017">
       <w:r w:rsidRPr="007F5017">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Ce formulaire est approu</w:t>
       </w:r>
-      <w:r w:rsidR="00DE3F13">
+      <w:r w:rsidR="009A1EC7">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>vé pour les années fiscales 2024</w:t>
+        <w:t>vé pour les années fiscales 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="007F5017">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et précédentes uniquement. Veuillez télécharger la version récente si vous vo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE3F13">
+        <w:t xml:space="preserve"> et précédentes uniquement. Veuillez télécharger la version réc</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007F5017">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>us déclarez une année après 2024</w:t>
+        <w:t>ente si vous vo</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1EC7">
+        <w:rPr>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>us déclarez une année après 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="007F5017">
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="286B1323" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72">
       <w:r w:rsidRPr="002E1C72">
         <w:t xml:space="preserve">Si vous avez vendu une résidence qui pourrait se qualifier de résidence principale, </w:t>
       </w:r>
       <w:r>
         <w:t>merci de compléter ce questionnaire.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2EC9F0A5" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002E1C72">
-        <w:t xml:space="preserve">Est-ce que vous, votre conjoint, votre ex-conjoint ou votre enfant </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> habité cette propriété pour </w:t>
+        <w:t xml:space="preserve">Est-ce que vous, votre conjoint, votre ex-conjoint ou votre enfant avez habité cette propriété pour </w:t>
       </w:r>
       <w:r w:rsidRPr="000752D7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>toutes</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1C72">
         <w:t xml:space="preserve"> les années pour lesquelles vous étiez propriétaire?</w:t>
       </w:r>
       <w:r w:rsidR="000752D7">
         <w:t xml:space="preserve"> Un chalet se qualifie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1421B5FF" w14:textId="5FD6D59B" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Non : </w:t>
       </w:r>
@@ -148,60 +147,77 @@
       </w:r>
       <w:r>
         <w:t>car vous ne semblez pas vous qualifier</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1C72">
         <w:t>, ne répondez pas aux questions suivantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4FB91F" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Oui : veuillez continuer à la question suivante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497DD106" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC8A945" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
+    <w:p w14:paraId="7AC8A945" w14:textId="55E4A8B0" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002E1C72">
         <w:t>Durant la détention de cette propriété, avez-vous, à un moment donné, possédé au moins une autre propriété ? Veuillez ne pas compter l'année où vous avez vendu et acheté une propriété durant la même année.</w:t>
+      </w:r>
+      <w:r w:rsidR="009941B7">
+        <w:t xml:space="preserve"> Veuillez également remplir un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="009941B7" w:rsidRPr="009941B7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>historique de bâtisse</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A1EC7">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F12B0F3" w14:textId="77777777" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Non : veuillez continuer à la question suivante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1B6845" w14:textId="11D28248" w:rsidR="002E1C72" w:rsidRDefault="002E1C72" w:rsidP="002E1C72">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oui : veuillez prendre rendez-vous pour une </w:t>
       </w:r>
@@ -412,74 +428,74 @@
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:t xml:space="preserve">Si vous pensez que d’autre information est pertinente, merci de nous l’indiquer ici : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A1CD15" w14:textId="77777777" w:rsidR="00791191" w:rsidRPr="002E1C72" w:rsidRDefault="000752D7" w:rsidP="00791191">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="00D33C14">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00791191" w:rsidRPr="002E1C72" w:rsidSect="0088086A">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12242" w:h="15842"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="363" w:footer="363" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D714BDD" w14:textId="77777777" w:rsidR="00EC1113" w:rsidRDefault="00EC1113" w:rsidP="002E1C72">
+    <w:p w14:paraId="7036AF8B" w14:textId="77777777" w:rsidR="00280209" w:rsidRDefault="00280209" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="714A01F0" w14:textId="77777777" w:rsidR="00EC1113" w:rsidRDefault="00EC1113" w:rsidP="002E1C72">
+    <w:p w14:paraId="04996BF9" w14:textId="77777777" w:rsidR="00280209" w:rsidRDefault="00280209" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -510,147 +526,147 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32DEDA28" w14:textId="77777777" w:rsidR="00EC1113" w:rsidRDefault="00EC1113" w:rsidP="002E1C72">
+    <w:p w14:paraId="3EA78D37" w14:textId="77777777" w:rsidR="00280209" w:rsidRDefault="00280209" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5884ABFD" w14:textId="77777777" w:rsidR="00EC1113" w:rsidRDefault="00EC1113" w:rsidP="002E1C72">
+    <w:p w14:paraId="29512333" w14:textId="77777777" w:rsidR="00280209" w:rsidRDefault="00280209" w:rsidP="002E1C72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="5CC831E1" w14:textId="478942F1" w:rsidR="0088086A" w:rsidRPr="008C44F8" w:rsidRDefault="0088086A" w:rsidP="0088086A">
+  <w:p w14:paraId="5CC831E1" w14:textId="19538E6F" w:rsidR="0088086A" w:rsidRPr="008C44F8" w:rsidRDefault="0088086A" w:rsidP="0088086A">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
     <w:r w:rsidR="009C66E2">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00DE3F13">
+    <w:r w:rsidR="002309B5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-CA"/>
       </w:rPr>
-      <w:t>2025-01-23</w:t>
+      <w:t>2026-01-23</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">– Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DE3F13">
+    <w:r w:rsidR="002309B5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -679,88 +695,88 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DE3F13">
+    <w:r w:rsidR="002309B5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="61BF3ECD" w14:textId="1F999A3B" w:rsidR="0088086A" w:rsidRDefault="002746B2" w:rsidP="002746B2">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50216F3D" wp14:editId="2DB55F3D">
           <wp:extent cx="1057275" cy="384216"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="jpeg qui déjà à la taille réelle.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1042,119 +1058,125 @@
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1C72"/>
     <w:rsid w:val="000752D7"/>
     <w:rsid w:val="000823CE"/>
     <w:rsid w:val="00102798"/>
     <w:rsid w:val="001067B0"/>
     <w:rsid w:val="001E3CEC"/>
     <w:rsid w:val="00202813"/>
     <w:rsid w:val="00221EE1"/>
+    <w:rsid w:val="002309B5"/>
     <w:rsid w:val="00255D8D"/>
     <w:rsid w:val="002746B2"/>
+    <w:rsid w:val="00280209"/>
     <w:rsid w:val="002E1C72"/>
     <w:rsid w:val="002E4EE1"/>
     <w:rsid w:val="002E4F2B"/>
     <w:rsid w:val="002E614E"/>
     <w:rsid w:val="00383CC5"/>
     <w:rsid w:val="003C36A1"/>
     <w:rsid w:val="00426859"/>
     <w:rsid w:val="00473BCD"/>
     <w:rsid w:val="004E3CC0"/>
     <w:rsid w:val="005270A8"/>
     <w:rsid w:val="005402FE"/>
     <w:rsid w:val="00572505"/>
     <w:rsid w:val="00583A25"/>
     <w:rsid w:val="0060605F"/>
     <w:rsid w:val="00652381"/>
     <w:rsid w:val="006E0D94"/>
     <w:rsid w:val="006F57FB"/>
+    <w:rsid w:val="00772AA1"/>
     <w:rsid w:val="00791191"/>
     <w:rsid w:val="007A6A7E"/>
     <w:rsid w:val="007F5017"/>
     <w:rsid w:val="00803115"/>
     <w:rsid w:val="0088086A"/>
     <w:rsid w:val="00911523"/>
     <w:rsid w:val="009776D2"/>
+    <w:rsid w:val="009941B7"/>
+    <w:rsid w:val="009A1EC7"/>
     <w:rsid w:val="009C66E2"/>
     <w:rsid w:val="00B13206"/>
     <w:rsid w:val="00BC5ABA"/>
     <w:rsid w:val="00BE56A2"/>
     <w:rsid w:val="00CD0D1A"/>
     <w:rsid w:val="00CD3544"/>
     <w:rsid w:val="00CD4595"/>
     <w:rsid w:val="00D3048B"/>
     <w:rsid w:val="00D45D8D"/>
     <w:rsid w:val="00D46EF4"/>
     <w:rsid w:val="00D64C9B"/>
     <w:rsid w:val="00DE3F13"/>
+    <w:rsid w:val="00EB1ED5"/>
     <w:rsid w:val="00EC1113"/>
     <w:rsid w:val="00ED7D2D"/>
     <w:rsid w:val="00FB2F4D"/>
     <w:rsid w:val="00FF7225"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1627,63 +1649,86 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E1C72"/>
     <w:rPr>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002E1C72"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009941B7"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009941B7"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.effisca.com/formulaires/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -1912,77 +1957,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>323</Words>
-  <Characters>1844</Characters>
+  <Words>339</Words>
+  <Characters>1934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2163</CharactersWithSpaces>
+  <CharactersWithSpaces>2269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nicolas Godbout</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>