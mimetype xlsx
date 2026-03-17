--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -11,124 +11,118 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Administration et divers\Développement des questionnaires\En développement\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="I0SLmm/o8pw1zVjmkKYqWDrUw7pd4cj1CUvGYmwWIioplfvH6tWOIrqIK2uV6/Xhm7uZwBBL05pM79cefkftSw==" workbookSaltValue="YSxrF6U84NgsC3N65C0OLA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9384" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="QR frais médicaux" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'QR frais médicaux'!$A$1:$I$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'QR frais médicaux'!$A$1:$I$68</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Impot ici</author>
   </authors>
   <commentList>
-    <comment ref="G44" authorId="0" shapeId="0">
+    <comment ref="G43" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Impot ici:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Juste les frais de consultation et pas des frais de médicaments
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="72">
   <si>
     <t>Questionnaire Frais Médicaux</t>
   </si>
   <si>
-    <t>Médicaments</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Frais </t>
   </si>
   <si>
     <t xml:space="preserve">Si oui lequel(s) ? </t>
   </si>
   <si>
-    <t>Psychologue</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Nom : </t>
   </si>
   <si>
     <t>Année d'imposition :</t>
   </si>
   <si>
     <t xml:space="preserve">Est-ce qu'un membre de votre famille est atteint d'une déficience grave / handicap ? </t>
   </si>
   <si>
     <t xml:space="preserve">Description du handicap : </t>
   </si>
   <si>
     <t xml:space="preserve">Avez-vous dejà fait remplir les attestations et les avez soumis aux deux gouvernements ? </t>
   </si>
   <si>
     <t>OUI</t>
   </si>
   <si>
     <t>NON</t>
   </si>
   <si>
     <t>Nous garantissons le traitement fiscal approprié mais pas les montants.</t>
   </si>
   <si>
     <t>Nous garantissons autant le traitement fiscal que les montants.</t>
@@ -142,111 +136,93 @@
   <si>
     <t>pas déductible</t>
   </si>
   <si>
     <t>Assistant médical en ophtamologie</t>
   </si>
   <si>
     <t>Associé en psychologie</t>
   </si>
   <si>
     <t>Infirmier autorisé</t>
   </si>
   <si>
     <t>Infirmier de cabinet dentiste</t>
   </si>
   <si>
     <t>Inhalothérapeute</t>
   </si>
   <si>
     <t>Technicien ou Technologue dentaire</t>
   </si>
   <si>
     <t>Travailleurs sociaux</t>
   </si>
   <si>
-    <t>Assitant dentaire (fédéral seulement)</t>
-[...7 lines deleted...]
-  <si>
     <t>Ostéopathes (Québec seulement)</t>
   </si>
   <si>
     <t>Phytothérapeute (Québec seulement)</t>
   </si>
   <si>
     <t>Podologue (Québec seulement)</t>
   </si>
   <si>
-    <t>Technicien de laboratoire médical et de radiologie (fédéral seulement)</t>
-[...1 lines deleted...]
-  <si>
     <t>Thérapeutes conjugaux et familiaux (Québec seulement)</t>
   </si>
   <si>
     <t>Médecin / Pédiatre / Pharmacien</t>
   </si>
   <si>
     <t>Audiologiste, Audioprothésiste</t>
   </si>
   <si>
     <t xml:space="preserve">Podiatre </t>
   </si>
   <si>
     <t xml:space="preserve">Orthophoniste </t>
   </si>
   <si>
     <t>Dentiste / Orthodontie / Denturologiste, prothésiste dentaire</t>
   </si>
   <si>
     <t>Physiothérapeute / Chiropraticien  / Ergothérapeute</t>
   </si>
   <si>
-    <t>Psychanalystes / psychothérapeute (Québec seulement)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Signature : </t>
   </si>
   <si>
     <t>Chirurgien</t>
   </si>
   <si>
     <t xml:space="preserve">Svp choisir une des 2 options suivantes : </t>
   </si>
   <si>
     <t>Option 1 : Vous fournissez les totaux par type de frais</t>
   </si>
   <si>
     <t>Option 2 : Vous nous fournissez les reçus, relevés d'assurances, etc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sexologue (Québec seulement)</t>
   </si>
   <si>
     <t>Autre :</t>
   </si>
   <si>
     <t>Infirmier auxiliaire immatriculé/autorisé (Québec Seulement)</t>
   </si>
   <si>
     <t xml:space="preserve">GRAND TOTAL : </t>
   </si>
   <si>
     <t xml:space="preserve">Nom des personnes : </t>
   </si>
   <si>
     <t xml:space="preserve">Acupuncteur </t>
   </si>
   <si>
     <t>Criminologue</t>
   </si>
   <si>
     <t>Conseiller d'orientation</t>
   </si>
   <si>
     <t>Si des factures sont fournies en plus du questionnaire medical, elles sont facturées à l'unité.</t>
   </si>
@@ -301,54 +277,69 @@
   <si>
     <t>6c5ecdec-e25e-4c7c-8019-0fb2ac3b7ed6</t>
   </si>
   <si>
     <t>{"id":"6c5ecdec-e25e-4c7c-8019-0fb2ac3b7ed6","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>64bf5b97-a073-4c03-b70e-c9f4a4d3f051</t>
   </si>
   <si>
     <t>{"id":"64bf5b97-a073-4c03-b70e-c9f4a4d3f051","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>92d2579c-d980-4699-a6da-2b83afa7392d</t>
   </si>
   <si>
     <t>{"id":"92d2579c-d980-4699-a6da-2b83afa7392d","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>f04ea952-af5a-4ede-8c0f-38d28f197c94</t>
   </si>
   <si>
     <t>{"id":"f04ea952-af5a-4ede-8c0f-38d28f197c94","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
-[...2 lines deleted...]
-    <t>Ce formulaire est approuvé pour les années fiscales 2024 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2024.</t>
+    <t xml:space="preserve">Naturopathe (Québec seulement, ne sera plus admissible en 2026) </t>
+  </si>
+  <si>
+    <t>Médicaments (homéopathie non admissible à partir de 2026)</t>
+  </si>
+  <si>
+    <t>Sexologue</t>
+  </si>
+  <si>
+    <t>Psychologue, Psychothérapeute</t>
+  </si>
+  <si>
+    <t>Psychanalystes (pas admissible)</t>
+  </si>
+  <si>
+    <t>Ce formulaire est approuvé pour les années fiscales 2025 et précédentes uniquement. Veuillez télécharger la version récente si vous vous déclarez une année après 2025.</t>
+  </si>
+  <si>
+    <t>v.2026-02-03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -495,51 +486,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -565,113 +556,116 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1828800</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>37636</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{124DB650-FEA8-844D-9E55-9EC5B8423081}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{124DB650-FEA8-844D-9E55-9EC5B8423081}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="85725"/>
           <a:ext cx="1828800" cy="663111"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -973,1505 +967,1474 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669889956</v>
       </c>
       <c r="B1" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1737669890100</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>1737669890110</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>1737669890110</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="D4" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>1737669890110</v>
       </c>
       <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
         <v>62</v>
       </c>
-      <c r="C5" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>1737669890110</v>
       </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669890132</v>
       </c>
       <c r="B1" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669890146</v>
       </c>
       <c r="B1" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1737669890154</v>
       </c>
       <c r="B1" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I107"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A10" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A28" sqref="A28"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="I2" sqref="I2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.09765625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="74.125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="1.625" customWidth="1"/>
+    <col min="1" max="1" width="74.09765625" customWidth="1"/>
+    <col min="2" max="2" width="3.3984375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="14.09765625" customWidth="1"/>
+    <col min="4" max="4" width="1.59765625" customWidth="1"/>
     <col min="5" max="5" width="14.5" customWidth="1"/>
-    <col min="6" max="6" width="1.875" customWidth="1"/>
+    <col min="6" max="6" width="1.8984375" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
-    <col min="8" max="8" width="1.875" customWidth="1"/>
-    <col min="9" max="9" width="14.125" customWidth="1"/>
+    <col min="8" max="8" width="1.8984375" customWidth="1"/>
+    <col min="9" max="9" width="14.09765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I1" t="s">
-        <v>73</v>
-[...14 lines deleted...]
-    <row r="7" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="42" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" s="42"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="42"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="42"/>
+    </row>
+    <row r="7" spans="1:9" ht="22.8" x14ac:dyDescent="0.4">
       <c r="A7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="20"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
     </row>
-    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B9" s="21"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
     </row>
-    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B10" s="21"/>
       <c r="C10" s="16"/>
     </row>
-    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="1"/>
       <c r="B11" s="21"/>
     </row>
-    <row r="12" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
     </row>
-    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A13" s="8" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
     </row>
-    <row r="14" spans="1:9" s="10" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:9" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B14" s="22"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
     </row>
-    <row r="15" spans="1:9" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" s="10" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="10" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B15" s="22"/>
     </row>
-    <row r="16" spans="1:9" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" s="10" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="25"/>
       <c r="C16" s="10" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D16" s="17"/>
       <c r="E16" s="10" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="21"/>
     </row>
-    <row r="18" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:9" ht="21" x14ac:dyDescent="0.4">
       <c r="A18" s="15" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B18" s="21"/>
     </row>
-    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="21"/>
     </row>
-    <row r="20" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" ht="21" x14ac:dyDescent="0.4">
       <c r="A20" s="15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B20" s="21"/>
     </row>
-    <row r="21" spans="1:9" s="10" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:9" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="22"/>
+    </row>
+    <row r="22" spans="1:9" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
         <v>12</v>
       </c>
-      <c r="B21" s="22"/>
-[...4 lines deleted...]
-      </c>
       <c r="B22" s="22"/>
     </row>
-    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="B23" s="21"/>
     </row>
-    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B24" s="21"/>
       <c r="C24" s="11"/>
       <c r="D24" s="1"/>
       <c r="E24" s="11"/>
       <c r="G24" s="11"/>
       <c r="I24" s="11"/>
     </row>
-    <row r="25" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A25" s="26" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B25" s="27"/>
       <c r="C25" s="28"/>
       <c r="D25" s="29"/>
       <c r="E25" s="28"/>
       <c r="F25" s="29"/>
       <c r="G25" s="28"/>
       <c r="H25" s="29"/>
       <c r="I25" s="28"/>
     </row>
-    <row r="26" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A26" s="30" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B26" s="27"/>
       <c r="C26" s="29"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
     </row>
-    <row r="27" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A27" s="31" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B27" s="32"/>
       <c r="C27" s="28"/>
       <c r="D27" s="33"/>
       <c r="E27" s="28"/>
       <c r="F27" s="29"/>
       <c r="G27" s="28"/>
       <c r="H27" s="29"/>
       <c r="I27" s="28"/>
     </row>
-    <row r="28" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A28" s="31" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B28" s="32"/>
       <c r="C28" s="35" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D28" s="36"/>
       <c r="E28" s="35" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F28" s="37"/>
       <c r="G28" s="35" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H28" s="37"/>
       <c r="I28" s="35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A29" s="31" t="s">
         <v>16</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B29" s="32"/>
-      <c r="C29" s="35"/>
+      <c r="C29" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="D29" s="36"/>
-      <c r="E29" s="35"/>
+      <c r="E29" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="F29" s="37"/>
-      <c r="G29" s="35"/>
+      <c r="G29" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="H29" s="37"/>
-      <c r="I29" s="35"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I29" s="35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A30" s="31" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B30" s="32"/>
-      <c r="C30" s="35" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="C30" s="35"/>
+      <c r="D30" s="37"/>
+      <c r="E30" s="35"/>
       <c r="F30" s="37"/>
-      <c r="G30" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G30" s="35"/>
       <c r="H30" s="37"/>
-      <c r="I30" s="35" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I30" s="35"/>
+    </row>
+    <row r="31" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A31" s="31" t="s">
         <v>33</v>
       </c>
       <c r="B31" s="32"/>
       <c r="C31" s="35"/>
       <c r="D31" s="37"/>
       <c r="E31" s="35"/>
       <c r="F31" s="37"/>
       <c r="G31" s="35"/>
       <c r="H31" s="37"/>
       <c r="I31" s="35"/>
     </row>
-    <row r="32" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A32" s="31" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B32" s="32"/>
       <c r="C32" s="35"/>
       <c r="D32" s="37"/>
       <c r="E32" s="35"/>
       <c r="F32" s="37"/>
       <c r="G32" s="35"/>
       <c r="H32" s="37"/>
       <c r="I32" s="35"/>
     </row>
-    <row r="33" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A33" s="31" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="B33" s="32"/>
       <c r="C33" s="35"/>
       <c r="D33" s="37"/>
       <c r="E33" s="35"/>
       <c r="F33" s="37"/>
       <c r="G33" s="35"/>
       <c r="H33" s="37"/>
       <c r="I33" s="35"/>
     </row>
-    <row r="34" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A34" s="31" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="B34" s="32"/>
-      <c r="C34" s="35"/>
-      <c r="D34" s="37"/>
+      <c r="C34" s="38"/>
+      <c r="D34" s="36"/>
       <c r="E34" s="35"/>
       <c r="F34" s="37"/>
       <c r="G34" s="35"/>
       <c r="H34" s="37"/>
       <c r="I34" s="35"/>
     </row>
-    <row r="35" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A35" s="31" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="B35" s="32"/>
-      <c r="C35" s="38"/>
-      <c r="D35" s="36"/>
+      <c r="C35" s="35"/>
+      <c r="D35" s="37"/>
       <c r="E35" s="35"/>
       <c r="F35" s="37"/>
       <c r="G35" s="35"/>
       <c r="H35" s="37"/>
       <c r="I35" s="35"/>
     </row>
-    <row r="36" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A36" s="31" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="B36" s="32"/>
       <c r="C36" s="35"/>
       <c r="D36" s="37"/>
       <c r="E36" s="35"/>
       <c r="F36" s="37"/>
       <c r="G36" s="35"/>
       <c r="H36" s="37"/>
       <c r="I36" s="35"/>
     </row>
-    <row r="37" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A37" s="31" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="B37" s="32"/>
       <c r="C37" s="35"/>
       <c r="D37" s="37"/>
       <c r="E37" s="35"/>
       <c r="F37" s="37"/>
       <c r="G37" s="35"/>
       <c r="H37" s="37"/>
       <c r="I37" s="35"/>
     </row>
-    <row r="38" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A38" s="31" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="B38" s="32"/>
-      <c r="C38" s="35"/>
-[...1 lines deleted...]
-      <c r="E38" s="35"/>
+      <c r="C38" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38" s="36"/>
+      <c r="E38" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="F38" s="37"/>
-      <c r="G38" s="35"/>
+      <c r="G38" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="H38" s="37"/>
-      <c r="I38" s="35"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I38" s="35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A39" s="31" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B39" s="32"/>
-      <c r="C39" s="35" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="C39" s="35"/>
+      <c r="D39" s="37"/>
+      <c r="E39" s="35"/>
       <c r="F39" s="37"/>
-      <c r="G39" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G39" s="35"/>
       <c r="H39" s="37"/>
-      <c r="I39" s="35" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I39" s="35"/>
+    </row>
+    <row r="40" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A40" s="31" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="B40" s="32"/>
-      <c r="C40" s="35"/>
-[...1 lines deleted...]
-      <c r="E40" s="35"/>
+      <c r="C40" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" s="36"/>
+      <c r="E40" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="F40" s="37"/>
-      <c r="G40" s="35"/>
+      <c r="G40" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="H40" s="37"/>
-      <c r="I40" s="35"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I40" s="35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A41" s="31" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B41" s="32"/>
-      <c r="C41" s="35" t="s">
-[...17 lines deleted...]
-        <v>32</v>
+      <c r="C41" s="28"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="28"/>
+    </row>
+    <row r="42" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A42" s="39" t="s">
+        <v>66</v>
       </c>
       <c r="B42" s="32"/>
-      <c r="C42" s="28"/>
+      <c r="C42" s="34"/>
       <c r="D42" s="33"/>
       <c r="E42" s="28"/>
       <c r="F42" s="29"/>
       <c r="G42" s="28"/>
       <c r="H42" s="29"/>
       <c r="I42" s="28"/>
     </row>
-    <row r="43" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="43" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A43" s="39" t="s">
+        <v>65</v>
       </c>
       <c r="B43" s="32"/>
-      <c r="C43" s="34"/>
-      <c r="D43" s="33"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="29"/>
       <c r="E43" s="28"/>
       <c r="F43" s="29"/>
       <c r="G43" s="28"/>
       <c r="H43" s="29"/>
       <c r="I43" s="28"/>
     </row>
-    <row r="44" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:9" ht="34.799999999999997" x14ac:dyDescent="0.3">
       <c r="A44" s="31" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="B44" s="32"/>
       <c r="C44" s="28"/>
       <c r="D44" s="29"/>
       <c r="E44" s="28"/>
       <c r="F44" s="29"/>
       <c r="G44" s="28"/>
       <c r="H44" s="29"/>
       <c r="I44" s="28"/>
     </row>
-    <row r="45" spans="1:9" ht="36" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:9" ht="34.799999999999997" x14ac:dyDescent="0.3">
       <c r="A45" s="31" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="B45" s="32"/>
       <c r="C45" s="28"/>
       <c r="D45" s="29"/>
       <c r="E45" s="28"/>
       <c r="F45" s="29"/>
       <c r="G45" s="28"/>
       <c r="H45" s="29"/>
       <c r="I45" s="28"/>
     </row>
-    <row r="46" spans="1:9" ht="36" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A46" s="31" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="B46" s="32"/>
       <c r="C46" s="28"/>
       <c r="D46" s="29"/>
       <c r="E46" s="28"/>
       <c r="F46" s="29"/>
       <c r="G46" s="28"/>
       <c r="H46" s="29"/>
       <c r="I46" s="28"/>
     </row>
-    <row r="47" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A47" s="31" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B47" s="32"/>
       <c r="C47" s="28"/>
       <c r="D47" s="29"/>
       <c r="E47" s="28"/>
       <c r="F47" s="29"/>
       <c r="G47" s="28"/>
       <c r="H47" s="29"/>
       <c r="I47" s="28"/>
     </row>
-    <row r="48" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A48" s="31" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B48" s="32"/>
       <c r="C48" s="28"/>
-      <c r="D48" s="29"/>
+      <c r="D48" s="33"/>
       <c r="E48" s="28"/>
       <c r="F48" s="29"/>
       <c r="G48" s="28"/>
       <c r="H48" s="29"/>
       <c r="I48" s="28"/>
     </row>
-    <row r="49" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A49" s="31" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="B49" s="32"/>
       <c r="C49" s="28"/>
-      <c r="D49" s="33"/>
+      <c r="D49" s="29"/>
       <c r="E49" s="28"/>
       <c r="F49" s="29"/>
       <c r="G49" s="28"/>
       <c r="H49" s="29"/>
       <c r="I49" s="28"/>
     </row>
-    <row r="50" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A50" s="31" t="s">
         <v>28</v>
       </c>
       <c r="B50" s="32"/>
       <c r="C50" s="28"/>
       <c r="D50" s="29"/>
       <c r="E50" s="28"/>
       <c r="F50" s="29"/>
       <c r="G50" s="28"/>
       <c r="H50" s="29"/>
       <c r="I50" s="28"/>
     </row>
-    <row r="51" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A51" s="31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B51" s="32"/>
       <c r="C51" s="28"/>
       <c r="D51" s="29"/>
       <c r="E51" s="28"/>
       <c r="F51" s="29"/>
       <c r="G51" s="28"/>
       <c r="H51" s="29"/>
       <c r="I51" s="28"/>
     </row>
-    <row r="52" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A52" s="31" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="B52" s="32"/>
-      <c r="C52" s="28"/>
-[...3 lines deleted...]
-      <c r="G52" s="28"/>
+      <c r="C52" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D52" s="36"/>
+      <c r="E52" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="37"/>
+      <c r="G52" s="35" t="s">
+        <v>14</v>
+      </c>
       <c r="H52" s="29"/>
-      <c r="I52" s="28"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+      <c r="I52" s="35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A53" s="31" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="B53" s="32"/>
       <c r="C53" s="28"/>
-      <c r="D53" s="29"/>
+      <c r="D53" s="33"/>
       <c r="E53" s="28"/>
       <c r="F53" s="29"/>
       <c r="G53" s="28"/>
       <c r="H53" s="29"/>
       <c r="I53" s="28"/>
     </row>
-    <row r="54" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A54" s="31" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="B54" s="32"/>
       <c r="C54" s="28"/>
-      <c r="D54" s="33"/>
+      <c r="D54" s="29"/>
       <c r="E54" s="28"/>
       <c r="F54" s="29"/>
       <c r="G54" s="28"/>
       <c r="H54" s="29"/>
       <c r="I54" s="28"/>
     </row>
-    <row r="55" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A55" s="31" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B55" s="32"/>
       <c r="C55" s="28"/>
       <c r="D55" s="29"/>
       <c r="E55" s="28"/>
       <c r="F55" s="29"/>
       <c r="G55" s="28"/>
       <c r="H55" s="29"/>
       <c r="I55" s="28"/>
     </row>
-    <row r="56" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A56" s="31" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B56" s="32"/>
       <c r="C56" s="28"/>
       <c r="D56" s="29"/>
       <c r="E56" s="28"/>
       <c r="F56" s="29"/>
       <c r="G56" s="28"/>
       <c r="H56" s="29"/>
       <c r="I56" s="28"/>
     </row>
-    <row r="57" spans="1:9" ht="36" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:9" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A57" s="31" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="B57" s="32"/>
       <c r="C57" s="28"/>
       <c r="D57" s="29"/>
       <c r="E57" s="28"/>
       <c r="F57" s="29"/>
       <c r="G57" s="28"/>
       <c r="H57" s="29"/>
       <c r="I57" s="28"/>
     </row>
-    <row r="58" spans="1:9" ht="18" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="31" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="B58" s="32"/>
-      <c r="C58" s="28"/>
+      <c r="C58" s="33"/>
       <c r="D58" s="29"/>
-      <c r="E58" s="28"/>
+      <c r="E58" s="33"/>
       <c r="F58" s="29"/>
-      <c r="G58" s="28"/>
+      <c r="G58" s="33"/>
       <c r="H58" s="29"/>
-      <c r="I58" s="28"/>
-[...91 lines deleted...]
-      </c>
+      <c r="I58" s="33"/>
+    </row>
+    <row r="59" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B59" s="12"/>
+      <c r="C59" s="24"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="24"/>
+      <c r="G59" s="24"/>
+      <c r="I59" s="24"/>
+    </row>
+    <row r="60" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B60" s="8"/>
+      <c r="C60" s="8"/>
+      <c r="D60" s="8"/>
+      <c r="E60" s="8"/>
+      <c r="F60" s="8"/>
+      <c r="G60" s="8"/>
+      <c r="H60" s="8"/>
+      <c r="I60" s="8"/>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="B61" s="41"/>
+      <c r="C61" s="41"/>
+      <c r="D61" s="41"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
+      <c r="I61" s="41"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="8"/>
+      <c r="B62" s="8"/>
+      <c r="C62" s="8"/>
+      <c r="D62" s="8"/>
+      <c r="E62" s="8"/>
+      <c r="F62" s="8"/>
+      <c r="G62" s="8"/>
+      <c r="H62" s="8"/>
+      <c r="I62" s="8"/>
+    </row>
+    <row r="63" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A63" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="I63" s="4"/>
+    </row>
+    <row r="64" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B64" s="8"/>
+      <c r="C64" s="8"/>
+      <c r="D64" s="8"/>
+      <c r="E64" s="8"/>
+      <c r="F64" s="8"/>
+      <c r="G64" s="6"/>
+      <c r="H64" s="6"/>
+      <c r="I64" s="4"/>
+    </row>
+    <row r="65" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B65" s="19"/>
+      <c r="C65" s="18"/>
+      <c r="D65" s="18"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="18"/>
+      <c r="G65" s="6"/>
+      <c r="H65" s="6"/>
+      <c r="I65" s="4"/>
+    </row>
+    <row r="66" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A66" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="B66" s="41"/>
+      <c r="C66" s="41"/>
+      <c r="D66" s="41"/>
+      <c r="E66" s="41"/>
+      <c r="F66" s="41"/>
+      <c r="G66" s="6"/>
+      <c r="H66" s="6"/>
       <c r="I66" s="4"/>
     </row>
-    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F67" s="8"/>
+    <row r="67" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="G67" s="6"/>
       <c r="H67" s="6"/>
       <c r="I67" s="4"/>
     </row>
-    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G68" s="6"/>
+    <row r="68" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="44" t="s">
+        <v>32</v>
+      </c>
+      <c r="B68" s="44"/>
+      <c r="C68" s="44"/>
+      <c r="D68" s="44"/>
+      <c r="E68" s="44"/>
+      <c r="F68" s="44"/>
+      <c r="G68" s="7"/>
       <c r="H68" s="6"/>
       <c r="I68" s="4"/>
     </row>
-    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="69" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="41"/>
       <c r="B69" s="41"/>
       <c r="C69" s="41"/>
       <c r="D69" s="41"/>
       <c r="E69" s="41"/>
       <c r="F69" s="41"/>
-      <c r="G69" s="6"/>
+      <c r="G69" s="7"/>
       <c r="H69" s="6"/>
       <c r="I69" s="4"/>
     </row>
-    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="41"/>
+      <c r="B70" s="41"/>
+      <c r="C70" s="41"/>
+      <c r="D70" s="41"/>
+      <c r="E70" s="41"/>
+      <c r="F70" s="41"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="I70" s="4"/>
     </row>
-    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G71" s="7"/>
+    <row r="71" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="41"/>
+      <c r="B71" s="41"/>
+      <c r="C71" s="41"/>
+      <c r="D71" s="41"/>
+      <c r="E71" s="41"/>
+      <c r="F71" s="41"/>
+      <c r="G71" s="6"/>
       <c r="H71" s="6"/>
       <c r="I71" s="4"/>
     </row>
-    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A72" s="41"/>
       <c r="B72" s="41"/>
       <c r="C72" s="41"/>
       <c r="D72" s="41"/>
       <c r="E72" s="41"/>
       <c r="F72" s="41"/>
-      <c r="G72" s="7"/>
+      <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="4"/>
     </row>
-    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A73" s="41"/>
       <c r="B73" s="41"/>
       <c r="C73" s="41"/>
       <c r="D73" s="41"/>
       <c r="E73" s="41"/>
       <c r="F73" s="41"/>
       <c r="G73" s="6"/>
       <c r="H73" s="6"/>
       <c r="I73" s="4"/>
     </row>
-    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A74" s="41"/>
       <c r="B74" s="41"/>
       <c r="C74" s="41"/>
       <c r="D74" s="41"/>
       <c r="E74" s="41"/>
       <c r="F74" s="41"/>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="4"/>
     </row>
-    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A75" s="41"/>
       <c r="B75" s="41"/>
       <c r="C75" s="41"/>
       <c r="D75" s="41"/>
       <c r="E75" s="41"/>
       <c r="F75" s="41"/>
-      <c r="G75" s="6"/>
+      <c r="G75" s="7"/>
       <c r="H75" s="6"/>
       <c r="I75" s="4"/>
     </row>
-    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A76" s="41"/>
       <c r="B76" s="41"/>
       <c r="C76" s="41"/>
       <c r="D76" s="41"/>
       <c r="E76" s="41"/>
       <c r="F76" s="41"/>
-      <c r="G76" s="6"/>
+      <c r="G76" s="7"/>
       <c r="H76" s="6"/>
       <c r="I76" s="4"/>
     </row>
-    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A77" s="41"/>
       <c r="B77" s="41"/>
       <c r="C77" s="41"/>
       <c r="D77" s="41"/>
       <c r="E77" s="41"/>
       <c r="F77" s="41"/>
-      <c r="G77" s="6"/>
+      <c r="G77" s="7"/>
       <c r="H77" s="6"/>
       <c r="I77" s="4"/>
     </row>
-    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A78" s="41"/>
       <c r="B78" s="41"/>
       <c r="C78" s="41"/>
       <c r="D78" s="41"/>
       <c r="E78" s="41"/>
       <c r="F78" s="41"/>
-      <c r="G78" s="7"/>
+      <c r="G78" s="6"/>
       <c r="H78" s="6"/>
       <c r="I78" s="4"/>
     </row>
-    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A79" s="41"/>
       <c r="B79" s="41"/>
       <c r="C79" s="41"/>
       <c r="D79" s="41"/>
       <c r="E79" s="41"/>
       <c r="F79" s="41"/>
-      <c r="G79" s="7"/>
+      <c r="G79" s="6"/>
       <c r="H79" s="6"/>
       <c r="I79" s="4"/>
     </row>
-    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A80" s="41"/>
       <c r="B80" s="41"/>
       <c r="C80" s="41"/>
       <c r="D80" s="41"/>
       <c r="E80" s="41"/>
       <c r="F80" s="41"/>
-      <c r="G80" s="7"/>
+      <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="4"/>
     </row>
-    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A81" s="41"/>
       <c r="B81" s="41"/>
       <c r="C81" s="41"/>
       <c r="D81" s="41"/>
       <c r="E81" s="41"/>
       <c r="F81" s="41"/>
       <c r="G81" s="6"/>
       <c r="H81" s="6"/>
       <c r="I81" s="4"/>
     </row>
-    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A82" s="41"/>
       <c r="B82" s="41"/>
       <c r="C82" s="41"/>
       <c r="D82" s="41"/>
       <c r="E82" s="41"/>
       <c r="F82" s="41"/>
       <c r="G82" s="6"/>
       <c r="H82" s="6"/>
       <c r="I82" s="4"/>
     </row>
-    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A83" s="41"/>
       <c r="B83" s="41"/>
       <c r="C83" s="41"/>
       <c r="D83" s="41"/>
       <c r="E83" s="41"/>
       <c r="F83" s="41"/>
       <c r="G83" s="6"/>
       <c r="H83" s="6"/>
       <c r="I83" s="4"/>
     </row>
-    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A84" s="41"/>
       <c r="B84" s="41"/>
       <c r="C84" s="41"/>
       <c r="D84" s="41"/>
       <c r="E84" s="41"/>
       <c r="F84" s="41"/>
       <c r="G84" s="6"/>
       <c r="H84" s="6"/>
       <c r="I84" s="4"/>
     </row>
-    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A85" s="41"/>
       <c r="B85" s="41"/>
       <c r="C85" s="41"/>
       <c r="D85" s="41"/>
       <c r="E85" s="41"/>
       <c r="F85" s="41"/>
       <c r="G85" s="6"/>
       <c r="H85" s="6"/>
       <c r="I85" s="4"/>
     </row>
-    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A86" s="41"/>
       <c r="B86" s="41"/>
       <c r="C86" s="41"/>
       <c r="D86" s="41"/>
       <c r="E86" s="41"/>
       <c r="F86" s="41"/>
       <c r="G86" s="6"/>
       <c r="H86" s="6"/>
       <c r="I86" s="4"/>
     </row>
-    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A87" s="41"/>
       <c r="B87" s="41"/>
       <c r="C87" s="41"/>
       <c r="D87" s="41"/>
       <c r="E87" s="41"/>
       <c r="F87" s="41"/>
       <c r="G87" s="6"/>
       <c r="H87" s="6"/>
       <c r="I87" s="4"/>
     </row>
-    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A88" s="41"/>
       <c r="B88" s="41"/>
       <c r="C88" s="41"/>
       <c r="D88" s="41"/>
       <c r="E88" s="41"/>
       <c r="F88" s="41"/>
       <c r="G88" s="6"/>
       <c r="H88" s="6"/>
       <c r="I88" s="4"/>
     </row>
-    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A89" s="41"/>
       <c r="B89" s="41"/>
       <c r="C89" s="41"/>
       <c r="D89" s="41"/>
       <c r="E89" s="41"/>
       <c r="F89" s="41"/>
       <c r="G89" s="6"/>
       <c r="H89" s="6"/>
       <c r="I89" s="4"/>
     </row>
-    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A90" s="41"/>
       <c r="B90" s="41"/>
       <c r="C90" s="41"/>
       <c r="D90" s="41"/>
       <c r="E90" s="41"/>
       <c r="F90" s="41"/>
       <c r="G90" s="6"/>
       <c r="H90" s="6"/>
       <c r="I90" s="4"/>
     </row>
-    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A91" s="41"/>
       <c r="B91" s="41"/>
       <c r="C91" s="41"/>
       <c r="D91" s="41"/>
       <c r="E91" s="41"/>
       <c r="F91" s="41"/>
       <c r="G91" s="6"/>
       <c r="H91" s="6"/>
       <c r="I91" s="4"/>
     </row>
-    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A92" s="41"/>
       <c r="B92" s="41"/>
       <c r="C92" s="41"/>
       <c r="D92" s="41"/>
       <c r="E92" s="41"/>
       <c r="F92" s="41"/>
       <c r="G92" s="6"/>
       <c r="H92" s="6"/>
       <c r="I92" s="4"/>
     </row>
-    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F93" s="41"/>
+    <row r="93" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A93" s="40"/>
+      <c r="B93" s="40"/>
+      <c r="C93" s="40"/>
+      <c r="D93" s="40"/>
+      <c r="E93" s="40"/>
+      <c r="F93" s="40"/>
       <c r="G93" s="6"/>
       <c r="H93" s="6"/>
       <c r="I93" s="4"/>
     </row>
-    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F94" s="41"/>
+    <row r="94" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A94" s="40"/>
+      <c r="B94" s="40"/>
+      <c r="C94" s="40"/>
+      <c r="D94" s="40"/>
+      <c r="E94" s="40"/>
+      <c r="F94" s="40"/>
       <c r="G94" s="6"/>
       <c r="H94" s="6"/>
       <c r="I94" s="4"/>
     </row>
-    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A95" s="41"/>
       <c r="B95" s="41"/>
       <c r="C95" s="41"/>
       <c r="D95" s="41"/>
       <c r="E95" s="41"/>
       <c r="F95" s="41"/>
       <c r="G95" s="6"/>
       <c r="H95" s="6"/>
       <c r="I95" s="4"/>
     </row>
-    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F96" s="43"/>
+    <row r="96" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A96" s="41"/>
+      <c r="B96" s="41"/>
+      <c r="C96" s="41"/>
+      <c r="D96" s="41"/>
+      <c r="E96" s="41"/>
+      <c r="F96" s="41"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="4"/>
     </row>
-    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F97" s="43"/>
+    <row r="97" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A97" s="41"/>
+      <c r="B97" s="41"/>
+      <c r="C97" s="41"/>
+      <c r="D97" s="41"/>
+      <c r="E97" s="41"/>
+      <c r="F97" s="41"/>
       <c r="G97" s="6"/>
       <c r="H97" s="6"/>
       <c r="I97" s="4"/>
     </row>
-    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A98" s="41"/>
       <c r="B98" s="41"/>
       <c r="C98" s="41"/>
       <c r="D98" s="41"/>
       <c r="E98" s="41"/>
       <c r="F98" s="41"/>
       <c r="G98" s="6"/>
       <c r="H98" s="6"/>
       <c r="I98" s="4"/>
     </row>
-    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A99" s="41"/>
       <c r="B99" s="41"/>
       <c r="C99" s="41"/>
       <c r="D99" s="41"/>
       <c r="E99" s="41"/>
       <c r="F99" s="41"/>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="4"/>
     </row>
-    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A100" s="41"/>
       <c r="B100" s="41"/>
       <c r="C100" s="41"/>
       <c r="D100" s="41"/>
       <c r="E100" s="41"/>
       <c r="F100" s="41"/>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="4"/>
     </row>
-    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A101" s="41"/>
       <c r="B101" s="41"/>
       <c r="C101" s="41"/>
       <c r="D101" s="41"/>
       <c r="E101" s="41"/>
       <c r="F101" s="41"/>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="4"/>
     </row>
-    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F102" s="41"/>
+    <row r="102" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A102" s="40"/>
+      <c r="B102" s="40"/>
+      <c r="C102" s="40"/>
+      <c r="D102" s="40"/>
+      <c r="E102" s="40"/>
+      <c r="F102" s="40"/>
       <c r="G102" s="6"/>
       <c r="H102" s="6"/>
       <c r="I102" s="4"/>
     </row>
-    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F103" s="41"/>
+    <row r="103" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A103" s="40"/>
+      <c r="B103" s="40"/>
+      <c r="C103" s="40"/>
+      <c r="D103" s="40"/>
+      <c r="E103" s="40"/>
+      <c r="F103" s="40"/>
       <c r="G103" s="6"/>
       <c r="H103" s="6"/>
       <c r="I103" s="4"/>
     </row>
-    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A104" s="41"/>
       <c r="B104" s="41"/>
       <c r="C104" s="41"/>
       <c r="D104" s="41"/>
       <c r="E104" s="41"/>
       <c r="F104" s="41"/>
       <c r="G104" s="6"/>
       <c r="H104" s="6"/>
       <c r="I104" s="4"/>
     </row>
-    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F105" s="43"/>
+    <row r="105" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="41"/>
+      <c r="B105" s="41"/>
+      <c r="C105" s="41"/>
+      <c r="D105" s="41"/>
+      <c r="E105" s="41"/>
+      <c r="F105" s="41"/>
       <c r="G105" s="6"/>
       <c r="H105" s="6"/>
       <c r="I105" s="4"/>
     </row>
-    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F106" s="43"/>
+    <row r="106" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A106" s="41"/>
+      <c r="B106" s="41"/>
+      <c r="C106" s="41"/>
+      <c r="D106" s="41"/>
+      <c r="E106" s="41"/>
+      <c r="F106" s="41"/>
       <c r="G106" s="6"/>
       <c r="H106" s="6"/>
       <c r="I106" s="4"/>
     </row>
-    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H107" s="6"/>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="4"/>
+      <c r="B107" s="4"/>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4"/>
+      <c r="E107" s="4"/>
+      <c r="F107" s="4"/>
+      <c r="G107" s="4"/>
+      <c r="H107" s="4"/>
       <c r="I107" s="4"/>
-    </row>
-[...31 lines deleted...]
-      <c r="I110" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="42">
-    <mergeCell ref="A106:F106"/>
-[...21 lines deleted...]
-    <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A6:H6"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A81:F81"/>
+    <mergeCell ref="A83:F83"/>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
-    <mergeCell ref="A84:F84"/>
-    <mergeCell ref="A86:F86"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
-    <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
-    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A106:F106"/>
+    <mergeCell ref="A86:F86"/>
+    <mergeCell ref="A96:F96"/>
+    <mergeCell ref="A97:F97"/>
+    <mergeCell ref="A98:F98"/>
+    <mergeCell ref="A99:F99"/>
+    <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A91:F91"/>
+    <mergeCell ref="A102:F102"/>
+    <mergeCell ref="A105:F105"/>
+    <mergeCell ref="A92:F92"/>
+    <mergeCell ref="A93:F93"/>
+    <mergeCell ref="A104:F104"/>
     <mergeCell ref="A85:F85"/>
-    <mergeCell ref="A6:H6"/>
-[...3 lines deleted...]
-    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A87:F87"/>
+    <mergeCell ref="A103:F103"/>
+    <mergeCell ref="A100:F100"/>
+    <mergeCell ref="A88:F88"/>
+    <mergeCell ref="A89:F89"/>
+    <mergeCell ref="A101:F101"/>
+    <mergeCell ref="A94:F94"/>
+    <mergeCell ref="A95:F95"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A64" display="https://www.canada.ca/fr/agence-revenu/services/impot/particuliers/sujets/tout-votre-declaration-revenus/declaration-revenus/remplir-declaration-revenus/deductions-credits-depenses/lignes-33099-33199-frais-medicaux-admissibles-vous-pouvez-demander-votre-d"/>
+    <hyperlink ref="A61" display="https://www.canada.ca/fr/agence-revenu/services/impot/particuliers/sujets/tout-votre-declaration-revenus/declaration-revenus/remplir-declaration-revenus/deductions-credits-depenses/lignes-33099-33199-frais-medicaux-admissibles-vous-pouvez-demander-votre-d"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="56" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>