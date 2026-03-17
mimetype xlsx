--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,237 +1,371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty6.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty7.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/customProperty8.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\OLIC\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Administration et divers\Développement des questionnaires\En développement\2025-2026\À mettre en ligne\PUBLIÉS\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookPassword="85BD" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11535"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20496" windowHeight="7080"/>
   </bookViews>
   <sheets>
     <sheet name="FBAR" sheetId="2" r:id="rId1"/>
     <sheet name="FBAR pour le(la) conjoint(e)" sheetId="7" state="hidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="8" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="9" state="veryHidden" r:id="rId4"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="10" state="veryHidden" r:id="rId5"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="11" state="veryHidden" r:id="rId6"/>
     <sheet name="CELI, CELIAPP et REEE" sheetId="4" r:id="rId7"/>
     <sheet name="Filing threshold" sheetId="5" state="hidden" r:id="rId8"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N96" i="2" l="1"/>
-[...7 lines deleted...]
-  <c r="AC12" i="4"/>
+  <c r="AC12" i="4" l="1"/>
   <c r="AB12" i="4"/>
   <c r="AA12" i="4"/>
   <c r="Z12" i="4"/>
   <c r="Y12" i="4"/>
   <c r="X12" i="4"/>
   <c r="W12" i="4"/>
   <c r="V12" i="4"/>
   <c r="U12" i="4"/>
   <c r="T12" i="4"/>
   <c r="S12" i="4"/>
   <c r="R12" i="4"/>
-  <c r="N104" i="2"/>
-[...27 lines deleted...]
-  <c r="N44" i="2"/>
+  <c r="AF19" i="2" l="1"/>
+  <c r="AF18" i="2"/>
+  <c r="AF17" i="2"/>
+  <c r="AF16" i="2"/>
+  <c r="AF15" i="2"/>
+  <c r="N47" i="2" l="1"/>
+  <c r="AE12" i="4" l="1"/>
+  <c r="AD12" i="4"/>
   <c r="AG19" i="2"/>
-  <c r="AF19" i="2"/>
-  <c r="AE19" i="2"/>
+  <c r="AG18" i="2"/>
+  <c r="AG17" i="2"/>
+  <c r="AG16" i="2"/>
+  <c r="AG15" i="2"/>
+  <c r="P13" i="4" l="1"/>
+  <c r="P14" i="4" s="1"/>
+  <c r="P15" i="4" s="1"/>
+  <c r="P16" i="4" s="1"/>
+  <c r="P17" i="4" s="1"/>
+  <c r="P18" i="4" s="1"/>
+  <c r="S47" i="2" l="1"/>
+  <c r="N53" i="2" l="1"/>
+  <c r="N49" i="2"/>
+  <c r="N55" i="2"/>
+  <c r="N57" i="2"/>
+  <c r="N59" i="2"/>
+  <c r="N61" i="2"/>
+  <c r="N63" i="2"/>
+  <c r="N65" i="2"/>
+  <c r="N67" i="2"/>
+  <c r="N69" i="2"/>
+  <c r="N71" i="2"/>
+  <c r="N73" i="2"/>
+  <c r="N75" i="2"/>
+  <c r="N77" i="2"/>
+  <c r="N79" i="2"/>
+  <c r="N81" i="2"/>
+  <c r="N83" i="2"/>
+  <c r="N85" i="2"/>
+  <c r="N87" i="2"/>
+  <c r="N89" i="2"/>
+  <c r="N91" i="2"/>
+  <c r="N93" i="2"/>
+  <c r="N95" i="2"/>
+  <c r="N97" i="2"/>
+  <c r="N99" i="2"/>
+  <c r="N101" i="2"/>
+  <c r="N103" i="2"/>
+  <c r="B7" i="2" l="1"/>
+  <c r="A25" i="5" l="1"/>
+  <c r="A24" i="5"/>
+  <c r="A23" i="5"/>
+  <c r="S51" i="2" l="1"/>
+  <c r="S48" i="2" l="1"/>
+  <c r="S49" i="2"/>
+  <c r="S50" i="2"/>
+  <c r="S52" i="2"/>
+  <c r="S53" i="2"/>
+  <c r="S54" i="2"/>
+  <c r="S55" i="2"/>
+  <c r="S56" i="2"/>
+  <c r="S57" i="2"/>
+  <c r="S58" i="2"/>
+  <c r="S59" i="2"/>
+  <c r="S60" i="2"/>
+  <c r="S61" i="2"/>
+  <c r="S62" i="2"/>
+  <c r="S63" i="2"/>
+  <c r="S64" i="2"/>
+  <c r="S65" i="2"/>
+  <c r="S66" i="2"/>
+  <c r="S67" i="2"/>
+  <c r="S68" i="2"/>
+  <c r="S69" i="2"/>
+  <c r="S70" i="2"/>
+  <c r="S71" i="2"/>
+  <c r="S72" i="2"/>
+  <c r="S73" i="2"/>
+  <c r="S74" i="2"/>
+  <c r="S75" i="2"/>
+  <c r="S76" i="2"/>
+  <c r="S77" i="2"/>
+  <c r="S78" i="2"/>
+  <c r="S79" i="2"/>
+  <c r="S80" i="2"/>
+  <c r="S81" i="2"/>
+  <c r="S82" i="2"/>
+  <c r="S83" i="2"/>
+  <c r="S84" i="2"/>
+  <c r="S85" i="2"/>
+  <c r="S86" i="2"/>
+  <c r="S87" i="2"/>
+  <c r="S88" i="2"/>
+  <c r="S89" i="2"/>
+  <c r="S90" i="2"/>
+  <c r="S91" i="2"/>
+  <c r="S92" i="2"/>
+  <c r="S93" i="2"/>
+  <c r="S94" i="2"/>
+  <c r="S95" i="2"/>
+  <c r="S96" i="2"/>
+  <c r="S97" i="2"/>
+  <c r="S98" i="2"/>
+  <c r="S99" i="2"/>
+  <c r="S100" i="2"/>
+  <c r="S101" i="2"/>
+  <c r="S102" i="2"/>
+  <c r="S103" i="2"/>
+  <c r="S104" i="2"/>
+  <c r="S105" i="2"/>
+  <c r="S106" i="2"/>
+  <c r="AE19" i="2" l="1"/>
   <c r="AD19" i="2"/>
   <c r="AC19" i="2"/>
   <c r="AB19" i="2"/>
   <c r="AA19" i="2"/>
   <c r="Z19" i="2"/>
   <c r="Y19" i="2"/>
   <c r="X19" i="2"/>
   <c r="W19" i="2"/>
   <c r="V19" i="2"/>
   <c r="U19" i="2"/>
   <c r="T19" i="2"/>
-  <c r="AG18" i="2"/>
-  <c r="AF18" i="2"/>
   <c r="AE18" i="2"/>
   <c r="AD18" i="2"/>
   <c r="AC18" i="2"/>
   <c r="AB18" i="2"/>
   <c r="AA18" i="2"/>
   <c r="Z18" i="2"/>
   <c r="Y18" i="2"/>
   <c r="X18" i="2"/>
   <c r="W18" i="2"/>
   <c r="V18" i="2"/>
   <c r="U18" i="2"/>
   <c r="T18" i="2"/>
-  <c r="AG17" i="2"/>
-  <c r="AF17" i="2"/>
   <c r="AE17" i="2"/>
   <c r="AD17" i="2"/>
   <c r="AC17" i="2"/>
   <c r="AB17" i="2"/>
   <c r="AA17" i="2"/>
   <c r="Z17" i="2"/>
   <c r="Y17" i="2"/>
   <c r="X17" i="2"/>
   <c r="W17" i="2"/>
   <c r="V17" i="2"/>
   <c r="U17" i="2"/>
   <c r="T17" i="2"/>
-  <c r="AG16" i="2"/>
-  <c r="AF16" i="2"/>
   <c r="AE16" i="2"/>
   <c r="AD16" i="2"/>
   <c r="AC16" i="2"/>
   <c r="AB16" i="2"/>
   <c r="AA16" i="2"/>
   <c r="Z16" i="2"/>
   <c r="Y16" i="2"/>
   <c r="X16" i="2"/>
   <c r="W16" i="2"/>
   <c r="V16" i="2"/>
   <c r="U16" i="2"/>
   <c r="T16" i="2"/>
-  <c r="AG15" i="2"/>
-  <c r="AF15" i="2"/>
   <c r="AE15" i="2"/>
   <c r="AD15" i="2"/>
   <c r="AC15" i="2"/>
   <c r="AB15" i="2"/>
   <c r="AA15" i="2"/>
   <c r="Z15" i="2"/>
   <c r="Y15" i="2"/>
   <c r="X15" i="2"/>
   <c r="W15" i="2"/>
   <c r="V15" i="2"/>
   <c r="U15" i="2"/>
   <c r="T15" i="2"/>
+  <c r="D16" i="2"/>
+  <c r="N48" i="2" l="1"/>
+  <c r="D17" i="2"/>
+  <c r="D18" i="2" s="1"/>
+  <c r="D19" i="2" s="1"/>
+  <c r="D20" i="2" s="1"/>
+  <c r="D21" i="2" s="1"/>
+  <c r="N62" i="2"/>
+  <c r="N100" i="2"/>
+  <c r="N86" i="2"/>
+  <c r="N56" i="2"/>
+  <c r="A31" i="5"/>
+  <c r="A32" i="5" s="1"/>
+  <c r="M104" i="2" l="1"/>
+  <c r="M86" i="2"/>
+  <c r="M54" i="2"/>
+  <c r="M50" i="2"/>
+  <c r="N82" i="2"/>
+  <c r="N66" i="2"/>
+  <c r="N70" i="2"/>
+  <c r="N68" i="2"/>
+  <c r="N78" i="2"/>
+  <c r="M70" i="2"/>
+  <c r="M100" i="2"/>
+  <c r="O98" i="2"/>
+  <c r="N58" i="2"/>
+  <c r="M82" i="2"/>
+  <c r="N96" i="2"/>
+  <c r="M64" i="2"/>
+  <c r="N92" i="2"/>
+  <c r="M68" i="2"/>
+  <c r="N54" i="2"/>
+  <c r="M78" i="2"/>
+  <c r="M58" i="2"/>
+  <c r="O100" i="2"/>
+  <c r="N80" i="2"/>
+  <c r="N64" i="2"/>
+  <c r="M62" i="2"/>
+  <c r="M60" i="2"/>
+  <c r="M66" i="2"/>
+  <c r="N84" i="2"/>
+  <c r="N50" i="2"/>
+  <c r="M102" i="2"/>
+  <c r="M92" i="2"/>
+  <c r="M94" i="2"/>
+  <c r="N76" i="2"/>
+  <c r="N90" i="2"/>
+  <c r="N74" i="2"/>
+  <c r="M56" i="2"/>
+  <c r="O102" i="2"/>
+  <c r="M98" i="2"/>
+  <c r="M80" i="2"/>
+  <c r="N60" i="2"/>
+  <c r="M88" i="2"/>
+  <c r="M76" i="2"/>
+  <c r="N104" i="2"/>
+  <c r="N88" i="2"/>
+  <c r="M96" i="2"/>
+  <c r="M90" i="2"/>
+  <c r="M72" i="2"/>
+  <c r="M84" i="2"/>
+  <c r="M74" i="2"/>
+  <c r="M52" i="2"/>
+  <c r="O104" i="2"/>
+  <c r="N72" i="2"/>
+  <c r="N94" i="2"/>
+  <c r="N102" i="2"/>
+  <c r="N98" i="2"/>
+  <c r="A33" i="5"/>
+  <c r="A34" i="5" l="1"/>
+  <c r="N105" i="2"/>
+  <c r="N51" i="2"/>
+  <c r="N52" i="2" s="1"/>
+  <c r="N45" i="2"/>
   <c r="A35" i="5" l="1"/>
-  <c r="M81" i="2"/>
-[...2 lines deleted...]
-  <c r="M47" i="2"/>
+  <c r="O82" i="2"/>
+  <c r="M48" i="2"/>
   <c r="Q61" i="4"/>
   <c r="P61" i="4"/>
   <c r="O61" i="4"/>
   <c r="N61" i="4"/>
   <c r="M61" i="4"/>
   <c r="L61" i="4"/>
   <c r="K61" i="4"/>
   <c r="J61" i="4"/>
   <c r="Q59" i="4"/>
   <c r="P59" i="4"/>
   <c r="O59" i="4"/>
   <c r="N59" i="4"/>
   <c r="M59" i="4"/>
   <c r="L59" i="4"/>
   <c r="K59" i="4"/>
   <c r="J59" i="4"/>
   <c r="Q57" i="4"/>
   <c r="P57" i="4"/>
   <c r="O57" i="4"/>
   <c r="N57" i="4"/>
   <c r="M57" i="4"/>
   <c r="L57" i="4"/>
   <c r="K57" i="4"/>
   <c r="J57" i="4"/>
   <c r="Q55" i="4"/>
@@ -314,78 +448,51 @@
   <c r="L37" i="4"/>
   <c r="K37" i="4"/>
   <c r="J37" i="4"/>
   <c r="Q35" i="4"/>
   <c r="P35" i="4"/>
   <c r="O35" i="4"/>
   <c r="N35" i="4"/>
   <c r="M35" i="4"/>
   <c r="L35" i="4"/>
   <c r="K35" i="4"/>
   <c r="J35" i="4"/>
   <c r="Q33" i="4"/>
   <c r="P33" i="4"/>
   <c r="O33" i="4"/>
   <c r="N33" i="4"/>
   <c r="M33" i="4"/>
   <c r="L33" i="4"/>
   <c r="K33" i="4"/>
   <c r="J33" i="4"/>
   <c r="A36" i="5" l="1"/>
   <c r="AF15" i="7"/>
   <c r="AF14" i="7"/>
   <c r="AF13" i="7"/>
   <c r="AF12" i="7"/>
   <c r="AF11" i="7"/>
-  <c r="M105" i="2" l="1"/>
-[...26 lines deleted...]
-  <c r="M49" i="2"/>
+  <c r="M106" i="2" l="1"/>
   <c r="O98" i="7"/>
   <c r="N98" i="7"/>
   <c r="M98" i="7"/>
   <c r="O96" i="7"/>
   <c r="N96" i="7"/>
   <c r="M96" i="7"/>
   <c r="O94" i="7"/>
   <c r="N94" i="7"/>
   <c r="M94" i="7"/>
   <c r="O92" i="7"/>
   <c r="N92" i="7"/>
   <c r="M92" i="7"/>
   <c r="O90" i="7"/>
   <c r="N90" i="7"/>
   <c r="M90" i="7"/>
   <c r="O88" i="7"/>
   <c r="N88" i="7"/>
   <c r="M88" i="7"/>
   <c r="O86" i="7"/>
   <c r="N86" i="7"/>
   <c r="M86" i="7"/>
   <c r="O84" i="7"/>
   <c r="N84" i="7"/>
   <c r="M84" i="7"/>
   <c r="O82" i="7"/>
@@ -526,157 +633,129 @@
   <c r="B33" i="5" l="1"/>
   <c r="C33" i="5" s="1"/>
   <c r="B31" i="5"/>
   <c r="C31" i="5" s="1"/>
   <c r="B34" i="5"/>
   <c r="C34" i="5" s="1"/>
   <c r="B35" i="5"/>
   <c r="C35" i="5" s="1"/>
   <c r="B32" i="5"/>
   <c r="C32" i="5" s="1"/>
   <c r="B36" i="5"/>
   <c r="C36" i="5" s="1"/>
   <c r="B30" i="5"/>
   <c r="C30" i="5" s="1"/>
   <c r="M100" i="7"/>
   <c r="N100" i="7"/>
   <c r="O100" i="7"/>
   <c r="Q31" i="4" l="1"/>
   <c r="P31" i="4"/>
   <c r="O31" i="4"/>
   <c r="N31" i="4"/>
   <c r="M31" i="4"/>
   <c r="L31" i="4"/>
   <c r="K31" i="4"/>
   <c r="J31" i="4"/>
-  <c r="N105" i="2"/>
-[...60 lines deleted...]
-  <c r="B22" i="5"/>
+  <c r="N106" i="2"/>
+  <c r="O106" i="2" l="1"/>
+  <c r="O96" i="2"/>
+  <c r="O94" i="2"/>
+  <c r="O92" i="2"/>
+  <c r="O90" i="2"/>
+  <c r="O88" i="2"/>
+  <c r="O86" i="2"/>
+  <c r="O84" i="2"/>
+  <c r="O80" i="2"/>
+  <c r="O78" i="2"/>
+  <c r="O76" i="2"/>
+  <c r="O74" i="2"/>
+  <c r="O72" i="2"/>
+  <c r="O70" i="2"/>
+  <c r="O68" i="2"/>
+  <c r="O66" i="2"/>
+  <c r="O64" i="2"/>
+  <c r="O62" i="2"/>
+  <c r="O60" i="2"/>
+  <c r="O58" i="2"/>
+  <c r="O56" i="2"/>
+  <c r="O54" i="2"/>
+  <c r="O52" i="2"/>
+  <c r="O50" i="2"/>
+  <c r="O48" i="2"/>
+  <c r="O46" i="2"/>
+  <c r="N46" i="2"/>
+  <c r="M46" i="2"/>
+  <c r="C24" i="5" l="1"/>
   <c r="C25" i="5"/>
   <c r="C22" i="5"/>
   <c r="C23" i="5"/>
-  <c r="M107" i="2"/>
-[...7 lines deleted...]
-  <c r="D23" i="5"/>
+  <c r="M108" i="2"/>
+  <c r="O108" i="2"/>
+  <c r="B17" i="5" l="1"/>
+  <c r="B24" i="5" l="1"/>
+  <c r="D24" i="5" s="1"/>
+  <c r="B23" i="5"/>
+  <c r="D23" i="5" s="1"/>
+  <c r="B25" i="5"/>
+  <c r="D25" i="5" s="1"/>
+  <c r="B22" i="5"/>
+  <c r="D22" i="5" s="1"/>
+  <c r="N108" i="2"/>
+  <c r="B14" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Olivier Custeau</author>
   </authors>
   <commentList>
-    <comment ref="H43" authorId="0" shapeId="0">
+    <comment ref="H44" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Olivier Custeau:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Si vous avez un intérêt financier (c'est-à-dire que vous détenez personnellement le compte), veuillez sélectionner « Oui ».
 Si vous avez un pouvoir de signature sur le compte, mais pas d'intérêt financier, veuillez sélectionner « Non ». Cette situation s'applique généralement lorsque le compte est détenu par une entreprise dont vous êtes propriétaire.</t>
         </r>
       </text>
     </comment>
-    <comment ref="K43" authorId="0" shapeId="0">
+    <comment ref="K44" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Olivier Custeau:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Si vous êtes marié(e) et faites une déclaration conjointe - indiquez le % que vous détenez conjointement.
 Si vous êtes marié(e) et faites une déclaration séparée - indiquez uniquement le % que vous détenez personnellement.
 Si vous êtes marié(e), mais que votre conjoint(e) ne fait pas de déclaration de revenus aux États-Unis, veuillez indiquer 100 % pour les comptes détenus conjointement.
 Si vous détenez un compte conjointement avec une personne autre que votre conjoint(e), veuillez indiquer 100 % pour les comptes détenus conjointement.</t>
         </r>
       </text>
     </comment>
   </commentList>
@@ -820,51 +899,51 @@
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Olivier Custeau:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Applicable pour CÉLI uniquement</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="148">
   <si>
     <t>In USD</t>
   </si>
   <si>
     <t>CHF (CHF)</t>
   </si>
   <si>
     <r>
       <t>EUR (</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>€</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -874,74 +953,50 @@
     </r>
   </si>
   <si>
     <r>
       <t>GBP (</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>£)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4. La valeur totale doit être indiquée dans la devise locale. Par exemple, si vous détenez un compte en devises américaines, veuillez saisir le montant en dollars américains. Quant aux autres devises, nous convertirons ces montants en dollars américains.</t>
-    </r>
-[...22 lines deleted...]
-      <t>Note 2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Pour le FBAR</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Pour le formulaire 8938</t>
     </r>
@@ -1763,53 +1818,50 @@
   <si>
     <t>ONGLET 1 de 2 - Merci de vérifier si les autres onglets sont applicables</t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez fournir des renseignements supplémentaires sur le CELI, le CELIAPP et le REEE dans un onglet distinct. </t>
   </si>
   <si>
     <t>CAD (C$)</t>
   </si>
   <si>
     <t>MXN ($)</t>
   </si>
   <si>
     <t>USD (US$)</t>
   </si>
   <si>
     <t>Assurance-vie</t>
   </si>
   <si>
     <t>Pension</t>
   </si>
   <si>
     <t>S/O</t>
   </si>
   <si>
-    <t xml:space="preserve">Nom du contribuable : </t>
-[...1 lines deleted...]
-  <si>
     <t>4. Les autres comptes incluent notamment les suivants : actions d'une société privée, parts sociales, régime de retraite, régime de rémunération différée, etc.</t>
   </si>
   <si>
     <t>5. La valeur totale doit être indiquée dans la devise locale. Par exemple, si vous détenez un compte en devises américaines, veuillez saisir le montant en dollars américains. Quant aux autres devises, nous convertirons ces montants en dollars américains.</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>6. Si un compte a été ouvert ou fermé pendant l'année, veuillez nous l'indiquer dans les colonnes « </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Q</t>
     </r>
@@ -1822,140 +1874,72 @@
       </rPr>
       <t> » et « </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>R</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> ». </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">3. Vous </t>
-[...60 lines deleted...]
-    <r>
       <t xml:space="preserve">Fonds communs de placement, fonds réservés ou FNB dans ce compte </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>NON-US</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (O/N)</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>Veuillez télécharger la version récente si vous vous déclarez une année après 2024.</t>
   </si>
   <si>
     <t>Nom du conjoint(e) (SI APPLICABLE)</t>
   </si>
   <si>
     <t>Détenu par le contribuable, son/sa conjoint(e) ou conjointement</t>
   </si>
   <si>
     <t>BE8C7JB054KFGRTEHYX16KZW22KKZEZ9GC0XHK2B21DVB952A3RG</t>
   </si>
   <si>
     <t>Olivier Custeau</t>
   </si>
   <si>
     <t>Create</t>
   </si>
   <si>
     <t>251d4a5f-95a5-41de-bac5-e9a75fefbc19</t>
   </si>
   <si>
     <t>{"id":"251d4a5f-95a5-41de-bac5-e9a75fefbc19","type":1,"name":"workbookId","value":"18253d1b-cd89-4fc1-93ed-f33d26d8568e"}</t>
   </si>
   <si>
     <t>40729216-c551-4173-9acd-191efe2342d5</t>
   </si>
@@ -1980,120 +1964,232 @@
   <si>
     <t>{"id":"4f622d10-bf17-4bcf-a26c-edbd32ad1cd4","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
     <t>Numéro de compte</t>
   </si>
   <si>
     <t>1ZY1CQ2FGM4BM1CM2HWGNSVX87BJSXHAP59SEBND1RYKM5C6P1KG</t>
   </si>
   <si>
     <t>Ahmed Ben Kram</t>
   </si>
   <si>
     <t>Value as of December 31</t>
   </si>
   <si>
     <t>Pour Streamlined (Form 8938)</t>
   </si>
   <si>
     <t>Valeur la plus élevée durant l’année</t>
   </si>
   <si>
     <t xml:space="preserve">FBAR Pour Streamlined </t>
   </si>
   <si>
+    <t>Nom du contribuable :</t>
+  </si>
+  <si>
+    <t>Ce formulaire est approuvé pour les années fiscales 2025 et précédentes uniquement.</t>
+  </si>
+  <si>
+    <t>Veuillez télécharger la version récente si vous vous déclarez une année après 2025.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Directives (si vous choisissez l’option 1 ci-dessus)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">3. Vous </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>devez</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> également </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>inclure</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> votre CELI, CELIAPP et votre REEE sur cette feuille. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Des informations supplémentaires</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> concernant ces comptes doivent être saisies sur une feuille distincte.</t>
+    </r>
+  </si>
+  <si>
+    <t>v. 2026-01-23</t>
+  </si>
+  <si>
+    <t>SI VOUS REMPLISSEZ CET ONGLET, ASSUREZ-VOUS D'AVOIR AUSSI REPORTÉ LES INFORMATIONS SUR L'ONGLET FBAR</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Note 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Note 2</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Si vous êtes un couple marié </t>
     </r>
     <r>
       <rPr>
         <b/>
+        <u/>
         <sz val="14"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>produisant</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
-        <color theme="1"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> une déclaration de revenus </t>
     </r>
     <r>
       <rPr>
         <b/>
+        <u/>
         <sz val="14"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>séparée,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
-        <color theme="1"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> svp remplir deux rapport financiers US distincts</t>
     </r>
   </si>
   <si>
-    <t>v. 2025-02-07</t>
-[...2 lines deleted...]
-    <t>v. 2024-02-07</t>
+    <t>S.O.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="8">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="0.000"/>
     <numFmt numFmtId="167" formatCode="_ * #,##0_)\ &quot;$&quot;_ ;_ * \(#,##0\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
     <numFmt numFmtId="168" formatCode="_(&quot;$&quot;* #,##0.0000_);_(&quot;$&quot;* \(#,##0.0000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="_ * #,##0.0000_)\ &quot;$&quot;_ ;_ * \(#,##0.0000\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
     <numFmt numFmtId="170" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -2243,88 +2339,124 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0563C1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color rgb="FF00B0F0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...7 lines deleted...]
-    <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF1D1C1D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="10">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79995117038483843"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79995117038483843"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2332,50 +2464,62 @@
         <fgColor theme="7" tint="0.59996337778862885"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
@@ -2510,51 +2654,51 @@
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="183">
+  <cellXfs count="206">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
@@ -2617,54 +2761,50 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="justify"/>
       <protection locked="0"/>
@@ -2765,233 +2905,266 @@
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="23" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="169" fontId="13" fillId="5" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="44" fontId="2" fillId="6" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="6" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="6" borderId="5" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="6" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="6" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="23" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -3032,115 +3205,188 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="23" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Monétaire" xfId="4" builtinId="4"/>
     <cellStyle name="Monétaire 2" xfId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
-  <dxfs count="5">
+  <dxfs count="7">
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1" tint="4.9989318521683403E-2"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1" tint="4.9989318521683403E-2"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
@@ -3165,84 +3411,84 @@
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>12</xdr:col>
-      <xdr:colOff>469988</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1055095</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>8966</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>1066240</xdr:colOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>4883</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>69476</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12818870" y="8966"/>
-          <a:ext cx="2725370" cy="979392"/>
+          <a:off x="14090738" y="8966"/>
+          <a:ext cx="2718966" cy="999403"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>951229</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>87407</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>281829</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>145677</xdr:rowOff>
@@ -3264,83 +3510,83 @@
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13714729" y="87407"/>
           <a:ext cx="2569100" cy="921123"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>122207</xdr:colOff>
+      <xdr:colOff>475993</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>609601</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>66675</xdr:rowOff>
+      <xdr:colOff>963387</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>110218</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="10475882" y="19050"/>
-          <a:ext cx="2516219" cy="914400"/>
+          <a:off x="13892636" y="19050"/>
+          <a:ext cx="2514858" cy="921204"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -3606,10571 +3852,10853 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AG228"/>
+  <dimension ref="A1:AG229"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G52" sqref="G52"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="72" zoomScaleNormal="72" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.7109375" style="2" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="18" max="18" width="16.42578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="11.6640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="28.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="23.6640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="13" style="2" customWidth="1"/>
+    <col min="5" max="5" width="12" style="2" customWidth="1"/>
+    <col min="6" max="6" width="16.88671875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13.44140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="9.33203125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="10.33203125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="16.109375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="10.33203125" style="2" customWidth="1"/>
+    <col min="12" max="12" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13" max="13" width="14.44140625" style="2" customWidth="1"/>
+    <col min="14" max="14" width="17.44140625" style="2" customWidth="1"/>
+    <col min="15" max="15" width="18.33203125" style="2" customWidth="1"/>
+    <col min="16" max="16" width="20.6640625" style="2" customWidth="1"/>
+    <col min="17" max="17" width="7.88671875" style="2" customWidth="1"/>
+    <col min="18" max="18" width="7.6640625" style="2" customWidth="1"/>
     <col min="19" max="19" width="22" style="2" customWidth="1"/>
-    <col min="20" max="20" width="9.5703125" style="2" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="34" max="16384" width="9.140625" style="2"/>
+    <col min="20" max="20" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="9.33203125" style="2" customWidth="1"/>
+    <col min="22" max="22" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.33203125" style="2" customWidth="1"/>
+    <col min="24" max="24" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="8.88671875" style="2" customWidth="1"/>
+    <col min="26" max="26" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="8.33203125" style="2" customWidth="1"/>
+    <col min="28" max="28" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="8.44140625" style="2" customWidth="1"/>
+    <col min="30" max="30" width="10.5546875" style="2" customWidth="1"/>
+    <col min="31" max="31" width="7.88671875" style="2" customWidth="1"/>
+    <col min="32" max="32" width="7.6640625" style="2" customWidth="1"/>
+    <col min="33" max="33" width="7.88671875" style="2" customWidth="1"/>
+    <col min="34" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" ht="28.5" x14ac:dyDescent="0.45">
-[...39 lines deleted...]
-      <c r="M5" s="56"/>
+    <row r="1" spans="1:33" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="100" t="s">
+        <v>98</v>
+      </c>
+      <c r="G1" s="124" t="s">
+        <v>103</v>
+      </c>
+      <c r="H1" s="125"/>
+      <c r="I1" s="125"/>
+      <c r="J1" s="125"/>
+      <c r="K1" s="125"/>
+      <c r="L1" s="125"/>
+      <c r="M1" s="125"/>
+    </row>
+    <row r="2" spans="1:33" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="107" t="s">
+        <v>138</v>
+      </c>
+      <c r="D2" s="101"/>
+    </row>
+    <row r="3" spans="1:33" x14ac:dyDescent="0.3">
+      <c r="A3" s="108" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4" spans="1:33" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="107"/>
+    </row>
+    <row r="5" spans="1:33" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A5" s="99"/>
+      <c r="B5" s="122" t="s">
+        <v>137</v>
+      </c>
+      <c r="C5" s="101"/>
+      <c r="D5" s="145"/>
+      <c r="E5" s="101"/>
+      <c r="F5" s="101"/>
+      <c r="M5" s="55"/>
+      <c r="P5" s="78" t="s">
+        <v>142</v>
+      </c>
       <c r="Z5" s="3"/>
     </row>
-    <row r="6" spans="1:33" ht="23.25" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="R6" s="56"/>
+    <row r="6" spans="1:33" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="B6" s="123" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" s="101"/>
+      <c r="D6" s="144"/>
+      <c r="E6" s="56"/>
+      <c r="F6" s="56"/>
+      <c r="R6" s="55"/>
       <c r="Z6" s="3"/>
     </row>
-    <row r="7" spans="1:33" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:33" ht="23.4" x14ac:dyDescent="0.45">
       <c r="A7" s="1"/>
-      <c r="B7" s="1"/>
-[...3 lines deleted...]
-      <c r="R7" s="56"/>
+      <c r="B7" s="143" t="str">
+        <f>IF(D5="","Veuillez remplir votre nom dans la case en rouge pour afficher la suite du questionnaire","")</f>
+        <v>Veuillez remplir votre nom dans la case en rouge pour afficher la suite du questionnaire</v>
+      </c>
+      <c r="D7" s="56"/>
+      <c r="E7" s="56"/>
+      <c r="F7" s="56"/>
+      <c r="R7" s="55"/>
       <c r="Z7" s="3"/>
     </row>
-    <row r="8" spans="1:33" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:33" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
-      <c r="C8" s="57"/>
-[...3 lines deleted...]
-      <c r="R8" s="56"/>
+      <c r="C8" s="56"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="56"/>
+      <c r="F8" s="56"/>
+      <c r="R8" s="55"/>
       <c r="Z8" s="3"/>
     </row>
-    <row r="9" spans="1:33" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:33" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="Z9" s="3"/>
     </row>
-    <row r="10" spans="1:33" ht="19.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:33" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A10" s="1"/>
       <c r="B10" s="1"/>
       <c r="C10" s="4"/>
       <c r="D10" s="5"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
     </row>
-    <row r="11" spans="1:33" s="7" customFormat="1" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:33" s="7" customFormat="1" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="6"/>
     </row>
-    <row r="12" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="V12" s="147">
+    <row r="12" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="T12" s="139">
         <v>2019</v>
       </c>
-      <c r="W12" s="147"/>
-      <c r="X12" s="147">
+      <c r="U12" s="139"/>
+      <c r="V12" s="139">
         <v>2020</v>
       </c>
-      <c r="Y12" s="147"/>
-      <c r="Z12" s="147">
+      <c r="W12" s="139"/>
+      <c r="X12" s="139">
         <v>2021</v>
       </c>
-      <c r="AA12" s="147"/>
-      <c r="AB12" s="147">
+      <c r="Y12" s="139"/>
+      <c r="Z12" s="139">
         <v>2022</v>
       </c>
-      <c r="AC12" s="147"/>
-      <c r="AD12" s="147">
+      <c r="AA12" s="139"/>
+      <c r="AB12" s="139">
         <v>2023</v>
       </c>
-      <c r="AE12" s="147"/>
-      <c r="AF12" s="147">
+      <c r="AC12" s="139"/>
+      <c r="AD12" s="156">
         <v>2024</v>
       </c>
-      <c r="AG12" s="147"/>
-[...45 lines deleted...]
-    <row r="14" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AE12" s="156"/>
+      <c r="AF12" s="156">
+        <v>2025</v>
+      </c>
+      <c r="AG12" s="156"/>
+    </row>
+    <row r="13" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="T13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="U13" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="V13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="W13" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="X13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y13" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA13" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC13" s="140" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD13" s="140" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE13" s="140" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF13" s="113" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG13" s="113" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="T14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="U14" s="81" t="s">
+      <c r="U14" s="80" t="s">
         <v>0</v>
       </c>
       <c r="V14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="W14" s="81" t="s">
+      <c r="W14" s="80" t="s">
         <v>0</v>
       </c>
       <c r="X14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="Y14" s="81" t="s">
+      <c r="Y14" s="80" t="s">
         <v>0</v>
       </c>
       <c r="Z14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="AA14" s="81" t="s">
+      <c r="AA14" s="80" t="s">
         <v>0</v>
       </c>
       <c r="AB14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="AC14" s="81" t="s">
+      <c r="AC14" s="8" t="s">
         <v>0</v>
       </c>
       <c r="AD14" s="8" t="s">
         <v>0</v>
       </c>
       <c r="AE14" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="AF14" s="8" t="s">
-[...7 lines deleted...]
-      <c r="B15" s="78" t="s">
+      <c r="AF14" s="150" t="s">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="150" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="77" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="7">
+        <v>2019</v>
+      </c>
+      <c r="G15" s="77" t="s">
         <v>72</v>
       </c>
-      <c r="D15" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="H15" s="7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>107</v>
-[...9 lines deleted...]
-      <c r="V15" s="59">
+        <v>105</v>
+      </c>
+      <c r="T15" s="58">
         <f>1/1.327</f>
         <v>0.75357950263752826</v>
       </c>
-      <c r="W15" s="83">
+      <c r="U15" s="82">
         <f>1/1.3</f>
         <v>0.76923076923076916</v>
       </c>
-      <c r="X15" s="59">
+      <c r="V15" s="58">
         <f>1/1.341</f>
         <v>0.74571215510812827</v>
       </c>
-      <c r="Y15" s="82">
+      <c r="W15" s="81">
         <f>1/1.275</f>
         <v>0.78431372549019618</v>
       </c>
-      <c r="Z15" s="66">
+      <c r="X15" s="65">
         <f>1/1.254</f>
         <v>0.79744816586921852</v>
       </c>
-      <c r="AA15" s="66">
+      <c r="Y15" s="65">
         <f>1/1.277</f>
         <v>0.78308535630383713</v>
       </c>
-      <c r="AB15" s="101">
+      <c r="Z15" s="97">
         <f>1/1.301</f>
         <v>0.76863950807071491</v>
       </c>
-      <c r="AC15" s="66">
+      <c r="AA15" s="65">
         <f>1/1.354</f>
         <v>0.73855243722304276</v>
       </c>
-      <c r="AD15" s="101">
+      <c r="AB15" s="97">
         <f>1/1.35</f>
         <v>0.7407407407407407</v>
       </c>
-      <c r="AE15" s="66">
+      <c r="AC15" s="65">
         <f>1/1.326</f>
         <v>0.75414781297134237</v>
       </c>
-      <c r="AF15" s="101">
+      <c r="AD15" s="97">
         <f>1/1.37</f>
         <v>0.72992700729927007</v>
       </c>
-      <c r="AG15" s="101">
+      <c r="AE15" s="97">
         <f>1/1.438</f>
         <v>0.69541029207232274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="78" t="s">
+      <c r="AF15" s="97">
+        <f>1/1.398</f>
+        <v>0.71530758226037205</v>
+      </c>
+      <c r="AG15" s="97">
+        <f>1/1.369</f>
+        <v>0.73046018991964934</v>
+      </c>
+    </row>
+    <row r="16" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="77" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" s="7">
+        <f>D15+1</f>
+        <v>2020</v>
+      </c>
+      <c r="G16" s="77" t="s">
         <v>73</v>
       </c>
-      <c r="D16" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="S16" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="T16" s="59">
-[...7 lines deleted...]
-      <c r="V16" s="59">
+      <c r="T16" s="58">
         <f>1/0.994</f>
         <v>1.0060362173038229</v>
       </c>
-      <c r="W16" s="82">
+      <c r="U16" s="81">
         <f>1/0.966</f>
         <v>1.0351966873706004</v>
       </c>
-      <c r="X16" s="59">
+      <c r="V16" s="58">
         <f>1/0.994</f>
         <v>1.0060362173038229</v>
       </c>
-      <c r="Y16" s="82">
+      <c r="W16" s="81">
         <f>1/0.966</f>
         <v>1.0351966873706004</v>
       </c>
-      <c r="Z16" s="66">
+      <c r="X16" s="65">
         <f>1/0.914</f>
         <v>1.0940919037199124</v>
       </c>
-      <c r="AA16" s="66">
+      <c r="Y16" s="65">
         <f>1/0.914</f>
         <v>1.0940919037199124</v>
       </c>
-      <c r="AB16" s="101">
+      <c r="Z16" s="97">
         <f>1/0.955</f>
         <v>1.0471204188481675</v>
       </c>
-      <c r="AC16" s="66">
+      <c r="AA16" s="65">
         <f>1/0.923</f>
         <v>1.0834236186348862</v>
       </c>
-      <c r="AD16" s="101">
+      <c r="AB16" s="97">
         <f>1/0.899</f>
         <v>1.1123470522803114</v>
       </c>
-      <c r="AE16" s="66">
+      <c r="AC16" s="65">
         <f>1/0.838</f>
         <v>1.1933174224343677</v>
       </c>
-      <c r="AF16" s="101">
+      <c r="AD16" s="97">
         <f>1/0.881</f>
         <v>1.1350737797956867</v>
       </c>
-      <c r="AG16" s="101">
+      <c r="AE16" s="97">
         <f>1/0.905</f>
         <v>1.1049723756906078</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>71</v>
+      <c r="AF16" s="97">
+        <f>1/0.831</f>
+        <v>1.2033694344163659</v>
+      </c>
+      <c r="AG16" s="97">
+        <f>1/0.792</f>
+        <v>1.2626262626262625</v>
+      </c>
+    </row>
+    <row r="17" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="77" t="s">
+        <v>69</v>
       </c>
       <c r="D17" s="7">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <f t="shared" ref="D17:D21" si="0">D16+1</f>
+        <v>2021</v>
+      </c>
+      <c r="G17" s="77" t="s">
+        <v>74</v>
       </c>
       <c r="S17" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="T17" s="59">
-[...7 lines deleted...]
-      <c r="V17" s="59">
+      <c r="T17" s="58">
         <f>1/0.893</f>
         <v>1.1198208286674132</v>
       </c>
-      <c r="W17" s="82">
+      <c r="U17" s="81">
         <f>1/0.89</f>
         <v>1.1235955056179776</v>
       </c>
-      <c r="X17" s="59">
+      <c r="V17" s="58">
         <f>1/0.893</f>
         <v>1.1198208286674132</v>
       </c>
-      <c r="Y17" s="82">
+      <c r="W17" s="81">
         <f>1/0.89</f>
         <v>1.1235955056179776</v>
       </c>
-      <c r="Z17" s="66">
+      <c r="X17" s="65">
         <f>1/0.846</f>
         <v>1.1820330969267139</v>
       </c>
-      <c r="AA17" s="66">
+      <c r="Y17" s="65">
         <f>1/0.882</f>
         <v>1.1337868480725624</v>
       </c>
-      <c r="AB17" s="101">
+      <c r="Z17" s="97">
         <f>1/0.951</f>
         <v>1.0515247108307046</v>
       </c>
-      <c r="AC17" s="66">
+      <c r="AA17" s="65">
         <f>1/0.936</f>
         <v>1.0683760683760684</v>
       </c>
-      <c r="AD17" s="101">
+      <c r="AB17" s="97">
         <f>1/0.924</f>
         <v>1.0822510822510822</v>
       </c>
-      <c r="AE17" s="66">
+      <c r="AC17" s="65">
         <f>1/0.905</f>
         <v>1.1049723756906078</v>
       </c>
-      <c r="AF17" s="101">
+      <c r="AD17" s="97">
         <f>1/0.924</f>
         <v>1.0822510822510822</v>
       </c>
-      <c r="AG17" s="101">
+      <c r="AE17" s="97">
         <f>1/0.961</f>
         <v>1.0405827263267431</v>
       </c>
-    </row>
-    <row r="18" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AF17" s="97">
+        <f>1/0.886</f>
+        <v>1.1286681715575622</v>
+      </c>
+      <c r="AG17" s="97">
+        <f>1/0.851</f>
+        <v>1.1750881316098707</v>
+      </c>
+    </row>
+    <row r="18" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D18" s="7">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <f t="shared" si="0"/>
+        <v>2022</v>
+      </c>
+      <c r="G18" s="77" t="s">
+        <v>75</v>
       </c>
       <c r="S18" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="T18" s="59">
-[...7 lines deleted...]
-      <c r="V18" s="59">
+      <c r="T18" s="58">
         <f>1/0.784</f>
         <v>1.2755102040816326</v>
       </c>
-      <c r="W18" s="82">
+      <c r="U18" s="81">
         <f>1/0.758</f>
         <v>1.3192612137203166</v>
       </c>
-      <c r="X18" s="59">
+      <c r="V18" s="58">
         <f>1/0.784</f>
         <v>1.2755102040816326</v>
       </c>
-      <c r="Y18" s="82">
+      <c r="W18" s="81">
         <f>1/0.758</f>
         <v>1.3192612137203166</v>
       </c>
-      <c r="Z18" s="66">
+      <c r="X18" s="65">
         <f>1/0.727</f>
         <v>1.3755158184319121</v>
       </c>
-      <c r="AA18" s="66">
+      <c r="Y18" s="65">
         <f>1/0.74</f>
         <v>1.3513513513513513</v>
       </c>
-      <c r="AB18" s="101">
+      <c r="Z18" s="97">
         <f>1/0.811</f>
         <v>1.2330456226880393</v>
       </c>
-      <c r="AC18" s="66">
+      <c r="AA18" s="65">
         <f>1/0.83</f>
         <v>1.2048192771084338</v>
       </c>
-      <c r="AD18" s="101">
+      <c r="AB18" s="97">
         <f>1/0.804</f>
         <v>1.2437810945273631</v>
       </c>
-      <c r="AE18" s="66">
+      <c r="AC18" s="65">
         <f>1/0.786</f>
         <v>1.272264631043257</v>
       </c>
-      <c r="AF18" s="101">
+      <c r="AD18" s="97">
         <f>1/0.783</f>
         <v>1.277139208173691</v>
       </c>
-      <c r="AG18" s="101">
+      <c r="AE18" s="97">
         <f>1/0.797</f>
         <v>1.2547051442910915</v>
       </c>
-    </row>
-    <row r="19" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AF18" s="97">
+        <f>1/0.759</f>
+        <v>1.3175230566534915</v>
+      </c>
+      <c r="AG18" s="97">
+        <f>1/0.743</f>
+        <v>1.3458950201884252</v>
+      </c>
+    </row>
+    <row r="19" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D19" s="7">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <f t="shared" si="0"/>
+        <v>2023</v>
+      </c>
+      <c r="G19" s="77" t="s">
+        <v>109</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-      <c r="V19" s="59">
+        <v>106</v>
+      </c>
+      <c r="T19" s="58">
         <f>1/19.246</f>
         <v>5.1958848591915206E-2</v>
       </c>
-      <c r="W19" s="82">
+      <c r="U19" s="81">
         <f>1/18.892</f>
         <v>5.2932458183358039E-2</v>
       </c>
-      <c r="X19" s="59">
+      <c r="V19" s="58">
         <f>1/19.246</f>
         <v>5.1958848591915206E-2</v>
       </c>
-      <c r="Y19" s="82">
+      <c r="W19" s="81">
         <f>1/18.892</f>
         <v>5.2932458183358039E-2</v>
       </c>
-      <c r="Z19" s="66">
+      <c r="X19" s="65">
         <f>1/20.284</f>
         <v>4.9299940840070992E-2</v>
       </c>
-      <c r="AA19" s="66">
+      <c r="Y19" s="65">
         <f>1/20.531</f>
         <v>4.8706833568749698E-2</v>
       </c>
-      <c r="AB19" s="101">
+      <c r="Z19" s="97">
         <f>1/20.11</f>
         <v>4.9726504226752857E-2</v>
       </c>
-      <c r="AC19" s="66">
+      <c r="AA19" s="65">
         <f>1/19.546</f>
         <v>5.1161362938708689E-2</v>
       </c>
-      <c r="AD19" s="101">
+      <c r="AB19" s="97">
         <f>1/17.733</f>
         <v>5.6392037444312863E-2</v>
       </c>
-      <c r="AE19" s="66">
+      <c r="AC19" s="65">
         <f>1/16.949</f>
         <v>5.900053100477904E-2</v>
       </c>
-      <c r="AF19" s="101">
+      <c r="AD19" s="97">
         <f>1/18.33</f>
         <v>5.4555373704309879E-2</v>
       </c>
-      <c r="AG19" s="101">
+      <c r="AE19" s="97">
         <f>1/20.704</f>
         <v>4.8299845440494586E-2</v>
       </c>
-    </row>
-    <row r="20" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AF19" s="97">
+        <f>1/19.212</f>
+        <v>5.2050801582344368E-2</v>
+      </c>
+      <c r="AG19" s="97">
+        <f>1/17.956</f>
+        <v>5.5691690799732678E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D20" s="7">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="G20" s="77" t="s">
+        <v>77</v>
       </c>
       <c r="S20" s="7" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="T20" s="60">
+        <v>107</v>
+      </c>
+      <c r="T20" s="59">
         <v>1</v>
       </c>
-      <c r="U20" s="84">
+      <c r="U20" s="83">
         <v>1</v>
       </c>
-      <c r="V20" s="60">
+      <c r="V20" s="59">
         <v>1</v>
       </c>
-      <c r="W20" s="84">
+      <c r="W20" s="83">
         <v>1</v>
       </c>
-      <c r="X20" s="60">
+      <c r="X20" s="66">
         <v>1</v>
       </c>
-      <c r="Y20" s="84">
+      <c r="Y20" s="66">
         <v>1</v>
       </c>
-      <c r="Z20" s="67">
+      <c r="Z20" s="98">
         <v>1</v>
       </c>
-      <c r="AA20" s="67">
+      <c r="AA20" s="66">
         <v>1</v>
       </c>
-      <c r="AB20" s="102">
+      <c r="AB20" s="98">
         <v>1</v>
       </c>
-      <c r="AC20" s="67">
+      <c r="AC20" s="66">
         <v>1</v>
       </c>
-      <c r="AD20" s="102">
+      <c r="AD20" s="98">
         <v>1</v>
       </c>
-      <c r="AE20" s="67">
+      <c r="AE20" s="98">
         <v>1</v>
       </c>
-      <c r="AF20" s="102">
+      <c r="AF20" s="98">
         <v>1</v>
       </c>
-      <c r="AG20" s="102">
+      <c r="AG20" s="98">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D21" s="7">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <f t="shared" si="0"/>
+        <v>2025</v>
+      </c>
+      <c r="G21" s="77" t="s">
+        <v>100</v>
       </c>
       <c r="L21" s="10"/>
     </row>
-    <row r="22" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-      <c r="G22" s="78" t="s">
+    <row r="22" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G22" s="77" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="23" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G23" s="77" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G24" s="77" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="25" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G25" s="77" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G26" s="77" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="23" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="G24" s="78" t="s">
+    <row r="27" spans="2:33" s="7" customFormat="1" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="B27" s="143"/>
+      <c r="G27" s="77"/>
+    </row>
+    <row r="28" spans="2:33" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="G28" s="77"/>
+    </row>
+    <row r="29" spans="2:33" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="84" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="30" spans="2:33" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="31" spans="2:33" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B31"/>
+    </row>
+    <row r="32" spans="2:33" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="11" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="34" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="85" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="25" spans="2:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...103 lines deleted...]
-      <c r="O41" s="18"/>
+    <row r="35" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="85" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="36" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="85" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="37" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="85" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="38" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="85" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="39" spans="1:30" s="7" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="40" spans="1:30" s="7" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+      <c r="B40" s="153" t="s">
+        <v>144</v>
+      </c>
+      <c r="C40" s="154" t="s">
+        <v>146</v>
+      </c>
+      <c r="T40" s="14"/>
+      <c r="U40" s="14"/>
+      <c r="V40" s="14"/>
+      <c r="W40" s="14"/>
+      <c r="X40" s="14"/>
+      <c r="Y40" s="14"/>
+      <c r="Z40" s="14"/>
+      <c r="AA40" s="14"/>
+      <c r="AB40" s="14"/>
+      <c r="AC40" s="14"/>
+      <c r="AD40" s="14"/>
+    </row>
+    <row r="41" spans="1:30" ht="18" x14ac:dyDescent="0.35">
+      <c r="B41" s="153" t="s">
+        <v>145</v>
+      </c>
+      <c r="C41" s="155" t="s">
+        <v>104</v>
+      </c>
       <c r="T41" s="16"/>
       <c r="U41" s="16"/>
       <c r="V41" s="16"/>
       <c r="W41" s="16"/>
       <c r="X41" s="16"/>
       <c r="Y41" s="16"/>
       <c r="Z41" s="16"/>
       <c r="AA41" s="16"/>
       <c r="AB41" s="16"/>
       <c r="AC41" s="16"/>
       <c r="AD41" s="16"/>
     </row>
-    <row r="42" spans="1:30" s="19" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="N42" s="166" t="s">
+    <row r="42" spans="1:30" ht="18" x14ac:dyDescent="0.35">
+      <c r="B42" s="15"/>
+      <c r="C42" s="17"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="18"/>
+      <c r="T42" s="16"/>
+      <c r="U42" s="16"/>
+      <c r="V42" s="16"/>
+      <c r="W42" s="16"/>
+      <c r="X42" s="16"/>
+      <c r="Y42" s="16"/>
+      <c r="Z42" s="16"/>
+      <c r="AA42" s="16"/>
+      <c r="AB42" s="16"/>
+      <c r="AC42" s="16"/>
+      <c r="AD42" s="16"/>
+    </row>
+    <row r="43" spans="1:30" s="19" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="20"/>
+      <c r="M43" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="N43" s="175" t="s">
+        <v>6</v>
+      </c>
+      <c r="O43" s="175"/>
+      <c r="P43" s="176"/>
+      <c r="Q43" s="156"/>
+      <c r="R43" s="22"/>
+      <c r="S43" s="23"/>
+      <c r="T43" s="23"/>
+      <c r="U43" s="23"/>
+      <c r="V43" s="23"/>
+      <c r="W43" s="23"/>
+      <c r="X43" s="23"/>
+      <c r="Y43" s="23"/>
+      <c r="Z43" s="23"/>
+      <c r="AA43" s="23"/>
+      <c r="AB43" s="24"/>
+      <c r="AC43" s="24"/>
+      <c r="AD43" s="24"/>
+    </row>
+    <row r="44" spans="1:30" ht="88.8" x14ac:dyDescent="0.3">
+      <c r="B44" s="126" t="s">
+        <v>116</v>
+      </c>
+      <c r="C44" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="O42" s="166"/>
-[...20 lines deleted...]
-      <c r="C43" s="25" t="s">
+      <c r="D44" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="D43" s="25" t="s">
+      <c r="F44" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="E43" s="26" t="s">
+      <c r="G44" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="F43" s="26" t="s">
+      <c r="H44" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="G43" s="26" t="s">
+      <c r="I44" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="H43" s="26" t="s">
+      <c r="J44" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="I43" s="26" t="s">
+      <c r="K44" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="J43" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K43" s="26" t="s">
+      <c r="L44" s="114" t="s">
+        <v>114</v>
+      </c>
+      <c r="M44" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="L43" s="122" t="s">
-[...2 lines deleted...]
-      <c r="M43" s="27" t="s">
+      <c r="N44" s="133" t="s">
+        <v>135</v>
+      </c>
+      <c r="O44" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="P44" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="N43" s="141" t="s">
-[...2 lines deleted...]
-      <c r="O43" s="29" t="s">
+      <c r="Q44" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="R44" s="26" t="s">
         <v>21</v>
-      </c>
-[...73 lines deleted...]
-        <v>63</v>
       </c>
       <c r="S44" s="30"/>
       <c r="T44" s="30"/>
       <c r="U44" s="30"/>
       <c r="V44" s="30"/>
       <c r="W44" s="30"/>
       <c r="X44" s="30"/>
       <c r="Y44" s="30"/>
       <c r="Z44" s="30"/>
       <c r="AA44" s="30"/>
       <c r="AB44" s="16"/>
       <c r="AC44" s="16"/>
       <c r="AD44" s="16"/>
     </row>
-    <row r="45" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="S45" s="94"/>
+    <row r="45" spans="1:30" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="171" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="D45" s="173">
+        <v>2025</v>
+      </c>
+      <c r="E45" s="173" t="s">
+        <v>83</v>
+      </c>
+      <c r="F45" s="173">
+        <v>123456</v>
+      </c>
+      <c r="G45" s="173" t="s">
+        <v>64</v>
+      </c>
+      <c r="H45" s="173" t="s">
+        <v>65</v>
+      </c>
+      <c r="I45" s="173" t="s">
+        <v>66</v>
+      </c>
+      <c r="J45" s="177" t="s">
+        <v>147</v>
+      </c>
+      <c r="K45" s="179">
+        <v>1</v>
+      </c>
+      <c r="L45" s="181" t="s">
+        <v>66</v>
+      </c>
+      <c r="M45" s="115">
+        <v>15000</v>
+      </c>
+      <c r="N45" s="116">
+        <f>+M45</f>
+        <v>15000</v>
+      </c>
+      <c r="O45" s="117">
+        <v>12000</v>
+      </c>
+      <c r="P45" s="71" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q45" s="71" t="s">
+        <v>67</v>
+      </c>
+      <c r="R45" s="76" t="s">
+        <v>61</v>
+      </c>
+      <c r="S45" s="30"/>
       <c r="T45" s="30"/>
       <c r="U45" s="30"/>
       <c r="V45" s="30"/>
       <c r="W45" s="30"/>
       <c r="X45" s="30"/>
       <c r="Y45" s="30"/>
       <c r="Z45" s="30"/>
       <c r="AA45" s="30"/>
       <c r="AB45" s="16"/>
       <c r="AC45" s="16"/>
       <c r="AD45" s="16"/>
     </row>
-    <row r="46" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A46" s="158">
+    <row r="46" spans="1:30" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="172"/>
+      <c r="C46" s="72"/>
+      <c r="D46" s="174"/>
+      <c r="E46" s="174"/>
+      <c r="F46" s="174"/>
+      <c r="G46" s="174"/>
+      <c r="H46" s="174"/>
+      <c r="I46" s="174"/>
+      <c r="J46" s="178"/>
+      <c r="K46" s="180"/>
+      <c r="L46" s="182"/>
+      <c r="M46" s="73">
+        <f>IF(AND(D45=$D$15,E45=$S$15),M45*$U$15,IF(AND(D45=$D$15,E45=$S$16),M45*$U$16,IF(AND(D45=$D$15,E45=$S$17),M45*$U$17,IF(AND(D45=$D$15,E45=$S$18),M45*$U$18,IF(AND(D45=$D$15,E45=$S$19),M45*$U$19,IF(AND(D45=$D$15,E45=$S$20),M45*$U$20,IF(AND(D45=$D$16,E45=$S$15),M45*$W$15,IF(AND(D45=$D$16,E45=$S$16),M45*$W$16,IF(AND(D45=$D$16,E45=$S$17),M45*$W$17,IF(AND(D45=$D$16,E45=$S$18),M45*$W$18,IF(AND(D45=$D$16,E45=$S$19),M45*$W$19,IF(AND(D45=$D$16,E45=$S$20),M45*$W$20,IF(AND(D45=$D$17,E45=$S$15),M45*$Y$15,IF(AND(D45=$D$17,E45=$S$16),M45*$Y$16,IF(AND(D45=$D$17,E45=$S$17),M45*$Y$17,IF(AND(D45=$D$17,E45=$S$18),M45*$Y$18,IF(AND(D45=$D$17,E45=$S$19),M45*$Y$19,IF(AND(D45=$D$17,E45=$S$20),M45*$Y$20,IF(AND(D45=$D$18,E45=$S$15),M45*$AA$15,IF(AND(D45=$D$18,E45=$S$16),M45*$AA$16,IF(AND(D45=$D$18,E45=$S$17),M45*$AA$17,IF(AND(D45=$D$18,E45=$S$18),M45*$AA$18,IF(AND(D45=$D$18,E45=$S$19),M45*$AA$19,IF(AND(D45=$D$18,E45=$S$20),M45*$AA$20,IF(AND(D45=$D$19,E45=$S$15),M45*$AC$15,IF(AND(D45=$D$19,E45=$S$16),M45*$AC$16,IF(AND(D45=$D$19,E45=$S$17),M45*$AC$17,IF(AND(D45=$D$19,E45=$S$18),M45*$AC$18,IF(AND(D45=$D$19,E45=$S$19),M45*$AC$19,IF(AND(D45=$D$19,E45=$S$20),M45*$AC$20,IF(AND(D45=$D$20,E45=$S$15),M45*$AE$15,IF(AND(D45=$D$20,E45=$S$16),M45*$AE$16,IF(AND(D45=$D$20,E45=$S$17),M45*$AE$17,IF(AND(D45=$D$20,E45=$S$18),M45*$AE$18,IF(AND(D45=$D$20,E45=$S$19),M45*$AE$19,IF(AND(D45=$D$20,E45=$S$20),M45*$AE$20,IF(AND(D45=$D$21,E45=$S$15),M45*$AG$15,IF(AND(D45=$D$21,E45=$S$16),M45*$AG$16,IF(AND(D45=$D$21,E45=$S$17),M45*$AG$17,IF(AND(D45=$D$21,E45=$S$18),M45*$AG$18,IF(AND(D45=$D$21,E45=$S$19),M45*$AG$19,IF(AND(D45=$D$21,E45=$S$20),M45*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N46" s="74">
+        <f>IF(AND(D45=$D$15,E45=$S$15),N45*$U$15*K45,IF(AND(D45=$D$15,E45=$S$16),N45*$U$16*K45,IF(AND(D45=$D$15,E45=$S$17),N45*$U$17*K45,IF(AND(D45=$D$15,E45=$S$18),N45*$U$18*K45,IF(AND(D45=$D$15,E45=$S$19),N45*$U$19*K45,IF(AND(D45=$D$15,E45=$S$20),N45*$U$20*K45,IF(AND(D45=$D$16,E45=$S$15),N45*$W$15*K45,IF(AND(D45=$D$16,E45=$S$16),N45*$W$16*K45,IF(AND(D45=$D$16,E45=$S$17),N45*$W$17*K45,IF(AND(D45=$D$16,E45=$S$18),N45*$W$18*K45,IF(AND(D45=$D$16,E45=$S$19),N45*$W$19*K45,IF(AND(D45=$D$16,E45=$S$20),N45*$W$20*K45,IF(AND(D45=$D$17,E45=$S$15),N45*$Y$15*K45,IF(AND(D45=$D$17,E45=$S$16),N45*$Y$16*K45,IF(AND(D45=$D$17,E45=$S$17),N45*$Y$17*K45,IF(AND(D45=$D$17,E45=$S$18),N45*$Y$18*K45,IF(AND(D45=$D$17,E45=$S$19),N45*$Y$19*K45,IF(AND(D45=$D$17,E45=$S$20),N45*$Y$20*K45,IF(AND(D45=$D$18,E45=$S$15),N45*$AA$15*K45,IF(AND(D45=$D$18,E45=$S$16),N45*$AA$16*K45,IF(AND(D45=$D$18,E45=$S$17),N45*$AA$17*K45,IF(AND(D45=$D$18,E45=$S$18),N45*$AA$18*K45,IF(AND(D45=$D$18,E45=$S$19),N45*$AA$19*K45,IF(AND(D45=$D$18,E45=$S$20),N45*$AA$20*K45,IF(AND(D45=$D$19,E45=$S$15),N45*$AC$15*K45,IF(AND(D45=$D$19,E45=$S$16),N45*$AC$16*K45,IF(AND(D45=$D$19,E45=$S$17),N45*$AC$17*K45,IF(AND(D45=$D$19,E45=$S$18),N45*$AC$18*K45,IF(AND(D45=$DE1045=$S$19),N45*$AC$19*K45,IF(AND(D45=$D$19,E45=$S$20),N45*$AC$20*K45,IF(AND(D45=$D$20,E45=$S$15),N45*$AE$15*K45,IF(AND(D45=$D$20,E45=$S$16),N45*$AE$16*K45,IF(AND(D45=$D$20,E45=$S$17),N45*$AE$17*K45,IF(AND(D45=$D$20,E45=$S$18),N45*$AE$18*K45,IF(AND(D45=$D$20,E45=$S$19),N45*$AE$19*K45,IF(AND(D45=$D$20,E45=$S$20),N45*$AE$20*K45,IF(AND(D45=$D$21,E45=$S$15),N45*$AG$15*K45,IF(AND(D45=$D$21,E45=$S$16),N45*$AG$16*K45,IF(AND(D45=$D$21,E45=$S$17),N45*$AG$17*K45,IF(AND(D45=$D$21,E45=$S$18),N45*$AG$18*K45,IF(AND(D45=$D$21,E45=$S$19),N45*$AG$19*K45,IF(AND(D45=$D$21,E45=$S$20),N45*$AG$20*K45,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O46" s="75">
+        <f>IF(AND(D45=$D$15,E45=$S$15),O45*$U$15*K45,IF(AND(D45=$D$15,E45=$S$16),O45*$U$16*K45,IF(AND(D45=$D$15,E45=$S$17),O45*$U$17*K45,IF(AND(D45=$D$15,E45=$S$18),O45*$U$18*K45,IF(AND(D45=$D$15,E45=$S$19),O45*$U$19*K45,IF(AND(D45=$D$15,E45=$S$20),O45*$U$20*K45,IF(AND(D45=$D$16,E45=$S$15),O45*$W$15*K45,IF(AND(D45=$D$16,E45=$S$16),O45*$W$16*K45,IF(AND(D45=$D$16,E45=$S$17),O45*$W$17*K45,IF(AND(D45=$D$16,E45=$S$18),O45*$W$18*K45,IF(AND(D45=$D$16,E45=$S$19),O45*$W$19*K45,IF(AND(D45=$D$16,E45=$S$20),O45*$W$20*K45,IF(AND(D45=$D$17,E45=$S$15),O45*$Y$15*K45,IF(AND(D45=$D$17,E45=$S$16),O45*$Y$16*K45,IF(AND(D45=$D$17,E45=$S$17),O45*$Y$17*K45,IF(AND(D45=$D$17,E45=$S$18),O45*$Y$18*K45,IF(AND(D45=$D$17,E45=$S$19),O45*$Y$19*K45,IF(AND(D45=$D$17,E45=$S$20),O45*$Y$20*K45,IF(AND(D45=$D$18,E45=$S$15),O45*$AA$15*K45,IF(AND(D45=$D$18,E45=$S$16),O45*$AA$16*K45,IF(AND(D45=$D$18,E45=$S$17),O45*$AA$17*K45,IF(AND(D45=$D$18,E45=$S$18),O45*$AA$18*K45,IF(AND(D45=$D$18,E45=$S$19),O45*$AA$19*K45,IF(AND(D45=$D$18,E45=$S$20),O45*$AA$20*K45,IF(AND(D45=$D$19,E45=$S$15),O45*$AC$15*K45,IF(AND(D45=$D$19,E45=$S$16),O45*$AC$16*K45,IF(AND(D45=$D$19,E45=$S$17),O45*$AC$17*K45,IF(AND(D45=$D$19,E45=$S$18),O45*$AC$18*K45,IF(AND(D45=$DE1045=$S$19),O45*$AC$19*K45,IF(AND(D45=$D$19,E45=$S$20),O45*$AC$20*K45,IF(AND(D45=$D$20,E45=$S$15),O45*$AE$15*K45,IF(AND(D45=$D$20,E45=$S$16),O45*$AE$16*K45,IF(AND(D45=$D$20,E45=$S$17),O45*$AE$17*K45,IF(AND(D45=$D$20,E45=$S$18),O45*$AE$18*K45,IF(AND(D45=$D$20,E45=$S$19),O45*$AE$19*K45,IF(AND(D45=$D$20,E45=$S$20),O45*$AE$20*K45,IF(AND(D45=$D$21,E45=$S$15),O45*$AG$15*K45,IF(AND(D45=$D$21,E45=$S$16),O45*$AG$16*K45,IF(AND(D45=$D$21,E45=$S$17),O45*$AG$17*K45,IF(AND(D45=$D$21,E45=$S$18),O45*$AG$18*K45,IF(AND(D45=$D$21,E45=$S$19),O45*$AG$19*K45,IF(AND(D45=$D$21,E45=$S$20),O45*$AG$20*K45,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P46" s="71"/>
+      <c r="Q46" s="88"/>
+      <c r="R46" s="88"/>
+      <c r="S46" s="90"/>
+      <c r="T46" s="30"/>
+      <c r="U46" s="30"/>
+      <c r="V46" s="30"/>
+      <c r="W46" s="30"/>
+      <c r="X46" s="30"/>
+      <c r="Y46" s="30"/>
+      <c r="Z46" s="30"/>
+      <c r="AA46" s="30"/>
+      <c r="AB46" s="16"/>
+      <c r="AC46" s="16"/>
+      <c r="AD46" s="16"/>
+    </row>
+    <row r="47" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A47" s="167">
         <v>1</v>
       </c>
-      <c r="B46" s="158"/>
-[...60 lines deleted...]
-      <c r="S47" s="31"/>
+      <c r="B47" s="167"/>
+      <c r="C47" s="169"/>
+      <c r="D47" s="157"/>
+      <c r="E47" s="157"/>
+      <c r="F47" s="157"/>
+      <c r="G47" s="157"/>
+      <c r="H47" s="157"/>
+      <c r="I47" s="157"/>
+      <c r="J47" s="161"/>
+      <c r="K47" s="163">
+        <v>1</v>
+      </c>
+      <c r="L47" s="165"/>
+      <c r="M47" s="91"/>
+      <c r="N47" s="91">
+        <f t="shared" ref="N47" si="1">+M47</f>
+        <v>0</v>
+      </c>
+      <c r="O47" s="91"/>
+      <c r="P47" s="109"/>
+      <c r="Q47" s="157"/>
+      <c r="R47" s="159"/>
+      <c r="S47" s="141" t="str">
+        <f>IF(OR(G47=$G$20,G47=$G$22,G47=$G$21),"Veuillez fournir des renseignements supplémentaires sur le CELI, le CELIAPP et le REEE dans un onglet distinct. ","")</f>
+        <v/>
+      </c>
       <c r="T47" s="31"/>
       <c r="U47" s="31"/>
       <c r="V47" s="31"/>
       <c r="W47" s="31"/>
       <c r="X47" s="31"/>
       <c r="Y47" s="31"/>
       <c r="Z47" s="16"/>
       <c r="AA47" s="16"/>
       <c r="AB47" s="32"/>
       <c r="AC47" s="32"/>
       <c r="AD47" s="32"/>
     </row>
-    <row r="48" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S48" s="31"/>
+    <row r="48" spans="1:30" ht="23.4" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A48" s="168"/>
+      <c r="B48" s="168"/>
+      <c r="C48" s="170"/>
+      <c r="D48" s="158"/>
+      <c r="E48" s="158"/>
+      <c r="F48" s="158"/>
+      <c r="G48" s="158"/>
+      <c r="H48" s="158"/>
+      <c r="I48" s="158"/>
+      <c r="J48" s="162"/>
+      <c r="K48" s="164"/>
+      <c r="L48" s="166"/>
+      <c r="M48" s="89">
+        <f>IF(AND(D47=$D$15,E47=$S$15),M47*$U$15,IF(AND(D47=$D$15,E47=$S$16),M47*$U$16,IF(AND(D47=$D$15,E47=$S$17),M47*$U$17,IF(AND(D47=$D$15,E47=$S$18),M47*$U$18,IF(AND(D47=$D$15,E47=$S$19),M47*$U$19,IF(AND(D47=$D$15,E47=$S$20),M47*$U$20,IF(AND(D47=$D$16,E47=$S$15),M47*$W$15,IF(AND(D47=$D$16,E47=$S$16),M47*$W$16,IF(AND(D47=$D$16,E47=$S$17),M47*$W$17,IF(AND(D47=$D$16,E47=$S$18),M47*$W$18,IF(AND(D47=$D$16,E47=$S$19),M47*$W$19,IF(AND(D47=$D$16,E47=$S$20),M47*$W$20,IF(AND(D47=$D$17,E47=$S$15),M47*$Y$15,IF(AND(D47=$D$17,E47=$S$16),M47*$Y$16,IF(AND(D47=$D$17,E47=$S$17),M47*$Y$17,IF(AND(D47=$D$17,E47=$S$18),M47*$Y$18,IF(AND(D47=$D$17,E47=$S$19),M47*$Y$19,IF(AND(D47=$D$17,E47=$S$20),M47*$Y$20,IF(AND(D47=$D$18,E47=$S$15),M47*$AA$15,IF(AND(D47=$D$18,E47=$S$16),M47*$AA$16,IF(AND(D47=$D$18,E47=$S$17),M47*$AA$17,IF(AND(D47=$D$18,E47=$S$18),M47*$AA$18,IF(AND(D47=$D$18,E47=$S$19),M47*$AA$19,IF(AND(D47=$D$18,E47=$S$20),M47*$AA$20,IF(AND(D47=$D$19,E47=$S$15),M47*$AC$15,IF(AND(D47=$D$19,E47=$S$16),M47*$AC$16,IF(AND(D47=$D$19,E47=$S$17),M47*$AC$17,IF(AND(D47=$D$19,E47=$S$18),M47*$AC$18,IF(AND(D47=$D$19,E47=$S$19),M47*$AC$19,IF(AND(D47=$D$19,E47=$S$20),M47*$AC$20,IF(AND(D47=$D$20,E47=$S$15),M47*$AE$15,IF(AND(D47=$D$20,E47=$S$16),M47*$AE$16,IF(AND(D47=$D$20,E47=$S$17),M47*$AE$17,IF(AND(D47=$D$20,E47=$S$18),M47*$AE$18,IF(AND(D47=$D$20,E47=$S$19),M47*$AE$19,IF(AND(D47=$D$20,E47=$S$20),M47*$AE$20,IF(AND(D47=$D$21,E47=$S$15),M47*$AG$15,IF(AND(D47=$D$21,E47=$S$16),M47*$AG$16,IF(AND(D47=$D$21,E47=$S$17),M47*$AG$17,IF(AND(D47=$D$21,E47=$S$18),M47*$AG$18,IF(AND(D47=$D$21,E47=$S$19),M47*$AG$19,IF(AND(D47=$D$21,E47=$S$20),M47*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N48" s="118">
+        <f>IF(AND(D47=$D$15,E47=$S$15),N47*$U$15*K47,IF(AND(D47=$D$15,E47=$S$16),N47*$U$16*K47,IF(AND(D47=$D$15,E47=$S$17),N47*$U$17*K47,IF(AND(D47=$D$15,E47=$S$18),N47*$U$18*K47,IF(AND(D47=$D$15,E47=$S$19),N47*$U$19*K47,IF(AND(D47=$D$15,E47=$S$20),N47*$U$20*K47,IF(AND(D47=$D$16,E47=$S$15),N47*$W$15*K47,IF(AND(D47=$D$16,E47=$S$16),N47*$W$16*K47,IF(AND(D47=$D$16,E47=$S$17),N47*$W$17*K47,IF(AND(D47=$D$16,E47=$S$18),N47*$W$18*K47,IF(AND(D47=$D$16,E47=$S$19),N47*$W$19*K47,IF(AND(D47=$D$16,E47=$S$20),N47*$W$20*K47,IF(AND(D47=$D$17,E47=$S$15),N47*$Y$15*K47,IF(AND(D47=$D$17,E47=$S$16),N47*$Y$16*K47,IF(AND(D47=$D$17,E47=$S$17),N47*$Y$17*K47,IF(AND(D47=$D$17,E47=$S$18),N47*$Y$18*K47,IF(AND(D47=$D$17,E47=$S$19),N47*$Y$19*K47,IF(AND(D47=$D$17,E47=$S$20),N47*$Y$20*K47,IF(AND(D47=$D$18,E47=$S$15),N47*$AA$15*K47,IF(AND(D47=$D$18,E47=$S$16),N47*$AA$16*K47,IF(AND(D47=$D$18,E47=$S$17),N47*$AA$17*K47,IF(AND(D47=$D$18,E47=$S$18),N47*$AA$18*K47,IF(AND(D47=$D$18,E47=$S$19),N47*$AA$19*K47,IF(AND(D47=$D$18,E47=$S$20),N47*$AA$20*K47,IF(AND(D47=$D$19,E47=$S$15),N47*$AC$15*K47,IF(AND(D47=$D$19,E47=$S$16),N47*$AC$16*K47,IF(AND(D47=$D$19,E47=$S$17),N47*$AC$17*K47,IF(AND(D47=$D$19,E47=$S$18),N47*$AC$18*K47,IF(AND(D47=$DE1047=$S$19),N47*$AC$19*K47,IF(AND(D47=$D$19,E47=$S$20),N47*$AC$20*K47,IF(AND(D47=$D$20,E47=$S$15),N47*$AE$15*K47,IF(AND(D47=$D$20,E47=$S$16),N47*$AE$16*K47,IF(AND(D47=$D$20,E47=$S$17),N47*$AE$17*K47,IF(AND(D47=$D$20,E47=$S$18),N47*$AE$18*K47,IF(AND(D47=$D$20,E47=$S$19),N47*$AE$19*K47,IF(AND(D47=$D$20,E47=$S$20),N47*$AE$20*K47,IF(AND(D47=$D$21,E47=$S$15),N47*$AG$15*K47,IF(AND(D47=$D$21,E47=$S$16),N47*$AG$16*K47,IF(AND(D47=$D$21,E47=$S$17),N47*$AG$17*K47,IF(AND(D47=$D$21,E47=$S$18),N47*$AG$18*K47,IF(AND(D47=$D$21,E47=$S$19),N47*$AG$19*K47,IF(AND(D47=$D$21,E47=$S$20),N47*$AG$20*K47,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O48" s="119">
+        <f>IF(AND(D47=$D$15,E47=$S$15),O47*$U$15*K47,IF(AND(D47=$D$15,E47=$S$16),O47*$U$16*K47,IF(AND(D47=$D$15,E47=$S$17),O47*$U$17*K47,IF(AND(D47=$D$15,E47=$S$18),O47*$U$18*K47,IF(AND(D47=$D$15,E47=$S$19),O47*$U$19*K47,IF(AND(D47=$D$15,E47=$S$20),O47*$U$20*K47,IF(AND(D47=$D$16,E47=$S$15),O47*$W$15*K47,IF(AND(D47=$D$16,E47=$S$16),O47*$W$16*K47,IF(AND(D47=$D$16,E47=$S$17),O47*$W$17*K47,IF(AND(D47=$D$16,E47=$S$18),O47*$W$18*K47,IF(AND(D47=$D$16,E47=$S$19),O47*$W$19*K47,IF(AND(D47=$D$16,E47=$S$20),O47*$W$20*K47,IF(AND(D47=$D$17,E47=$S$15),O47*$Y$15*K47,IF(AND(D47=$D$17,E47=$S$16),O47*$Y$16*K47,IF(AND(D47=$D$17,E47=$S$17),O47*$Y$17*K47,IF(AND(D47=$D$17,E47=$S$18),O47*$Y$18*K47,IF(AND(D47=$D$17,E47=$S$19),O47*$Y$19*K47,IF(AND(D47=$D$17,E47=$S$20),O47*$Y$20*K47,IF(AND(D47=$D$18,E47=$S$15),O47*$AA$15*K47,IF(AND(D47=$D$18,E47=$S$16),O47*$AA$16*K47,IF(AND(D47=$D$18,E47=$S$17),O47*$AA$17*K47,IF(AND(D47=$D$18,E47=$S$18),O47*$AA$18*K47,IF(AND(D47=$D$18,E47=$S$19),O47*$AA$19*K47,IF(AND(D47=$D$18,E47=$S$20),O47*$AA$20*K47,IF(AND(D47=$D$19,E47=$S$15),O47*$AC$15*K47,IF(AND(D47=$D$19,E47=$S$16),O47*$AC$16*K47,IF(AND(D47=$D$19,E47=$S$17),O47*$AC$17*K47,IF(AND(D47=$D$19,E47=$S$18),O47*$AC$18*K47,IF(AND(D47=$DE1047=$S$19),O47*$AC$19*K47,IF(AND(D47=$D$19,E47=$S$20),O47*$AC$20*K47,IF(AND(D47=$D$20,E47=$S$15),O47*$AE$15*K47,IF(AND(D47=$D$20,E47=$S$16),O47*$AE$16*K47,IF(AND(D47=$D$20,E47=$S$17),O47*$AE$17*K47,IF(AND(D47=$D$20,E47=$S$18),O47*$AE$18*K47,IF(AND(D47=$D$20,E47=$S$19),O47*$AE$19*K47,IF(AND(D47=$D$20,E47=$S$20),O47*$AE$20*K47,IF(AND(D47=$D$21,E47=$S$15),O47*$AG$15*K47,IF(AND(D47=$D$21,E47=$S$16),O47*$AG$16*K47,IF(AND(D47=$D$21,E47=$S$17),O47*$AG$17*K47,IF(AND(D47=$D$21,E47=$S$18),O47*$AG$18*K47,IF(AND(D47=$D$21,E47=$S$19),O47*$AG$19*K47,IF(AND(D47=$D$21,E47=$S$20),O47*$AG$20*K47,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P48" s="110"/>
+      <c r="Q48" s="158"/>
+      <c r="R48" s="160"/>
+      <c r="S48" s="141" t="str">
+        <f t="shared" ref="S48:S106" si="2">IF(OR(G48=$G$20,G48=$G$22,G48=$G$21),"Veuillez fournir des renseignements supplémentaires sur le CELI, le CELIAPP et le REEE dans un onglet distinct. ","")</f>
+        <v/>
+      </c>
       <c r="T48" s="31"/>
       <c r="U48" s="31"/>
       <c r="V48" s="31"/>
       <c r="W48" s="31"/>
       <c r="X48" s="31"/>
       <c r="Y48" s="31"/>
-      <c r="Z48" s="35"/>
-      <c r="AA48" s="35"/>
+      <c r="Z48" s="16"/>
+      <c r="AA48" s="16"/>
       <c r="AB48" s="32"/>
       <c r="AC48" s="32"/>
       <c r="AD48" s="32"/>
     </row>
-    <row r="49" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S49" s="31"/>
+    <row r="49" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A49" s="167">
+        <v>2</v>
+      </c>
+      <c r="B49" s="167"/>
+      <c r="C49" s="169"/>
+      <c r="D49" s="157"/>
+      <c r="E49" s="157"/>
+      <c r="F49" s="157"/>
+      <c r="G49" s="146"/>
+      <c r="H49" s="157"/>
+      <c r="I49" s="157"/>
+      <c r="J49" s="161"/>
+      <c r="K49" s="163">
+        <v>1</v>
+      </c>
+      <c r="L49" s="165"/>
+      <c r="M49" s="91"/>
+      <c r="N49" s="91">
+        <f>+M49</f>
+        <v>0</v>
+      </c>
+      <c r="O49" s="91"/>
+      <c r="P49" s="161"/>
+      <c r="Q49" s="157"/>
+      <c r="R49" s="159"/>
+      <c r="S49" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T49" s="31"/>
       <c r="U49" s="31"/>
       <c r="V49" s="31"/>
       <c r="W49" s="31"/>
       <c r="X49" s="31"/>
       <c r="Y49" s="31"/>
-      <c r="Z49" s="36"/>
-      <c r="AA49" s="36"/>
+      <c r="Z49" s="35"/>
+      <c r="AA49" s="35"/>
       <c r="AB49" s="32"/>
       <c r="AC49" s="32"/>
       <c r="AD49" s="32"/>
     </row>
-    <row r="50" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S50" s="31"/>
+    <row r="50" spans="1:30" ht="23.4" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A50" s="168"/>
+      <c r="B50" s="168"/>
+      <c r="C50" s="170"/>
+      <c r="D50" s="158"/>
+      <c r="E50" s="158"/>
+      <c r="F50" s="158"/>
+      <c r="G50" s="148"/>
+      <c r="H50" s="158"/>
+      <c r="I50" s="158"/>
+      <c r="J50" s="162"/>
+      <c r="K50" s="164"/>
+      <c r="L50" s="166"/>
+      <c r="M50" s="89">
+        <f>IF(AND(D49=$D$15,E49=$S$15),M49*$U$15,IF(AND(D49=$D$15,E49=$S$16),M49*$U$16,IF(AND(D49=$D$15,E49=$S$17),M49*$U$17,IF(AND(D49=$D$15,E49=$S$18),M49*$U$18,IF(AND(D49=$D$15,E49=$S$19),M49*$U$19,IF(AND(D49=$D$15,E49=$S$20),M49*$U$20,IF(AND(D49=$D$16,E49=$S$15),M49*$W$15,IF(AND(D49=$D$16,E49=$S$16),M49*$W$16,IF(AND(D49=$D$16,E49=$S$17),M49*$W$17,IF(AND(D49=$D$16,E49=$S$18),M49*$W$18,IF(AND(D49=$D$16,E49=$S$19),M49*$W$19,IF(AND(D49=$D$16,E49=$S$20),M49*$W$20,IF(AND(D49=$D$17,E49=$S$15),M49*$Y$15,IF(AND(D49=$D$17,E49=$S$16),M49*$Y$16,IF(AND(D49=$D$17,E49=$S$17),M49*$Y$17,IF(AND(D49=$D$17,E49=$S$18),M49*$Y$18,IF(AND(D49=$D$17,E49=$S$19),M49*$Y$19,IF(AND(D49=$D$17,E49=$S$20),M49*$Y$20,IF(AND(D49=$D$18,E49=$S$15),M49*$AA$15,IF(AND(D49=$D$18,E49=$S$16),M49*$AA$16,IF(AND(D49=$D$18,E49=$S$17),M49*$AA$17,IF(AND(D49=$D$18,E49=$S$18),M49*$AA$18,IF(AND(D49=$D$18,E49=$S$19),M49*$AA$19,IF(AND(D49=$D$18,E49=$S$20),M49*$AA$20,IF(AND(D49=$D$19,E49=$S$15),M49*$AC$15,IF(AND(D49=$D$19,E49=$S$16),M49*$AC$16,IF(AND(D49=$D$19,E49=$S$17),M49*$AC$17,IF(AND(D49=$D$19,E49=$S$18),M49*$AC$18,IF(AND(D49=$D$19,E49=$S$19),M49*$AC$19,IF(AND(D49=$D$19,E49=$S$20),M49*$AC$20,IF(AND(D49=$D$20,E49=$S$15),M49*$AE$15,IF(AND(D49=$D$20,E49=$S$16),M49*$AE$16,IF(AND(D49=$D$20,E49=$S$17),M49*$AE$17,IF(AND(D49=$D$20,E49=$S$18),M49*$AE$18,IF(AND(D49=$D$20,E49=$S$19),M49*$AE$19,IF(AND(D49=$D$20,E49=$S$20),M49*$AE$20,IF(AND(D49=$D$21,E49=$S$15),M49*$AG$15,IF(AND(D49=$D$21,E49=$S$16),M49*$AG$16,IF(AND(D49=$D$21,E49=$S$17),M49*$AG$17,IF(AND(D49=$D$21,E49=$S$18),M49*$AG$18,IF(AND(D49=$D$21,E49=$S$19),M49*$AG$19,IF(AND(D49=$D$21,E49=$S$20),M49*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N50" s="118">
+        <f>IF(AND(D49=$D$15,E49=$S$15),N49*$U$15*K49,IF(AND(D49=$D$15,E49=$S$16),N49*$U$16*K49,IF(AND(D49=$D$15,E49=$S$17),N49*$U$17*K49,IF(AND(D49=$D$15,E49=$S$18),N49*$U$18*K49,IF(AND(D49=$D$15,E49=$S$19),N49*$U$19*K49,IF(AND(D49=$D$15,E49=$S$20),N49*$U$20*K49,IF(AND(D49=$D$16,E49=$S$15),N49*$W$15*K49,IF(AND(D49=$D$16,E49=$S$16),N49*$W$16*K49,IF(AND(D49=$D$16,E49=$S$17),N49*$W$17*K49,IF(AND(D49=$D$16,E49=$S$18),N49*$W$18*K49,IF(AND(D49=$D$16,E49=$S$19),N49*$W$19*K49,IF(AND(D49=$D$16,E49=$S$20),N49*$W$20*K49,IF(AND(D49=$D$17,E49=$S$15),N49*$Y$15*K49,IF(AND(D49=$D$17,E49=$S$16),N49*$Y$16*K49,IF(AND(D49=$D$17,E49=$S$17),N49*$Y$17*K49,IF(AND(D49=$D$17,E49=$S$18),N49*$Y$18*K49,IF(AND(D49=$D$17,E49=$S$19),N49*$Y$19*K49,IF(AND(D49=$D$17,E49=$S$20),N49*$Y$20*K49,IF(AND(D49=$D$18,E49=$S$15),N49*$AA$15*K49,IF(AND(D49=$D$18,E49=$S$16),N49*$AA$16*K49,IF(AND(D49=$D$18,E49=$S$17),N49*$AA$17*K49,IF(AND(D49=$D$18,E49=$S$18),N49*$AA$18*K49,IF(AND(D49=$D$18,E49=$S$19),N49*$AA$19*K49,IF(AND(D49=$D$18,E49=$S$20),N49*$AA$20*K49,IF(AND(D49=$D$19,E49=$S$15),N49*$AC$15*K49,IF(AND(D49=$D$19,E49=$S$16),N49*$AC$16*K49,IF(AND(D49=$D$19,E49=$S$17),N49*$AC$17*K49,IF(AND(D49=$D$19,E49=$S$18),N49*$AC$18*K49,IF(AND(D49=$DE1049=$S$19),N49*$AC$19*K49,IF(AND(D49=$D$19,E49=$S$20),N49*$AC$20*K49,IF(AND(D49=$D$20,E49=$S$15),N49*$AE$15*K49,IF(AND(D49=$D$20,E49=$S$16),N49*$AE$16*K49,IF(AND(D49=$D$20,E49=$S$17),N49*$AE$17*K49,IF(AND(D49=$D$20,E49=$S$18),N49*$AE$18*K49,IF(AND(D49=$D$20,E49=$S$19),N49*$AE$19*K49,IF(AND(D49=$D$20,E49=$S$20),N49*$AE$20*K49,IF(AND(D49=$D$21,E49=$S$15),N49*$AG$15*K49,IF(AND(D49=$D$21,E49=$S$16),N49*$AG$16*K49,IF(AND(D49=$D$21,E49=$S$17),N49*$AG$17*K49,IF(AND(D49=$D$21,E49=$S$18),N49*$AG$18*K49,IF(AND(D49=$D$21,E49=$S$19),N49*$AG$19*K49,IF(AND(D49=$D$21,E49=$S$20),N49*$AG$20*K49,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O50" s="119">
+        <f>IF(AND(D49=$D$15,E49=$S$15),O49*$U$15*K49,IF(AND(D49=$D$15,E49=$S$16),O49*$U$16*K49,IF(AND(D49=$D$15,E49=$S$17),O49*$U$17*K49,IF(AND(D49=$D$15,E49=$S$18),O49*$U$18*K49,IF(AND(D49=$D$15,E49=$S$19),O49*$U$19*K49,IF(AND(D49=$D$15,E49=$S$20),O49*$U$20*K49,IF(AND(D49=$D$16,E49=$S$15),O49*$W$15*K49,IF(AND(D49=$D$16,E49=$S$16),O49*$W$16*K49,IF(AND(D49=$D$16,E49=$S$17),O49*$W$17*K49,IF(AND(D49=$D$16,E49=$S$18),O49*$W$18*K49,IF(AND(D49=$D$16,E49=$S$19),O49*$W$19*K49,IF(AND(D49=$D$16,E49=$S$20),O49*$W$20*K49,IF(AND(D49=$D$17,E49=$S$15),O49*$Y$15*K49,IF(AND(D49=$D$17,E49=$S$16),O49*$Y$16*K49,IF(AND(D49=$D$17,E49=$S$17),O49*$Y$17*K49,IF(AND(D49=$D$17,E49=$S$18),O49*$Y$18*K49,IF(AND(D49=$D$17,E49=$S$19),O49*$Y$19*K49,IF(AND(D49=$D$17,E49=$S$20),O49*$Y$20*K49,IF(AND(D49=$D$18,E49=$S$15),O49*$AA$15*K49,IF(AND(D49=$D$18,E49=$S$16),O49*$AA$16*K49,IF(AND(D49=$D$18,E49=$S$17),O49*$AA$17*K49,IF(AND(D49=$D$18,E49=$S$18),O49*$AA$18*K49,IF(AND(D49=$D$18,E49=$S$19),O49*$AA$19*K49,IF(AND(D49=$D$18,E49=$S$20),O49*$AA$20*K49,IF(AND(D49=$D$19,E49=$S$15),O49*$AC$15*K49,IF(AND(D49=$D$19,E49=$S$16),O49*$AC$16*K49,IF(AND(D49=$D$19,E49=$S$17),O49*$AC$17*K49,IF(AND(D49=$D$19,E49=$S$18),O49*$AC$18*K49,IF(AND(D49=$DE1049=$S$19),O49*$AC$19*K49,IF(AND(D49=$D$19,E49=$S$20),O49*$AC$20*K49,IF(AND(D49=$D$20,E49=$S$15),O49*$AE$15*K49,IF(AND(D49=$D$20,E49=$S$16),O49*$AE$16*K49,IF(AND(D49=$D$20,E49=$S$17),O49*$AE$17*K49,IF(AND(D49=$D$20,E49=$S$18),O49*$AE$18*K49,IF(AND(D49=$D$20,E49=$S$19),O49*$AE$19*K49,IF(AND(D49=$D$20,E49=$S$20),O49*$AE$20*K49,IF(AND(D49=$D$21,E49=$S$15),O49*$AG$15*K49,IF(AND(D49=$D$21,E49=$S$16),O49*$AG$16*K49,IF(AND(D49=$D$21,E49=$S$17),O49*$AG$17*K49,IF(AND(D49=$D$21,E49=$S$18),O49*$AG$18*K49,IF(AND(D49=$D$21,E49=$S$19),O49*$AG$19*K49,IF(AND(D49=$D$21,E49=$S$20),O49*$AG$20*K49,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P50" s="162"/>
+      <c r="Q50" s="158"/>
+      <c r="R50" s="160"/>
+      <c r="S50" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T50" s="31"/>
       <c r="U50" s="31"/>
       <c r="V50" s="31"/>
       <c r="W50" s="31"/>
       <c r="X50" s="31"/>
       <c r="Y50" s="31"/>
-      <c r="Z50" s="35"/>
-      <c r="AA50" s="35"/>
+      <c r="Z50" s="36"/>
+      <c r="AA50" s="36"/>
       <c r="AB50" s="32"/>
       <c r="AC50" s="32"/>
       <c r="AD50" s="32"/>
     </row>
-    <row r="51" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S51" s="31"/>
+    <row r="51" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A51" s="167">
+        <v>3</v>
+      </c>
+      <c r="B51" s="167"/>
+      <c r="C51" s="169"/>
+      <c r="D51" s="157"/>
+      <c r="E51" s="157"/>
+      <c r="F51" s="157"/>
+      <c r="G51" s="147"/>
+      <c r="H51" s="157"/>
+      <c r="I51" s="157"/>
+      <c r="J51" s="161"/>
+      <c r="K51" s="163">
+        <v>1</v>
+      </c>
+      <c r="L51" s="165"/>
+      <c r="M51" s="91"/>
+      <c r="N51" s="91">
+        <f>+M51</f>
+        <v>0</v>
+      </c>
+      <c r="O51" s="91"/>
+      <c r="P51" s="161"/>
+      <c r="Q51" s="157"/>
+      <c r="R51" s="159"/>
+      <c r="S51" s="141" t="str">
+        <f>IF(OR(G51=$G$20,G51=$G$22,G51=$G$21),"Veuillez fournir des renseignements supplémentaires sur le CELI, le CELIAPP et le REEE dans un onglet distinct. ","")</f>
+        <v/>
+      </c>
       <c r="T51" s="31"/>
       <c r="U51" s="31"/>
       <c r="V51" s="31"/>
       <c r="W51" s="31"/>
       <c r="X51" s="31"/>
       <c r="Y51" s="31"/>
-      <c r="Z51" s="36"/>
-      <c r="AA51" s="36"/>
+      <c r="Z51" s="35"/>
+      <c r="AA51" s="35"/>
       <c r="AB51" s="32"/>
       <c r="AC51" s="32"/>
       <c r="AD51" s="32"/>
     </row>
-    <row r="52" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S52" s="31"/>
+    <row r="52" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A52" s="168"/>
+      <c r="B52" s="168"/>
+      <c r="C52" s="170"/>
+      <c r="D52" s="158"/>
+      <c r="E52" s="158"/>
+      <c r="F52" s="158"/>
+      <c r="G52" s="149"/>
+      <c r="H52" s="158"/>
+      <c r="I52" s="158"/>
+      <c r="J52" s="162"/>
+      <c r="K52" s="164"/>
+      <c r="L52" s="166"/>
+      <c r="M52" s="89">
+        <f>IF(AND(D51=$D$15,E51=$S$15),M51*$U$15,IF(AND(D51=$D$15,E51=$S$16),M51*$U$16,IF(AND(D51=$D$15,E51=$S$17),M51*$U$17,IF(AND(D51=$D$15,E51=$S$18),M51*$U$18,IF(AND(D51=$D$15,E51=$S$19),M51*$U$19,IF(AND(D51=$D$15,E51=$S$20),M51*$U$20,IF(AND(D51=$D$16,E51=$S$15),M51*$W$15,IF(AND(D51=$D$16,E51=$S$16),M51*$W$16,IF(AND(D51=$D$16,E51=$S$17),M51*$W$17,IF(AND(D51=$D$16,E51=$S$18),M51*$W$18,IF(AND(D51=$D$16,E51=$S$19),M51*$W$19,IF(AND(D51=$D$16,E51=$S$20),M51*$W$20,IF(AND(D51=$D$17,E51=$S$15),M51*$Y$15,IF(AND(D51=$D$17,E51=$S$16),M51*$Y$16,IF(AND(D51=$D$17,E51=$S$17),M51*$Y$17,IF(AND(D51=$D$17,E51=$S$18),M51*$Y$18,IF(AND(D51=$D$17,E51=$S$19),M51*$Y$19,IF(AND(D51=$D$17,E51=$S$20),M51*$Y$20,IF(AND(D51=$D$18,E51=$S$15),M51*$AA$15,IF(AND(D51=$D$18,E51=$S$16),M51*$AA$16,IF(AND(D51=$D$18,E51=$S$17),M51*$AA$17,IF(AND(D51=$D$18,E51=$S$18),M51*$AA$18,IF(AND(D51=$D$18,E51=$S$19),M51*$AA$19,IF(AND(D51=$D$18,E51=$S$20),M51*$AA$20,IF(AND(D51=$D$19,E51=$S$15),M51*$AC$15,IF(AND(D51=$D$19,E51=$S$16),M51*$AC$16,IF(AND(D51=$D$19,E51=$S$17),M51*$AC$17,IF(AND(D51=$D$19,E51=$S$18),M51*$AC$18,IF(AND(D51=$D$19,E51=$S$19),M51*$AC$19,IF(AND(D51=$D$19,E51=$S$20),M51*$AC$20,IF(AND(D51=$D$20,E51=$S$15),M51*$AE$15,IF(AND(D51=$D$20,E51=$S$16),M51*$AE$16,IF(AND(D51=$D$20,E51=$S$17),M51*$AE$17,IF(AND(D51=$D$20,E51=$S$18),M51*$AE$18,IF(AND(D51=$D$20,E51=$S$19),M51*$AE$19,IF(AND(D51=$D$20,E51=$S$20),M51*$AE$20,IF(AND(D51=$D$21,E51=$S$15),M51*$AG$15,IF(AND(D51=$D$21,E51=$S$16),M51*$AG$16,IF(AND(D51=$D$21,E51=$S$17),M51*$AG$17,IF(AND(D51=$D$21,E51=$S$18),M51*$AG$18,IF(AND(D51=$D$21,E51=$S$19),M51*$AG$19,IF(AND(D51=$D$21,E51=$S$20),M51*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N52" s="118">
+        <f>IF(AND(D51=$D$15,E51=$S$15),N51*$U$15*K51,IF(AND(D51=$D$15,E51=$S$16),N51*$U$16*K51,IF(AND(D51=$D$15,E51=$S$17),N51*$U$17*K51,IF(AND(D51=$D$15,E51=$S$18),N51*$U$18*K51,IF(AND(D51=$D$15,E51=$S$19),N51*$U$19*K51,IF(AND(D51=$D$15,E51=$S$20),N51*$U$20*K51,IF(AND(D51=$D$16,E51=$S$15),N51*$W$15*K51,IF(AND(D51=$D$16,E51=$S$16),N51*$W$16*K51,IF(AND(D51=$D$16,E51=$S$17),N51*$W$17*K51,IF(AND(D51=$D$16,E51=$S$18),N51*$W$18*K51,IF(AND(D51=$D$16,E51=$S$19),N51*$W$19*K51,IF(AND(D51=$D$16,E51=$S$20),N51*$W$20*K51,IF(AND(D51=$D$17,E51=$S$15),N51*$Y$15*K51,IF(AND(D51=$D$17,E51=$S$16),N51*$Y$16*K51,IF(AND(D51=$D$17,E51=$S$17),N51*$Y$17*K51,IF(AND(D51=$D$17,E51=$S$18),N51*$Y$18*K51,IF(AND(D51=$D$17,E51=$S$19),N51*$Y$19*K51,IF(AND(D51=$D$17,E51=$S$20),N51*$Y$20*K51,IF(AND(D51=$D$18,E51=$S$15),N51*$AA$15*K51,IF(AND(D51=$D$18,E51=$S$16),N51*$AA$16*K51,IF(AND(D51=$D$18,E51=$S$17),N51*$AA$17*K51,IF(AND(D51=$D$18,E51=$S$18),N51*$AA$18*K51,IF(AND(D51=$D$18,E51=$S$19),N51*$AA$19*K51,IF(AND(D51=$D$18,E51=$S$20),N51*$AA$20*K51,IF(AND(D51=$D$19,E51=$S$15),N51*$AC$15*K51,IF(AND(D51=$D$19,E51=$S$16),N51*$AC$16*K51,IF(AND(D51=$D$19,E51=$S$17),N51*$AC$17*K51,IF(AND(D51=$D$19,E51=$S$18),N51*$AC$18*K51,IF(AND(D51=$DE1051=$S$19),N51*$AC$19*K51,IF(AND(D51=$D$19,E51=$S$20),N51*$AC$20*K51,IF(AND(D51=$D$20,E51=$S$15),N51*$AE$15*K51,IF(AND(D51=$D$20,E51=$S$16),N51*$AE$16*K51,IF(AND(D51=$D$20,E51=$S$17),N51*$AE$17*K51,IF(AND(D51=$D$20,E51=$S$18),N51*$AE$18*K51,IF(AND(D51=$D$20,E51=$S$19),N51*$AE$19*K51,IF(AND(D51=$D$20,E51=$S$20),N51*$AE$20*K51,IF(AND(D51=$D$21,E51=$S$15),N51*$AG$15*K51,IF(AND(D51=$D$21,E51=$S$16),N51*$AG$16*K51,IF(AND(D51=$D$21,E51=$S$17),N51*$AG$17*K51,IF(AND(D51=$D$21,E51=$S$18),N51*$AG$18*K51,IF(AND(D51=$D$21,E51=$S$19),N51*$AG$19*K51,IF(AND(D51=$D$21,E51=$S$20),N51*$AG$20*K51,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O52" s="119">
+        <f>IF(AND(D51=$D$15,E51=$S$15),O51*$U$15*K51,IF(AND(D51=$D$15,E51=$S$16),O51*$U$16*K51,IF(AND(D51=$D$15,E51=$S$17),O51*$U$17*K51,IF(AND(D51=$D$15,E51=$S$18),O51*$U$18*K51,IF(AND(D51=$D$15,E51=$S$19),O51*$U$19*K51,IF(AND(D51=$D$15,E51=$S$20),O51*$U$20*K51,IF(AND(D51=$D$16,E51=$S$15),O51*$W$15*K51,IF(AND(D51=$D$16,E51=$S$16),O51*$W$16*K51,IF(AND(D51=$D$16,E51=$S$17),O51*$W$17*K51,IF(AND(D51=$D$16,E51=$S$18),O51*$W$18*K51,IF(AND(D51=$D$16,E51=$S$19),O51*$W$19*K51,IF(AND(D51=$D$16,E51=$S$20),O51*$W$20*K51,IF(AND(D51=$D$17,E51=$S$15),O51*$Y$15*K51,IF(AND(D51=$D$17,E51=$S$16),O51*$Y$16*K51,IF(AND(D51=$D$17,E51=$S$17),O51*$Y$17*K51,IF(AND(D51=$D$17,E51=$S$18),O51*$Y$18*K51,IF(AND(D51=$D$17,E51=$S$19),O51*$Y$19*K51,IF(AND(D51=$D$17,E51=$S$20),O51*$Y$20*K51,IF(AND(D51=$D$18,E51=$S$15),O51*$AA$15*K51,IF(AND(D51=$D$18,E51=$S$16),O51*$AA$16*K51,IF(AND(D51=$D$18,E51=$S$17),O51*$AA$17*K51,IF(AND(D51=$D$18,E51=$S$18),O51*$AA$18*K51,IF(AND(D51=$D$18,E51=$S$19),O51*$AA$19*K51,IF(AND(D51=$D$18,E51=$S$20),O51*$AA$20*K51,IF(AND(D51=$D$19,E51=$S$15),O51*$AC$15*K51,IF(AND(D51=$D$19,E51=$S$16),O51*$AC$16*K51,IF(AND(D51=$D$19,E51=$S$17),O51*$AC$17*K51,IF(AND(D51=$D$19,E51=$S$18),O51*$AC$18*K51,IF(AND(D51=$DE1051=$S$19),O51*$AC$19*K51,IF(AND(D51=$D$19,E51=$S$20),O51*$AC$20*K51,IF(AND(D51=$D$20,E51=$S$15),O51*$AE$15*K51,IF(AND(D51=$D$20,E51=$S$16),O51*$AE$16*K51,IF(AND(D51=$D$20,E51=$S$17),O51*$AE$17*K51,IF(AND(D51=$D$20,E51=$S$18),O51*$AE$18*K51,IF(AND(D51=$D$20,E51=$S$19),O51*$AE$19*K51,IF(AND(D51=$D$20,E51=$S$20),O51*$AE$20*K51,IF(AND(D51=$D$21,E51=$S$15),O51*$AG$15*K51,IF(AND(D51=$D$21,E51=$S$16),O51*$AG$16*K51,IF(AND(D51=$D$21,E51=$S$17),O51*$AG$17*K51,IF(AND(D51=$D$21,E51=$S$18),O51*$AG$18*K51,IF(AND(D51=$D$21,E51=$S$19),O51*$AG$19*K51,IF(AND(D51=$D$21,E51=$S$20),O51*$AG$20*K51,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P52" s="162"/>
+      <c r="Q52" s="158"/>
+      <c r="R52" s="160"/>
+      <c r="S52" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T52" s="31"/>
       <c r="U52" s="31"/>
       <c r="V52" s="31"/>
       <c r="W52" s="31"/>
       <c r="X52" s="31"/>
       <c r="Y52" s="31"/>
-      <c r="Z52" s="35"/>
-      <c r="AA52" s="35"/>
+      <c r="Z52" s="36"/>
+      <c r="AA52" s="36"/>
       <c r="AB52" s="32"/>
       <c r="AC52" s="32"/>
       <c r="AD52" s="32"/>
     </row>
-    <row r="53" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S53" s="31"/>
+    <row r="53" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A53" s="167">
+        <v>4</v>
+      </c>
+      <c r="B53" s="167"/>
+      <c r="C53" s="169"/>
+      <c r="D53" s="157"/>
+      <c r="E53" s="157"/>
+      <c r="F53" s="157"/>
+      <c r="G53" s="142"/>
+      <c r="H53" s="157"/>
+      <c r="I53" s="157"/>
+      <c r="J53" s="161"/>
+      <c r="K53" s="163">
+        <v>1</v>
+      </c>
+      <c r="L53" s="165"/>
+      <c r="M53" s="91"/>
+      <c r="N53" s="91">
+        <f>+M53</f>
+        <v>0</v>
+      </c>
+      <c r="O53" s="91"/>
+      <c r="P53" s="161"/>
+      <c r="Q53" s="157"/>
+      <c r="R53" s="159"/>
+      <c r="S53" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T53" s="31"/>
       <c r="U53" s="31"/>
       <c r="V53" s="31"/>
       <c r="W53" s="31"/>
       <c r="X53" s="31"/>
       <c r="Y53" s="31"/>
-      <c r="Z53" s="36"/>
-      <c r="AA53" s="36"/>
+      <c r="Z53" s="35"/>
+      <c r="AA53" s="35"/>
       <c r="AB53" s="32"/>
       <c r="AC53" s="32"/>
       <c r="AD53" s="32"/>
     </row>
-    <row r="54" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S54" s="31"/>
+    <row r="54" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A54" s="168"/>
+      <c r="B54" s="168"/>
+      <c r="C54" s="170"/>
+      <c r="D54" s="158"/>
+      <c r="E54" s="158"/>
+      <c r="F54" s="158"/>
+      <c r="G54" s="148"/>
+      <c r="H54" s="158"/>
+      <c r="I54" s="158"/>
+      <c r="J54" s="162"/>
+      <c r="K54" s="164"/>
+      <c r="L54" s="166"/>
+      <c r="M54" s="89">
+        <f>IF(AND(D53=$D$15,E53=$S$15),M53*$U$15,IF(AND(D53=$D$15,E53=$S$16),M53*$U$16,IF(AND(D53=$D$15,E53=$S$17),M53*$U$17,IF(AND(D53=$D$15,E53=$S$18),M53*$U$18,IF(AND(D53=$D$15,E53=$S$19),M53*$U$19,IF(AND(D53=$D$15,E53=$S$20),M53*$U$20,IF(AND(D53=$D$16,E53=$S$15),M53*$W$15,IF(AND(D53=$D$16,E53=$S$16),M53*$W$16,IF(AND(D53=$D$16,E53=$S$17),M53*$W$17,IF(AND(D53=$D$16,E53=$S$18),M53*$W$18,IF(AND(D53=$D$16,E53=$S$19),M53*$W$19,IF(AND(D53=$D$16,E53=$S$20),M53*$W$20,IF(AND(D53=$D$17,E53=$S$15),M53*$Y$15,IF(AND(D53=$D$17,E53=$S$16),M53*$Y$16,IF(AND(D53=$D$17,E53=$S$17),M53*$Y$17,IF(AND(D53=$D$17,E53=$S$18),M53*$Y$18,IF(AND(D53=$D$17,E53=$S$19),M53*$Y$19,IF(AND(D53=$D$17,E53=$S$20),M53*$Y$20,IF(AND(D53=$D$18,E53=$S$15),M53*$AA$15,IF(AND(D53=$D$18,E53=$S$16),M53*$AA$16,IF(AND(D53=$D$18,E53=$S$17),M53*$AA$17,IF(AND(D53=$D$18,E53=$S$18),M53*$AA$18,IF(AND(D53=$D$18,E53=$S$19),M53*$AA$19,IF(AND(D53=$D$18,E53=$S$20),M53*$AA$20,IF(AND(D53=$D$19,E53=$S$15),M53*$AC$15,IF(AND(D53=$D$19,E53=$S$16),M53*$AC$16,IF(AND(D53=$D$19,E53=$S$17),M53*$AC$17,IF(AND(D53=$D$19,E53=$S$18),M53*$AC$18,IF(AND(D53=$D$19,E53=$S$19),M53*$AC$19,IF(AND(D53=$D$19,E53=$S$20),M53*$AC$20,IF(AND(D53=$D$20,E53=$S$15),M53*$AE$15,IF(AND(D53=$D$20,E53=$S$16),M53*$AE$16,IF(AND(D53=$D$20,E53=$S$17),M53*$AE$17,IF(AND(D53=$D$20,E53=$S$18),M53*$AE$18,IF(AND(D53=$D$20,E53=$S$19),M53*$AE$19,IF(AND(D53=$D$20,E53=$S$20),M53*$AE$20,IF(AND(D53=$D$21,E53=$S$15),M53*$AG$15,IF(AND(D53=$D$21,E53=$S$16),M53*$AG$16,IF(AND(D53=$D$21,E53=$S$17),M53*$AG$17,IF(AND(D53=$D$21,E53=$S$18),M53*$AG$18,IF(AND(D53=$D$21,E53=$S$19),M53*$AG$19,IF(AND(D53=$D$21,E53=$S$20),M53*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N54" s="118">
+        <f>IF(AND(D53=$D$15,E53=$S$15),N53*$U$15*K53,IF(AND(D53=$D$15,E53=$S$16),N53*$U$16*K53,IF(AND(D53=$D$15,E53=$S$17),N53*$U$17*K53,IF(AND(D53=$D$15,E53=$S$18),N53*$U$18*K53,IF(AND(D53=$D$15,E53=$S$19),N53*$U$19*K53,IF(AND(D53=$D$15,E53=$S$20),N53*$U$20*K53,IF(AND(D53=$D$16,E53=$S$15),N53*$W$15*K53,IF(AND(D53=$D$16,E53=$S$16),N53*$W$16*K53,IF(AND(D53=$D$16,E53=$S$17),N53*$W$17*K53,IF(AND(D53=$D$16,E53=$S$18),N53*$W$18*K53,IF(AND(D53=$D$16,E53=$S$19),N53*$W$19*K53,IF(AND(D53=$D$16,E53=$S$20),N53*$W$20*K53,IF(AND(D53=$D$17,E53=$S$15),N53*$Y$15*K53,IF(AND(D53=$D$17,E53=$S$16),N53*$Y$16*K53,IF(AND(D53=$D$17,E53=$S$17),N53*$Y$17*K53,IF(AND(D53=$D$17,E53=$S$18),N53*$Y$18*K53,IF(AND(D53=$D$17,E53=$S$19),N53*$Y$19*K53,IF(AND(D53=$D$17,E53=$S$20),N53*$Y$20*K53,IF(AND(D53=$D$18,E53=$S$15),N53*$AA$15*K53,IF(AND(D53=$D$18,E53=$S$16),N53*$AA$16*K53,IF(AND(D53=$D$18,E53=$S$17),N53*$AA$17*K53,IF(AND(D53=$D$18,E53=$S$18),N53*$AA$18*K53,IF(AND(D53=$D$18,E53=$S$19),N53*$AA$19*K53,IF(AND(D53=$D$18,E53=$S$20),N53*$AA$20*K53,IF(AND(D53=$D$19,E53=$S$15),N53*$AC$15*K53,IF(AND(D53=$D$19,E53=$S$16),N53*$AC$16*K53,IF(AND(D53=$D$19,E53=$S$17),N53*$AC$17*K53,IF(AND(D53=$D$19,E53=$S$18),N53*$AC$18*K53,IF(AND(D53=$DE1053=$S$19),N53*$AC$19*K53,IF(AND(D53=$D$19,E53=$S$20),N53*$AC$20*K53,IF(AND(D53=$D$20,E53=$S$15),N53*$AE$15*K53,IF(AND(D53=$D$20,E53=$S$16),N53*$AE$16*K53,IF(AND(D53=$D$20,E53=$S$17),N53*$AE$17*K53,IF(AND(D53=$D$20,E53=$S$18),N53*$AE$18*K53,IF(AND(D53=$D$20,E53=$S$19),N53*$AE$19*K53,IF(AND(D53=$D$20,E53=$S$20),N53*$AE$20*K53,IF(AND(D53=$D$21,E53=$S$15),N53*$AG$15*K53,IF(AND(D53=$D$21,E53=$S$16),N53*$AG$16*K53,IF(AND(D53=$D$21,E53=$S$17),N53*$AG$17*K53,IF(AND(D53=$D$21,E53=$S$18),N53*$AG$18*K53,IF(AND(D53=$D$21,E53=$S$19),N53*$AG$19*K53,IF(AND(D53=$D$21,E53=$S$20),N53*$AG$20*K53,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O54" s="119">
+        <f>IF(AND(D53=$D$15,E53=$S$15),O53*$U$15*K53,IF(AND(D53=$D$15,E53=$S$16),O53*$U$16*K53,IF(AND(D53=$D$15,E53=$S$17),O53*$U$17*K53,IF(AND(D53=$D$15,E53=$S$18),O53*$U$18*K53,IF(AND(D53=$D$15,E53=$S$19),O53*$U$19*K53,IF(AND(D53=$D$15,E53=$S$20),O53*$U$20*K53,IF(AND(D53=$D$16,E53=$S$15),O53*$W$15*K53,IF(AND(D53=$D$16,E53=$S$16),O53*$W$16*K53,IF(AND(D53=$D$16,E53=$S$17),O53*$W$17*K53,IF(AND(D53=$D$16,E53=$S$18),O53*$W$18*K53,IF(AND(D53=$D$16,E53=$S$19),O53*$W$19*K53,IF(AND(D53=$D$16,E53=$S$20),O53*$W$20*K53,IF(AND(D53=$D$17,E53=$S$15),O53*$Y$15*K53,IF(AND(D53=$D$17,E53=$S$16),O53*$Y$16*K53,IF(AND(D53=$D$17,E53=$S$17),O53*$Y$17*K53,IF(AND(D53=$D$17,E53=$S$18),O53*$Y$18*K53,IF(AND(D53=$D$17,E53=$S$19),O53*$Y$19*K53,IF(AND(D53=$D$17,E53=$S$20),O53*$Y$20*K53,IF(AND(D53=$D$18,E53=$S$15),O53*$AA$15*K53,IF(AND(D53=$D$18,E53=$S$16),O53*$AA$16*K53,IF(AND(D53=$D$18,E53=$S$17),O53*$AA$17*K53,IF(AND(D53=$D$18,E53=$S$18),O53*$AA$18*K53,IF(AND(D53=$D$18,E53=$S$19),O53*$AA$19*K53,IF(AND(D53=$D$18,E53=$S$20),O53*$AA$20*K53,IF(AND(D53=$D$19,E53=$S$15),O53*$AC$15*K53,IF(AND(D53=$D$19,E53=$S$16),O53*$AC$16*K53,IF(AND(D53=$D$19,E53=$S$17),O53*$AC$17*K53,IF(AND(D53=$D$19,E53=$S$18),O53*$AC$18*K53,IF(AND(D53=$DE1053=$S$19),O53*$AC$19*K53,IF(AND(D53=$D$19,E53=$S$20),O53*$AC$20*K53,IF(AND(D53=$D$20,E53=$S$15),O53*$AE$15*K53,IF(AND(D53=$D$20,E53=$S$16),O53*$AE$16*K53,IF(AND(D53=$D$20,E53=$S$17),O53*$AE$17*K53,IF(AND(D53=$D$20,E53=$S$18),O53*$AE$18*K53,IF(AND(D53=$D$20,E53=$S$19),O53*$AE$19*K53,IF(AND(D53=$D$20,E53=$S$20),O53*$AE$20*K53,IF(AND(D53=$D$21,E53=$S$15),O53*$AG$15*K53,IF(AND(D53=$D$21,E53=$S$16),O53*$AG$16*K53,IF(AND(D53=$D$21,E53=$S$17),O53*$AG$17*K53,IF(AND(D53=$D$21,E53=$S$18),O53*$AG$18*K53,IF(AND(D53=$D$21,E53=$S$19),O53*$AG$19*K53,IF(AND(D53=$D$21,E53=$S$20),O53*$AG$20*K53,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P54" s="162"/>
+      <c r="Q54" s="158"/>
+      <c r="R54" s="160"/>
+      <c r="S54" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T54" s="31"/>
       <c r="U54" s="31"/>
       <c r="V54" s="31"/>
       <c r="W54" s="31"/>
       <c r="X54" s="31"/>
       <c r="Y54" s="31"/>
-      <c r="Z54" s="35"/>
-      <c r="AA54" s="35"/>
+      <c r="Z54" s="36"/>
+      <c r="AA54" s="36"/>
       <c r="AB54" s="32"/>
       <c r="AC54" s="32"/>
       <c r="AD54" s="32"/>
     </row>
-    <row r="55" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S55" s="31"/>
+    <row r="55" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A55" s="167">
+        <v>5</v>
+      </c>
+      <c r="B55" s="167"/>
+      <c r="C55" s="169"/>
+      <c r="D55" s="157"/>
+      <c r="E55" s="157"/>
+      <c r="F55" s="157"/>
+      <c r="G55" s="147"/>
+      <c r="H55" s="157"/>
+      <c r="I55" s="157"/>
+      <c r="J55" s="161"/>
+      <c r="K55" s="163">
+        <v>1</v>
+      </c>
+      <c r="L55" s="165" t="s">
+        <v>81</v>
+      </c>
+      <c r="M55" s="91"/>
+      <c r="N55" s="91">
+        <f>+M55</f>
+        <v>0</v>
+      </c>
+      <c r="O55" s="91"/>
+      <c r="P55" s="161"/>
+      <c r="Q55" s="157"/>
+      <c r="R55" s="159"/>
+      <c r="S55" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T55" s="31"/>
       <c r="U55" s="31"/>
       <c r="V55" s="31"/>
       <c r="W55" s="31"/>
       <c r="X55" s="31"/>
       <c r="Y55" s="31"/>
-      <c r="Z55" s="36"/>
-      <c r="AA55" s="36"/>
+      <c r="Z55" s="35"/>
+      <c r="AA55" s="35"/>
       <c r="AB55" s="32"/>
       <c r="AC55" s="32"/>
       <c r="AD55" s="32"/>
     </row>
-    <row r="56" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S56" s="31"/>
+    <row r="56" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A56" s="168"/>
+      <c r="B56" s="168"/>
+      <c r="C56" s="170"/>
+      <c r="D56" s="158"/>
+      <c r="E56" s="158"/>
+      <c r="F56" s="158"/>
+      <c r="G56" s="149"/>
+      <c r="H56" s="158"/>
+      <c r="I56" s="158"/>
+      <c r="J56" s="162"/>
+      <c r="K56" s="164"/>
+      <c r="L56" s="166"/>
+      <c r="M56" s="89">
+        <f>IF(AND(D55=$D$15,E55=$S$15),M55*$U$15,IF(AND(D55=$D$15,E55=$S$16),M55*$U$16,IF(AND(D55=$D$15,E55=$S$17),M55*$U$17,IF(AND(D55=$D$15,E55=$S$18),M55*$U$18,IF(AND(D55=$D$15,E55=$S$19),M55*$U$19,IF(AND(D55=$D$15,E55=$S$20),M55*$U$20,IF(AND(D55=$D$16,E55=$S$15),M55*$W$15,IF(AND(D55=$D$16,E55=$S$16),M55*$W$16,IF(AND(D55=$D$16,E55=$S$17),M55*$W$17,IF(AND(D55=$D$16,E55=$S$18),M55*$W$18,IF(AND(D55=$D$16,E55=$S$19),M55*$W$19,IF(AND(D55=$D$16,E55=$S$20),M55*$W$20,IF(AND(D55=$D$17,E55=$S$15),M55*$Y$15,IF(AND(D55=$D$17,E55=$S$16),M55*$Y$16,IF(AND(D55=$D$17,E55=$S$17),M55*$Y$17,IF(AND(D55=$D$17,E55=$S$18),M55*$Y$18,IF(AND(D55=$D$17,E55=$S$19),M55*$Y$19,IF(AND(D55=$D$17,E55=$S$20),M55*$Y$20,IF(AND(D55=$D$18,E55=$S$15),M55*$AA$15,IF(AND(D55=$D$18,E55=$S$16),M55*$AA$16,IF(AND(D55=$D$18,E55=$S$17),M55*$AA$17,IF(AND(D55=$D$18,E55=$S$18),M55*$AA$18,IF(AND(D55=$D$18,E55=$S$19),M55*$AA$19,IF(AND(D55=$D$18,E55=$S$20),M55*$AA$20,IF(AND(D55=$D$19,E55=$S$15),M55*$AC$15,IF(AND(D55=$D$19,E55=$S$16),M55*$AC$16,IF(AND(D55=$D$19,E55=$S$17),M55*$AC$17,IF(AND(D55=$D$19,E55=$S$18),M55*$AC$18,IF(AND(D55=$D$19,E55=$S$19),M55*$AC$19,IF(AND(D55=$D$19,E55=$S$20),M55*$AC$20,IF(AND(D55=$D$20,E55=$S$15),M55*$AE$15,IF(AND(D55=$D$20,E55=$S$16),M55*$AE$16,IF(AND(D55=$D$20,E55=$S$17),M55*$AE$17,IF(AND(D55=$D$20,E55=$S$18),M55*$AE$18,IF(AND(D55=$D$20,E55=$S$19),M55*$AE$19,IF(AND(D55=$D$20,E55=$S$20),M55*$AE$20,IF(AND(D55=$D$21,E55=$S$15),M55*$AG$15,IF(AND(D55=$D$21,E55=$S$16),M55*$AG$16,IF(AND(D55=$D$21,E55=$S$17),M55*$AG$17,IF(AND(D55=$D$21,E55=$S$18),M55*$AG$18,IF(AND(D55=$D$21,E55=$S$19),M55*$AG$19,IF(AND(D55=$D$21,E55=$S$20),M55*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N56" s="118">
+        <f>IF(AND(D55=$D$15,E55=$S$15),N55*$U$15*K55,IF(AND(D55=$D$15,E55=$S$16),N55*$U$16*K55,IF(AND(D55=$D$15,E55=$S$17),N55*$U$17*K55,IF(AND(D55=$D$15,E55=$S$18),N55*$U$18*K55,IF(AND(D55=$D$15,E55=$S$19),N55*$U$19*K55,IF(AND(D55=$D$15,E55=$S$20),N55*$U$20*K55,IF(AND(D55=$D$16,E55=$S$15),N55*$W$15*K55,IF(AND(D55=$D$16,E55=$S$16),N55*$W$16*K55,IF(AND(D55=$D$16,E55=$S$17),N55*$W$17*K55,IF(AND(D55=$D$16,E55=$S$18),N55*$W$18*K55,IF(AND(D55=$D$16,E55=$S$19),N55*$W$19*K55,IF(AND(D55=$D$16,E55=$S$20),N55*$W$20*K55,IF(AND(D55=$D$17,E55=$S$15),N55*$Y$15*K55,IF(AND(D55=$D$17,E55=$S$16),N55*$Y$16*K55,IF(AND(D55=$D$17,E55=$S$17),N55*$Y$17*K55,IF(AND(D55=$D$17,E55=$S$18),N55*$Y$18*K55,IF(AND(D55=$D$17,E55=$S$19),N55*$Y$19*K55,IF(AND(D55=$D$17,E55=$S$20),N55*$Y$20*K55,IF(AND(D55=$D$18,E55=$S$15),N55*$AA$15*K55,IF(AND(D55=$D$18,E55=$S$16),N55*$AA$16*K55,IF(AND(D55=$D$18,E55=$S$17),N55*$AA$17*K55,IF(AND(D55=$D$18,E55=$S$18),N55*$AA$18*K55,IF(AND(D55=$D$18,E55=$S$19),N55*$AA$19*K55,IF(AND(D55=$D$18,E55=$S$20),N55*$AA$20*K55,IF(AND(D55=$D$19,E55=$S$15),N55*$AC$15*K55,IF(AND(D55=$D$19,E55=$S$16),N55*$AC$16*K55,IF(AND(D55=$D$19,E55=$S$17),N55*$AC$17*K55,IF(AND(D55=$D$19,E55=$S$18),N55*$AC$18*K55,IF(AND(D55=$DE1055=$S$19),N55*$AC$19*K55,IF(AND(D55=$D$19,E55=$S$20),N55*$AC$20*K55,IF(AND(D55=$D$20,E55=$S$15),N55*$AE$15*K55,IF(AND(D55=$D$20,E55=$S$16),N55*$AE$16*K55,IF(AND(D55=$D$20,E55=$S$17),N55*$AE$17*K55,IF(AND(D55=$D$20,E55=$S$18),N55*$AE$18*K55,IF(AND(D55=$D$20,E55=$S$19),N55*$AE$19*K55,IF(AND(D55=$D$20,E55=$S$20),N55*$AE$20*K55,IF(AND(D55=$D$21,E55=$S$15),N55*$AG$15*K55,IF(AND(D55=$D$21,E55=$S$16),N55*$AG$16*K55,IF(AND(D55=$D$21,E55=$S$17),N55*$AG$17*K55,IF(AND(D55=$D$21,E55=$S$18),N55*$AG$18*K55,IF(AND(D55=$D$21,E55=$S$19),N55*$AG$19*K55,IF(AND(D55=$D$21,E55=$S$20),N55*$AG$20*K55,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O56" s="119">
+        <f>IF(AND(D55=$D$15,E55=$S$15),O55*$U$15*K55,IF(AND(D55=$D$15,E55=$S$16),O55*$U$16*K55,IF(AND(D55=$D$15,E55=$S$17),O55*$U$17*K55,IF(AND(D55=$D$15,E55=$S$18),O55*$U$18*K55,IF(AND(D55=$D$15,E55=$S$19),O55*$U$19*K55,IF(AND(D55=$D$15,E55=$S$20),O55*$U$20*K55,IF(AND(D55=$D$16,E55=$S$15),O55*$W$15*K55,IF(AND(D55=$D$16,E55=$S$16),O55*$W$16*K55,IF(AND(D55=$D$16,E55=$S$17),O55*$W$17*K55,IF(AND(D55=$D$16,E55=$S$18),O55*$W$18*K55,IF(AND(D55=$D$16,E55=$S$19),O55*$W$19*K55,IF(AND(D55=$D$16,E55=$S$20),O55*$W$20*K55,IF(AND(D55=$D$17,E55=$S$15),O55*$Y$15*K55,IF(AND(D55=$D$17,E55=$S$16),O55*$Y$16*K55,IF(AND(D55=$D$17,E55=$S$17),O55*$Y$17*K55,IF(AND(D55=$D$17,E55=$S$18),O55*$Y$18*K55,IF(AND(D55=$D$17,E55=$S$19),O55*$Y$19*K55,IF(AND(D55=$D$17,E55=$S$20),O55*$Y$20*K55,IF(AND(D55=$D$18,E55=$S$15),O55*$AA$15*K55,IF(AND(D55=$D$18,E55=$S$16),O55*$AA$16*K55,IF(AND(D55=$D$18,E55=$S$17),O55*$AA$17*K55,IF(AND(D55=$D$18,E55=$S$18),O55*$AA$18*K55,IF(AND(D55=$D$18,E55=$S$19),O55*$AA$19*K55,IF(AND(D55=$D$18,E55=$S$20),O55*$AA$20*K55,IF(AND(D55=$D$19,E55=$S$15),O55*$AC$15*K55,IF(AND(D55=$D$19,E55=$S$16),O55*$AC$16*K55,IF(AND(D55=$D$19,E55=$S$17),O55*$AC$17*K55,IF(AND(D55=$D$19,E55=$S$18),O55*$AC$18*K55,IF(AND(D55=$DE1055=$S$19),O55*$AC$19*K55,IF(AND(D55=$D$19,E55=$S$20),O55*$AC$20*K55,IF(AND(D55=$D$20,E55=$S$15),O55*$AE$15*K55,IF(AND(D55=$D$20,E55=$S$16),O55*$AE$16*K55,IF(AND(D55=$D$20,E55=$S$17),O55*$AE$17*K55,IF(AND(D55=$D$20,E55=$S$18),O55*$AE$18*K55,IF(AND(D55=$D$20,E55=$S$19),O55*$AE$19*K55,IF(AND(D55=$D$20,E55=$S$20),O55*$AE$20*K55,IF(AND(D55=$D$21,E55=$S$15),O55*$AG$15*K55,IF(AND(D55=$D$21,E55=$S$16),O55*$AG$16*K55,IF(AND(D55=$D$21,E55=$S$17),O55*$AG$17*K55,IF(AND(D55=$D$21,E55=$S$18),O55*$AG$18*K55,IF(AND(D55=$D$21,E55=$S$19),O55*$AG$19*K55,IF(AND(D55=$D$21,E55=$S$20),O55*$AG$20*K55,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P56" s="162"/>
+      <c r="Q56" s="158"/>
+      <c r="R56" s="160"/>
+      <c r="S56" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T56" s="31"/>
       <c r="U56" s="31"/>
       <c r="V56" s="31"/>
       <c r="W56" s="31"/>
       <c r="X56" s="31"/>
       <c r="Y56" s="31"/>
-      <c r="Z56" s="35"/>
-      <c r="AA56" s="35"/>
+      <c r="Z56" s="36"/>
+      <c r="AA56" s="36"/>
       <c r="AB56" s="32"/>
       <c r="AC56" s="32"/>
       <c r="AD56" s="32"/>
     </row>
-    <row r="57" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S57" s="31"/>
+    <row r="57" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A57" s="167">
+        <v>6</v>
+      </c>
+      <c r="B57" s="167"/>
+      <c r="C57" s="169"/>
+      <c r="D57" s="157"/>
+      <c r="E57" s="157"/>
+      <c r="F57" s="157"/>
+      <c r="G57" s="135"/>
+      <c r="H57" s="157"/>
+      <c r="I57" s="157"/>
+      <c r="J57" s="161"/>
+      <c r="K57" s="163">
+        <v>1</v>
+      </c>
+      <c r="L57" s="165"/>
+      <c r="M57" s="91"/>
+      <c r="N57" s="91">
+        <f>+M57</f>
+        <v>0</v>
+      </c>
+      <c r="O57" s="91"/>
+      <c r="P57" s="161"/>
+      <c r="Q57" s="157"/>
+      <c r="R57" s="159"/>
+      <c r="S57" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T57" s="31"/>
       <c r="U57" s="31"/>
       <c r="V57" s="31"/>
       <c r="W57" s="31"/>
       <c r="X57" s="31"/>
       <c r="Y57" s="31"/>
-      <c r="Z57" s="36"/>
-      <c r="AA57" s="36"/>
+      <c r="Z57" s="35"/>
+      <c r="AA57" s="35"/>
       <c r="AB57" s="32"/>
       <c r="AC57" s="32"/>
       <c r="AD57" s="32"/>
     </row>
-    <row r="58" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S58" s="31"/>
+    <row r="58" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A58" s="168"/>
+      <c r="B58" s="168"/>
+      <c r="C58" s="170"/>
+      <c r="D58" s="158"/>
+      <c r="E58" s="158"/>
+      <c r="F58" s="158"/>
+      <c r="G58" s="136"/>
+      <c r="H58" s="158"/>
+      <c r="I58" s="158"/>
+      <c r="J58" s="162"/>
+      <c r="K58" s="164"/>
+      <c r="L58" s="166"/>
+      <c r="M58" s="89">
+        <f>IF(AND(D57=$D$15,E57=$S$15),M57*$U$15,IF(AND(D57=$D$15,E57=$S$16),M57*$U$16,IF(AND(D57=$D$15,E57=$S$17),M57*$U$17,IF(AND(D57=$D$15,E57=$S$18),M57*$U$18,IF(AND(D57=$D$15,E57=$S$19),M57*$U$19,IF(AND(D57=$D$15,E57=$S$20),M57*$U$20,IF(AND(D57=$D$16,E57=$S$15),M57*$W$15,IF(AND(D57=$D$16,E57=$S$16),M57*$W$16,IF(AND(D57=$D$16,E57=$S$17),M57*$W$17,IF(AND(D57=$D$16,E57=$S$18),M57*$W$18,IF(AND(D57=$D$16,E57=$S$19),M57*$W$19,IF(AND(D57=$D$16,E57=$S$20),M57*$W$20,IF(AND(D57=$D$17,E57=$S$15),M57*$Y$15,IF(AND(D57=$D$17,E57=$S$16),M57*$Y$16,IF(AND(D57=$D$17,E57=$S$17),M57*$Y$17,IF(AND(D57=$D$17,E57=$S$18),M57*$Y$18,IF(AND(D57=$D$17,E57=$S$19),M57*$Y$19,IF(AND(D57=$D$17,E57=$S$20),M57*$Y$20,IF(AND(D57=$D$18,E57=$S$15),M57*$AA$15,IF(AND(D57=$D$18,E57=$S$16),M57*$AA$16,IF(AND(D57=$D$18,E57=$S$17),M57*$AA$17,IF(AND(D57=$D$18,E57=$S$18),M57*$AA$18,IF(AND(D57=$D$18,E57=$S$19),M57*$AA$19,IF(AND(D57=$D$18,E57=$S$20),M57*$AA$20,IF(AND(D57=$D$19,E57=$S$15),M57*$AC$15,IF(AND(D57=$D$19,E57=$S$16),M57*$AC$16,IF(AND(D57=$D$19,E57=$S$17),M57*$AC$17,IF(AND(D57=$D$19,E57=$S$18),M57*$AC$18,IF(AND(D57=$D$19,E57=$S$19),M57*$AC$19,IF(AND(D57=$D$19,E57=$S$20),M57*$AC$20,IF(AND(D57=$D$20,E57=$S$15),M57*$AE$15,IF(AND(D57=$D$20,E57=$S$16),M57*$AE$16,IF(AND(D57=$D$20,E57=$S$17),M57*$AE$17,IF(AND(D57=$D$20,E57=$S$18),M57*$AE$18,IF(AND(D57=$D$20,E57=$S$19),M57*$AE$19,IF(AND(D57=$D$20,E57=$S$20),M57*$AE$20,IF(AND(D57=$D$21,E57=$S$15),M57*$AG$15,IF(AND(D57=$D$21,E57=$S$16),M57*$AG$16,IF(AND(D57=$D$21,E57=$S$17),M57*$AG$17,IF(AND(D57=$D$21,E57=$S$18),M57*$AG$18,IF(AND(D57=$D$21,E57=$S$19),M57*$AG$19,IF(AND(D57=$D$21,E57=$S$20),M57*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N58" s="118">
+        <f>IF(AND(D57=$D$15,E57=$S$15),N57*$U$15*K57,IF(AND(D57=$D$15,E57=$S$16),N57*$U$16*K57,IF(AND(D57=$D$15,E57=$S$17),N57*$U$17*K57,IF(AND(D57=$D$15,E57=$S$18),N57*$U$18*K57,IF(AND(D57=$D$15,E57=$S$19),N57*$U$19*K57,IF(AND(D57=$D$15,E57=$S$20),N57*$U$20*K57,IF(AND(D57=$D$16,E57=$S$15),N57*$W$15*K57,IF(AND(D57=$D$16,E57=$S$16),N57*$W$16*K57,IF(AND(D57=$D$16,E57=$S$17),N57*$W$17*K57,IF(AND(D57=$D$16,E57=$S$18),N57*$W$18*K57,IF(AND(D57=$D$16,E57=$S$19),N57*$W$19*K57,IF(AND(D57=$D$16,E57=$S$20),N57*$W$20*K57,IF(AND(D57=$D$17,E57=$S$15),N57*$Y$15*K57,IF(AND(D57=$D$17,E57=$S$16),N57*$Y$16*K57,IF(AND(D57=$D$17,E57=$S$17),N57*$Y$17*K57,IF(AND(D57=$D$17,E57=$S$18),N57*$Y$18*K57,IF(AND(D57=$D$17,E57=$S$19),N57*$Y$19*K57,IF(AND(D57=$D$17,E57=$S$20),N57*$Y$20*K57,IF(AND(D57=$D$18,E57=$S$15),N57*$AA$15*K57,IF(AND(D57=$D$18,E57=$S$16),N57*$AA$16*K57,IF(AND(D57=$D$18,E57=$S$17),N57*$AA$17*K57,IF(AND(D57=$D$18,E57=$S$18),N57*$AA$18*K57,IF(AND(D57=$D$18,E57=$S$19),N57*$AA$19*K57,IF(AND(D57=$D$18,E57=$S$20),N57*$AA$20*K57,IF(AND(D57=$D$19,E57=$S$15),N57*$AC$15*K57,IF(AND(D57=$D$19,E57=$S$16),N57*$AC$16*K57,IF(AND(D57=$D$19,E57=$S$17),N57*$AC$17*K57,IF(AND(D57=$D$19,E57=$S$18),N57*$AC$18*K57,IF(AND(D57=$DE1057=$S$19),N57*$AC$19*K57,IF(AND(D57=$D$19,E57=$S$20),N57*$AC$20*K57,IF(AND(D57=$D$20,E57=$S$15),N57*$AE$15*K57,IF(AND(D57=$D$20,E57=$S$16),N57*$AE$16*K57,IF(AND(D57=$D$20,E57=$S$17),N57*$AE$17*K57,IF(AND(D57=$D$20,E57=$S$18),N57*$AE$18*K57,IF(AND(D57=$D$20,E57=$S$19),N57*$AE$19*K57,IF(AND(D57=$D$20,E57=$S$20),N57*$AE$20*K57,IF(AND(D57=$D$21,E57=$S$15),N57*$AG$15*K57,IF(AND(D57=$D$21,E57=$S$16),N57*$AG$16*K57,IF(AND(D57=$D$21,E57=$S$17),N57*$AG$17*K57,IF(AND(D57=$D$21,E57=$S$18),N57*$AG$18*K57,IF(AND(D57=$D$21,E57=$S$19),N57*$AG$19*K57,IF(AND(D57=$D$21,E57=$S$20),N57*$AG$20*K57,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O58" s="119">
+        <f>IF(AND(D57=$D$15,E57=$S$15),O57*$U$15*K57,IF(AND(D57=$D$15,E57=$S$16),O57*$U$16*K57,IF(AND(D57=$D$15,E57=$S$17),O57*$U$17*K57,IF(AND(D57=$D$15,E57=$S$18),O57*$U$18*K57,IF(AND(D57=$D$15,E57=$S$19),O57*$U$19*K57,IF(AND(D57=$D$15,E57=$S$20),O57*$U$20*K57,IF(AND(D57=$D$16,E57=$S$15),O57*$W$15*K57,IF(AND(D57=$D$16,E57=$S$16),O57*$W$16*K57,IF(AND(D57=$D$16,E57=$S$17),O57*$W$17*K57,IF(AND(D57=$D$16,E57=$S$18),O57*$W$18*K57,IF(AND(D57=$D$16,E57=$S$19),O57*$W$19*K57,IF(AND(D57=$D$16,E57=$S$20),O57*$W$20*K57,IF(AND(D57=$D$17,E57=$S$15),O57*$Y$15*K57,IF(AND(D57=$D$17,E57=$S$16),O57*$Y$16*K57,IF(AND(D57=$D$17,E57=$S$17),O57*$Y$17*K57,IF(AND(D57=$D$17,E57=$S$18),O57*$Y$18*K57,IF(AND(D57=$D$17,E57=$S$19),O57*$Y$19*K57,IF(AND(D57=$D$17,E57=$S$20),O57*$Y$20*K57,IF(AND(D57=$D$18,E57=$S$15),O57*$AA$15*K57,IF(AND(D57=$D$18,E57=$S$16),O57*$AA$16*K57,IF(AND(D57=$D$18,E57=$S$17),O57*$AA$17*K57,IF(AND(D57=$D$18,E57=$S$18),O57*$AA$18*K57,IF(AND(D57=$D$18,E57=$S$19),O57*$AA$19*K57,IF(AND(D57=$D$18,E57=$S$20),O57*$AA$20*K57,IF(AND(D57=$D$19,E57=$S$15),O57*$AC$15*K57,IF(AND(D57=$D$19,E57=$S$16),O57*$AC$16*K57,IF(AND(D57=$D$19,E57=$S$17),O57*$AC$17*K57,IF(AND(D57=$D$19,E57=$S$18),O57*$AC$18*K57,IF(AND(D57=$DE1057=$S$19),O57*$AC$19*K57,IF(AND(D57=$D$19,E57=$S$20),O57*$AC$20*K57,IF(AND(D57=$D$20,E57=$S$15),O57*$AE$15*K57,IF(AND(D57=$D$20,E57=$S$16),O57*$AE$16*K57,IF(AND(D57=$D$20,E57=$S$17),O57*$AE$17*K57,IF(AND(D57=$D$20,E57=$S$18),O57*$AE$18*K57,IF(AND(D57=$D$20,E57=$S$19),O57*$AE$19*K57,IF(AND(D57=$D$20,E57=$S$20),O57*$AE$20*K57,IF(AND(D57=$D$21,E57=$S$15),O57*$AG$15*K57,IF(AND(D57=$D$21,E57=$S$16),O57*$AG$16*K57,IF(AND(D57=$D$21,E57=$S$17),O57*$AG$17*K57,IF(AND(D57=$D$21,E57=$S$18),O57*$AG$18*K57,IF(AND(D57=$D$21,E57=$S$19),O57*$AG$19*K57,IF(AND(D57=$D$21,E57=$S$20),O57*$AG$20*K57,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P58" s="162"/>
+      <c r="Q58" s="158"/>
+      <c r="R58" s="160"/>
+      <c r="S58" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T58" s="31"/>
       <c r="U58" s="31"/>
       <c r="V58" s="31"/>
       <c r="W58" s="31"/>
       <c r="X58" s="31"/>
       <c r="Y58" s="31"/>
-      <c r="Z58" s="35"/>
-      <c r="AA58" s="35"/>
+      <c r="Z58" s="36"/>
+      <c r="AA58" s="36"/>
       <c r="AB58" s="32"/>
       <c r="AC58" s="32"/>
       <c r="AD58" s="32"/>
     </row>
-    <row r="59" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S59" s="31"/>
+    <row r="59" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A59" s="167">
+        <v>7</v>
+      </c>
+      <c r="B59" s="167"/>
+      <c r="C59" s="169"/>
+      <c r="D59" s="157"/>
+      <c r="E59" s="157"/>
+      <c r="F59" s="157"/>
+      <c r="G59" s="135"/>
+      <c r="H59" s="157"/>
+      <c r="I59" s="157"/>
+      <c r="J59" s="161"/>
+      <c r="K59" s="163">
+        <v>1</v>
+      </c>
+      <c r="L59" s="165"/>
+      <c r="M59" s="91"/>
+      <c r="N59" s="91">
+        <f>+M59</f>
+        <v>0</v>
+      </c>
+      <c r="O59" s="91"/>
+      <c r="P59" s="161"/>
+      <c r="Q59" s="157"/>
+      <c r="R59" s="159"/>
+      <c r="S59" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T59" s="31"/>
       <c r="U59" s="31"/>
       <c r="V59" s="31"/>
       <c r="W59" s="31"/>
       <c r="X59" s="31"/>
       <c r="Y59" s="31"/>
-      <c r="Z59" s="36"/>
-      <c r="AA59" s="36"/>
+      <c r="Z59" s="35"/>
+      <c r="AA59" s="35"/>
       <c r="AB59" s="32"/>
       <c r="AC59" s="32"/>
       <c r="AD59" s="32"/>
     </row>
-    <row r="60" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S60" s="31"/>
+    <row r="60" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A60" s="168"/>
+      <c r="B60" s="168"/>
+      <c r="C60" s="170"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="158"/>
+      <c r="F60" s="158"/>
+      <c r="G60" s="136"/>
+      <c r="H60" s="158"/>
+      <c r="I60" s="158"/>
+      <c r="J60" s="162"/>
+      <c r="K60" s="164"/>
+      <c r="L60" s="166"/>
+      <c r="M60" s="89">
+        <f>IF(AND(D59=$D$15,E59=$S$15),M59*$U$15,IF(AND(D59=$D$15,E59=$S$16),M59*$U$16,IF(AND(D59=$D$15,E59=$S$17),M59*$U$17,IF(AND(D59=$D$15,E59=$S$18),M59*$U$18,IF(AND(D59=$D$15,E59=$S$19),M59*$U$19,IF(AND(D59=$D$15,E59=$S$20),M59*$U$20,IF(AND(D59=$D$16,E59=$S$15),M59*$W$15,IF(AND(D59=$D$16,E59=$S$16),M59*$W$16,IF(AND(D59=$D$16,E59=$S$17),M59*$W$17,IF(AND(D59=$D$16,E59=$S$18),M59*$W$18,IF(AND(D59=$D$16,E59=$S$19),M59*$W$19,IF(AND(D59=$D$16,E59=$S$20),M59*$W$20,IF(AND(D59=$D$17,E59=$S$15),M59*$Y$15,IF(AND(D59=$D$17,E59=$S$16),M59*$Y$16,IF(AND(D59=$D$17,E59=$S$17),M59*$Y$17,IF(AND(D59=$D$17,E59=$S$18),M59*$Y$18,IF(AND(D59=$D$17,E59=$S$19),M59*$Y$19,IF(AND(D59=$D$17,E59=$S$20),M59*$Y$20,IF(AND(D59=$D$18,E59=$S$15),M59*$AA$15,IF(AND(D59=$D$18,E59=$S$16),M59*$AA$16,IF(AND(D59=$D$18,E59=$S$17),M59*$AA$17,IF(AND(D59=$D$18,E59=$S$18),M59*$AA$18,IF(AND(D59=$D$18,E59=$S$19),M59*$AA$19,IF(AND(D59=$D$18,E59=$S$20),M59*$AA$20,IF(AND(D59=$D$19,E59=$S$15),M59*$AC$15,IF(AND(D59=$D$19,E59=$S$16),M59*$AC$16,IF(AND(D59=$D$19,E59=$S$17),M59*$AC$17,IF(AND(D59=$D$19,E59=$S$18),M59*$AC$18,IF(AND(D59=$D$19,E59=$S$19),M59*$AC$19,IF(AND(D59=$D$19,E59=$S$20),M59*$AC$20,IF(AND(D59=$D$20,E59=$S$15),M59*$AE$15,IF(AND(D59=$D$20,E59=$S$16),M59*$AE$16,IF(AND(D59=$D$20,E59=$S$17),M59*$AE$17,IF(AND(D59=$D$20,E59=$S$18),M59*$AE$18,IF(AND(D59=$D$20,E59=$S$19),M59*$AE$19,IF(AND(D59=$D$20,E59=$S$20),M59*$AE$20,IF(AND(D59=$D$21,E59=$S$15),M59*$AG$15,IF(AND(D59=$D$21,E59=$S$16),M59*$AG$16,IF(AND(D59=$D$21,E59=$S$17),M59*$AG$17,IF(AND(D59=$D$21,E59=$S$18),M59*$AG$18,IF(AND(D59=$D$21,E59=$S$19),M59*$AG$19,IF(AND(D59=$D$21,E59=$S$20),M59*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N60" s="118">
+        <f>IF(AND(D59=$D$15,E59=$S$15),N59*$U$15*K59,IF(AND(D59=$D$15,E59=$S$16),N59*$U$16*K59,IF(AND(D59=$D$15,E59=$S$17),N59*$U$17*K59,IF(AND(D59=$D$15,E59=$S$18),N59*$U$18*K59,IF(AND(D59=$D$15,E59=$S$19),N59*$U$19*K59,IF(AND(D59=$D$15,E59=$S$20),N59*$U$20*K59,IF(AND(D59=$D$16,E59=$S$15),N59*$W$15*K59,IF(AND(D59=$D$16,E59=$S$16),N59*$W$16*K59,IF(AND(D59=$D$16,E59=$S$17),N59*$W$17*K59,IF(AND(D59=$D$16,E59=$S$18),N59*$W$18*K59,IF(AND(D59=$D$16,E59=$S$19),N59*$W$19*K59,IF(AND(D59=$D$16,E59=$S$20),N59*$W$20*K59,IF(AND(D59=$D$17,E59=$S$15),N59*$Y$15*K59,IF(AND(D59=$D$17,E59=$S$16),N59*$Y$16*K59,IF(AND(D59=$D$17,E59=$S$17),N59*$Y$17*K59,IF(AND(D59=$D$17,E59=$S$18),N59*$Y$18*K59,IF(AND(D59=$D$17,E59=$S$19),N59*$Y$19*K59,IF(AND(D59=$D$17,E59=$S$20),N59*$Y$20*K59,IF(AND(D59=$D$18,E59=$S$15),N59*$AA$15*K59,IF(AND(D59=$D$18,E59=$S$16),N59*$AA$16*K59,IF(AND(D59=$D$18,E59=$S$17),N59*$AA$17*K59,IF(AND(D59=$D$18,E59=$S$18),N59*$AA$18*K59,IF(AND(D59=$D$18,E59=$S$19),N59*$AA$19*K59,IF(AND(D59=$D$18,E59=$S$20),N59*$AA$20*K59,IF(AND(D59=$D$19,E59=$S$15),N59*$AC$15*K59,IF(AND(D59=$D$19,E59=$S$16),N59*$AC$16*K59,IF(AND(D59=$D$19,E59=$S$17),N59*$AC$17*K59,IF(AND(D59=$D$19,E59=$S$18),N59*$AC$18*K59,IF(AND(D59=$DE1059=$S$19),N59*$AC$19*K59,IF(AND(D59=$D$19,E59=$S$20),N59*$AC$20*K59,IF(AND(D59=$D$20,E59=$S$15),N59*$AE$15*K59,IF(AND(D59=$D$20,E59=$S$16),N59*$AE$16*K59,IF(AND(D59=$D$20,E59=$S$17),N59*$AE$17*K59,IF(AND(D59=$D$20,E59=$S$18),N59*$AE$18*K59,IF(AND(D59=$D$20,E59=$S$19),N59*$AE$19*K59,IF(AND(D59=$D$20,E59=$S$20),N59*$AE$20*K59,IF(AND(D59=$D$21,E59=$S$15),N59*$AG$15*K59,IF(AND(D59=$D$21,E59=$S$16),N59*$AG$16*K59,IF(AND(D59=$D$21,E59=$S$17),N59*$AG$17*K59,IF(AND(D59=$D$21,E59=$S$18),N59*$AG$18*K59,IF(AND(D59=$D$21,E59=$S$19),N59*$AG$19*K59,IF(AND(D59=$D$21,E59=$S$20),N59*$AG$20*K59,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O60" s="119">
+        <f>IF(AND(D59=$D$15,E59=$S$15),O59*$U$15*K59,IF(AND(D59=$D$15,E59=$S$16),O59*$U$16*K59,IF(AND(D59=$D$15,E59=$S$17),O59*$U$17*K59,IF(AND(D59=$D$15,E59=$S$18),O59*$U$18*K59,IF(AND(D59=$D$15,E59=$S$19),O59*$U$19*K59,IF(AND(D59=$D$15,E59=$S$20),O59*$U$20*K59,IF(AND(D59=$D$16,E59=$S$15),O59*$W$15*K59,IF(AND(D59=$D$16,E59=$S$16),O59*$W$16*K59,IF(AND(D59=$D$16,E59=$S$17),O59*$W$17*K59,IF(AND(D59=$D$16,E59=$S$18),O59*$W$18*K59,IF(AND(D59=$D$16,E59=$S$19),O59*$W$19*K59,IF(AND(D59=$D$16,E59=$S$20),O59*$W$20*K59,IF(AND(D59=$D$17,E59=$S$15),O59*$Y$15*K59,IF(AND(D59=$D$17,E59=$S$16),O59*$Y$16*K59,IF(AND(D59=$D$17,E59=$S$17),O59*$Y$17*K59,IF(AND(D59=$D$17,E59=$S$18),O59*$Y$18*K59,IF(AND(D59=$D$17,E59=$S$19),O59*$Y$19*K59,IF(AND(D59=$D$17,E59=$S$20),O59*$Y$20*K59,IF(AND(D59=$D$18,E59=$S$15),O59*$AA$15*K59,IF(AND(D59=$D$18,E59=$S$16),O59*$AA$16*K59,IF(AND(D59=$D$18,E59=$S$17),O59*$AA$17*K59,IF(AND(D59=$D$18,E59=$S$18),O59*$AA$18*K59,IF(AND(D59=$D$18,E59=$S$19),O59*$AA$19*K59,IF(AND(D59=$D$18,E59=$S$20),O59*$AA$20*K59,IF(AND(D59=$D$19,E59=$S$15),O59*$AC$15*K59,IF(AND(D59=$D$19,E59=$S$16),O59*$AC$16*K59,IF(AND(D59=$D$19,E59=$S$17),O59*$AC$17*K59,IF(AND(D59=$D$19,E59=$S$18),O59*$AC$18*K59,IF(AND(D59=$DE1059=$S$19),O59*$AC$19*K59,IF(AND(D59=$D$19,E59=$S$20),O59*$AC$20*K59,IF(AND(D59=$D$20,E59=$S$15),O59*$AE$15*K59,IF(AND(D59=$D$20,E59=$S$16),O59*$AE$16*K59,IF(AND(D59=$D$20,E59=$S$17),O59*$AE$17*K59,IF(AND(D59=$D$20,E59=$S$18),O59*$AE$18*K59,IF(AND(D59=$D$20,E59=$S$19),O59*$AE$19*K59,IF(AND(D59=$D$20,E59=$S$20),O59*$AE$20*K59,IF(AND(D59=$D$21,E59=$S$15),O59*$AG$15*K59,IF(AND(D59=$D$21,E59=$S$16),O59*$AG$16*K59,IF(AND(D59=$D$21,E59=$S$17),O59*$AG$17*K59,IF(AND(D59=$D$21,E59=$S$18),O59*$AG$18*K59,IF(AND(D59=$D$21,E59=$S$19),O59*$AG$19*K59,IF(AND(D59=$D$21,E59=$S$20),O59*$AG$20*K59,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P60" s="162"/>
+      <c r="Q60" s="158"/>
+      <c r="R60" s="160"/>
+      <c r="S60" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T60" s="31"/>
       <c r="U60" s="31"/>
       <c r="V60" s="31"/>
       <c r="W60" s="31"/>
       <c r="X60" s="31"/>
       <c r="Y60" s="31"/>
-      <c r="Z60" s="35"/>
-      <c r="AA60" s="35"/>
+      <c r="Z60" s="36"/>
+      <c r="AA60" s="36"/>
       <c r="AB60" s="32"/>
       <c r="AC60" s="32"/>
       <c r="AD60" s="32"/>
     </row>
-    <row r="61" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S61" s="31"/>
+    <row r="61" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A61" s="167">
+        <v>8</v>
+      </c>
+      <c r="B61" s="167"/>
+      <c r="C61" s="169"/>
+      <c r="D61" s="157"/>
+      <c r="E61" s="157"/>
+      <c r="F61" s="157"/>
+      <c r="G61" s="135"/>
+      <c r="H61" s="157"/>
+      <c r="I61" s="157"/>
+      <c r="J61" s="161"/>
+      <c r="K61" s="163">
+        <v>1</v>
+      </c>
+      <c r="L61" s="165"/>
+      <c r="M61" s="91"/>
+      <c r="N61" s="91">
+        <f>+M61</f>
+        <v>0</v>
+      </c>
+      <c r="O61" s="91"/>
+      <c r="P61" s="161"/>
+      <c r="Q61" s="157"/>
+      <c r="R61" s="159"/>
+      <c r="S61" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T61" s="31"/>
       <c r="U61" s="31"/>
       <c r="V61" s="31"/>
       <c r="W61" s="31"/>
       <c r="X61" s="31"/>
       <c r="Y61" s="31"/>
-      <c r="Z61" s="36"/>
-      <c r="AA61" s="36"/>
+      <c r="Z61" s="35"/>
+      <c r="AA61" s="35"/>
       <c r="AB61" s="32"/>
       <c r="AC61" s="32"/>
       <c r="AD61" s="32"/>
     </row>
-    <row r="62" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S62" s="31"/>
+    <row r="62" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A62" s="168"/>
+      <c r="B62" s="168"/>
+      <c r="C62" s="170"/>
+      <c r="D62" s="158"/>
+      <c r="E62" s="158"/>
+      <c r="F62" s="158"/>
+      <c r="G62" s="136"/>
+      <c r="H62" s="158"/>
+      <c r="I62" s="158"/>
+      <c r="J62" s="162"/>
+      <c r="K62" s="164"/>
+      <c r="L62" s="166"/>
+      <c r="M62" s="89">
+        <f>IF(AND(D61=$D$15,E61=$S$15),M61*$U$15,IF(AND(D61=$D$15,E61=$S$16),M61*$U$16,IF(AND(D61=$D$15,E61=$S$17),M61*$U$17,IF(AND(D61=$D$15,E61=$S$18),M61*$U$18,IF(AND(D61=$D$15,E61=$S$19),M61*$U$19,IF(AND(D61=$D$15,E61=$S$20),M61*$U$20,IF(AND(D61=$D$16,E61=$S$15),M61*$W$15,IF(AND(D61=$D$16,E61=$S$16),M61*$W$16,IF(AND(D61=$D$16,E61=$S$17),M61*$W$17,IF(AND(D61=$D$16,E61=$S$18),M61*$W$18,IF(AND(D61=$D$16,E61=$S$19),M61*$W$19,IF(AND(D61=$D$16,E61=$S$20),M61*$W$20,IF(AND(D61=$D$17,E61=$S$15),M61*$Y$15,IF(AND(D61=$D$17,E61=$S$16),M61*$Y$16,IF(AND(D61=$D$17,E61=$S$17),M61*$Y$17,IF(AND(D61=$D$17,E61=$S$18),M61*$Y$18,IF(AND(D61=$D$17,E61=$S$19),M61*$Y$19,IF(AND(D61=$D$17,E61=$S$20),M61*$Y$20,IF(AND(D61=$D$18,E61=$S$15),M61*$AA$15,IF(AND(D61=$D$18,E61=$S$16),M61*$AA$16,IF(AND(D61=$D$18,E61=$S$17),M61*$AA$17,IF(AND(D61=$D$18,E61=$S$18),M61*$AA$18,IF(AND(D61=$D$18,E61=$S$19),M61*$AA$19,IF(AND(D61=$D$18,E61=$S$20),M61*$AA$20,IF(AND(D61=$D$19,E61=$S$15),M61*$AC$15,IF(AND(D61=$D$19,E61=$S$16),M61*$AC$16,IF(AND(D61=$D$19,E61=$S$17),M61*$AC$17,IF(AND(D61=$D$19,E61=$S$18),M61*$AC$18,IF(AND(D61=$D$19,E61=$S$19),M61*$AC$19,IF(AND(D61=$D$19,E61=$S$20),M61*$AC$20,IF(AND(D61=$D$20,E61=$S$15),M61*$AE$15,IF(AND(D61=$D$20,E61=$S$16),M61*$AE$16,IF(AND(D61=$D$20,E61=$S$17),M61*$AE$17,IF(AND(D61=$D$20,E61=$S$18),M61*$AE$18,IF(AND(D61=$D$20,E61=$S$19),M61*$AE$19,IF(AND(D61=$D$20,E61=$S$20),M61*$AE$20,IF(AND(D61=$D$21,E61=$S$15),M61*$AG$15,IF(AND(D61=$D$21,E61=$S$16),M61*$AG$16,IF(AND(D61=$D$21,E61=$S$17),M61*$AG$17,IF(AND(D61=$D$21,E61=$S$18),M61*$AG$18,IF(AND(D61=$D$21,E61=$S$19),M61*$AG$19,IF(AND(D61=$D$21,E61=$S$20),M61*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N62" s="118">
+        <f>IF(AND(D61=$D$15,E61=$S$15),N61*$U$15*K61,IF(AND(D61=$D$15,E61=$S$16),N61*$U$16*K61,IF(AND(D61=$D$15,E61=$S$17),N61*$U$17*K61,IF(AND(D61=$D$15,E61=$S$18),N61*$U$18*K61,IF(AND(D61=$D$15,E61=$S$19),N61*$U$19*K61,IF(AND(D61=$D$15,E61=$S$20),N61*$U$20*K61,IF(AND(D61=$D$16,E61=$S$15),N61*$W$15*K61,IF(AND(D61=$D$16,E61=$S$16),N61*$W$16*K61,IF(AND(D61=$D$16,E61=$S$17),N61*$W$17*K61,IF(AND(D61=$D$16,E61=$S$18),N61*$W$18*K61,IF(AND(D61=$D$16,E61=$S$19),N61*$W$19*K61,IF(AND(D61=$D$16,E61=$S$20),N61*$W$20*K61,IF(AND(D61=$D$17,E61=$S$15),N61*$Y$15*K61,IF(AND(D61=$D$17,E61=$S$16),N61*$Y$16*K61,IF(AND(D61=$D$17,E61=$S$17),N61*$Y$17*K61,IF(AND(D61=$D$17,E61=$S$18),N61*$Y$18*K61,IF(AND(D61=$D$17,E61=$S$19),N61*$Y$19*K61,IF(AND(D61=$D$17,E61=$S$20),N61*$Y$20*K61,IF(AND(D61=$D$18,E61=$S$15),N61*$AA$15*K61,IF(AND(D61=$D$18,E61=$S$16),N61*$AA$16*K61,IF(AND(D61=$D$18,E61=$S$17),N61*$AA$17*K61,IF(AND(D61=$D$18,E61=$S$18),N61*$AA$18*K61,IF(AND(D61=$D$18,E61=$S$19),N61*$AA$19*K61,IF(AND(D61=$D$18,E61=$S$20),N61*$AA$20*K61,IF(AND(D61=$D$19,E61=$S$15),N61*$AC$15*K61,IF(AND(D61=$D$19,E61=$S$16),N61*$AC$16*K61,IF(AND(D61=$D$19,E61=$S$17),N61*$AC$17*K61,IF(AND(D61=$D$19,E61=$S$18),N61*$AC$18*K61,IF(AND(D61=$DE1061=$S$19),N61*$AC$19*K61,IF(AND(D61=$D$19,E61=$S$20),N61*$AC$20*K61,IF(AND(D61=$D$20,E61=$S$15),N61*$AE$15*K61,IF(AND(D61=$D$20,E61=$S$16),N61*$AE$16*K61,IF(AND(D61=$D$20,E61=$S$17),N61*$AE$17*K61,IF(AND(D61=$D$20,E61=$S$18),N61*$AE$18*K61,IF(AND(D61=$D$20,E61=$S$19),N61*$AE$19*K61,IF(AND(D61=$D$20,E61=$S$20),N61*$AE$20*K61,IF(AND(D61=$D$21,E61=$S$15),N61*$AG$15*K61,IF(AND(D61=$D$21,E61=$S$16),N61*$AG$16*K61,IF(AND(D61=$D$21,E61=$S$17),N61*$AG$17*K61,IF(AND(D61=$D$21,E61=$S$18),N61*$AG$18*K61,IF(AND(D61=$D$21,E61=$S$19),N61*$AG$19*K61,IF(AND(D61=$D$21,E61=$S$20),N61*$AG$20*K61,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O62" s="119">
+        <f>IF(AND(D61=$D$15,E61=$S$15),O61*$U$15*K61,IF(AND(D61=$D$15,E61=$S$16),O61*$U$16*K61,IF(AND(D61=$D$15,E61=$S$17),O61*$U$17*K61,IF(AND(D61=$D$15,E61=$S$18),O61*$U$18*K61,IF(AND(D61=$D$15,E61=$S$19),O61*$U$19*K61,IF(AND(D61=$D$15,E61=$S$20),O61*$U$20*K61,IF(AND(D61=$D$16,E61=$S$15),O61*$W$15*K61,IF(AND(D61=$D$16,E61=$S$16),O61*$W$16*K61,IF(AND(D61=$D$16,E61=$S$17),O61*$W$17*K61,IF(AND(D61=$D$16,E61=$S$18),O61*$W$18*K61,IF(AND(D61=$D$16,E61=$S$19),O61*$W$19*K61,IF(AND(D61=$D$16,E61=$S$20),O61*$W$20*K61,IF(AND(D61=$D$17,E61=$S$15),O61*$Y$15*K61,IF(AND(D61=$D$17,E61=$S$16),O61*$Y$16*K61,IF(AND(D61=$D$17,E61=$S$17),O61*$Y$17*K61,IF(AND(D61=$D$17,E61=$S$18),O61*$Y$18*K61,IF(AND(D61=$D$17,E61=$S$19),O61*$Y$19*K61,IF(AND(D61=$D$17,E61=$S$20),O61*$Y$20*K61,IF(AND(D61=$D$18,E61=$S$15),O61*$AA$15*K61,IF(AND(D61=$D$18,E61=$S$16),O61*$AA$16*K61,IF(AND(D61=$D$18,E61=$S$17),O61*$AA$17*K61,IF(AND(D61=$D$18,E61=$S$18),O61*$AA$18*K61,IF(AND(D61=$D$18,E61=$S$19),O61*$AA$19*K61,IF(AND(D61=$D$18,E61=$S$20),O61*$AA$20*K61,IF(AND(D61=$D$19,E61=$S$15),O61*$AC$15*K61,IF(AND(D61=$D$19,E61=$S$16),O61*$AC$16*K61,IF(AND(D61=$D$19,E61=$S$17),O61*$AC$17*K61,IF(AND(D61=$D$19,E61=$S$18),O61*$AC$18*K61,IF(AND(D61=$DE1061=$S$19),O61*$AC$19*K61,IF(AND(D61=$D$19,E61=$S$20),O61*$AC$20*K61,IF(AND(D61=$D$20,E61=$S$15),O61*$AE$15*K61,IF(AND(D61=$D$20,E61=$S$16),O61*$AE$16*K61,IF(AND(D61=$D$20,E61=$S$17),O61*$AE$17*K61,IF(AND(D61=$D$20,E61=$S$18),O61*$AE$18*K61,IF(AND(D61=$D$20,E61=$S$19),O61*$AE$19*K61,IF(AND(D61=$D$20,E61=$S$20),O61*$AE$20*K61,IF(AND(D61=$D$21,E61=$S$15),O61*$AG$15*K61,IF(AND(D61=$D$21,E61=$S$16),O61*$AG$16*K61,IF(AND(D61=$D$21,E61=$S$17),O61*$AG$17*K61,IF(AND(D61=$D$21,E61=$S$18),O61*$AG$18*K61,IF(AND(D61=$D$21,E61=$S$19),O61*$AG$19*K61,IF(AND(D61=$D$21,E61=$S$20),O61*$AG$20*K61,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P62" s="162"/>
+      <c r="Q62" s="158"/>
+      <c r="R62" s="160"/>
+      <c r="S62" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T62" s="31"/>
       <c r="U62" s="31"/>
       <c r="V62" s="31"/>
       <c r="W62" s="31"/>
       <c r="X62" s="31"/>
       <c r="Y62" s="31"/>
-      <c r="Z62" s="35"/>
-      <c r="AA62" s="35"/>
+      <c r="Z62" s="36"/>
+      <c r="AA62" s="36"/>
       <c r="AB62" s="32"/>
       <c r="AC62" s="32"/>
       <c r="AD62" s="32"/>
     </row>
-    <row r="63" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S63" s="31"/>
+    <row r="63" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A63" s="167">
+        <v>9</v>
+      </c>
+      <c r="B63" s="167"/>
+      <c r="C63" s="169"/>
+      <c r="D63" s="157"/>
+      <c r="E63" s="157"/>
+      <c r="F63" s="157"/>
+      <c r="G63" s="135"/>
+      <c r="H63" s="157"/>
+      <c r="I63" s="157"/>
+      <c r="J63" s="161"/>
+      <c r="K63" s="163">
+        <v>1</v>
+      </c>
+      <c r="L63" s="165"/>
+      <c r="M63" s="91"/>
+      <c r="N63" s="91">
+        <f>+M63</f>
+        <v>0</v>
+      </c>
+      <c r="O63" s="91"/>
+      <c r="P63" s="161"/>
+      <c r="Q63" s="157"/>
+      <c r="R63" s="159"/>
+      <c r="S63" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T63" s="31"/>
       <c r="U63" s="31"/>
       <c r="V63" s="31"/>
       <c r="W63" s="31"/>
       <c r="X63" s="31"/>
       <c r="Y63" s="31"/>
-      <c r="Z63" s="36"/>
-      <c r="AA63" s="36"/>
+      <c r="Z63" s="35"/>
+      <c r="AA63" s="35"/>
       <c r="AB63" s="32"/>
       <c r="AC63" s="32"/>
       <c r="AD63" s="32"/>
     </row>
-    <row r="64" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S64" s="31"/>
+    <row r="64" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A64" s="168"/>
+      <c r="B64" s="168"/>
+      <c r="C64" s="170"/>
+      <c r="D64" s="158"/>
+      <c r="E64" s="158"/>
+      <c r="F64" s="158"/>
+      <c r="G64" s="136"/>
+      <c r="H64" s="158"/>
+      <c r="I64" s="158"/>
+      <c r="J64" s="162"/>
+      <c r="K64" s="164"/>
+      <c r="L64" s="166"/>
+      <c r="M64" s="89">
+        <f>IF(AND(D63=$D$15,E63=$S$15),M63*$U$15,IF(AND(D63=$D$15,E63=$S$16),M63*$U$16,IF(AND(D63=$D$15,E63=$S$17),M63*$U$17,IF(AND(D63=$D$15,E63=$S$18),M63*$U$18,IF(AND(D63=$D$15,E63=$S$19),M63*$U$19,IF(AND(D63=$D$15,E63=$S$20),M63*$U$20,IF(AND(D63=$D$16,E63=$S$15),M63*$W$15,IF(AND(D63=$D$16,E63=$S$16),M63*$W$16,IF(AND(D63=$D$16,E63=$S$17),M63*$W$17,IF(AND(D63=$D$16,E63=$S$18),M63*$W$18,IF(AND(D63=$D$16,E63=$S$19),M63*$W$19,IF(AND(D63=$D$16,E63=$S$20),M63*$W$20,IF(AND(D63=$D$17,E63=$S$15),M63*$Y$15,IF(AND(D63=$D$17,E63=$S$16),M63*$Y$16,IF(AND(D63=$D$17,E63=$S$17),M63*$Y$17,IF(AND(D63=$D$17,E63=$S$18),M63*$Y$18,IF(AND(D63=$D$17,E63=$S$19),M63*$Y$19,IF(AND(D63=$D$17,E63=$S$20),M63*$Y$20,IF(AND(D63=$D$18,E63=$S$15),M63*$AA$15,IF(AND(D63=$D$18,E63=$S$16),M63*$AA$16,IF(AND(D63=$D$18,E63=$S$17),M63*$AA$17,IF(AND(D63=$D$18,E63=$S$18),M63*$AA$18,IF(AND(D63=$D$18,E63=$S$19),M63*$AA$19,IF(AND(D63=$D$18,E63=$S$20),M63*$AA$20,IF(AND(D63=$D$19,E63=$S$15),M63*$AC$15,IF(AND(D63=$D$19,E63=$S$16),M63*$AC$16,IF(AND(D63=$D$19,E63=$S$17),M63*$AC$17,IF(AND(D63=$D$19,E63=$S$18),M63*$AC$18,IF(AND(D63=$D$19,E63=$S$19),M63*$AC$19,IF(AND(D63=$D$19,E63=$S$20),M63*$AC$20,IF(AND(D63=$D$20,E63=$S$15),M63*$AE$15,IF(AND(D63=$D$20,E63=$S$16),M63*$AE$16,IF(AND(D63=$D$20,E63=$S$17),M63*$AE$17,IF(AND(D63=$D$20,E63=$S$18),M63*$AE$18,IF(AND(D63=$D$20,E63=$S$19),M63*$AE$19,IF(AND(D63=$D$20,E63=$S$20),M63*$AE$20,IF(AND(D63=$D$21,E63=$S$15),M63*$AG$15,IF(AND(D63=$D$21,E63=$S$16),M63*$AG$16,IF(AND(D63=$D$21,E63=$S$17),M63*$AG$17,IF(AND(D63=$D$21,E63=$S$18),M63*$AG$18,IF(AND(D63=$D$21,E63=$S$19),M63*$AG$19,IF(AND(D63=$D$21,E63=$S$20),M63*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N64" s="118">
+        <f>IF(AND(D63=$D$15,E63=$S$15),N63*$U$15*K63,IF(AND(D63=$D$15,E63=$S$16),N63*$U$16*K63,IF(AND(D63=$D$15,E63=$S$17),N63*$U$17*K63,IF(AND(D63=$D$15,E63=$S$18),N63*$U$18*K63,IF(AND(D63=$D$15,E63=$S$19),N63*$U$19*K63,IF(AND(D63=$D$15,E63=$S$20),N63*$U$20*K63,IF(AND(D63=$D$16,E63=$S$15),N63*$W$15*K63,IF(AND(D63=$D$16,E63=$S$16),N63*$W$16*K63,IF(AND(D63=$D$16,E63=$S$17),N63*$W$17*K63,IF(AND(D63=$D$16,E63=$S$18),N63*$W$18*K63,IF(AND(D63=$D$16,E63=$S$19),N63*$W$19*K63,IF(AND(D63=$D$16,E63=$S$20),N63*$W$20*K63,IF(AND(D63=$D$17,E63=$S$15),N63*$Y$15*K63,IF(AND(D63=$D$17,E63=$S$16),N63*$Y$16*K63,IF(AND(D63=$D$17,E63=$S$17),N63*$Y$17*K63,IF(AND(D63=$D$17,E63=$S$18),N63*$Y$18*K63,IF(AND(D63=$D$17,E63=$S$19),N63*$Y$19*K63,IF(AND(D63=$D$17,E63=$S$20),N63*$Y$20*K63,IF(AND(D63=$D$18,E63=$S$15),N63*$AA$15*K63,IF(AND(D63=$D$18,E63=$S$16),N63*$AA$16*K63,IF(AND(D63=$D$18,E63=$S$17),N63*$AA$17*K63,IF(AND(D63=$D$18,E63=$S$18),N63*$AA$18*K63,IF(AND(D63=$D$18,E63=$S$19),N63*$AA$19*K63,IF(AND(D63=$D$18,E63=$S$20),N63*$AA$20*K63,IF(AND(D63=$D$19,E63=$S$15),N63*$AC$15*K63,IF(AND(D63=$D$19,E63=$S$16),N63*$AC$16*K63,IF(AND(D63=$D$19,E63=$S$17),N63*$AC$17*K63,IF(AND(D63=$D$19,E63=$S$18),N63*$AC$18*K63,IF(AND(D63=$DE1063=$S$19),N63*$AC$19*K63,IF(AND(D63=$D$19,E63=$S$20),N63*$AC$20*K63,IF(AND(D63=$D$20,E63=$S$15),N63*$AE$15*K63,IF(AND(D63=$D$20,E63=$S$16),N63*$AE$16*K63,IF(AND(D63=$D$20,E63=$S$17),N63*$AE$17*K63,IF(AND(D63=$D$20,E63=$S$18),N63*$AE$18*K63,IF(AND(D63=$D$20,E63=$S$19),N63*$AE$19*K63,IF(AND(D63=$D$20,E63=$S$20),N63*$AE$20*K63,IF(AND(D63=$D$21,E63=$S$15),N63*$AG$15*K63,IF(AND(D63=$D$21,E63=$S$16),N63*$AG$16*K63,IF(AND(D63=$D$21,E63=$S$17),N63*$AG$17*K63,IF(AND(D63=$D$21,E63=$S$18),N63*$AG$18*K63,IF(AND(D63=$D$21,E63=$S$19),N63*$AG$19*K63,IF(AND(D63=$D$21,E63=$S$20),N63*$AG$20*K63,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O64" s="119">
+        <f>IF(AND(D63=$D$15,E63=$S$15),O63*$U$15*K63,IF(AND(D63=$D$15,E63=$S$16),O63*$U$16*K63,IF(AND(D63=$D$15,E63=$S$17),O63*$U$17*K63,IF(AND(D63=$D$15,E63=$S$18),O63*$U$18*K63,IF(AND(D63=$D$15,E63=$S$19),O63*$U$19*K63,IF(AND(D63=$D$15,E63=$S$20),O63*$U$20*K63,IF(AND(D63=$D$16,E63=$S$15),O63*$W$15*K63,IF(AND(D63=$D$16,E63=$S$16),O63*$W$16*K63,IF(AND(D63=$D$16,E63=$S$17),O63*$W$17*K63,IF(AND(D63=$D$16,E63=$S$18),O63*$W$18*K63,IF(AND(D63=$D$16,E63=$S$19),O63*$W$19*K63,IF(AND(D63=$D$16,E63=$S$20),O63*$W$20*K63,IF(AND(D63=$D$17,E63=$S$15),O63*$Y$15*K63,IF(AND(D63=$D$17,E63=$S$16),O63*$Y$16*K63,IF(AND(D63=$D$17,E63=$S$17),O63*$Y$17*K63,IF(AND(D63=$D$17,E63=$S$18),O63*$Y$18*K63,IF(AND(D63=$D$17,E63=$S$19),O63*$Y$19*K63,IF(AND(D63=$D$17,E63=$S$20),O63*$Y$20*K63,IF(AND(D63=$D$18,E63=$S$15),O63*$AA$15*K63,IF(AND(D63=$D$18,E63=$S$16),O63*$AA$16*K63,IF(AND(D63=$D$18,E63=$S$17),O63*$AA$17*K63,IF(AND(D63=$D$18,E63=$S$18),O63*$AA$18*K63,IF(AND(D63=$D$18,E63=$S$19),O63*$AA$19*K63,IF(AND(D63=$D$18,E63=$S$20),O63*$AA$20*K63,IF(AND(D63=$D$19,E63=$S$15),O63*$AC$15*K63,IF(AND(D63=$D$19,E63=$S$16),O63*$AC$16*K63,IF(AND(D63=$D$19,E63=$S$17),O63*$AC$17*K63,IF(AND(D63=$D$19,E63=$S$18),O63*$AC$18*K63,IF(AND(D63=$DE1063=$S$19),O63*$AC$19*K63,IF(AND(D63=$D$19,E63=$S$20),O63*$AC$20*K63,IF(AND(D63=$D$20,E63=$S$15),O63*$AE$15*K63,IF(AND(D63=$D$20,E63=$S$16),O63*$AE$16*K63,IF(AND(D63=$D$20,E63=$S$17),O63*$AE$17*K63,IF(AND(D63=$D$20,E63=$S$18),O63*$AE$18*K63,IF(AND(D63=$D$20,E63=$S$19),O63*$AE$19*K63,IF(AND(D63=$D$20,E63=$S$20),O63*$AE$20*K63,IF(AND(D63=$D$21,E63=$S$15),O63*$AG$15*K63,IF(AND(D63=$D$21,E63=$S$16),O63*$AG$16*K63,IF(AND(D63=$D$21,E63=$S$17),O63*$AG$17*K63,IF(AND(D63=$D$21,E63=$S$18),O63*$AG$18*K63,IF(AND(D63=$D$21,E63=$S$19),O63*$AG$19*K63,IF(AND(D63=$D$21,E63=$S$20),O63*$AG$20*K63,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P64" s="162"/>
+      <c r="Q64" s="158"/>
+      <c r="R64" s="160"/>
+      <c r="S64" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T64" s="31"/>
       <c r="U64" s="31"/>
       <c r="V64" s="31"/>
       <c r="W64" s="31"/>
       <c r="X64" s="31"/>
       <c r="Y64" s="31"/>
-      <c r="Z64" s="35"/>
-      <c r="AA64" s="35"/>
+      <c r="Z64" s="36"/>
+      <c r="AA64" s="36"/>
       <c r="AB64" s="32"/>
       <c r="AC64" s="32"/>
       <c r="AD64" s="32"/>
     </row>
-    <row r="65" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S65" s="31"/>
+    <row r="65" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A65" s="167">
+        <v>10</v>
+      </c>
+      <c r="B65" s="167"/>
+      <c r="C65" s="169"/>
+      <c r="D65" s="157"/>
+      <c r="E65" s="157"/>
+      <c r="F65" s="157"/>
+      <c r="G65" s="135"/>
+      <c r="H65" s="157"/>
+      <c r="I65" s="157"/>
+      <c r="J65" s="161"/>
+      <c r="K65" s="163">
+        <v>1</v>
+      </c>
+      <c r="L65" s="165"/>
+      <c r="M65" s="91"/>
+      <c r="N65" s="91">
+        <f>+M65</f>
+        <v>0</v>
+      </c>
+      <c r="O65" s="91"/>
+      <c r="P65" s="161"/>
+      <c r="Q65" s="157"/>
+      <c r="R65" s="159"/>
+      <c r="S65" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T65" s="31"/>
       <c r="U65" s="31"/>
       <c r="V65" s="31"/>
       <c r="W65" s="31"/>
       <c r="X65" s="31"/>
       <c r="Y65" s="31"/>
-      <c r="Z65" s="36"/>
-      <c r="AA65" s="36"/>
+      <c r="Z65" s="35"/>
+      <c r="AA65" s="35"/>
       <c r="AB65" s="32"/>
       <c r="AC65" s="32"/>
       <c r="AD65" s="32"/>
     </row>
-    <row r="66" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S66" s="31"/>
+    <row r="66" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A66" s="168"/>
+      <c r="B66" s="168"/>
+      <c r="C66" s="170"/>
+      <c r="D66" s="158"/>
+      <c r="E66" s="158"/>
+      <c r="F66" s="158"/>
+      <c r="G66" s="136"/>
+      <c r="H66" s="158"/>
+      <c r="I66" s="158"/>
+      <c r="J66" s="162"/>
+      <c r="K66" s="164"/>
+      <c r="L66" s="166"/>
+      <c r="M66" s="89">
+        <f>IF(AND(D65=$D$15,E65=$S$15),M65*$U$15,IF(AND(D65=$D$15,E65=$S$16),M65*$U$16,IF(AND(D65=$D$15,E65=$S$17),M65*$U$17,IF(AND(D65=$D$15,E65=$S$18),M65*$U$18,IF(AND(D65=$D$15,E65=$S$19),M65*$U$19,IF(AND(D65=$D$15,E65=$S$20),M65*$U$20,IF(AND(D65=$D$16,E65=$S$15),M65*$W$15,IF(AND(D65=$D$16,E65=$S$16),M65*$W$16,IF(AND(D65=$D$16,E65=$S$17),M65*$W$17,IF(AND(D65=$D$16,E65=$S$18),M65*$W$18,IF(AND(D65=$D$16,E65=$S$19),M65*$W$19,IF(AND(D65=$D$16,E65=$S$20),M65*$W$20,IF(AND(D65=$D$17,E65=$S$15),M65*$Y$15,IF(AND(D65=$D$17,E65=$S$16),M65*$Y$16,IF(AND(D65=$D$17,E65=$S$17),M65*$Y$17,IF(AND(D65=$D$17,E65=$S$18),M65*$Y$18,IF(AND(D65=$D$17,E65=$S$19),M65*$Y$19,IF(AND(D65=$D$17,E65=$S$20),M65*$Y$20,IF(AND(D65=$D$18,E65=$S$15),M65*$AA$15,IF(AND(D65=$D$18,E65=$S$16),M65*$AA$16,IF(AND(D65=$D$18,E65=$S$17),M65*$AA$17,IF(AND(D65=$D$18,E65=$S$18),M65*$AA$18,IF(AND(D65=$D$18,E65=$S$19),M65*$AA$19,IF(AND(D65=$D$18,E65=$S$20),M65*$AA$20,IF(AND(D65=$D$19,E65=$S$15),M65*$AC$15,IF(AND(D65=$D$19,E65=$S$16),M65*$AC$16,IF(AND(D65=$D$19,E65=$S$17),M65*$AC$17,IF(AND(D65=$D$19,E65=$S$18),M65*$AC$18,IF(AND(D65=$D$19,E65=$S$19),M65*$AC$19,IF(AND(D65=$D$19,E65=$S$20),M65*$AC$20,IF(AND(D65=$D$20,E65=$S$15),M65*$AE$15,IF(AND(D65=$D$20,E65=$S$16),M65*$AE$16,IF(AND(D65=$D$20,E65=$S$17),M65*$AE$17,IF(AND(D65=$D$20,E65=$S$18),M65*$AE$18,IF(AND(D65=$D$20,E65=$S$19),M65*$AE$19,IF(AND(D65=$D$20,E65=$S$20),M65*$AE$20,IF(AND(D65=$D$21,E65=$S$15),M65*$AG$15,IF(AND(D65=$D$21,E65=$S$16),M65*$AG$16,IF(AND(D65=$D$21,E65=$S$17),M65*$AG$17,IF(AND(D65=$D$21,E65=$S$18),M65*$AG$18,IF(AND(D65=$D$21,E65=$S$19),M65*$AG$19,IF(AND(D65=$D$21,E65=$S$20),M65*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N66" s="118">
+        <f>IF(AND(D65=$D$15,E65=$S$15),N65*$U$15*K65,IF(AND(D65=$D$15,E65=$S$16),N65*$U$16*K65,IF(AND(D65=$D$15,E65=$S$17),N65*$U$17*K65,IF(AND(D65=$D$15,E65=$S$18),N65*$U$18*K65,IF(AND(D65=$D$15,E65=$S$19),N65*$U$19*K65,IF(AND(D65=$D$15,E65=$S$20),N65*$U$20*K65,IF(AND(D65=$D$16,E65=$S$15),N65*$W$15*K65,IF(AND(D65=$D$16,E65=$S$16),N65*$W$16*K65,IF(AND(D65=$D$16,E65=$S$17),N65*$W$17*K65,IF(AND(D65=$D$16,E65=$S$18),N65*$W$18*K65,IF(AND(D65=$D$16,E65=$S$19),N65*$W$19*K65,IF(AND(D65=$D$16,E65=$S$20),N65*$W$20*K65,IF(AND(D65=$D$17,E65=$S$15),N65*$Y$15*K65,IF(AND(D65=$D$17,E65=$S$16),N65*$Y$16*K65,IF(AND(D65=$D$17,E65=$S$17),N65*$Y$17*K65,IF(AND(D65=$D$17,E65=$S$18),N65*$Y$18*K65,IF(AND(D65=$D$17,E65=$S$19),N65*$Y$19*K65,IF(AND(D65=$D$17,E65=$S$20),N65*$Y$20*K65,IF(AND(D65=$D$18,E65=$S$15),N65*$AA$15*K65,IF(AND(D65=$D$18,E65=$S$16),N65*$AA$16*K65,IF(AND(D65=$D$18,E65=$S$17),N65*$AA$17*K65,IF(AND(D65=$D$18,E65=$S$18),N65*$AA$18*K65,IF(AND(D65=$D$18,E65=$S$19),N65*$AA$19*K65,IF(AND(D65=$D$18,E65=$S$20),N65*$AA$20*K65,IF(AND(D65=$D$19,E65=$S$15),N65*$AC$15*K65,IF(AND(D65=$D$19,E65=$S$16),N65*$AC$16*K65,IF(AND(D65=$D$19,E65=$S$17),N65*$AC$17*K65,IF(AND(D65=$D$19,E65=$S$18),N65*$AC$18*K65,IF(AND(D65=$DE1065=$S$19),N65*$AC$19*K65,IF(AND(D65=$D$19,E65=$S$20),N65*$AC$20*K65,IF(AND(D65=$D$20,E65=$S$15),N65*$AE$15*K65,IF(AND(D65=$D$20,E65=$S$16),N65*$AE$16*K65,IF(AND(D65=$D$20,E65=$S$17),N65*$AE$17*K65,IF(AND(D65=$D$20,E65=$S$18),N65*$AE$18*K65,IF(AND(D65=$D$20,E65=$S$19),N65*$AE$19*K65,IF(AND(D65=$D$20,E65=$S$20),N65*$AE$20*K65,IF(AND(D65=$D$21,E65=$S$15),N65*$AG$15*K65,IF(AND(D65=$D$21,E65=$S$16),N65*$AG$16*K65,IF(AND(D65=$D$21,E65=$S$17),N65*$AG$17*K65,IF(AND(D65=$D$21,E65=$S$18),N65*$AG$18*K65,IF(AND(D65=$D$21,E65=$S$19),N65*$AG$19*K65,IF(AND(D65=$D$21,E65=$S$20),N65*$AG$20*K65,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O66" s="119">
+        <f>IF(AND(D65=$D$15,E65=$S$15),O65*$U$15*K65,IF(AND(D65=$D$15,E65=$S$16),O65*$U$16*K65,IF(AND(D65=$D$15,E65=$S$17),O65*$U$17*K65,IF(AND(D65=$D$15,E65=$S$18),O65*$U$18*K65,IF(AND(D65=$D$15,E65=$S$19),O65*$U$19*K65,IF(AND(D65=$D$15,E65=$S$20),O65*$U$20*K65,IF(AND(D65=$D$16,E65=$S$15),O65*$W$15*K65,IF(AND(D65=$D$16,E65=$S$16),O65*$W$16*K65,IF(AND(D65=$D$16,E65=$S$17),O65*$W$17*K65,IF(AND(D65=$D$16,E65=$S$18),O65*$W$18*K65,IF(AND(D65=$D$16,E65=$S$19),O65*$W$19*K65,IF(AND(D65=$D$16,E65=$S$20),O65*$W$20*K65,IF(AND(D65=$D$17,E65=$S$15),O65*$Y$15*K65,IF(AND(D65=$D$17,E65=$S$16),O65*$Y$16*K65,IF(AND(D65=$D$17,E65=$S$17),O65*$Y$17*K65,IF(AND(D65=$D$17,E65=$S$18),O65*$Y$18*K65,IF(AND(D65=$D$17,E65=$S$19),O65*$Y$19*K65,IF(AND(D65=$D$17,E65=$S$20),O65*$Y$20*K65,IF(AND(D65=$D$18,E65=$S$15),O65*$AA$15*K65,IF(AND(D65=$D$18,E65=$S$16),O65*$AA$16*K65,IF(AND(D65=$D$18,E65=$S$17),O65*$AA$17*K65,IF(AND(D65=$D$18,E65=$S$18),O65*$AA$18*K65,IF(AND(D65=$D$18,E65=$S$19),O65*$AA$19*K65,IF(AND(D65=$D$18,E65=$S$20),O65*$AA$20*K65,IF(AND(D65=$D$19,E65=$S$15),O65*$AC$15*K65,IF(AND(D65=$D$19,E65=$S$16),O65*$AC$16*K65,IF(AND(D65=$D$19,E65=$S$17),O65*$AC$17*K65,IF(AND(D65=$D$19,E65=$S$18),O65*$AC$18*K65,IF(AND(D65=$DE1065=$S$19),O65*$AC$19*K65,IF(AND(D65=$D$19,E65=$S$20),O65*$AC$20*K65,IF(AND(D65=$D$20,E65=$S$15),O65*$AE$15*K65,IF(AND(D65=$D$20,E65=$S$16),O65*$AE$16*K65,IF(AND(D65=$D$20,E65=$S$17),O65*$AE$17*K65,IF(AND(D65=$D$20,E65=$S$18),O65*$AE$18*K65,IF(AND(D65=$D$20,E65=$S$19),O65*$AE$19*K65,IF(AND(D65=$D$20,E65=$S$20),O65*$AE$20*K65,IF(AND(D65=$D$21,E65=$S$15),O65*$AG$15*K65,IF(AND(D65=$D$21,E65=$S$16),O65*$AG$16*K65,IF(AND(D65=$D$21,E65=$S$17),O65*$AG$17*K65,IF(AND(D65=$D$21,E65=$S$18),O65*$AG$18*K65,IF(AND(D65=$D$21,E65=$S$19),O65*$AG$19*K65,IF(AND(D65=$D$21,E65=$S$20),O65*$AG$20*K65,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P66" s="162"/>
+      <c r="Q66" s="158"/>
+      <c r="R66" s="160"/>
+      <c r="S66" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T66" s="31"/>
       <c r="U66" s="31"/>
       <c r="V66" s="31"/>
       <c r="W66" s="31"/>
       <c r="X66" s="31"/>
       <c r="Y66" s="31"/>
-      <c r="Z66" s="35"/>
-      <c r="AA66" s="35"/>
+      <c r="Z66" s="36"/>
+      <c r="AA66" s="36"/>
       <c r="AB66" s="32"/>
       <c r="AC66" s="32"/>
       <c r="AD66" s="32"/>
     </row>
-    <row r="67" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S67" s="31"/>
+    <row r="67" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A67" s="167">
+        <v>11</v>
+      </c>
+      <c r="B67" s="167"/>
+      <c r="C67" s="169"/>
+      <c r="D67" s="157"/>
+      <c r="E67" s="157"/>
+      <c r="F67" s="157"/>
+      <c r="G67" s="135"/>
+      <c r="H67" s="157"/>
+      <c r="I67" s="157"/>
+      <c r="J67" s="161"/>
+      <c r="K67" s="163">
+        <v>1</v>
+      </c>
+      <c r="L67" s="165"/>
+      <c r="M67" s="91"/>
+      <c r="N67" s="91">
+        <f>+M67</f>
+        <v>0</v>
+      </c>
+      <c r="O67" s="91"/>
+      <c r="P67" s="161"/>
+      <c r="Q67" s="157"/>
+      <c r="R67" s="159"/>
+      <c r="S67" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T67" s="31"/>
       <c r="U67" s="31"/>
       <c r="V67" s="31"/>
       <c r="W67" s="31"/>
       <c r="X67" s="31"/>
       <c r="Y67" s="31"/>
-      <c r="Z67" s="36"/>
-      <c r="AA67" s="36"/>
+      <c r="Z67" s="35"/>
+      <c r="AA67" s="35"/>
       <c r="AB67" s="32"/>
       <c r="AC67" s="32"/>
       <c r="AD67" s="32"/>
     </row>
-    <row r="68" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S68" s="31"/>
+    <row r="68" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A68" s="168"/>
+      <c r="B68" s="168"/>
+      <c r="C68" s="170"/>
+      <c r="D68" s="158"/>
+      <c r="E68" s="158"/>
+      <c r="F68" s="158"/>
+      <c r="G68" s="136"/>
+      <c r="H68" s="158"/>
+      <c r="I68" s="158"/>
+      <c r="J68" s="162"/>
+      <c r="K68" s="164"/>
+      <c r="L68" s="166"/>
+      <c r="M68" s="89">
+        <f>IF(AND(D67=$D$15,E67=$S$15),M67*$U$15,IF(AND(D67=$D$15,E67=$S$16),M67*$U$16,IF(AND(D67=$D$15,E67=$S$17),M67*$U$17,IF(AND(D67=$D$15,E67=$S$18),M67*$U$18,IF(AND(D67=$D$15,E67=$S$19),M67*$U$19,IF(AND(D67=$D$15,E67=$S$20),M67*$U$20,IF(AND(D67=$D$16,E67=$S$15),M67*$W$15,IF(AND(D67=$D$16,E67=$S$16),M67*$W$16,IF(AND(D67=$D$16,E67=$S$17),M67*$W$17,IF(AND(D67=$D$16,E67=$S$18),M67*$W$18,IF(AND(D67=$D$16,E67=$S$19),M67*$W$19,IF(AND(D67=$D$16,E67=$S$20),M67*$W$20,IF(AND(D67=$D$17,E67=$S$15),M67*$Y$15,IF(AND(D67=$D$17,E67=$S$16),M67*$Y$16,IF(AND(D67=$D$17,E67=$S$17),M67*$Y$17,IF(AND(D67=$D$17,E67=$S$18),M67*$Y$18,IF(AND(D67=$D$17,E67=$S$19),M67*$Y$19,IF(AND(D67=$D$17,E67=$S$20),M67*$Y$20,IF(AND(D67=$D$18,E67=$S$15),M67*$AA$15,IF(AND(D67=$D$18,E67=$S$16),M67*$AA$16,IF(AND(D67=$D$18,E67=$S$17),M67*$AA$17,IF(AND(D67=$D$18,E67=$S$18),M67*$AA$18,IF(AND(D67=$D$18,E67=$S$19),M67*$AA$19,IF(AND(D67=$D$18,E67=$S$20),M67*$AA$20,IF(AND(D67=$D$19,E67=$S$15),M67*$AC$15,IF(AND(D67=$D$19,E67=$S$16),M67*$AC$16,IF(AND(D67=$D$19,E67=$S$17),M67*$AC$17,IF(AND(D67=$D$19,E67=$S$18),M67*$AC$18,IF(AND(D67=$D$19,E67=$S$19),M67*$AC$19,IF(AND(D67=$D$19,E67=$S$20),M67*$AC$20,IF(AND(D67=$D$20,E67=$S$15),M67*$AE$15,IF(AND(D67=$D$20,E67=$S$16),M67*$AE$16,IF(AND(D67=$D$20,E67=$S$17),M67*$AE$17,IF(AND(D67=$D$20,E67=$S$18),M67*$AE$18,IF(AND(D67=$D$20,E67=$S$19),M67*$AE$19,IF(AND(D67=$D$20,E67=$S$20),M67*$AE$20,IF(AND(D67=$D$21,E67=$S$15),M67*$AG$15,IF(AND(D67=$D$21,E67=$S$16),M67*$AG$16,IF(AND(D67=$D$21,E67=$S$17),M67*$AG$17,IF(AND(D67=$D$21,E67=$S$18),M67*$AG$18,IF(AND(D67=$D$21,E67=$S$19),M67*$AG$19,IF(AND(D67=$D$21,E67=$S$20),M67*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N68" s="118">
+        <f>IF(AND(D67=$D$15,E67=$S$15),N67*$U$15*K67,IF(AND(D67=$D$15,E67=$S$16),N67*$U$16*K67,IF(AND(D67=$D$15,E67=$S$17),N67*$U$17*K67,IF(AND(D67=$D$15,E67=$S$18),N67*$U$18*K67,IF(AND(D67=$D$15,E67=$S$19),N67*$U$19*K67,IF(AND(D67=$D$15,E67=$S$20),N67*$U$20*K67,IF(AND(D67=$D$16,E67=$S$15),N67*$W$15*K67,IF(AND(D67=$D$16,E67=$S$16),N67*$W$16*K67,IF(AND(D67=$D$16,E67=$S$17),N67*$W$17*K67,IF(AND(D67=$D$16,E67=$S$18),N67*$W$18*K67,IF(AND(D67=$D$16,E67=$S$19),N67*$W$19*K67,IF(AND(D67=$D$16,E67=$S$20),N67*$W$20*K67,IF(AND(D67=$D$17,E67=$S$15),N67*$Y$15*K67,IF(AND(D67=$D$17,E67=$S$16),N67*$Y$16*K67,IF(AND(D67=$D$17,E67=$S$17),N67*$Y$17*K67,IF(AND(D67=$D$17,E67=$S$18),N67*$Y$18*K67,IF(AND(D67=$D$17,E67=$S$19),N67*$Y$19*K67,IF(AND(D67=$D$17,E67=$S$20),N67*$Y$20*K67,IF(AND(D67=$D$18,E67=$S$15),N67*$AA$15*K67,IF(AND(D67=$D$18,E67=$S$16),N67*$AA$16*K67,IF(AND(D67=$D$18,E67=$S$17),N67*$AA$17*K67,IF(AND(D67=$D$18,E67=$S$18),N67*$AA$18*K67,IF(AND(D67=$D$18,E67=$S$19),N67*$AA$19*K67,IF(AND(D67=$D$18,E67=$S$20),N67*$AA$20*K67,IF(AND(D67=$D$19,E67=$S$15),N67*$AC$15*K67,IF(AND(D67=$D$19,E67=$S$16),N67*$AC$16*K67,IF(AND(D67=$D$19,E67=$S$17),N67*$AC$17*K67,IF(AND(D67=$D$19,E67=$S$18),N67*$AC$18*K67,IF(AND(D67=$DE1067=$S$19),N67*$AC$19*K67,IF(AND(D67=$D$19,E67=$S$20),N67*$AC$20*K67,IF(AND(D67=$D$20,E67=$S$15),N67*$AE$15*K67,IF(AND(D67=$D$20,E67=$S$16),N67*$AE$16*K67,IF(AND(D67=$D$20,E67=$S$17),N67*$AE$17*K67,IF(AND(D67=$D$20,E67=$S$18),N67*$AE$18*K67,IF(AND(D67=$D$20,E67=$S$19),N67*$AE$19*K67,IF(AND(D67=$D$20,E67=$S$20),N67*$AE$20*K67,IF(AND(D67=$D$21,E67=$S$15),N67*$AG$15*K67,IF(AND(D67=$D$21,E67=$S$16),N67*$AG$16*K67,IF(AND(D67=$D$21,E67=$S$17),N67*$AG$17*K67,IF(AND(D67=$D$21,E67=$S$18),N67*$AG$18*K67,IF(AND(D67=$D$21,E67=$S$19),N67*$AG$19*K67,IF(AND(D67=$D$21,E67=$S$20),N67*$AG$20*K67,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O68" s="119">
+        <f>IF(AND(D67=$D$15,E67=$S$15),O67*$U$15*K67,IF(AND(D67=$D$15,E67=$S$16),O67*$U$16*K67,IF(AND(D67=$D$15,E67=$S$17),O67*$U$17*K67,IF(AND(D67=$D$15,E67=$S$18),O67*$U$18*K67,IF(AND(D67=$D$15,E67=$S$19),O67*$U$19*K67,IF(AND(D67=$D$15,E67=$S$20),O67*$U$20*K67,IF(AND(D67=$D$16,E67=$S$15),O67*$W$15*K67,IF(AND(D67=$D$16,E67=$S$16),O67*$W$16*K67,IF(AND(D67=$D$16,E67=$S$17),O67*$W$17*K67,IF(AND(D67=$D$16,E67=$S$18),O67*$W$18*K67,IF(AND(D67=$D$16,E67=$S$19),O67*$W$19*K67,IF(AND(D67=$D$16,E67=$S$20),O67*$W$20*K67,IF(AND(D67=$D$17,E67=$S$15),O67*$Y$15*K67,IF(AND(D67=$D$17,E67=$S$16),O67*$Y$16*K67,IF(AND(D67=$D$17,E67=$S$17),O67*$Y$17*K67,IF(AND(D67=$D$17,E67=$S$18),O67*$Y$18*K67,IF(AND(D67=$D$17,E67=$S$19),O67*$Y$19*K67,IF(AND(D67=$D$17,E67=$S$20),O67*$Y$20*K67,IF(AND(D67=$D$18,E67=$S$15),O67*$AA$15*K67,IF(AND(D67=$D$18,E67=$S$16),O67*$AA$16*K67,IF(AND(D67=$D$18,E67=$S$17),O67*$AA$17*K67,IF(AND(D67=$D$18,E67=$S$18),O67*$AA$18*K67,IF(AND(D67=$D$18,E67=$S$19),O67*$AA$19*K67,IF(AND(D67=$D$18,E67=$S$20),O67*$AA$20*K67,IF(AND(D67=$D$19,E67=$S$15),O67*$AC$15*K67,IF(AND(D67=$D$19,E67=$S$16),O67*$AC$16*K67,IF(AND(D67=$D$19,E67=$S$17),O67*$AC$17*K67,IF(AND(D67=$D$19,E67=$S$18),O67*$AC$18*K67,IF(AND(D67=$DE1067=$S$19),O67*$AC$19*K67,IF(AND(D67=$D$19,E67=$S$20),O67*$AC$20*K67,IF(AND(D67=$D$20,E67=$S$15),O67*$AE$15*K67,IF(AND(D67=$D$20,E67=$S$16),O67*$AE$16*K67,IF(AND(D67=$D$20,E67=$S$17),O67*$AE$17*K67,IF(AND(D67=$D$20,E67=$S$18),O67*$AE$18*K67,IF(AND(D67=$D$20,E67=$S$19),O67*$AE$19*K67,IF(AND(D67=$D$20,E67=$S$20),O67*$AE$20*K67,IF(AND(D67=$D$21,E67=$S$15),O67*$AG$15*K67,IF(AND(D67=$D$21,E67=$S$16),O67*$AG$16*K67,IF(AND(D67=$D$21,E67=$S$17),O67*$AG$17*K67,IF(AND(D67=$D$21,E67=$S$18),O67*$AG$18*K67,IF(AND(D67=$D$21,E67=$S$19),O67*$AG$19*K67,IF(AND(D67=$D$21,E67=$S$20),O67*$AG$20*K67,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P68" s="162"/>
+      <c r="Q68" s="158"/>
+      <c r="R68" s="160"/>
+      <c r="S68" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T68" s="31"/>
       <c r="U68" s="31"/>
       <c r="V68" s="31"/>
       <c r="W68" s="31"/>
       <c r="X68" s="31"/>
       <c r="Y68" s="31"/>
-      <c r="Z68" s="35"/>
-      <c r="AA68" s="35"/>
+      <c r="Z68" s="36"/>
+      <c r="AA68" s="36"/>
       <c r="AB68" s="32"/>
       <c r="AC68" s="32"/>
       <c r="AD68" s="32"/>
     </row>
-    <row r="69" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S69" s="31"/>
+    <row r="69" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A69" s="167">
+        <v>12</v>
+      </c>
+      <c r="B69" s="167"/>
+      <c r="C69" s="169"/>
+      <c r="D69" s="157"/>
+      <c r="E69" s="157"/>
+      <c r="F69" s="157"/>
+      <c r="G69" s="135"/>
+      <c r="H69" s="157"/>
+      <c r="I69" s="157"/>
+      <c r="J69" s="161"/>
+      <c r="K69" s="163">
+        <v>1</v>
+      </c>
+      <c r="L69" s="165"/>
+      <c r="M69" s="91"/>
+      <c r="N69" s="91">
+        <f>+M69</f>
+        <v>0</v>
+      </c>
+      <c r="O69" s="91"/>
+      <c r="P69" s="161"/>
+      <c r="Q69" s="157"/>
+      <c r="R69" s="159"/>
+      <c r="S69" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T69" s="31"/>
       <c r="U69" s="31"/>
       <c r="V69" s="31"/>
       <c r="W69" s="31"/>
       <c r="X69" s="31"/>
       <c r="Y69" s="31"/>
-      <c r="Z69" s="36"/>
-      <c r="AA69" s="36"/>
+      <c r="Z69" s="35"/>
+      <c r="AA69" s="35"/>
       <c r="AB69" s="32"/>
       <c r="AC69" s="32"/>
       <c r="AD69" s="32"/>
     </row>
-    <row r="70" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S70" s="31"/>
+    <row r="70" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A70" s="168"/>
+      <c r="B70" s="168"/>
+      <c r="C70" s="170"/>
+      <c r="D70" s="158"/>
+      <c r="E70" s="158"/>
+      <c r="F70" s="158"/>
+      <c r="G70" s="136"/>
+      <c r="H70" s="158"/>
+      <c r="I70" s="158"/>
+      <c r="J70" s="162"/>
+      <c r="K70" s="164"/>
+      <c r="L70" s="166"/>
+      <c r="M70" s="89">
+        <f>IF(AND(D69=$D$15,E69=$S$15),M69*$U$15,IF(AND(D69=$D$15,E69=$S$16),M69*$U$16,IF(AND(D69=$D$15,E69=$S$17),M69*$U$17,IF(AND(D69=$D$15,E69=$S$18),M69*$U$18,IF(AND(D69=$D$15,E69=$S$19),M69*$U$19,IF(AND(D69=$D$15,E69=$S$20),M69*$U$20,IF(AND(D69=$D$16,E69=$S$15),M69*$W$15,IF(AND(D69=$D$16,E69=$S$16),M69*$W$16,IF(AND(D69=$D$16,E69=$S$17),M69*$W$17,IF(AND(D69=$D$16,E69=$S$18),M69*$W$18,IF(AND(D69=$D$16,E69=$S$19),M69*$W$19,IF(AND(D69=$D$16,E69=$S$20),M69*$W$20,IF(AND(D69=$D$17,E69=$S$15),M69*$Y$15,IF(AND(D69=$D$17,E69=$S$16),M69*$Y$16,IF(AND(D69=$D$17,E69=$S$17),M69*$Y$17,IF(AND(D69=$D$17,E69=$S$18),M69*$Y$18,IF(AND(D69=$D$17,E69=$S$19),M69*$Y$19,IF(AND(D69=$D$17,E69=$S$20),M69*$Y$20,IF(AND(D69=$D$18,E69=$S$15),M69*$AA$15,IF(AND(D69=$D$18,E69=$S$16),M69*$AA$16,IF(AND(D69=$D$18,E69=$S$17),M69*$AA$17,IF(AND(D69=$D$18,E69=$S$18),M69*$AA$18,IF(AND(D69=$D$18,E69=$S$19),M69*$AA$19,IF(AND(D69=$D$18,E69=$S$20),M69*$AA$20,IF(AND(D69=$D$19,E69=$S$15),M69*$AC$15,IF(AND(D69=$D$19,E69=$S$16),M69*$AC$16,IF(AND(D69=$D$19,E69=$S$17),M69*$AC$17,IF(AND(D69=$D$19,E69=$S$18),M69*$AC$18,IF(AND(D69=$D$19,E69=$S$19),M69*$AC$19,IF(AND(D69=$D$19,E69=$S$20),M69*$AC$20,IF(AND(D69=$D$20,E69=$S$15),M69*$AE$15,IF(AND(D69=$D$20,E69=$S$16),M69*$AE$16,IF(AND(D69=$D$20,E69=$S$17),M69*$AE$17,IF(AND(D69=$D$20,E69=$S$18),M69*$AE$18,IF(AND(D69=$D$20,E69=$S$19),M69*$AE$19,IF(AND(D69=$D$20,E69=$S$20),M69*$AE$20,IF(AND(D69=$D$21,E69=$S$15),M69*$AG$15,IF(AND(D69=$D$21,E69=$S$16),M69*$AG$16,IF(AND(D69=$D$21,E69=$S$17),M69*$AG$17,IF(AND(D69=$D$21,E69=$S$18),M69*$AG$18,IF(AND(D69=$D$21,E69=$S$19),M69*$AG$19,IF(AND(D69=$D$21,E69=$S$20),M69*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N70" s="118">
+        <f>IF(AND(D69=$D$15,E69=$S$15),N69*$U$15*K69,IF(AND(D69=$D$15,E69=$S$16),N69*$U$16*K69,IF(AND(D69=$D$15,E69=$S$17),N69*$U$17*K69,IF(AND(D69=$D$15,E69=$S$18),N69*$U$18*K69,IF(AND(D69=$D$15,E69=$S$19),N69*$U$19*K69,IF(AND(D69=$D$15,E69=$S$20),N69*$U$20*K69,IF(AND(D69=$D$16,E69=$S$15),N69*$W$15*K69,IF(AND(D69=$D$16,E69=$S$16),N69*$W$16*K69,IF(AND(D69=$D$16,E69=$S$17),N69*$W$17*K69,IF(AND(D69=$D$16,E69=$S$18),N69*$W$18*K69,IF(AND(D69=$D$16,E69=$S$19),N69*$W$19*K69,IF(AND(D69=$D$16,E69=$S$20),N69*$W$20*K69,IF(AND(D69=$D$17,E69=$S$15),N69*$Y$15*K69,IF(AND(D69=$D$17,E69=$S$16),N69*$Y$16*K69,IF(AND(D69=$D$17,E69=$S$17),N69*$Y$17*K69,IF(AND(D69=$D$17,E69=$S$18),N69*$Y$18*K69,IF(AND(D69=$D$17,E69=$S$19),N69*$Y$19*K69,IF(AND(D69=$D$17,E69=$S$20),N69*$Y$20*K69,IF(AND(D69=$D$18,E69=$S$15),N69*$AA$15*K69,IF(AND(D69=$D$18,E69=$S$16),N69*$AA$16*K69,IF(AND(D69=$D$18,E69=$S$17),N69*$AA$17*K69,IF(AND(D69=$D$18,E69=$S$18),N69*$AA$18*K69,IF(AND(D69=$D$18,E69=$S$19),N69*$AA$19*K69,IF(AND(D69=$D$18,E69=$S$20),N69*$AA$20*K69,IF(AND(D69=$D$19,E69=$S$15),N69*$AC$15*K69,IF(AND(D69=$D$19,E69=$S$16),N69*$AC$16*K69,IF(AND(D69=$D$19,E69=$S$17),N69*$AC$17*K69,IF(AND(D69=$D$19,E69=$S$18),N69*$AC$18*K69,IF(AND(D69=$DE1069=$S$19),N69*$AC$19*K69,IF(AND(D69=$D$19,E69=$S$20),N69*$AC$20*K69,IF(AND(D69=$D$20,E69=$S$15),N69*$AE$15*K69,IF(AND(D69=$D$20,E69=$S$16),N69*$AE$16*K69,IF(AND(D69=$D$20,E69=$S$17),N69*$AE$17*K69,IF(AND(D69=$D$20,E69=$S$18),N69*$AE$18*K69,IF(AND(D69=$D$20,E69=$S$19),N69*$AE$19*K69,IF(AND(D69=$D$20,E69=$S$20),N69*$AE$20*K69,IF(AND(D69=$D$21,E69=$S$15),N69*$AG$15*K69,IF(AND(D69=$D$21,E69=$S$16),N69*$AG$16*K69,IF(AND(D69=$D$21,E69=$S$17),N69*$AG$17*K69,IF(AND(D69=$D$21,E69=$S$18),N69*$AG$18*K69,IF(AND(D69=$D$21,E69=$S$19),N69*$AG$19*K69,IF(AND(D69=$D$21,E69=$S$20),N69*$AG$20*K69,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O70" s="119">
+        <f>IF(AND(D69=$D$15,E69=$S$15),O69*$U$15*K69,IF(AND(D69=$D$15,E69=$S$16),O69*$U$16*K69,IF(AND(D69=$D$15,E69=$S$17),O69*$U$17*K69,IF(AND(D69=$D$15,E69=$S$18),O69*$U$18*K69,IF(AND(D69=$D$15,E69=$S$19),O69*$U$19*K69,IF(AND(D69=$D$15,E69=$S$20),O69*$U$20*K69,IF(AND(D69=$D$16,E69=$S$15),O69*$W$15*K69,IF(AND(D69=$D$16,E69=$S$16),O69*$W$16*K69,IF(AND(D69=$D$16,E69=$S$17),O69*$W$17*K69,IF(AND(D69=$D$16,E69=$S$18),O69*$W$18*K69,IF(AND(D69=$D$16,E69=$S$19),O69*$W$19*K69,IF(AND(D69=$D$16,E69=$S$20),O69*$W$20*K69,IF(AND(D69=$D$17,E69=$S$15),O69*$Y$15*K69,IF(AND(D69=$D$17,E69=$S$16),O69*$Y$16*K69,IF(AND(D69=$D$17,E69=$S$17),O69*$Y$17*K69,IF(AND(D69=$D$17,E69=$S$18),O69*$Y$18*K69,IF(AND(D69=$D$17,E69=$S$19),O69*$Y$19*K69,IF(AND(D69=$D$17,E69=$S$20),O69*$Y$20*K69,IF(AND(D69=$D$18,E69=$S$15),O69*$AA$15*K69,IF(AND(D69=$D$18,E69=$S$16),O69*$AA$16*K69,IF(AND(D69=$D$18,E69=$S$17),O69*$AA$17*K69,IF(AND(D69=$D$18,E69=$S$18),O69*$AA$18*K69,IF(AND(D69=$D$18,E69=$S$19),O69*$AA$19*K69,IF(AND(D69=$D$18,E69=$S$20),O69*$AA$20*K69,IF(AND(D69=$D$19,E69=$S$15),O69*$AC$15*K69,IF(AND(D69=$D$19,E69=$S$16),O69*$AC$16*K69,IF(AND(D69=$D$19,E69=$S$17),O69*$AC$17*K69,IF(AND(D69=$D$19,E69=$S$18),O69*$AC$18*K69,IF(AND(D69=$DE1069=$S$19),O69*$AC$19*K69,IF(AND(D69=$D$19,E69=$S$20),O69*$AC$20*K69,IF(AND(D69=$D$20,E69=$S$15),O69*$AE$15*K69,IF(AND(D69=$D$20,E69=$S$16),O69*$AE$16*K69,IF(AND(D69=$D$20,E69=$S$17),O69*$AE$17*K69,IF(AND(D69=$D$20,E69=$S$18),O69*$AE$18*K69,IF(AND(D69=$D$20,E69=$S$19),O69*$AE$19*K69,IF(AND(D69=$D$20,E69=$S$20),O69*$AE$20*K69,IF(AND(D69=$D$21,E69=$S$15),O69*$AG$15*K69,IF(AND(D69=$D$21,E69=$S$16),O69*$AG$16*K69,IF(AND(D69=$D$21,E69=$S$17),O69*$AG$17*K69,IF(AND(D69=$D$21,E69=$S$18),O69*$AG$18*K69,IF(AND(D69=$D$21,E69=$S$19),O69*$AG$19*K69,IF(AND(D69=$D$21,E69=$S$20),O69*$AG$20*K69,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P70" s="162"/>
+      <c r="Q70" s="158"/>
+      <c r="R70" s="160"/>
+      <c r="S70" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T70" s="31"/>
       <c r="U70" s="31"/>
       <c r="V70" s="31"/>
       <c r="W70" s="31"/>
       <c r="X70" s="31"/>
       <c r="Y70" s="31"/>
-      <c r="Z70" s="35"/>
-      <c r="AA70" s="35"/>
+      <c r="Z70" s="36"/>
+      <c r="AA70" s="36"/>
       <c r="AB70" s="32"/>
       <c r="AC70" s="32"/>
       <c r="AD70" s="32"/>
     </row>
-    <row r="71" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S71" s="31"/>
+    <row r="71" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A71" s="167">
+        <v>13</v>
+      </c>
+      <c r="B71" s="167"/>
+      <c r="C71" s="169"/>
+      <c r="D71" s="157"/>
+      <c r="E71" s="157"/>
+      <c r="F71" s="157"/>
+      <c r="G71" s="135"/>
+      <c r="H71" s="157"/>
+      <c r="I71" s="157"/>
+      <c r="J71" s="161"/>
+      <c r="K71" s="163">
+        <v>1</v>
+      </c>
+      <c r="L71" s="165"/>
+      <c r="M71" s="91"/>
+      <c r="N71" s="91">
+        <f>+M71</f>
+        <v>0</v>
+      </c>
+      <c r="O71" s="91"/>
+      <c r="P71" s="161"/>
+      <c r="Q71" s="157"/>
+      <c r="R71" s="159"/>
+      <c r="S71" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T71" s="31"/>
       <c r="U71" s="31"/>
       <c r="V71" s="31"/>
       <c r="W71" s="31"/>
       <c r="X71" s="31"/>
       <c r="Y71" s="31"/>
-      <c r="Z71" s="36"/>
-      <c r="AA71" s="36"/>
+      <c r="Z71" s="35"/>
+      <c r="AA71" s="35"/>
       <c r="AB71" s="32"/>
       <c r="AC71" s="32"/>
       <c r="AD71" s="32"/>
     </row>
-    <row r="72" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S72" s="31"/>
+    <row r="72" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A72" s="168"/>
+      <c r="B72" s="168"/>
+      <c r="C72" s="170"/>
+      <c r="D72" s="158"/>
+      <c r="E72" s="158"/>
+      <c r="F72" s="158"/>
+      <c r="G72" s="136"/>
+      <c r="H72" s="158"/>
+      <c r="I72" s="158"/>
+      <c r="J72" s="162"/>
+      <c r="K72" s="164"/>
+      <c r="L72" s="166"/>
+      <c r="M72" s="89">
+        <f>IF(AND(D71=$D$15,E71=$S$15),M71*$U$15,IF(AND(D71=$D$15,E71=$S$16),M71*$U$16,IF(AND(D71=$D$15,E71=$S$17),M71*$U$17,IF(AND(D71=$D$15,E71=$S$18),M71*$U$18,IF(AND(D71=$D$15,E71=$S$19),M71*$U$19,IF(AND(D71=$D$15,E71=$S$20),M71*$U$20,IF(AND(D71=$D$16,E71=$S$15),M71*$W$15,IF(AND(D71=$D$16,E71=$S$16),M71*$W$16,IF(AND(D71=$D$16,E71=$S$17),M71*$W$17,IF(AND(D71=$D$16,E71=$S$18),M71*$W$18,IF(AND(D71=$D$16,E71=$S$19),M71*$W$19,IF(AND(D71=$D$16,E71=$S$20),M71*$W$20,IF(AND(D71=$D$17,E71=$S$15),M71*$Y$15,IF(AND(D71=$D$17,E71=$S$16),M71*$Y$16,IF(AND(D71=$D$17,E71=$S$17),M71*$Y$17,IF(AND(D71=$D$17,E71=$S$18),M71*$Y$18,IF(AND(D71=$D$17,E71=$S$19),M71*$Y$19,IF(AND(D71=$D$17,E71=$S$20),M71*$Y$20,IF(AND(D71=$D$18,E71=$S$15),M71*$AA$15,IF(AND(D71=$D$18,E71=$S$16),M71*$AA$16,IF(AND(D71=$D$18,E71=$S$17),M71*$AA$17,IF(AND(D71=$D$18,E71=$S$18),M71*$AA$18,IF(AND(D71=$D$18,E71=$S$19),M71*$AA$19,IF(AND(D71=$D$18,E71=$S$20),M71*$AA$20,IF(AND(D71=$D$19,E71=$S$15),M71*$AC$15,IF(AND(D71=$D$19,E71=$S$16),M71*$AC$16,IF(AND(D71=$D$19,E71=$S$17),M71*$AC$17,IF(AND(D71=$D$19,E71=$S$18),M71*$AC$18,IF(AND(D71=$D$19,E71=$S$19),M71*$AC$19,IF(AND(D71=$D$19,E71=$S$20),M71*$AC$20,IF(AND(D71=$D$20,E71=$S$15),M71*$AE$15,IF(AND(D71=$D$20,E71=$S$16),M71*$AE$16,IF(AND(D71=$D$20,E71=$S$17),M71*$AE$17,IF(AND(D71=$D$20,E71=$S$18),M71*$AE$18,IF(AND(D71=$D$20,E71=$S$19),M71*$AE$19,IF(AND(D71=$D$20,E71=$S$20),M71*$AE$20,IF(AND(D71=$D$21,E71=$S$15),M71*$AG$15,IF(AND(D71=$D$21,E71=$S$16),M71*$AG$16,IF(AND(D71=$D$21,E71=$S$17),M71*$AG$17,IF(AND(D71=$D$21,E71=$S$18),M71*$AG$18,IF(AND(D71=$D$21,E71=$S$19),M71*$AG$19,IF(AND(D71=$D$21,E71=$S$20),M71*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N72" s="118">
+        <f>IF(AND(D71=$D$15,E71=$S$15),N71*$U$15*K71,IF(AND(D71=$D$15,E71=$S$16),N71*$U$16*K71,IF(AND(D71=$D$15,E71=$S$17),N71*$U$17*K71,IF(AND(D71=$D$15,E71=$S$18),N71*$U$18*K71,IF(AND(D71=$D$15,E71=$S$19),N71*$U$19*K71,IF(AND(D71=$D$15,E71=$S$20),N71*$U$20*K71,IF(AND(D71=$D$16,E71=$S$15),N71*$W$15*K71,IF(AND(D71=$D$16,E71=$S$16),N71*$W$16*K71,IF(AND(D71=$D$16,E71=$S$17),N71*$W$17*K71,IF(AND(D71=$D$16,E71=$S$18),N71*$W$18*K71,IF(AND(D71=$D$16,E71=$S$19),N71*$W$19*K71,IF(AND(D71=$D$16,E71=$S$20),N71*$W$20*K71,IF(AND(D71=$D$17,E71=$S$15),N71*$Y$15*K71,IF(AND(D71=$D$17,E71=$S$16),N71*$Y$16*K71,IF(AND(D71=$D$17,E71=$S$17),N71*$Y$17*K71,IF(AND(D71=$D$17,E71=$S$18),N71*$Y$18*K71,IF(AND(D71=$D$17,E71=$S$19),N71*$Y$19*K71,IF(AND(D71=$D$17,E71=$S$20),N71*$Y$20*K71,IF(AND(D71=$D$18,E71=$S$15),N71*$AA$15*K71,IF(AND(D71=$D$18,E71=$S$16),N71*$AA$16*K71,IF(AND(D71=$D$18,E71=$S$17),N71*$AA$17*K71,IF(AND(D71=$D$18,E71=$S$18),N71*$AA$18*K71,IF(AND(D71=$D$18,E71=$S$19),N71*$AA$19*K71,IF(AND(D71=$D$18,E71=$S$20),N71*$AA$20*K71,IF(AND(D71=$D$19,E71=$S$15),N71*$AC$15*K71,IF(AND(D71=$D$19,E71=$S$16),N71*$AC$16*K71,IF(AND(D71=$D$19,E71=$S$17),N71*$AC$17*K71,IF(AND(D71=$D$19,E71=$S$18),N71*$AC$18*K71,IF(AND(D71=$DE1071=$S$19),N71*$AC$19*K71,IF(AND(D71=$D$19,E71=$S$20),N71*$AC$20*K71,IF(AND(D71=$D$20,E71=$S$15),N71*$AE$15*K71,IF(AND(D71=$D$20,E71=$S$16),N71*$AE$16*K71,IF(AND(D71=$D$20,E71=$S$17),N71*$AE$17*K71,IF(AND(D71=$D$20,E71=$S$18),N71*$AE$18*K71,IF(AND(D71=$D$20,E71=$S$19),N71*$AE$19*K71,IF(AND(D71=$D$20,E71=$S$20),N71*$AE$20*K71,IF(AND(D71=$D$21,E71=$S$15),N71*$AG$15*K71,IF(AND(D71=$D$21,E71=$S$16),N71*$AG$16*K71,IF(AND(D71=$D$21,E71=$S$17),N71*$AG$17*K71,IF(AND(D71=$D$21,E71=$S$18),N71*$AG$18*K71,IF(AND(D71=$D$21,E71=$S$19),N71*$AG$19*K71,IF(AND(D71=$D$21,E71=$S$20),N71*$AG$20*K71,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O72" s="119">
+        <f>IF(AND(D71=$D$15,E71=$S$15),O71*$U$15*K71,IF(AND(D71=$D$15,E71=$S$16),O71*$U$16*K71,IF(AND(D71=$D$15,E71=$S$17),O71*$U$17*K71,IF(AND(D71=$D$15,E71=$S$18),O71*$U$18*K71,IF(AND(D71=$D$15,E71=$S$19),O71*$U$19*K71,IF(AND(D71=$D$15,E71=$S$20),O71*$U$20*K71,IF(AND(D71=$D$16,E71=$S$15),O71*$W$15*K71,IF(AND(D71=$D$16,E71=$S$16),O71*$W$16*K71,IF(AND(D71=$D$16,E71=$S$17),O71*$W$17*K71,IF(AND(D71=$D$16,E71=$S$18),O71*$W$18*K71,IF(AND(D71=$D$16,E71=$S$19),O71*$W$19*K71,IF(AND(D71=$D$16,E71=$S$20),O71*$W$20*K71,IF(AND(D71=$D$17,E71=$S$15),O71*$Y$15*K71,IF(AND(D71=$D$17,E71=$S$16),O71*$Y$16*K71,IF(AND(D71=$D$17,E71=$S$17),O71*$Y$17*K71,IF(AND(D71=$D$17,E71=$S$18),O71*$Y$18*K71,IF(AND(D71=$D$17,E71=$S$19),O71*$Y$19*K71,IF(AND(D71=$D$17,E71=$S$20),O71*$Y$20*K71,IF(AND(D71=$D$18,E71=$S$15),O71*$AA$15*K71,IF(AND(D71=$D$18,E71=$S$16),O71*$AA$16*K71,IF(AND(D71=$D$18,E71=$S$17),O71*$AA$17*K71,IF(AND(D71=$D$18,E71=$S$18),O71*$AA$18*K71,IF(AND(D71=$D$18,E71=$S$19),O71*$AA$19*K71,IF(AND(D71=$D$18,E71=$S$20),O71*$AA$20*K71,IF(AND(D71=$D$19,E71=$S$15),O71*$AC$15*K71,IF(AND(D71=$D$19,E71=$S$16),O71*$AC$16*K71,IF(AND(D71=$D$19,E71=$S$17),O71*$AC$17*K71,IF(AND(D71=$D$19,E71=$S$18),O71*$AC$18*K71,IF(AND(D71=$DE1071=$S$19),O71*$AC$19*K71,IF(AND(D71=$D$19,E71=$S$20),O71*$AC$20*K71,IF(AND(D71=$D$20,E71=$S$15),O71*$AE$15*K71,IF(AND(D71=$D$20,E71=$S$16),O71*$AE$16*K71,IF(AND(D71=$D$20,E71=$S$17),O71*$AE$17*K71,IF(AND(D71=$D$20,E71=$S$18),O71*$AE$18*K71,IF(AND(D71=$D$20,E71=$S$19),O71*$AE$19*K71,IF(AND(D71=$D$20,E71=$S$20),O71*$AE$20*K71,IF(AND(D71=$D$21,E71=$S$15),O71*$AG$15*K71,IF(AND(D71=$D$21,E71=$S$16),O71*$AG$16*K71,IF(AND(D71=$D$21,E71=$S$17),O71*$AG$17*K71,IF(AND(D71=$D$21,E71=$S$18),O71*$AG$18*K71,IF(AND(D71=$D$21,E71=$S$19),O71*$AG$19*K71,IF(AND(D71=$D$21,E71=$S$20),O71*$AG$20*K71,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P72" s="162"/>
+      <c r="Q72" s="158"/>
+      <c r="R72" s="160"/>
+      <c r="S72" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T72" s="31"/>
       <c r="U72" s="31"/>
       <c r="V72" s="31"/>
       <c r="W72" s="31"/>
       <c r="X72" s="31"/>
       <c r="Y72" s="31"/>
-      <c r="Z72" s="35"/>
-      <c r="AA72" s="35"/>
+      <c r="Z72" s="36"/>
+      <c r="AA72" s="36"/>
       <c r="AB72" s="32"/>
       <c r="AC72" s="32"/>
       <c r="AD72" s="32"/>
     </row>
-    <row r="73" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S73" s="37"/>
+    <row r="73" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A73" s="167">
+        <v>14</v>
+      </c>
+      <c r="B73" s="167"/>
+      <c r="C73" s="169"/>
+      <c r="D73" s="157"/>
+      <c r="E73" s="157"/>
+      <c r="F73" s="157"/>
+      <c r="G73" s="135"/>
+      <c r="H73" s="157"/>
+      <c r="I73" s="157"/>
+      <c r="J73" s="161"/>
+      <c r="K73" s="163">
+        <v>1</v>
+      </c>
+      <c r="L73" s="165"/>
+      <c r="M73" s="91"/>
+      <c r="N73" s="91">
+        <f>+M73</f>
+        <v>0</v>
+      </c>
+      <c r="O73" s="91"/>
+      <c r="P73" s="161"/>
+      <c r="Q73" s="157"/>
+      <c r="R73" s="159"/>
+      <c r="S73" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T73" s="31"/>
       <c r="U73" s="31"/>
       <c r="V73" s="31"/>
       <c r="W73" s="31"/>
       <c r="X73" s="31"/>
       <c r="Y73" s="31"/>
-      <c r="Z73" s="36"/>
-      <c r="AA73" s="36"/>
+      <c r="Z73" s="35"/>
+      <c r="AA73" s="35"/>
       <c r="AB73" s="32"/>
       <c r="AC73" s="32"/>
       <c r="AD73" s="32"/>
     </row>
-    <row r="74" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S74" s="37"/>
+    <row r="74" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A74" s="168"/>
+      <c r="B74" s="168"/>
+      <c r="C74" s="170"/>
+      <c r="D74" s="158"/>
+      <c r="E74" s="158"/>
+      <c r="F74" s="158"/>
+      <c r="G74" s="136"/>
+      <c r="H74" s="158"/>
+      <c r="I74" s="158"/>
+      <c r="J74" s="162"/>
+      <c r="K74" s="164"/>
+      <c r="L74" s="166"/>
+      <c r="M74" s="89">
+        <f>IF(AND(D73=$D$15,E73=$S$15),M73*$U$15,IF(AND(D73=$D$15,E73=$S$16),M73*$U$16,IF(AND(D73=$D$15,E73=$S$17),M73*$U$17,IF(AND(D73=$D$15,E73=$S$18),M73*$U$18,IF(AND(D73=$D$15,E73=$S$19),M73*$U$19,IF(AND(D73=$D$15,E73=$S$20),M73*$U$20,IF(AND(D73=$D$16,E73=$S$15),M73*$W$15,IF(AND(D73=$D$16,E73=$S$16),M73*$W$16,IF(AND(D73=$D$16,E73=$S$17),M73*$W$17,IF(AND(D73=$D$16,E73=$S$18),M73*$W$18,IF(AND(D73=$D$16,E73=$S$19),M73*$W$19,IF(AND(D73=$D$16,E73=$S$20),M73*$W$20,IF(AND(D73=$D$17,E73=$S$15),M73*$Y$15,IF(AND(D73=$D$17,E73=$S$16),M73*$Y$16,IF(AND(D73=$D$17,E73=$S$17),M73*$Y$17,IF(AND(D73=$D$17,E73=$S$18),M73*$Y$18,IF(AND(D73=$D$17,E73=$S$19),M73*$Y$19,IF(AND(D73=$D$17,E73=$S$20),M73*$Y$20,IF(AND(D73=$D$18,E73=$S$15),M73*$AA$15,IF(AND(D73=$D$18,E73=$S$16),M73*$AA$16,IF(AND(D73=$D$18,E73=$S$17),M73*$AA$17,IF(AND(D73=$D$18,E73=$S$18),M73*$AA$18,IF(AND(D73=$D$18,E73=$S$19),M73*$AA$19,IF(AND(D73=$D$18,E73=$S$20),M73*$AA$20,IF(AND(D73=$D$19,E73=$S$15),M73*$AC$15,IF(AND(D73=$D$19,E73=$S$16),M73*$AC$16,IF(AND(D73=$D$19,E73=$S$17),M73*$AC$17,IF(AND(D73=$D$19,E73=$S$18),M73*$AC$18,IF(AND(D73=$D$19,E73=$S$19),M73*$AC$19,IF(AND(D73=$D$19,E73=$S$20),M73*$AC$20,IF(AND(D73=$D$20,E73=$S$15),M73*$AE$15,IF(AND(D73=$D$20,E73=$S$16),M73*$AE$16,IF(AND(D73=$D$20,E73=$S$17),M73*$AE$17,IF(AND(D73=$D$20,E73=$S$18),M73*$AE$18,IF(AND(D73=$D$20,E73=$S$19),M73*$AE$19,IF(AND(D73=$D$20,E73=$S$20),M73*$AE$20,IF(AND(D73=$D$21,E73=$S$15),M73*$AG$15,IF(AND(D73=$D$21,E73=$S$16),M73*$AG$16,IF(AND(D73=$D$21,E73=$S$17),M73*$AG$17,IF(AND(D73=$D$21,E73=$S$18),M73*$AG$18,IF(AND(D73=$D$21,E73=$S$19),M73*$AG$19,IF(AND(D73=$D$21,E73=$S$20),M73*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N74" s="118">
+        <f>IF(AND(D73=$D$15,E73=$S$15),N73*$U$15*K73,IF(AND(D73=$D$15,E73=$S$16),N73*$U$16*K73,IF(AND(D73=$D$15,E73=$S$17),N73*$U$17*K73,IF(AND(D73=$D$15,E73=$S$18),N73*$U$18*K73,IF(AND(D73=$D$15,E73=$S$19),N73*$U$19*K73,IF(AND(D73=$D$15,E73=$S$20),N73*$U$20*K73,IF(AND(D73=$D$16,E73=$S$15),N73*$W$15*K73,IF(AND(D73=$D$16,E73=$S$16),N73*$W$16*K73,IF(AND(D73=$D$16,E73=$S$17),N73*$W$17*K73,IF(AND(D73=$D$16,E73=$S$18),N73*$W$18*K73,IF(AND(D73=$D$16,E73=$S$19),N73*$W$19*K73,IF(AND(D73=$D$16,E73=$S$20),N73*$W$20*K73,IF(AND(D73=$D$17,E73=$S$15),N73*$Y$15*K73,IF(AND(D73=$D$17,E73=$S$16),N73*$Y$16*K73,IF(AND(D73=$D$17,E73=$S$17),N73*$Y$17*K73,IF(AND(D73=$D$17,E73=$S$18),N73*$Y$18*K73,IF(AND(D73=$D$17,E73=$S$19),N73*$Y$19*K73,IF(AND(D73=$D$17,E73=$S$20),N73*$Y$20*K73,IF(AND(D73=$D$18,E73=$S$15),N73*$AA$15*K73,IF(AND(D73=$D$18,E73=$S$16),N73*$AA$16*K73,IF(AND(D73=$D$18,E73=$S$17),N73*$AA$17*K73,IF(AND(D73=$D$18,E73=$S$18),N73*$AA$18*K73,IF(AND(D73=$D$18,E73=$S$19),N73*$AA$19*K73,IF(AND(D73=$D$18,E73=$S$20),N73*$AA$20*K73,IF(AND(D73=$D$19,E73=$S$15),N73*$AC$15*K73,IF(AND(D73=$D$19,E73=$S$16),N73*$AC$16*K73,IF(AND(D73=$D$19,E73=$S$17),N73*$AC$17*K73,IF(AND(D73=$D$19,E73=$S$18),N73*$AC$18*K73,IF(AND(D73=$DE1073=$S$19),N73*$AC$19*K73,IF(AND(D73=$D$19,E73=$S$20),N73*$AC$20*K73,IF(AND(D73=$D$20,E73=$S$15),N73*$AE$15*K73,IF(AND(D73=$D$20,E73=$S$16),N73*$AE$16*K73,IF(AND(D73=$D$20,E73=$S$17),N73*$AE$17*K73,IF(AND(D73=$D$20,E73=$S$18),N73*$AE$18*K73,IF(AND(D73=$D$20,E73=$S$19),N73*$AE$19*K73,IF(AND(D73=$D$20,E73=$S$20),N73*$AE$20*K73,IF(AND(D73=$D$21,E73=$S$15),N73*$AG$15*K73,IF(AND(D73=$D$21,E73=$S$16),N73*$AG$16*K73,IF(AND(D73=$D$21,E73=$S$17),N73*$AG$17*K73,IF(AND(D73=$D$21,E73=$S$18),N73*$AG$18*K73,IF(AND(D73=$D$21,E73=$S$19),N73*$AG$19*K73,IF(AND(D73=$D$21,E73=$S$20),N73*$AG$20*K73,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O74" s="119">
+        <f>IF(AND(D73=$D$15,E73=$S$15),O73*$U$15*K73,IF(AND(D73=$D$15,E73=$S$16),O73*$U$16*K73,IF(AND(D73=$D$15,E73=$S$17),O73*$U$17*K73,IF(AND(D73=$D$15,E73=$S$18),O73*$U$18*K73,IF(AND(D73=$D$15,E73=$S$19),O73*$U$19*K73,IF(AND(D73=$D$15,E73=$S$20),O73*$U$20*K73,IF(AND(D73=$D$16,E73=$S$15),O73*$W$15*K73,IF(AND(D73=$D$16,E73=$S$16),O73*$W$16*K73,IF(AND(D73=$D$16,E73=$S$17),O73*$W$17*K73,IF(AND(D73=$D$16,E73=$S$18),O73*$W$18*K73,IF(AND(D73=$D$16,E73=$S$19),O73*$W$19*K73,IF(AND(D73=$D$16,E73=$S$20),O73*$W$20*K73,IF(AND(D73=$D$17,E73=$S$15),O73*$Y$15*K73,IF(AND(D73=$D$17,E73=$S$16),O73*$Y$16*K73,IF(AND(D73=$D$17,E73=$S$17),O73*$Y$17*K73,IF(AND(D73=$D$17,E73=$S$18),O73*$Y$18*K73,IF(AND(D73=$D$17,E73=$S$19),O73*$Y$19*K73,IF(AND(D73=$D$17,E73=$S$20),O73*$Y$20*K73,IF(AND(D73=$D$18,E73=$S$15),O73*$AA$15*K73,IF(AND(D73=$D$18,E73=$S$16),O73*$AA$16*K73,IF(AND(D73=$D$18,E73=$S$17),O73*$AA$17*K73,IF(AND(D73=$D$18,E73=$S$18),O73*$AA$18*K73,IF(AND(D73=$D$18,E73=$S$19),O73*$AA$19*K73,IF(AND(D73=$D$18,E73=$S$20),O73*$AA$20*K73,IF(AND(D73=$D$19,E73=$S$15),O73*$AC$15*K73,IF(AND(D73=$D$19,E73=$S$16),O73*$AC$16*K73,IF(AND(D73=$D$19,E73=$S$17),O73*$AC$17*K73,IF(AND(D73=$D$19,E73=$S$18),O73*$AC$18*K73,IF(AND(D73=$DE1073=$S$19),O73*$AC$19*K73,IF(AND(D73=$D$19,E73=$S$20),O73*$AC$20*K73,IF(AND(D73=$D$20,E73=$S$15),O73*$AE$15*K73,IF(AND(D73=$D$20,E73=$S$16),O73*$AE$16*K73,IF(AND(D73=$D$20,E73=$S$17),O73*$AE$17*K73,IF(AND(D73=$D$20,E73=$S$18),O73*$AE$18*K73,IF(AND(D73=$D$20,E73=$S$19),O73*$AE$19*K73,IF(AND(D73=$D$20,E73=$S$20),O73*$AE$20*K73,IF(AND(D73=$D$21,E73=$S$15),O73*$AG$15*K73,IF(AND(D73=$D$21,E73=$S$16),O73*$AG$16*K73,IF(AND(D73=$D$21,E73=$S$17),O73*$AG$17*K73,IF(AND(D73=$D$21,E73=$S$18),O73*$AG$18*K73,IF(AND(D73=$D$21,E73=$S$19),O73*$AG$19*K73,IF(AND(D73=$D$21,E73=$S$20),O73*$AG$20*K73,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P74" s="162"/>
+      <c r="Q74" s="158"/>
+      <c r="R74" s="160"/>
+      <c r="S74" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T74" s="31"/>
       <c r="U74" s="31"/>
       <c r="V74" s="31"/>
       <c r="W74" s="31"/>
       <c r="X74" s="31"/>
       <c r="Y74" s="31"/>
-      <c r="Z74" s="35"/>
-      <c r="AA74" s="35"/>
+      <c r="Z74" s="36"/>
+      <c r="AA74" s="36"/>
       <c r="AB74" s="32"/>
       <c r="AC74" s="32"/>
       <c r="AD74" s="32"/>
     </row>
-    <row r="75" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S75" s="37"/>
+    <row r="75" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A75" s="167">
+        <v>15</v>
+      </c>
+      <c r="B75" s="167"/>
+      <c r="C75" s="169"/>
+      <c r="D75" s="157"/>
+      <c r="E75" s="157"/>
+      <c r="F75" s="157"/>
+      <c r="G75" s="135"/>
+      <c r="H75" s="157"/>
+      <c r="I75" s="157"/>
+      <c r="J75" s="161"/>
+      <c r="K75" s="163">
+        <v>1</v>
+      </c>
+      <c r="L75" s="165"/>
+      <c r="M75" s="91"/>
+      <c r="N75" s="91">
+        <f>+M75</f>
+        <v>0</v>
+      </c>
+      <c r="O75" s="91"/>
+      <c r="P75" s="161"/>
+      <c r="Q75" s="157"/>
+      <c r="R75" s="159"/>
+      <c r="S75" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T75" s="31"/>
       <c r="U75" s="31"/>
       <c r="V75" s="31"/>
       <c r="W75" s="31"/>
       <c r="X75" s="31"/>
       <c r="Y75" s="31"/>
-      <c r="Z75" s="36"/>
-      <c r="AA75" s="36"/>
+      <c r="Z75" s="35"/>
+      <c r="AA75" s="35"/>
       <c r="AB75" s="32"/>
       <c r="AC75" s="32"/>
       <c r="AD75" s="32"/>
     </row>
-    <row r="76" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S76" s="37"/>
+    <row r="76" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A76" s="168"/>
+      <c r="B76" s="168"/>
+      <c r="C76" s="170"/>
+      <c r="D76" s="158"/>
+      <c r="E76" s="158"/>
+      <c r="F76" s="158"/>
+      <c r="G76" s="136"/>
+      <c r="H76" s="158"/>
+      <c r="I76" s="158"/>
+      <c r="J76" s="162"/>
+      <c r="K76" s="164"/>
+      <c r="L76" s="166"/>
+      <c r="M76" s="89">
+        <f>IF(AND(D75=$D$15,E75=$S$15),M75*$U$15,IF(AND(D75=$D$15,E75=$S$16),M75*$U$16,IF(AND(D75=$D$15,E75=$S$17),M75*$U$17,IF(AND(D75=$D$15,E75=$S$18),M75*$U$18,IF(AND(D75=$D$15,E75=$S$19),M75*$U$19,IF(AND(D75=$D$15,E75=$S$20),M75*$U$20,IF(AND(D75=$D$16,E75=$S$15),M75*$W$15,IF(AND(D75=$D$16,E75=$S$16),M75*$W$16,IF(AND(D75=$D$16,E75=$S$17),M75*$W$17,IF(AND(D75=$D$16,E75=$S$18),M75*$W$18,IF(AND(D75=$D$16,E75=$S$19),M75*$W$19,IF(AND(D75=$D$16,E75=$S$20),M75*$W$20,IF(AND(D75=$D$17,E75=$S$15),M75*$Y$15,IF(AND(D75=$D$17,E75=$S$16),M75*$Y$16,IF(AND(D75=$D$17,E75=$S$17),M75*$Y$17,IF(AND(D75=$D$17,E75=$S$18),M75*$Y$18,IF(AND(D75=$D$17,E75=$S$19),M75*$Y$19,IF(AND(D75=$D$17,E75=$S$20),M75*$Y$20,IF(AND(D75=$D$18,E75=$S$15),M75*$AA$15,IF(AND(D75=$D$18,E75=$S$16),M75*$AA$16,IF(AND(D75=$D$18,E75=$S$17),M75*$AA$17,IF(AND(D75=$D$18,E75=$S$18),M75*$AA$18,IF(AND(D75=$D$18,E75=$S$19),M75*$AA$19,IF(AND(D75=$D$18,E75=$S$20),M75*$AA$20,IF(AND(D75=$D$19,E75=$S$15),M75*$AC$15,IF(AND(D75=$D$19,E75=$S$16),M75*$AC$16,IF(AND(D75=$D$19,E75=$S$17),M75*$AC$17,IF(AND(D75=$D$19,E75=$S$18),M75*$AC$18,IF(AND(D75=$D$19,E75=$S$19),M75*$AC$19,IF(AND(D75=$D$19,E75=$S$20),M75*$AC$20,IF(AND(D75=$D$20,E75=$S$15),M75*$AE$15,IF(AND(D75=$D$20,E75=$S$16),M75*$AE$16,IF(AND(D75=$D$20,E75=$S$17),M75*$AE$17,IF(AND(D75=$D$20,E75=$S$18),M75*$AE$18,IF(AND(D75=$D$20,E75=$S$19),M75*$AE$19,IF(AND(D75=$D$20,E75=$S$20),M75*$AE$20,IF(AND(D75=$D$21,E75=$S$15),M75*$AG$15,IF(AND(D75=$D$21,E75=$S$16),M75*$AG$16,IF(AND(D75=$D$21,E75=$S$17),M75*$AG$17,IF(AND(D75=$D$21,E75=$S$18),M75*$AG$18,IF(AND(D75=$D$21,E75=$S$19),M75*$AG$19,IF(AND(D75=$D$21,E75=$S$20),M75*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N76" s="118">
+        <f>IF(AND(D75=$D$15,E75=$S$15),N75*$U$15*K75,IF(AND(D75=$D$15,E75=$S$16),N75*$U$16*K75,IF(AND(D75=$D$15,E75=$S$17),N75*$U$17*K75,IF(AND(D75=$D$15,E75=$S$18),N75*$U$18*K75,IF(AND(D75=$D$15,E75=$S$19),N75*$U$19*K75,IF(AND(D75=$D$15,E75=$S$20),N75*$U$20*K75,IF(AND(D75=$D$16,E75=$S$15),N75*$W$15*K75,IF(AND(D75=$D$16,E75=$S$16),N75*$W$16*K75,IF(AND(D75=$D$16,E75=$S$17),N75*$W$17*K75,IF(AND(D75=$D$16,E75=$S$18),N75*$W$18*K75,IF(AND(D75=$D$16,E75=$S$19),N75*$W$19*K75,IF(AND(D75=$D$16,E75=$S$20),N75*$W$20*K75,IF(AND(D75=$D$17,E75=$S$15),N75*$Y$15*K75,IF(AND(D75=$D$17,E75=$S$16),N75*$Y$16*K75,IF(AND(D75=$D$17,E75=$S$17),N75*$Y$17*K75,IF(AND(D75=$D$17,E75=$S$18),N75*$Y$18*K75,IF(AND(D75=$D$17,E75=$S$19),N75*$Y$19*K75,IF(AND(D75=$D$17,E75=$S$20),N75*$Y$20*K75,IF(AND(D75=$D$18,E75=$S$15),N75*$AA$15*K75,IF(AND(D75=$D$18,E75=$S$16),N75*$AA$16*K75,IF(AND(D75=$D$18,E75=$S$17),N75*$AA$17*K75,IF(AND(D75=$D$18,E75=$S$18),N75*$AA$18*K75,IF(AND(D75=$D$18,E75=$S$19),N75*$AA$19*K75,IF(AND(D75=$D$18,E75=$S$20),N75*$AA$20*K75,IF(AND(D75=$D$19,E75=$S$15),N75*$AC$15*K75,IF(AND(D75=$D$19,E75=$S$16),N75*$AC$16*K75,IF(AND(D75=$D$19,E75=$S$17),N75*$AC$17*K75,IF(AND(D75=$D$19,E75=$S$18),N75*$AC$18*K75,IF(AND(D75=$DE1075=$S$19),N75*$AC$19*K75,IF(AND(D75=$D$19,E75=$S$20),N75*$AC$20*K75,IF(AND(D75=$D$20,E75=$S$15),N75*$AE$15*K75,IF(AND(D75=$D$20,E75=$S$16),N75*$AE$16*K75,IF(AND(D75=$D$20,E75=$S$17),N75*$AE$17*K75,IF(AND(D75=$D$20,E75=$S$18),N75*$AE$18*K75,IF(AND(D75=$D$20,E75=$S$19),N75*$AE$19*K75,IF(AND(D75=$D$20,E75=$S$20),N75*$AE$20*K75,IF(AND(D75=$D$21,E75=$S$15),N75*$AG$15*K75,IF(AND(D75=$D$21,E75=$S$16),N75*$AG$16*K75,IF(AND(D75=$D$21,E75=$S$17),N75*$AG$17*K75,IF(AND(D75=$D$21,E75=$S$18),N75*$AG$18*K75,IF(AND(D75=$D$21,E75=$S$19),N75*$AG$19*K75,IF(AND(D75=$D$21,E75=$S$20),N75*$AG$20*K75,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O76" s="119">
+        <f>IF(AND(D75=$D$15,E75=$S$15),O75*$U$15*K75,IF(AND(D75=$D$15,E75=$S$16),O75*$U$16*K75,IF(AND(D75=$D$15,E75=$S$17),O75*$U$17*K75,IF(AND(D75=$D$15,E75=$S$18),O75*$U$18*K75,IF(AND(D75=$D$15,E75=$S$19),O75*$U$19*K75,IF(AND(D75=$D$15,E75=$S$20),O75*$U$20*K75,IF(AND(D75=$D$16,E75=$S$15),O75*$W$15*K75,IF(AND(D75=$D$16,E75=$S$16),O75*$W$16*K75,IF(AND(D75=$D$16,E75=$S$17),O75*$W$17*K75,IF(AND(D75=$D$16,E75=$S$18),O75*$W$18*K75,IF(AND(D75=$D$16,E75=$S$19),O75*$W$19*K75,IF(AND(D75=$D$16,E75=$S$20),O75*$W$20*K75,IF(AND(D75=$D$17,E75=$S$15),O75*$Y$15*K75,IF(AND(D75=$D$17,E75=$S$16),O75*$Y$16*K75,IF(AND(D75=$D$17,E75=$S$17),O75*$Y$17*K75,IF(AND(D75=$D$17,E75=$S$18),O75*$Y$18*K75,IF(AND(D75=$D$17,E75=$S$19),O75*$Y$19*K75,IF(AND(D75=$D$17,E75=$S$20),O75*$Y$20*K75,IF(AND(D75=$D$18,E75=$S$15),O75*$AA$15*K75,IF(AND(D75=$D$18,E75=$S$16),O75*$AA$16*K75,IF(AND(D75=$D$18,E75=$S$17),O75*$AA$17*K75,IF(AND(D75=$D$18,E75=$S$18),O75*$AA$18*K75,IF(AND(D75=$D$18,E75=$S$19),O75*$AA$19*K75,IF(AND(D75=$D$18,E75=$S$20),O75*$AA$20*K75,IF(AND(D75=$D$19,E75=$S$15),O75*$AC$15*K75,IF(AND(D75=$D$19,E75=$S$16),O75*$AC$16*K75,IF(AND(D75=$D$19,E75=$S$17),O75*$AC$17*K75,IF(AND(D75=$D$19,E75=$S$18),O75*$AC$18*K75,IF(AND(D75=$DE1075=$S$19),O75*$AC$19*K75,IF(AND(D75=$D$19,E75=$S$20),O75*$AC$20*K75,IF(AND(D75=$D$20,E75=$S$15),O75*$AE$15*K75,IF(AND(D75=$D$20,E75=$S$16),O75*$AE$16*K75,IF(AND(D75=$D$20,E75=$S$17),O75*$AE$17*K75,IF(AND(D75=$D$20,E75=$S$18),O75*$AE$18*K75,IF(AND(D75=$D$20,E75=$S$19),O75*$AE$19*K75,IF(AND(D75=$D$20,E75=$S$20),O75*$AE$20*K75,IF(AND(D75=$D$21,E75=$S$15),O75*$AG$15*K75,IF(AND(D75=$D$21,E75=$S$16),O75*$AG$16*K75,IF(AND(D75=$D$21,E75=$S$17),O75*$AG$17*K75,IF(AND(D75=$D$21,E75=$S$18),O75*$AG$18*K75,IF(AND(D75=$D$21,E75=$S$19),O75*$AG$19*K75,IF(AND(D75=$D$21,E75=$S$20),O75*$AG$20*K75,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P76" s="162"/>
+      <c r="Q76" s="158"/>
+      <c r="R76" s="160"/>
+      <c r="S76" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T76" s="31"/>
       <c r="U76" s="31"/>
       <c r="V76" s="31"/>
       <c r="W76" s="31"/>
       <c r="X76" s="31"/>
       <c r="Y76" s="31"/>
-      <c r="Z76" s="35"/>
-      <c r="AA76" s="35"/>
+      <c r="Z76" s="36"/>
+      <c r="AA76" s="36"/>
       <c r="AB76" s="32"/>
       <c r="AC76" s="32"/>
       <c r="AD76" s="32"/>
     </row>
-    <row r="77" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S77" s="37"/>
+    <row r="77" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A77" s="167">
+        <v>16</v>
+      </c>
+      <c r="B77" s="167"/>
+      <c r="C77" s="169"/>
+      <c r="D77" s="157"/>
+      <c r="E77" s="157"/>
+      <c r="F77" s="157"/>
+      <c r="G77" s="135"/>
+      <c r="H77" s="157"/>
+      <c r="I77" s="157"/>
+      <c r="J77" s="161"/>
+      <c r="K77" s="163">
+        <v>1</v>
+      </c>
+      <c r="L77" s="165"/>
+      <c r="M77" s="91"/>
+      <c r="N77" s="91">
+        <f>+M77</f>
+        <v>0</v>
+      </c>
+      <c r="O77" s="91"/>
+      <c r="P77" s="161"/>
+      <c r="Q77" s="157"/>
+      <c r="R77" s="159"/>
+      <c r="S77" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T77" s="31"/>
       <c r="U77" s="31"/>
       <c r="V77" s="31"/>
       <c r="W77" s="31"/>
       <c r="X77" s="31"/>
       <c r="Y77" s="31"/>
-      <c r="Z77" s="36"/>
-      <c r="AA77" s="36"/>
+      <c r="Z77" s="35"/>
+      <c r="AA77" s="35"/>
       <c r="AB77" s="32"/>
       <c r="AC77" s="32"/>
       <c r="AD77" s="32"/>
     </row>
-    <row r="78" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S78" s="37"/>
+    <row r="78" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A78" s="168"/>
+      <c r="B78" s="168"/>
+      <c r="C78" s="170"/>
+      <c r="D78" s="158"/>
+      <c r="E78" s="158"/>
+      <c r="F78" s="158"/>
+      <c r="G78" s="136"/>
+      <c r="H78" s="158"/>
+      <c r="I78" s="158"/>
+      <c r="J78" s="162"/>
+      <c r="K78" s="164"/>
+      <c r="L78" s="166"/>
+      <c r="M78" s="89">
+        <f>IF(AND(D77=$D$15,E77=$S$15),M77*$U$15,IF(AND(D77=$D$15,E77=$S$16),M77*$U$16,IF(AND(D77=$D$15,E77=$S$17),M77*$U$17,IF(AND(D77=$D$15,E77=$S$18),M77*$U$18,IF(AND(D77=$D$15,E77=$S$19),M77*$U$19,IF(AND(D77=$D$15,E77=$S$20),M77*$U$20,IF(AND(D77=$D$16,E77=$S$15),M77*$W$15,IF(AND(D77=$D$16,E77=$S$16),M77*$W$16,IF(AND(D77=$D$16,E77=$S$17),M77*$W$17,IF(AND(D77=$D$16,E77=$S$18),M77*$W$18,IF(AND(D77=$D$16,E77=$S$19),M77*$W$19,IF(AND(D77=$D$16,E77=$S$20),M77*$W$20,IF(AND(D77=$D$17,E77=$S$15),M77*$Y$15,IF(AND(D77=$D$17,E77=$S$16),M77*$Y$16,IF(AND(D77=$D$17,E77=$S$17),M77*$Y$17,IF(AND(D77=$D$17,E77=$S$18),M77*$Y$18,IF(AND(D77=$D$17,E77=$S$19),M77*$Y$19,IF(AND(D77=$D$17,E77=$S$20),M77*$Y$20,IF(AND(D77=$D$18,E77=$S$15),M77*$AA$15,IF(AND(D77=$D$18,E77=$S$16),M77*$AA$16,IF(AND(D77=$D$18,E77=$S$17),M77*$AA$17,IF(AND(D77=$D$18,E77=$S$18),M77*$AA$18,IF(AND(D77=$D$18,E77=$S$19),M77*$AA$19,IF(AND(D77=$D$18,E77=$S$20),M77*$AA$20,IF(AND(D77=$D$19,E77=$S$15),M77*$AC$15,IF(AND(D77=$D$19,E77=$S$16),M77*$AC$16,IF(AND(D77=$D$19,E77=$S$17),M77*$AC$17,IF(AND(D77=$D$19,E77=$S$18),M77*$AC$18,IF(AND(D77=$D$19,E77=$S$19),M77*$AC$19,IF(AND(D77=$D$19,E77=$S$20),M77*$AC$20,IF(AND(D77=$D$20,E77=$S$15),M77*$AE$15,IF(AND(D77=$D$20,E77=$S$16),M77*$AE$16,IF(AND(D77=$D$20,E77=$S$17),M77*$AE$17,IF(AND(D77=$D$20,E77=$S$18),M77*$AE$18,IF(AND(D77=$D$20,E77=$S$19),M77*$AE$19,IF(AND(D77=$D$20,E77=$S$20),M77*$AE$20,IF(AND(D77=$D$21,E77=$S$15),M77*$AG$15,IF(AND(D77=$D$21,E77=$S$16),M77*$AG$16,IF(AND(D77=$D$21,E77=$S$17),M77*$AG$17,IF(AND(D77=$D$21,E77=$S$18),M77*$AG$18,IF(AND(D77=$D$21,E77=$S$19),M77*$AG$19,IF(AND(D77=$D$21,E77=$S$20),M77*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N78" s="118">
+        <f>IF(AND(D77=$D$15,E77=$S$15),N77*$U$15*K77,IF(AND(D77=$D$15,E77=$S$16),N77*$U$16*K77,IF(AND(D77=$D$15,E77=$S$17),N77*$U$17*K77,IF(AND(D77=$D$15,E77=$S$18),N77*$U$18*K77,IF(AND(D77=$D$15,E77=$S$19),N77*$U$19*K77,IF(AND(D77=$D$15,E77=$S$20),N77*$U$20*K77,IF(AND(D77=$D$16,E77=$S$15),N77*$W$15*K77,IF(AND(D77=$D$16,E77=$S$16),N77*$W$16*K77,IF(AND(D77=$D$16,E77=$S$17),N77*$W$17*K77,IF(AND(D77=$D$16,E77=$S$18),N77*$W$18*K77,IF(AND(D77=$D$16,E77=$S$19),N77*$W$19*K77,IF(AND(D77=$D$16,E77=$S$20),N77*$W$20*K77,IF(AND(D77=$D$17,E77=$S$15),N77*$Y$15*K77,IF(AND(D77=$D$17,E77=$S$16),N77*$Y$16*K77,IF(AND(D77=$D$17,E77=$S$17),N77*$Y$17*K77,IF(AND(D77=$D$17,E77=$S$18),N77*$Y$18*K77,IF(AND(D77=$D$17,E77=$S$19),N77*$Y$19*K77,IF(AND(D77=$D$17,E77=$S$20),N77*$Y$20*K77,IF(AND(D77=$D$18,E77=$S$15),N77*$AA$15*K77,IF(AND(D77=$D$18,E77=$S$16),N77*$AA$16*K77,IF(AND(D77=$D$18,E77=$S$17),N77*$AA$17*K77,IF(AND(D77=$D$18,E77=$S$18),N77*$AA$18*K77,IF(AND(D77=$D$18,E77=$S$19),N77*$AA$19*K77,IF(AND(D77=$D$18,E77=$S$20),N77*$AA$20*K77,IF(AND(D77=$D$19,E77=$S$15),N77*$AC$15*K77,IF(AND(D77=$D$19,E77=$S$16),N77*$AC$16*K77,IF(AND(D77=$D$19,E77=$S$17),N77*$AC$17*K77,IF(AND(D77=$D$19,E77=$S$18),N77*$AC$18*K77,IF(AND(D77=$DE1077=$S$19),N77*$AC$19*K77,IF(AND(D77=$D$19,E77=$S$20),N77*$AC$20*K77,IF(AND(D77=$D$20,E77=$S$15),N77*$AE$15*K77,IF(AND(D77=$D$20,E77=$S$16),N77*$AE$16*K77,IF(AND(D77=$D$20,E77=$S$17),N77*$AE$17*K77,IF(AND(D77=$D$20,E77=$S$18),N77*$AE$18*K77,IF(AND(D77=$D$20,E77=$S$19),N77*$AE$19*K77,IF(AND(D77=$D$20,E77=$S$20),N77*$AE$20*K77,IF(AND(D77=$D$21,E77=$S$15),N77*$AG$15*K77,IF(AND(D77=$D$21,E77=$S$16),N77*$AG$16*K77,IF(AND(D77=$D$21,E77=$S$17),N77*$AG$17*K77,IF(AND(D77=$D$21,E77=$S$18),N77*$AG$18*K77,IF(AND(D77=$D$21,E77=$S$19),N77*$AG$19*K77,IF(AND(D77=$D$21,E77=$S$20),N77*$AG$20*K77,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O78" s="119">
+        <f>IF(AND(D77=$D$15,E77=$S$15),O77*$U$15*K77,IF(AND(D77=$D$15,E77=$S$16),O77*$U$16*K77,IF(AND(D77=$D$15,E77=$S$17),O77*$U$17*K77,IF(AND(D77=$D$15,E77=$S$18),O77*$U$18*K77,IF(AND(D77=$D$15,E77=$S$19),O77*$U$19*K77,IF(AND(D77=$D$15,E77=$S$20),O77*$U$20*K77,IF(AND(D77=$D$16,E77=$S$15),O77*$W$15*K77,IF(AND(D77=$D$16,E77=$S$16),O77*$W$16*K77,IF(AND(D77=$D$16,E77=$S$17),O77*$W$17*K77,IF(AND(D77=$D$16,E77=$S$18),O77*$W$18*K77,IF(AND(D77=$D$16,E77=$S$19),O77*$W$19*K77,IF(AND(D77=$D$16,E77=$S$20),O77*$W$20*K77,IF(AND(D77=$D$17,E77=$S$15),O77*$Y$15*K77,IF(AND(D77=$D$17,E77=$S$16),O77*$Y$16*K77,IF(AND(D77=$D$17,E77=$S$17),O77*$Y$17*K77,IF(AND(D77=$D$17,E77=$S$18),O77*$Y$18*K77,IF(AND(D77=$D$17,E77=$S$19),O77*$Y$19*K77,IF(AND(D77=$D$17,E77=$S$20),O77*$Y$20*K77,IF(AND(D77=$D$18,E77=$S$15),O77*$AA$15*K77,IF(AND(D77=$D$18,E77=$S$16),O77*$AA$16*K77,IF(AND(D77=$D$18,E77=$S$17),O77*$AA$17*K77,IF(AND(D77=$D$18,E77=$S$18),O77*$AA$18*K77,IF(AND(D77=$D$18,E77=$S$19),O77*$AA$19*K77,IF(AND(D77=$D$18,E77=$S$20),O77*$AA$20*K77,IF(AND(D77=$D$19,E77=$S$15),O77*$AC$15*K77,IF(AND(D77=$D$19,E77=$S$16),O77*$AC$16*K77,IF(AND(D77=$D$19,E77=$S$17),O77*$AC$17*K77,IF(AND(D77=$D$19,E77=$S$18),O77*$AC$18*K77,IF(AND(D77=$DE1077=$S$19),O77*$AC$19*K77,IF(AND(D77=$D$19,E77=$S$20),O77*$AC$20*K77,IF(AND(D77=$D$20,E77=$S$15),O77*$AE$15*K77,IF(AND(D77=$D$20,E77=$S$16),O77*$AE$16*K77,IF(AND(D77=$D$20,E77=$S$17),O77*$AE$17*K77,IF(AND(D77=$D$20,E77=$S$18),O77*$AE$18*K77,IF(AND(D77=$D$20,E77=$S$19),O77*$AE$19*K77,IF(AND(D77=$D$20,E77=$S$20),O77*$AE$20*K77,IF(AND(D77=$D$21,E77=$S$15),O77*$AG$15*K77,IF(AND(D77=$D$21,E77=$S$16),O77*$AG$16*K77,IF(AND(D77=$D$21,E77=$S$17),O77*$AG$17*K77,IF(AND(D77=$D$21,E77=$S$18),O77*$AG$18*K77,IF(AND(D77=$D$21,E77=$S$19),O77*$AG$19*K77,IF(AND(D77=$D$21,E77=$S$20),O77*$AG$20*K77,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P78" s="162"/>
+      <c r="Q78" s="158"/>
+      <c r="R78" s="160"/>
+      <c r="S78" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T78" s="31"/>
       <c r="U78" s="31"/>
       <c r="V78" s="31"/>
       <c r="W78" s="31"/>
       <c r="X78" s="31"/>
       <c r="Y78" s="31"/>
-      <c r="Z78" s="35"/>
-      <c r="AA78" s="35"/>
+      <c r="Z78" s="36"/>
+      <c r="AA78" s="36"/>
       <c r="AB78" s="32"/>
       <c r="AC78" s="32"/>
       <c r="AD78" s="32"/>
     </row>
-    <row r="79" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S79" s="37"/>
+    <row r="79" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A79" s="167">
+        <v>17</v>
+      </c>
+      <c r="B79" s="167"/>
+      <c r="C79" s="169"/>
+      <c r="D79" s="157"/>
+      <c r="E79" s="157"/>
+      <c r="F79" s="157"/>
+      <c r="G79" s="135"/>
+      <c r="H79" s="157"/>
+      <c r="I79" s="157"/>
+      <c r="J79" s="161"/>
+      <c r="K79" s="163">
+        <v>1</v>
+      </c>
+      <c r="L79" s="165"/>
+      <c r="M79" s="91"/>
+      <c r="N79" s="91">
+        <f>+M79</f>
+        <v>0</v>
+      </c>
+      <c r="O79" s="91"/>
+      <c r="P79" s="161"/>
+      <c r="Q79" s="157"/>
+      <c r="R79" s="159"/>
+      <c r="S79" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T79" s="31"/>
       <c r="U79" s="31"/>
       <c r="V79" s="31"/>
       <c r="W79" s="31"/>
       <c r="X79" s="31"/>
       <c r="Y79" s="31"/>
-      <c r="Z79" s="36"/>
-      <c r="AA79" s="36"/>
+      <c r="Z79" s="35"/>
+      <c r="AA79" s="35"/>
       <c r="AB79" s="32"/>
       <c r="AC79" s="32"/>
       <c r="AD79" s="32"/>
     </row>
-    <row r="80" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S80" s="37"/>
+    <row r="80" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A80" s="168"/>
+      <c r="B80" s="168"/>
+      <c r="C80" s="170"/>
+      <c r="D80" s="158"/>
+      <c r="E80" s="158"/>
+      <c r="F80" s="158"/>
+      <c r="G80" s="136"/>
+      <c r="H80" s="158"/>
+      <c r="I80" s="158"/>
+      <c r="J80" s="162"/>
+      <c r="K80" s="164"/>
+      <c r="L80" s="166"/>
+      <c r="M80" s="89">
+        <f>IF(AND(D79=$D$15,E79=$S$15),M79*$U$15,IF(AND(D79=$D$15,E79=$S$16),M79*$U$16,IF(AND(D79=$D$15,E79=$S$17),M79*$U$17,IF(AND(D79=$D$15,E79=$S$18),M79*$U$18,IF(AND(D79=$D$15,E79=$S$19),M79*$U$19,IF(AND(D79=$D$15,E79=$S$20),M79*$U$20,IF(AND(D79=$D$16,E79=$S$15),M79*$W$15,IF(AND(D79=$D$16,E79=$S$16),M79*$W$16,IF(AND(D79=$D$16,E79=$S$17),M79*$W$17,IF(AND(D79=$D$16,E79=$S$18),M79*$W$18,IF(AND(D79=$D$16,E79=$S$19),M79*$W$19,IF(AND(D79=$D$16,E79=$S$20),M79*$W$20,IF(AND(D79=$D$17,E79=$S$15),M79*$Y$15,IF(AND(D79=$D$17,E79=$S$16),M79*$Y$16,IF(AND(D79=$D$17,E79=$S$17),M79*$Y$17,IF(AND(D79=$D$17,E79=$S$18),M79*$Y$18,IF(AND(D79=$D$17,E79=$S$19),M79*$Y$19,IF(AND(D79=$D$17,E79=$S$20),M79*$Y$20,IF(AND(D79=$D$18,E79=$S$15),M79*$AA$15,IF(AND(D79=$D$18,E79=$S$16),M79*$AA$16,IF(AND(D79=$D$18,E79=$S$17),M79*$AA$17,IF(AND(D79=$D$18,E79=$S$18),M79*$AA$18,IF(AND(D79=$D$18,E79=$S$19),M79*$AA$19,IF(AND(D79=$D$18,E79=$S$20),M79*$AA$20,IF(AND(D79=$D$19,E79=$S$15),M79*$AC$15,IF(AND(D79=$D$19,E79=$S$16),M79*$AC$16,IF(AND(D79=$D$19,E79=$S$17),M79*$AC$17,IF(AND(D79=$D$19,E79=$S$18),M79*$AC$18,IF(AND(D79=$D$19,E79=$S$19),M79*$AC$19,IF(AND(D79=$D$19,E79=$S$20),M79*$AC$20,IF(AND(D79=$D$20,E79=$S$15),M79*$AE$15,IF(AND(D79=$D$20,E79=$S$16),M79*$AE$16,IF(AND(D79=$D$20,E79=$S$17),M79*$AE$17,IF(AND(D79=$D$20,E79=$S$18),M79*$AE$18,IF(AND(D79=$D$20,E79=$S$19),M79*$AE$19,IF(AND(D79=$D$20,E79=$S$20),M79*$AE$20,IF(AND(D79=$D$21,E79=$S$15),M79*$AG$15,IF(AND(D79=$D$21,E79=$S$16),M79*$AG$16,IF(AND(D79=$D$21,E79=$S$17),M79*$AG$17,IF(AND(D79=$D$21,E79=$S$18),M79*$AG$18,IF(AND(D79=$D$21,E79=$S$19),M79*$AG$19,IF(AND(D79=$D$21,E79=$S$20),M79*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N80" s="118">
+        <f>IF(AND(D79=$D$15,E79=$S$15),N79*$U$15*K79,IF(AND(D79=$D$15,E79=$S$16),N79*$U$16*K79,IF(AND(D79=$D$15,E79=$S$17),N79*$U$17*K79,IF(AND(D79=$D$15,E79=$S$18),N79*$U$18*K79,IF(AND(D79=$D$15,E79=$S$19),N79*$U$19*K79,IF(AND(D79=$D$15,E79=$S$20),N79*$U$20*K79,IF(AND(D79=$D$16,E79=$S$15),N79*$W$15*K79,IF(AND(D79=$D$16,E79=$S$16),N79*$W$16*K79,IF(AND(D79=$D$16,E79=$S$17),N79*$W$17*K79,IF(AND(D79=$D$16,E79=$S$18),N79*$W$18*K79,IF(AND(D79=$D$16,E79=$S$19),N79*$W$19*K79,IF(AND(D79=$D$16,E79=$S$20),N79*$W$20*K79,IF(AND(D79=$D$17,E79=$S$15),N79*$Y$15*K79,IF(AND(D79=$D$17,E79=$S$16),N79*$Y$16*K79,IF(AND(D79=$D$17,E79=$S$17),N79*$Y$17*K79,IF(AND(D79=$D$17,E79=$S$18),N79*$Y$18*K79,IF(AND(D79=$D$17,E79=$S$19),N79*$Y$19*K79,IF(AND(D79=$D$17,E79=$S$20),N79*$Y$20*K79,IF(AND(D79=$D$18,E79=$S$15),N79*$AA$15*K79,IF(AND(D79=$D$18,E79=$S$16),N79*$AA$16*K79,IF(AND(D79=$D$18,E79=$S$17),N79*$AA$17*K79,IF(AND(D79=$D$18,E79=$S$18),N79*$AA$18*K79,IF(AND(D79=$D$18,E79=$S$19),N79*$AA$19*K79,IF(AND(D79=$D$18,E79=$S$20),N79*$AA$20*K79,IF(AND(D79=$D$19,E79=$S$15),N79*$AC$15*K79,IF(AND(D79=$D$19,E79=$S$16),N79*$AC$16*K79,IF(AND(D79=$D$19,E79=$S$17),N79*$AC$17*K79,IF(AND(D79=$D$19,E79=$S$18),N79*$AC$18*K79,IF(AND(D79=$DE1079=$S$19),N79*$AC$19*K79,IF(AND(D79=$D$19,E79=$S$20),N79*$AC$20*K79,IF(AND(D79=$D$20,E79=$S$15),N79*$AE$15*K79,IF(AND(D79=$D$20,E79=$S$16),N79*$AE$16*K79,IF(AND(D79=$D$20,E79=$S$17),N79*$AE$17*K79,IF(AND(D79=$D$20,E79=$S$18),N79*$AE$18*K79,IF(AND(D79=$D$20,E79=$S$19),N79*$AE$19*K79,IF(AND(D79=$D$20,E79=$S$20),N79*$AE$20*K79,IF(AND(D79=$D$21,E79=$S$15),N79*$AG$15*K79,IF(AND(D79=$D$21,E79=$S$16),N79*$AG$16*K79,IF(AND(D79=$D$21,E79=$S$17),N79*$AG$17*K79,IF(AND(D79=$D$21,E79=$S$18),N79*$AG$18*K79,IF(AND(D79=$D$21,E79=$S$19),N79*$AG$19*K79,IF(AND(D79=$D$21,E79=$S$20),N79*$AG$20*K79,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O80" s="119">
+        <f>IF(AND(D79=$D$15,E79=$S$15),O79*$U$15*K79,IF(AND(D79=$D$15,E79=$S$16),O79*$U$16*K79,IF(AND(D79=$D$15,E79=$S$17),O79*$U$17*K79,IF(AND(D79=$D$15,E79=$S$18),O79*$U$18*K79,IF(AND(D79=$D$15,E79=$S$19),O79*$U$19*K79,IF(AND(D79=$D$15,E79=$S$20),O79*$U$20*K79,IF(AND(D79=$D$16,E79=$S$15),O79*$W$15*K79,IF(AND(D79=$D$16,E79=$S$16),O79*$W$16*K79,IF(AND(D79=$D$16,E79=$S$17),O79*$W$17*K79,IF(AND(D79=$D$16,E79=$S$18),O79*$W$18*K79,IF(AND(D79=$D$16,E79=$S$19),O79*$W$19*K79,IF(AND(D79=$D$16,E79=$S$20),O79*$W$20*K79,IF(AND(D79=$D$17,E79=$S$15),O79*$Y$15*K79,IF(AND(D79=$D$17,E79=$S$16),O79*$Y$16*K79,IF(AND(D79=$D$17,E79=$S$17),O79*$Y$17*K79,IF(AND(D79=$D$17,E79=$S$18),O79*$Y$18*K79,IF(AND(D79=$D$17,E79=$S$19),O79*$Y$19*K79,IF(AND(D79=$D$17,E79=$S$20),O79*$Y$20*K79,IF(AND(D79=$D$18,E79=$S$15),O79*$AA$15*K79,IF(AND(D79=$D$18,E79=$S$16),O79*$AA$16*K79,IF(AND(D79=$D$18,E79=$S$17),O79*$AA$17*K79,IF(AND(D79=$D$18,E79=$S$18),O79*$AA$18*K79,IF(AND(D79=$D$18,E79=$S$19),O79*$AA$19*K79,IF(AND(D79=$D$18,E79=$S$20),O79*$AA$20*K79,IF(AND(D79=$D$19,E79=$S$15),O79*$AC$15*K79,IF(AND(D79=$D$19,E79=$S$16),O79*$AC$16*K79,IF(AND(D79=$D$19,E79=$S$17),O79*$AC$17*K79,IF(AND(D79=$D$19,E79=$S$18),O79*$AC$18*K79,IF(AND(D79=$DE1079=$S$19),O79*$AC$19*K79,IF(AND(D79=$D$19,E79=$S$20),O79*$AC$20*K79,IF(AND(D79=$D$20,E79=$S$15),O79*$AE$15*K79,IF(AND(D79=$D$20,E79=$S$16),O79*$AE$16*K79,IF(AND(D79=$D$20,E79=$S$17),O79*$AE$17*K79,IF(AND(D79=$D$20,E79=$S$18),O79*$AE$18*K79,IF(AND(D79=$D$20,E79=$S$19),O79*$AE$19*K79,IF(AND(D79=$D$20,E79=$S$20),O79*$AE$20*K79,IF(AND(D79=$D$21,E79=$S$15),O79*$AG$15*K79,IF(AND(D79=$D$21,E79=$S$16),O79*$AG$16*K79,IF(AND(D79=$D$21,E79=$S$17),O79*$AG$17*K79,IF(AND(D79=$D$21,E79=$S$18),O79*$AG$18*K79,IF(AND(D79=$D$21,E79=$S$19),O79*$AG$19*K79,IF(AND(D79=$D$21,E79=$S$20),O79*$AG$20*K79,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P80" s="162"/>
+      <c r="Q80" s="158"/>
+      <c r="R80" s="160"/>
+      <c r="S80" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T80" s="31"/>
       <c r="U80" s="31"/>
       <c r="V80" s="31"/>
       <c r="W80" s="31"/>
       <c r="X80" s="31"/>
       <c r="Y80" s="31"/>
-      <c r="Z80" s="35"/>
-      <c r="AA80" s="35"/>
+      <c r="Z80" s="36"/>
+      <c r="AA80" s="36"/>
       <c r="AB80" s="32"/>
       <c r="AC80" s="32"/>
       <c r="AD80" s="32"/>
     </row>
-    <row r="81" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S81" s="37"/>
+    <row r="81" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A81" s="167">
+        <v>18</v>
+      </c>
+      <c r="B81" s="167"/>
+      <c r="C81" s="169"/>
+      <c r="D81" s="157"/>
+      <c r="E81" s="157"/>
+      <c r="F81" s="157"/>
+      <c r="G81" s="135"/>
+      <c r="H81" s="157"/>
+      <c r="I81" s="157"/>
+      <c r="J81" s="161"/>
+      <c r="K81" s="163">
+        <v>1</v>
+      </c>
+      <c r="L81" s="165"/>
+      <c r="M81" s="91"/>
+      <c r="N81" s="91">
+        <f>+M81</f>
+        <v>0</v>
+      </c>
+      <c r="O81" s="91"/>
+      <c r="P81" s="161"/>
+      <c r="Q81" s="157"/>
+      <c r="R81" s="159"/>
+      <c r="S81" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T81" s="31"/>
       <c r="U81" s="31"/>
       <c r="V81" s="31"/>
       <c r="W81" s="31"/>
       <c r="X81" s="31"/>
       <c r="Y81" s="31"/>
-      <c r="Z81" s="36"/>
-      <c r="AA81" s="36"/>
+      <c r="Z81" s="35"/>
+      <c r="AA81" s="35"/>
       <c r="AB81" s="32"/>
       <c r="AC81" s="32"/>
       <c r="AD81" s="32"/>
     </row>
-    <row r="82" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S82" s="37"/>
+    <row r="82" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A82" s="168"/>
+      <c r="B82" s="168"/>
+      <c r="C82" s="170"/>
+      <c r="D82" s="158"/>
+      <c r="E82" s="158"/>
+      <c r="F82" s="158"/>
+      <c r="G82" s="136"/>
+      <c r="H82" s="158"/>
+      <c r="I82" s="158"/>
+      <c r="J82" s="162"/>
+      <c r="K82" s="164"/>
+      <c r="L82" s="166"/>
+      <c r="M82" s="89">
+        <f>IF(AND(D81=$D$15,E81=$S$15),M81*$U$15,IF(AND(D81=$D$15,E81=$S$16),M81*$U$16,IF(AND(D81=$D$15,E81=$S$17),M81*$U$17,IF(AND(D81=$D$15,E81=$S$18),M81*$U$18,IF(AND(D81=$D$15,E81=$S$19),M81*$U$19,IF(AND(D81=$D$15,E81=$S$20),M81*$U$20,IF(AND(D81=$D$16,E81=$S$15),M81*$W$15,IF(AND(D81=$D$16,E81=$S$16),M81*$W$16,IF(AND(D81=$D$16,E81=$S$17),M81*$W$17,IF(AND(D81=$D$16,E81=$S$18),M81*$W$18,IF(AND(D81=$D$16,E81=$S$19),M81*$W$19,IF(AND(D81=$D$16,E81=$S$20),M81*$W$20,IF(AND(D81=$D$17,E81=$S$15),M81*$Y$15,IF(AND(D81=$D$17,E81=$S$16),M81*$Y$16,IF(AND(D81=$D$17,E81=$S$17),M81*$Y$17,IF(AND(D81=$D$17,E81=$S$18),M81*$Y$18,IF(AND(D81=$D$17,E81=$S$19),M81*$Y$19,IF(AND(D81=$D$17,E81=$S$20),M81*$Y$20,IF(AND(D81=$D$18,E81=$S$15),M81*$AA$15,IF(AND(D81=$D$18,E81=$S$16),M81*$AA$16,IF(AND(D81=$D$18,E81=$S$17),M81*$AA$17,IF(AND(D81=$D$18,E81=$S$18),M81*$AA$18,IF(AND(D81=$D$18,E81=$S$19),M81*$AA$19,IF(AND(D81=$D$18,E81=$S$20),M81*$AA$20,IF(AND(D81=$D$19,E81=$S$15),M81*$AC$15,IF(AND(D81=$D$19,E81=$S$16),M81*$AC$16,IF(AND(D81=$D$19,E81=$S$17),M81*$AC$17,IF(AND(D81=$D$19,E81=$S$18),M81*$AC$18,IF(AND(D81=$D$19,E81=$S$19),M81*$AC$19,IF(AND(D81=$D$19,E81=$S$20),M81*$AC$20,IF(AND(D81=$D$20,E81=$S$15),M81*$AE$15,IF(AND(D81=$D$20,E81=$S$16),M81*$AE$16,IF(AND(D81=$D$20,E81=$S$17),M81*$AE$17,IF(AND(D81=$D$20,E81=$S$18),M81*$AE$18,IF(AND(D81=$D$20,E81=$S$19),M81*$AE$19,IF(AND(D81=$D$20,E81=$S$20),M81*$AE$20,IF(AND(D81=$D$21,E81=$S$15),M81*$AG$15,IF(AND(D81=$D$21,E81=$S$16),M81*$AG$16,IF(AND(D81=$D$21,E81=$S$17),M81*$AG$17,IF(AND(D81=$D$21,E81=$S$18),M81*$AG$18,IF(AND(D81=$D$21,E81=$S$19),M81*$AG$19,IF(AND(D81=$D$21,E81=$S$20),M81*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N82" s="118">
+        <f>IF(AND(D81=$D$15,E81=$S$15),N81*$U$15*K81,IF(AND(D81=$D$15,E81=$S$16),N81*$U$16*K81,IF(AND(D81=$D$15,E81=$S$17),N81*$U$17*K81,IF(AND(D81=$D$15,E81=$S$18),N81*$U$18*K81,IF(AND(D81=$D$15,E81=$S$19),N81*$U$19*K81,IF(AND(D81=$D$15,E81=$S$20),N81*$U$20*K81,IF(AND(D81=$D$16,E81=$S$15),N81*$W$15*K81,IF(AND(D81=$D$16,E81=$S$16),N81*$W$16*K81,IF(AND(D81=$D$16,E81=$S$17),N81*$W$17*K81,IF(AND(D81=$D$16,E81=$S$18),N81*$W$18*K81,IF(AND(D81=$D$16,E81=$S$19),N81*$W$19*K81,IF(AND(D81=$D$16,E81=$S$20),N81*$W$20*K81,IF(AND(D81=$D$17,E81=$S$15),N81*$Y$15*K81,IF(AND(D81=$D$17,E81=$S$16),N81*$Y$16*K81,IF(AND(D81=$D$17,E81=$S$17),N81*$Y$17*K81,IF(AND(D81=$D$17,E81=$S$18),N81*$Y$18*K81,IF(AND(D81=$D$17,E81=$S$19),N81*$Y$19*K81,IF(AND(D81=$D$17,E81=$S$20),N81*$Y$20*K81,IF(AND(D81=$D$18,E81=$S$15),N81*$AA$15*K81,IF(AND(D81=$D$18,E81=$S$16),N81*$AA$16*K81,IF(AND(D81=$D$18,E81=$S$17),N81*$AA$17*K81,IF(AND(D81=$D$18,E81=$S$18),N81*$AA$18*K81,IF(AND(D81=$D$18,E81=$S$19),N81*$AA$19*K81,IF(AND(D81=$D$18,E81=$S$20),N81*$AA$20*K81,IF(AND(D81=$D$19,E81=$S$15),N81*$AC$15*K81,IF(AND(D81=$D$19,E81=$S$16),N81*$AC$16*K81,IF(AND(D81=$D$19,E81=$S$17),N81*$AC$17*K81,IF(AND(D81=$D$19,E81=$S$18),N81*$AC$18*K81,IF(AND(D81=$DE1081=$S$19),N81*$AC$19*K81,IF(AND(D81=$D$19,E81=$S$20),N81*$AC$20*K81,IF(AND(D81=$D$20,E81=$S$15),N81*$AE$15*K81,IF(AND(D81=$D$20,E81=$S$16),N81*$AE$16*K81,IF(AND(D81=$D$20,E81=$S$17),N81*$AE$17*K81,IF(AND(D81=$D$20,E81=$S$18),N81*$AE$18*K81,IF(AND(D81=$D$20,E81=$S$19),N81*$AE$19*K81,IF(AND(D81=$D$20,E81=$S$20),N81*$AE$20*K81,IF(AND(D81=$D$21,E81=$S$15),N81*$AG$15*K81,IF(AND(D81=$D$21,E81=$S$16),N81*$AG$16*K81,IF(AND(D81=$D$21,E81=$S$17),N81*$AG$17*K81,IF(AND(D81=$D$21,E81=$S$18),N81*$AG$18*K81,IF(AND(D81=$D$21,E81=$S$19),N81*$AG$19*K81,IF(AND(D81=$D$21,E81=$S$20),N81*$AG$20*K81,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O82" s="119">
+        <f>IF(AND(D81=$D$15,E81=$S$15),O81*$U$15*K81,IF(AND(D81=$D$15,E81=$S$16),O81*$U$16*K81,IF(AND(D81=$D$15,E81=$S$17),O81*$U$17*K81,IF(AND(D81=$D$15,E81=$S$18),O81*$U$18*K81,IF(AND(D81=$D$15,E81=$S$19),O81*$U$19*K81,IF(AND(D81=$D$15,E81=$S$20),O81*$U$20*K81,IF(AND(D81=$D$16,E81=$S$15),O81*$W$15*K81,IF(AND(D81=$D$16,E81=$S$16),O81*$W$16*K81,IF(AND(D81=$D$16,E81=$S$17),O81*$W$17*K81,IF(AND(D81=$D$16,E81=$S$18),O81*$W$18*K81,IF(AND(D81=$D$16,E81=$S$19),O81*$W$19*K81,IF(AND(D81=$D$16,E81=$S$20),O81*$W$20*K81,IF(AND(D81=$D$17,E81=$S$15),O81*$Y$15*K81,IF(AND(D81=$D$17,E81=$S$16),O81*$Y$16*K81,IF(AND(D81=$D$17,E81=$S$17),O81*$Y$17*K81,IF(AND(D81=$D$17,E81=$S$18),O81*$Y$18*K81,IF(AND(D81=$D$17,E81=$S$19),O81*$Y$19*K81,IF(AND(D81=$D$17,E81=$S$20),O81*$Y$20*K81,IF(AND(D81=$D$18,E81=$S$15),O81*$AA$15*K81,IF(AND(D81=$D$18,E81=$S$16),O81*$AA$16*K81,IF(AND(D81=$D$18,E81=$S$17),O81*$AA$17*K81,IF(AND(D81=$D$18,E81=$S$18),O81*$AA$18*K81,IF(AND(D81=$D$18,E81=$S$19),O81*$AA$19*K81,IF(AND(D81=$D$18,E81=$S$20),O81*$AA$20*K81,IF(AND(D81=$D$19,E81=$S$15),O81*$AC$15*K81,IF(AND(D81=$D$19,E81=$S$16),O81*$AC$16*K81,IF(AND(D81=$D$19,E81=$S$17),O81*$AC$17*K81,IF(AND(D81=$D$19,E81=$S$18),O81*$AC$18*K81,IF(AND(D81=$DE1081=$S$19),O81*$AC$19*K81,IF(AND(D81=$D$19,E81=$S$20),O81*$AC$20*K81,IF(AND(D81=$D$20,E81=$S$15),O81*$AE$15*K81,IF(AND(D81=$D$20,E81=$S$16),O81*$AE$16*K81,IF(AND(D81=$D$20,E81=$S$17),O81*$AE$17*K81,IF(AND(D81=$D$20,E81=$S$18),O81*$AE$18*K81,IF(AND(D81=$D$20,E81=$S$19),O81*$AE$19*K81,IF(AND(D81=$D$20,E81=$S$20),O81*$AE$20*K81,IF(AND(D81=$D$21,E81=$S$15),O81*$AG$15*K81,IF(AND(D81=$D$21,E81=$S$16),O81*$AG$16*K81,IF(AND(D81=$D$21,E81=$S$17),O81*$AG$17*K81,IF(AND(D81=$D$21,E81=$S$18),O81*$AG$18*K81,IF(AND(D81=$D$21,E81=$S$19),O81*$AG$19*K81,IF(AND(D81=$D$21,E81=$S$20),O81*$AG$20*K81,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P82" s="162"/>
+      <c r="Q82" s="158"/>
+      <c r="R82" s="160"/>
+      <c r="S82" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T82" s="31"/>
       <c r="U82" s="31"/>
       <c r="V82" s="31"/>
       <c r="W82" s="31"/>
       <c r="X82" s="31"/>
       <c r="Y82" s="31"/>
-      <c r="Z82" s="35"/>
-      <c r="AA82" s="35"/>
+      <c r="Z82" s="36"/>
+      <c r="AA82" s="36"/>
       <c r="AB82" s="32"/>
       <c r="AC82" s="32"/>
       <c r="AD82" s="32"/>
     </row>
-    <row r="83" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S83" s="37"/>
+    <row r="83" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A83" s="167">
+        <v>19</v>
+      </c>
+      <c r="B83" s="167"/>
+      <c r="C83" s="169"/>
+      <c r="D83" s="157"/>
+      <c r="E83" s="157"/>
+      <c r="F83" s="157"/>
+      <c r="G83" s="135"/>
+      <c r="H83" s="157"/>
+      <c r="I83" s="157"/>
+      <c r="J83" s="161"/>
+      <c r="K83" s="163">
+        <v>1</v>
+      </c>
+      <c r="L83" s="165"/>
+      <c r="M83" s="91"/>
+      <c r="N83" s="91">
+        <f>+M83</f>
+        <v>0</v>
+      </c>
+      <c r="O83" s="91"/>
+      <c r="P83" s="161"/>
+      <c r="Q83" s="157"/>
+      <c r="R83" s="159"/>
+      <c r="S83" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T83" s="31"/>
       <c r="U83" s="31"/>
       <c r="V83" s="31"/>
       <c r="W83" s="31"/>
       <c r="X83" s="31"/>
       <c r="Y83" s="31"/>
-      <c r="Z83" s="36"/>
-      <c r="AA83" s="36"/>
+      <c r="Z83" s="35"/>
+      <c r="AA83" s="35"/>
       <c r="AB83" s="32"/>
       <c r="AC83" s="32"/>
       <c r="AD83" s="32"/>
     </row>
-    <row r="84" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S84" s="37"/>
+    <row r="84" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A84" s="168"/>
+      <c r="B84" s="168"/>
+      <c r="C84" s="170"/>
+      <c r="D84" s="158"/>
+      <c r="E84" s="158"/>
+      <c r="F84" s="158"/>
+      <c r="G84" s="136"/>
+      <c r="H84" s="158"/>
+      <c r="I84" s="158"/>
+      <c r="J84" s="162"/>
+      <c r="K84" s="164"/>
+      <c r="L84" s="166"/>
+      <c r="M84" s="89">
+        <f>IF(AND(D83=$D$15,E83=$S$15),M83*$U$15,IF(AND(D83=$D$15,E83=$S$16),M83*$U$16,IF(AND(D83=$D$15,E83=$S$17),M83*$U$17,IF(AND(D83=$D$15,E83=$S$18),M83*$U$18,IF(AND(D83=$D$15,E83=$S$19),M83*$U$19,IF(AND(D83=$D$15,E83=$S$20),M83*$U$20,IF(AND(D83=$D$16,E83=$S$15),M83*$W$15,IF(AND(D83=$D$16,E83=$S$16),M83*$W$16,IF(AND(D83=$D$16,E83=$S$17),M83*$W$17,IF(AND(D83=$D$16,E83=$S$18),M83*$W$18,IF(AND(D83=$D$16,E83=$S$19),M83*$W$19,IF(AND(D83=$D$16,E83=$S$20),M83*$W$20,IF(AND(D83=$D$17,E83=$S$15),M83*$Y$15,IF(AND(D83=$D$17,E83=$S$16),M83*$Y$16,IF(AND(D83=$D$17,E83=$S$17),M83*$Y$17,IF(AND(D83=$D$17,E83=$S$18),M83*$Y$18,IF(AND(D83=$D$17,E83=$S$19),M83*$Y$19,IF(AND(D83=$D$17,E83=$S$20),M83*$Y$20,IF(AND(D83=$D$18,E83=$S$15),M83*$AA$15,IF(AND(D83=$D$18,E83=$S$16),M83*$AA$16,IF(AND(D83=$D$18,E83=$S$17),M83*$AA$17,IF(AND(D83=$D$18,E83=$S$18),M83*$AA$18,IF(AND(D83=$D$18,E83=$S$19),M83*$AA$19,IF(AND(D83=$D$18,E83=$S$20),M83*$AA$20,IF(AND(D83=$D$19,E83=$S$15),M83*$AC$15,IF(AND(D83=$D$19,E83=$S$16),M83*$AC$16,IF(AND(D83=$D$19,E83=$S$17),M83*$AC$17,IF(AND(D83=$D$19,E83=$S$18),M83*$AC$18,IF(AND(D83=$D$19,E83=$S$19),M83*$AC$19,IF(AND(D83=$D$19,E83=$S$20),M83*$AC$20,IF(AND(D83=$D$20,E83=$S$15),M83*$AE$15,IF(AND(D83=$D$20,E83=$S$16),M83*$AE$16,IF(AND(D83=$D$20,E83=$S$17),M83*$AE$17,IF(AND(D83=$D$20,E83=$S$18),M83*$AE$18,IF(AND(D83=$D$20,E83=$S$19),M83*$AE$19,IF(AND(D83=$D$20,E83=$S$20),M83*$AE$20,IF(AND(D83=$D$21,E83=$S$15),M83*$AG$15,IF(AND(D83=$D$21,E83=$S$16),M83*$AG$16,IF(AND(D83=$D$21,E83=$S$17),M83*$AG$17,IF(AND(D83=$D$21,E83=$S$18),M83*$AG$18,IF(AND(D83=$D$21,E83=$S$19),M83*$AG$19,IF(AND(D83=$D$21,E83=$S$20),M83*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N84" s="118">
+        <f>IF(AND(D83=$D$15,E83=$S$15),N83*$U$15*K83,IF(AND(D83=$D$15,E83=$S$16),N83*$U$16*K83,IF(AND(D83=$D$15,E83=$S$17),N83*$U$17*K83,IF(AND(D83=$D$15,E83=$S$18),N83*$U$18*K83,IF(AND(D83=$D$15,E83=$S$19),N83*$U$19*K83,IF(AND(D83=$D$15,E83=$S$20),N83*$U$20*K83,IF(AND(D83=$D$16,E83=$S$15),N83*$W$15*K83,IF(AND(D83=$D$16,E83=$S$16),N83*$W$16*K83,IF(AND(D83=$D$16,E83=$S$17),N83*$W$17*K83,IF(AND(D83=$D$16,E83=$S$18),N83*$W$18*K83,IF(AND(D83=$D$16,E83=$S$19),N83*$W$19*K83,IF(AND(D83=$D$16,E83=$S$20),N83*$W$20*K83,IF(AND(D83=$D$17,E83=$S$15),N83*$Y$15*K83,IF(AND(D83=$D$17,E83=$S$16),N83*$Y$16*K83,IF(AND(D83=$D$17,E83=$S$17),N83*$Y$17*K83,IF(AND(D83=$D$17,E83=$S$18),N83*$Y$18*K83,IF(AND(D83=$D$17,E83=$S$19),N83*$Y$19*K83,IF(AND(D83=$D$17,E83=$S$20),N83*$Y$20*K83,IF(AND(D83=$D$18,E83=$S$15),N83*$AA$15*K83,IF(AND(D83=$D$18,E83=$S$16),N83*$AA$16*K83,IF(AND(D83=$D$18,E83=$S$17),N83*$AA$17*K83,IF(AND(D83=$D$18,E83=$S$18),N83*$AA$18*K83,IF(AND(D83=$D$18,E83=$S$19),N83*$AA$19*K83,IF(AND(D83=$D$18,E83=$S$20),N83*$AA$20*K83,IF(AND(D83=$D$19,E83=$S$15),N83*$AC$15*K83,IF(AND(D83=$D$19,E83=$S$16),N83*$AC$16*K83,IF(AND(D83=$D$19,E83=$S$17),N83*$AC$17*K83,IF(AND(D83=$D$19,E83=$S$18),N83*$AC$18*K83,IF(AND(D83=$DE1083=$S$19),N83*$AC$19*K83,IF(AND(D83=$D$19,E83=$S$20),N83*$AC$20*K83,IF(AND(D83=$D$20,E83=$S$15),N83*$AE$15*K83,IF(AND(D83=$D$20,E83=$S$16),N83*$AE$16*K83,IF(AND(D83=$D$20,E83=$S$17),N83*$AE$17*K83,IF(AND(D83=$D$20,E83=$S$18),N83*$AE$18*K83,IF(AND(D83=$D$20,E83=$S$19),N83*$AE$19*K83,IF(AND(D83=$D$20,E83=$S$20),N83*$AE$20*K83,IF(AND(D83=$D$21,E83=$S$15),N83*$AG$15*K83,IF(AND(D83=$D$21,E83=$S$16),N83*$AG$16*K83,IF(AND(D83=$D$21,E83=$S$17),N83*$AG$17*K83,IF(AND(D83=$D$21,E83=$S$18),N83*$AG$18*K83,IF(AND(D83=$D$21,E83=$S$19),N83*$AG$19*K83,IF(AND(D83=$D$21,E83=$S$20),N83*$AG$20*K83,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O84" s="119">
+        <f>IF(AND(D83=$D$15,E83=$S$15),O83*$U$15*K83,IF(AND(D83=$D$15,E83=$S$16),O83*$U$16*K83,IF(AND(D83=$D$15,E83=$S$17),O83*$U$17*K83,IF(AND(D83=$D$15,E83=$S$18),O83*$U$18*K83,IF(AND(D83=$D$15,E83=$S$19),O83*$U$19*K83,IF(AND(D83=$D$15,E83=$S$20),O83*$U$20*K83,IF(AND(D83=$D$16,E83=$S$15),O83*$W$15*K83,IF(AND(D83=$D$16,E83=$S$16),O83*$W$16*K83,IF(AND(D83=$D$16,E83=$S$17),O83*$W$17*K83,IF(AND(D83=$D$16,E83=$S$18),O83*$W$18*K83,IF(AND(D83=$D$16,E83=$S$19),O83*$W$19*K83,IF(AND(D83=$D$16,E83=$S$20),O83*$W$20*K83,IF(AND(D83=$D$17,E83=$S$15),O83*$Y$15*K83,IF(AND(D83=$D$17,E83=$S$16),O83*$Y$16*K83,IF(AND(D83=$D$17,E83=$S$17),O83*$Y$17*K83,IF(AND(D83=$D$17,E83=$S$18),O83*$Y$18*K83,IF(AND(D83=$D$17,E83=$S$19),O83*$Y$19*K83,IF(AND(D83=$D$17,E83=$S$20),O83*$Y$20*K83,IF(AND(D83=$D$18,E83=$S$15),O83*$AA$15*K83,IF(AND(D83=$D$18,E83=$S$16),O83*$AA$16*K83,IF(AND(D83=$D$18,E83=$S$17),O83*$AA$17*K83,IF(AND(D83=$D$18,E83=$S$18),O83*$AA$18*K83,IF(AND(D83=$D$18,E83=$S$19),O83*$AA$19*K83,IF(AND(D83=$D$18,E83=$S$20),O83*$AA$20*K83,IF(AND(D83=$D$19,E83=$S$15),O83*$AC$15*K83,IF(AND(D83=$D$19,E83=$S$16),O83*$AC$16*K83,IF(AND(D83=$D$19,E83=$S$17),O83*$AC$17*K83,IF(AND(D83=$D$19,E83=$S$18),O83*$AC$18*K83,IF(AND(D83=$DE1083=$S$19),O83*$AC$19*K83,IF(AND(D83=$D$19,E83=$S$20),O83*$AC$20*K83,IF(AND(D83=$D$20,E83=$S$15),O83*$AE$15*K83,IF(AND(D83=$D$20,E83=$S$16),O83*$AE$16*K83,IF(AND(D83=$D$20,E83=$S$17),O83*$AE$17*K83,IF(AND(D83=$D$20,E83=$S$18),O83*$AE$18*K83,IF(AND(D83=$D$20,E83=$S$19),O83*$AE$19*K83,IF(AND(D83=$D$20,E83=$S$20),O83*$AE$20*K83,IF(AND(D83=$D$21,E83=$S$15),O83*$AG$15*K83,IF(AND(D83=$D$21,E83=$S$16),O83*$AG$16*K83,IF(AND(D83=$D$21,E83=$S$17),O83*$AG$17*K83,IF(AND(D83=$D$21,E83=$S$18),O83*$AG$18*K83,IF(AND(D83=$D$21,E83=$S$19),O83*$AG$19*K83,IF(AND(D83=$D$21,E83=$S$20),O83*$AG$20*K83,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P84" s="162"/>
+      <c r="Q84" s="158"/>
+      <c r="R84" s="160"/>
+      <c r="S84" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T84" s="31"/>
       <c r="U84" s="31"/>
       <c r="V84" s="31"/>
       <c r="W84" s="31"/>
       <c r="X84" s="31"/>
       <c r="Y84" s="31"/>
-      <c r="Z84" s="35"/>
-      <c r="AA84" s="35"/>
+      <c r="Z84" s="36"/>
+      <c r="AA84" s="36"/>
       <c r="AB84" s="32"/>
       <c r="AC84" s="32"/>
       <c r="AD84" s="32"/>
     </row>
-    <row r="85" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S85" s="37"/>
+    <row r="85" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A85" s="167">
+        <v>20</v>
+      </c>
+      <c r="B85" s="167"/>
+      <c r="C85" s="169"/>
+      <c r="D85" s="157"/>
+      <c r="E85" s="157"/>
+      <c r="F85" s="157"/>
+      <c r="G85" s="135"/>
+      <c r="H85" s="157"/>
+      <c r="I85" s="157"/>
+      <c r="J85" s="161"/>
+      <c r="K85" s="163">
+        <v>1</v>
+      </c>
+      <c r="L85" s="165"/>
+      <c r="M85" s="91"/>
+      <c r="N85" s="91">
+        <f>+M85</f>
+        <v>0</v>
+      </c>
+      <c r="O85" s="91"/>
+      <c r="P85" s="161"/>
+      <c r="Q85" s="157"/>
+      <c r="R85" s="159"/>
+      <c r="S85" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T85" s="31"/>
       <c r="U85" s="31"/>
       <c r="V85" s="31"/>
       <c r="W85" s="31"/>
       <c r="X85" s="31"/>
       <c r="Y85" s="31"/>
-      <c r="Z85" s="36"/>
-      <c r="AA85" s="36"/>
+      <c r="Z85" s="35"/>
+      <c r="AA85" s="35"/>
       <c r="AB85" s="32"/>
       <c r="AC85" s="32"/>
       <c r="AD85" s="32"/>
     </row>
-    <row r="86" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S86" s="37"/>
+    <row r="86" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A86" s="168"/>
+      <c r="B86" s="168"/>
+      <c r="C86" s="170"/>
+      <c r="D86" s="158"/>
+      <c r="E86" s="158"/>
+      <c r="F86" s="158"/>
+      <c r="G86" s="136"/>
+      <c r="H86" s="158"/>
+      <c r="I86" s="158"/>
+      <c r="J86" s="162"/>
+      <c r="K86" s="164"/>
+      <c r="L86" s="166"/>
+      <c r="M86" s="89">
+        <f>IF(AND(D85=$D$15,E85=$S$15),M85*$U$15,IF(AND(D85=$D$15,E85=$S$16),M85*$U$16,IF(AND(D85=$D$15,E85=$S$17),M85*$U$17,IF(AND(D85=$D$15,E85=$S$18),M85*$U$18,IF(AND(D85=$D$15,E85=$S$19),M85*$U$19,IF(AND(D85=$D$15,E85=$S$20),M85*$U$20,IF(AND(D85=$D$16,E85=$S$15),M85*$W$15,IF(AND(D85=$D$16,E85=$S$16),M85*$W$16,IF(AND(D85=$D$16,E85=$S$17),M85*$W$17,IF(AND(D85=$D$16,E85=$S$18),M85*$W$18,IF(AND(D85=$D$16,E85=$S$19),M85*$W$19,IF(AND(D85=$D$16,E85=$S$20),M85*$W$20,IF(AND(D85=$D$17,E85=$S$15),M85*$Y$15,IF(AND(D85=$D$17,E85=$S$16),M85*$Y$16,IF(AND(D85=$D$17,E85=$S$17),M85*$Y$17,IF(AND(D85=$D$17,E85=$S$18),M85*$Y$18,IF(AND(D85=$D$17,E85=$S$19),M85*$Y$19,IF(AND(D85=$D$17,E85=$S$20),M85*$Y$20,IF(AND(D85=$D$18,E85=$S$15),M85*$AA$15,IF(AND(D85=$D$18,E85=$S$16),M85*$AA$16,IF(AND(D85=$D$18,E85=$S$17),M85*$AA$17,IF(AND(D85=$D$18,E85=$S$18),M85*$AA$18,IF(AND(D85=$D$18,E85=$S$19),M85*$AA$19,IF(AND(D85=$D$18,E85=$S$20),M85*$AA$20,IF(AND(D85=$D$19,E85=$S$15),M85*$AC$15,IF(AND(D85=$D$19,E85=$S$16),M85*$AC$16,IF(AND(D85=$D$19,E85=$S$17),M85*$AC$17,IF(AND(D85=$D$19,E85=$S$18),M85*$AC$18,IF(AND(D85=$D$19,E85=$S$19),M85*$AC$19,IF(AND(D85=$D$19,E85=$S$20),M85*$AC$20,IF(AND(D85=$D$20,E85=$S$15),M85*$AE$15,IF(AND(D85=$D$20,E85=$S$16),M85*$AE$16,IF(AND(D85=$D$20,E85=$S$17),M85*$AE$17,IF(AND(D85=$D$20,E85=$S$18),M85*$AE$18,IF(AND(D85=$D$20,E85=$S$19),M85*$AE$19,IF(AND(D85=$D$20,E85=$S$20),M85*$AE$20,IF(AND(D85=$D$21,E85=$S$15),M85*$AG$15,IF(AND(D85=$D$21,E85=$S$16),M85*$AG$16,IF(AND(D85=$D$21,E85=$S$17),M85*$AG$17,IF(AND(D85=$D$21,E85=$S$18),M85*$AG$18,IF(AND(D85=$D$21,E85=$S$19),M85*$AG$19,IF(AND(D85=$D$21,E85=$S$20),M85*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N86" s="118">
+        <f>IF(AND(D85=$D$15,E85=$S$15),N85*$U$15*K85,IF(AND(D85=$D$15,E85=$S$16),N85*$U$16*K85,IF(AND(D85=$D$15,E85=$S$17),N85*$U$17*K85,IF(AND(D85=$D$15,E85=$S$18),N85*$U$18*K85,IF(AND(D85=$D$15,E85=$S$19),N85*$U$19*K85,IF(AND(D85=$D$15,E85=$S$20),N85*$U$20*K85,IF(AND(D85=$D$16,E85=$S$15),N85*$W$15*K85,IF(AND(D85=$D$16,E85=$S$16),N85*$W$16*K85,IF(AND(D85=$D$16,E85=$S$17),N85*$W$17*K85,IF(AND(D85=$D$16,E85=$S$18),N85*$W$18*K85,IF(AND(D85=$D$16,E85=$S$19),N85*$W$19*K85,IF(AND(D85=$D$16,E85=$S$20),N85*$W$20*K85,IF(AND(D85=$D$17,E85=$S$15),N85*$Y$15*K85,IF(AND(D85=$D$17,E85=$S$16),N85*$Y$16*K85,IF(AND(D85=$D$17,E85=$S$17),N85*$Y$17*K85,IF(AND(D85=$D$17,E85=$S$18),N85*$Y$18*K85,IF(AND(D85=$D$17,E85=$S$19),N85*$Y$19*K85,IF(AND(D85=$D$17,E85=$S$20),N85*$Y$20*K85,IF(AND(D85=$D$18,E85=$S$15),N85*$AA$15*K85,IF(AND(D85=$D$18,E85=$S$16),N85*$AA$16*K85,IF(AND(D85=$D$18,E85=$S$17),N85*$AA$17*K85,IF(AND(D85=$D$18,E85=$S$18),N85*$AA$18*K85,IF(AND(D85=$D$18,E85=$S$19),N85*$AA$19*K85,IF(AND(D85=$D$18,E85=$S$20),N85*$AA$20*K85,IF(AND(D85=$D$19,E85=$S$15),N85*$AC$15*K85,IF(AND(D85=$D$19,E85=$S$16),N85*$AC$16*K85,IF(AND(D85=$D$19,E85=$S$17),N85*$AC$17*K85,IF(AND(D85=$D$19,E85=$S$18),N85*$AC$18*K85,IF(AND(D85=$DE1085=$S$19),N85*$AC$19*K85,IF(AND(D85=$D$19,E85=$S$20),N85*$AC$20*K85,IF(AND(D85=$D$20,E85=$S$15),N85*$AE$15*K85,IF(AND(D85=$D$20,E85=$S$16),N85*$AE$16*K85,IF(AND(D85=$D$20,E85=$S$17),N85*$AE$17*K85,IF(AND(D85=$D$20,E85=$S$18),N85*$AE$18*K85,IF(AND(D85=$D$20,E85=$S$19),N85*$AE$19*K85,IF(AND(D85=$D$20,E85=$S$20),N85*$AE$20*K85,IF(AND(D85=$D$21,E85=$S$15),N85*$AG$15*K85,IF(AND(D85=$D$21,E85=$S$16),N85*$AG$16*K85,IF(AND(D85=$D$21,E85=$S$17),N85*$AG$17*K85,IF(AND(D85=$D$21,E85=$S$18),N85*$AG$18*K85,IF(AND(D85=$D$21,E85=$S$19),N85*$AG$19*K85,IF(AND(D85=$D$21,E85=$S$20),N85*$AG$20*K85,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O86" s="119">
+        <f>IF(AND(D85=$D$15,E85=$S$15),O85*$U$15*K85,IF(AND(D85=$D$15,E85=$S$16),O85*$U$16*K85,IF(AND(D85=$D$15,E85=$S$17),O85*$U$17*K85,IF(AND(D85=$D$15,E85=$S$18),O85*$U$18*K85,IF(AND(D85=$D$15,E85=$S$19),O85*$U$19*K85,IF(AND(D85=$D$15,E85=$S$20),O85*$U$20*K85,IF(AND(D85=$D$16,E85=$S$15),O85*$W$15*K85,IF(AND(D85=$D$16,E85=$S$16),O85*$W$16*K85,IF(AND(D85=$D$16,E85=$S$17),O85*$W$17*K85,IF(AND(D85=$D$16,E85=$S$18),O85*$W$18*K85,IF(AND(D85=$D$16,E85=$S$19),O85*$W$19*K85,IF(AND(D85=$D$16,E85=$S$20),O85*$W$20*K85,IF(AND(D85=$D$17,E85=$S$15),O85*$Y$15*K85,IF(AND(D85=$D$17,E85=$S$16),O85*$Y$16*K85,IF(AND(D85=$D$17,E85=$S$17),O85*$Y$17*K85,IF(AND(D85=$D$17,E85=$S$18),O85*$Y$18*K85,IF(AND(D85=$D$17,E85=$S$19),O85*$Y$19*K85,IF(AND(D85=$D$17,E85=$S$20),O85*$Y$20*K85,IF(AND(D85=$D$18,E85=$S$15),O85*$AA$15*K85,IF(AND(D85=$D$18,E85=$S$16),O85*$AA$16*K85,IF(AND(D85=$D$18,E85=$S$17),O85*$AA$17*K85,IF(AND(D85=$D$18,E85=$S$18),O85*$AA$18*K85,IF(AND(D85=$D$18,E85=$S$19),O85*$AA$19*K85,IF(AND(D85=$D$18,E85=$S$20),O85*$AA$20*K85,IF(AND(D85=$D$19,E85=$S$15),O85*$AC$15*K85,IF(AND(D85=$D$19,E85=$S$16),O85*$AC$16*K85,IF(AND(D85=$D$19,E85=$S$17),O85*$AC$17*K85,IF(AND(D85=$D$19,E85=$S$18),O85*$AC$18*K85,IF(AND(D85=$DE1085=$S$19),O85*$AC$19*K85,IF(AND(D85=$D$19,E85=$S$20),O85*$AC$20*K85,IF(AND(D85=$D$20,E85=$S$15),O85*$AE$15*K85,IF(AND(D85=$D$20,E85=$S$16),O85*$AE$16*K85,IF(AND(D85=$D$20,E85=$S$17),O85*$AE$17*K85,IF(AND(D85=$D$20,E85=$S$18),O85*$AE$18*K85,IF(AND(D85=$D$20,E85=$S$19),O85*$AE$19*K85,IF(AND(D85=$D$20,E85=$S$20),O85*$AE$20*K85,IF(AND(D85=$D$21,E85=$S$15),O85*$AG$15*K85,IF(AND(D85=$D$21,E85=$S$16),O85*$AG$16*K85,IF(AND(D85=$D$21,E85=$S$17),O85*$AG$17*K85,IF(AND(D85=$D$21,E85=$S$18),O85*$AG$18*K85,IF(AND(D85=$D$21,E85=$S$19),O85*$AG$19*K85,IF(AND(D85=$D$21,E85=$S$20),O85*$AG$20*K85,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P86" s="162"/>
+      <c r="Q86" s="158"/>
+      <c r="R86" s="160"/>
+      <c r="S86" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T86" s="31"/>
       <c r="U86" s="31"/>
       <c r="V86" s="31"/>
       <c r="W86" s="31"/>
       <c r="X86" s="31"/>
       <c r="Y86" s="31"/>
-      <c r="Z86" s="35"/>
-      <c r="AA86" s="35"/>
+      <c r="Z86" s="36"/>
+      <c r="AA86" s="36"/>
       <c r="AB86" s="32"/>
       <c r="AC86" s="32"/>
       <c r="AD86" s="32"/>
     </row>
-    <row r="87" spans="1:30" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S87" s="37"/>
+    <row r="87" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A87" s="167">
+        <v>21</v>
+      </c>
+      <c r="B87" s="167"/>
+      <c r="C87" s="169"/>
+      <c r="D87" s="157"/>
+      <c r="E87" s="157"/>
+      <c r="F87" s="157"/>
+      <c r="G87" s="135"/>
+      <c r="H87" s="157"/>
+      <c r="I87" s="157"/>
+      <c r="J87" s="161"/>
+      <c r="K87" s="163">
+        <v>1</v>
+      </c>
+      <c r="L87" s="165"/>
+      <c r="M87" s="91"/>
+      <c r="N87" s="91">
+        <f>+M87</f>
+        <v>0</v>
+      </c>
+      <c r="O87" s="91"/>
+      <c r="P87" s="161"/>
+      <c r="Q87" s="157"/>
+      <c r="R87" s="159"/>
+      <c r="S87" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T87" s="31"/>
       <c r="U87" s="31"/>
       <c r="V87" s="31"/>
       <c r="W87" s="31"/>
       <c r="X87" s="31"/>
       <c r="Y87" s="31"/>
-      <c r="Z87" s="36"/>
-      <c r="AA87" s="36"/>
+      <c r="Z87" s="35"/>
+      <c r="AA87" s="35"/>
       <c r="AB87" s="32"/>
       <c r="AC87" s="32"/>
       <c r="AD87" s="32"/>
     </row>
-    <row r="88" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S88" s="37"/>
+    <row r="88" spans="1:30" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A88" s="168"/>
+      <c r="B88" s="168"/>
+      <c r="C88" s="170"/>
+      <c r="D88" s="158"/>
+      <c r="E88" s="158"/>
+      <c r="F88" s="158"/>
+      <c r="G88" s="136"/>
+      <c r="H88" s="158"/>
+      <c r="I88" s="158"/>
+      <c r="J88" s="162"/>
+      <c r="K88" s="164"/>
+      <c r="L88" s="166"/>
+      <c r="M88" s="89">
+        <f>IF(AND(D87=$D$15,E87=$S$15),M87*$U$15,IF(AND(D87=$D$15,E87=$S$16),M87*$U$16,IF(AND(D87=$D$15,E87=$S$17),M87*$U$17,IF(AND(D87=$D$15,E87=$S$18),M87*$U$18,IF(AND(D87=$D$15,E87=$S$19),M87*$U$19,IF(AND(D87=$D$15,E87=$S$20),M87*$U$20,IF(AND(D87=$D$16,E87=$S$15),M87*$W$15,IF(AND(D87=$D$16,E87=$S$16),M87*$W$16,IF(AND(D87=$D$16,E87=$S$17),M87*$W$17,IF(AND(D87=$D$16,E87=$S$18),M87*$W$18,IF(AND(D87=$D$16,E87=$S$19),M87*$W$19,IF(AND(D87=$D$16,E87=$S$20),M87*$W$20,IF(AND(D87=$D$17,E87=$S$15),M87*$Y$15,IF(AND(D87=$D$17,E87=$S$16),M87*$Y$16,IF(AND(D87=$D$17,E87=$S$17),M87*$Y$17,IF(AND(D87=$D$17,E87=$S$18),M87*$Y$18,IF(AND(D87=$D$17,E87=$S$19),M87*$Y$19,IF(AND(D87=$D$17,E87=$S$20),M87*$Y$20,IF(AND(D87=$D$18,E87=$S$15),M87*$AA$15,IF(AND(D87=$D$18,E87=$S$16),M87*$AA$16,IF(AND(D87=$D$18,E87=$S$17),M87*$AA$17,IF(AND(D87=$D$18,E87=$S$18),M87*$AA$18,IF(AND(D87=$D$18,E87=$S$19),M87*$AA$19,IF(AND(D87=$D$18,E87=$S$20),M87*$AA$20,IF(AND(D87=$D$19,E87=$S$15),M87*$AC$15,IF(AND(D87=$D$19,E87=$S$16),M87*$AC$16,IF(AND(D87=$D$19,E87=$S$17),M87*$AC$17,IF(AND(D87=$D$19,E87=$S$18),M87*$AC$18,IF(AND(D87=$D$19,E87=$S$19),M87*$AC$19,IF(AND(D87=$D$19,E87=$S$20),M87*$AC$20,IF(AND(D87=$D$20,E87=$S$15),M87*$AE$15,IF(AND(D87=$D$20,E87=$S$16),M87*$AE$16,IF(AND(D87=$D$20,E87=$S$17),M87*$AE$17,IF(AND(D87=$D$20,E87=$S$18),M87*$AE$18,IF(AND(D87=$D$20,E87=$S$19),M87*$AE$19,IF(AND(D87=$D$20,E87=$S$20),M87*$AE$20,IF(AND(D87=$D$21,E87=$S$15),M87*$AG$15,IF(AND(D87=$D$21,E87=$S$16),M87*$AG$16,IF(AND(D87=$D$21,E87=$S$17),M87*$AG$17,IF(AND(D87=$D$21,E87=$S$18),M87*$AG$18,IF(AND(D87=$D$21,E87=$S$19),M87*$AG$19,IF(AND(D87=$D$21,E87=$S$20),M87*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N88" s="118">
+        <f>IF(AND(D87=$D$15,E87=$S$15),N87*$U$15*K87,IF(AND(D87=$D$15,E87=$S$16),N87*$U$16*K87,IF(AND(D87=$D$15,E87=$S$17),N87*$U$17*K87,IF(AND(D87=$D$15,E87=$S$18),N87*$U$18*K87,IF(AND(D87=$D$15,E87=$S$19),N87*$U$19*K87,IF(AND(D87=$D$15,E87=$S$20),N87*$U$20*K87,IF(AND(D87=$D$16,E87=$S$15),N87*$W$15*K87,IF(AND(D87=$D$16,E87=$S$16),N87*$W$16*K87,IF(AND(D87=$D$16,E87=$S$17),N87*$W$17*K87,IF(AND(D87=$D$16,E87=$S$18),N87*$W$18*K87,IF(AND(D87=$D$16,E87=$S$19),N87*$W$19*K87,IF(AND(D87=$D$16,E87=$S$20),N87*$W$20*K87,IF(AND(D87=$D$17,E87=$S$15),N87*$Y$15*K87,IF(AND(D87=$D$17,E87=$S$16),N87*$Y$16*K87,IF(AND(D87=$D$17,E87=$S$17),N87*$Y$17*K87,IF(AND(D87=$D$17,E87=$S$18),N87*$Y$18*K87,IF(AND(D87=$D$17,E87=$S$19),N87*$Y$19*K87,IF(AND(D87=$D$17,E87=$S$20),N87*$Y$20*K87,IF(AND(D87=$D$18,E87=$S$15),N87*$AA$15*K87,IF(AND(D87=$D$18,E87=$S$16),N87*$AA$16*K87,IF(AND(D87=$D$18,E87=$S$17),N87*$AA$17*K87,IF(AND(D87=$D$18,E87=$S$18),N87*$AA$18*K87,IF(AND(D87=$D$18,E87=$S$19),N87*$AA$19*K87,IF(AND(D87=$D$18,E87=$S$20),N87*$AA$20*K87,IF(AND(D87=$D$19,E87=$S$15),N87*$AC$15*K87,IF(AND(D87=$D$19,E87=$S$16),N87*$AC$16*K87,IF(AND(D87=$D$19,E87=$S$17),N87*$AC$17*K87,IF(AND(D87=$D$19,E87=$S$18),N87*$AC$18*K87,IF(AND(D87=$DE1087=$S$19),N87*$AC$19*K87,IF(AND(D87=$D$19,E87=$S$20),N87*$AC$20*K87,IF(AND(D87=$D$20,E87=$S$15),N87*$AE$15*K87,IF(AND(D87=$D$20,E87=$S$16),N87*$AE$16*K87,IF(AND(D87=$D$20,E87=$S$17),N87*$AE$17*K87,IF(AND(D87=$D$20,E87=$S$18),N87*$AE$18*K87,IF(AND(D87=$D$20,E87=$S$19),N87*$AE$19*K87,IF(AND(D87=$D$20,E87=$S$20),N87*$AE$20*K87,IF(AND(D87=$D$21,E87=$S$15),N87*$AG$15*K87,IF(AND(D87=$D$21,E87=$S$16),N87*$AG$16*K87,IF(AND(D87=$D$21,E87=$S$17),N87*$AG$17*K87,IF(AND(D87=$D$21,E87=$S$18),N87*$AG$18*K87,IF(AND(D87=$D$21,E87=$S$19),N87*$AG$19*K87,IF(AND(D87=$D$21,E87=$S$20),N87*$AG$20*K87,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O88" s="119">
+        <f>IF(AND(D87=$D$15,E87=$S$15),O87*$U$15*K87,IF(AND(D87=$D$15,E87=$S$16),O87*$U$16*K87,IF(AND(D87=$D$15,E87=$S$17),O87*$U$17*K87,IF(AND(D87=$D$15,E87=$S$18),O87*$U$18*K87,IF(AND(D87=$D$15,E87=$S$19),O87*$U$19*K87,IF(AND(D87=$D$15,E87=$S$20),O87*$U$20*K87,IF(AND(D87=$D$16,E87=$S$15),O87*$W$15*K87,IF(AND(D87=$D$16,E87=$S$16),O87*$W$16*K87,IF(AND(D87=$D$16,E87=$S$17),O87*$W$17*K87,IF(AND(D87=$D$16,E87=$S$18),O87*$W$18*K87,IF(AND(D87=$D$16,E87=$S$19),O87*$W$19*K87,IF(AND(D87=$D$16,E87=$S$20),O87*$W$20*K87,IF(AND(D87=$D$17,E87=$S$15),O87*$Y$15*K87,IF(AND(D87=$D$17,E87=$S$16),O87*$Y$16*K87,IF(AND(D87=$D$17,E87=$S$17),O87*$Y$17*K87,IF(AND(D87=$D$17,E87=$S$18),O87*$Y$18*K87,IF(AND(D87=$D$17,E87=$S$19),O87*$Y$19*K87,IF(AND(D87=$D$17,E87=$S$20),O87*$Y$20*K87,IF(AND(D87=$D$18,E87=$S$15),O87*$AA$15*K87,IF(AND(D87=$D$18,E87=$S$16),O87*$AA$16*K87,IF(AND(D87=$D$18,E87=$S$17),O87*$AA$17*K87,IF(AND(D87=$D$18,E87=$S$18),O87*$AA$18*K87,IF(AND(D87=$D$18,E87=$S$19),O87*$AA$19*K87,IF(AND(D87=$D$18,E87=$S$20),O87*$AA$20*K87,IF(AND(D87=$D$19,E87=$S$15),O87*$AC$15*K87,IF(AND(D87=$D$19,E87=$S$16),O87*$AC$16*K87,IF(AND(D87=$D$19,E87=$S$17),O87*$AC$17*K87,IF(AND(D87=$D$19,E87=$S$18),O87*$AC$18*K87,IF(AND(D87=$DE1087=$S$19),O87*$AC$19*K87,IF(AND(D87=$D$19,E87=$S$20),O87*$AC$20*K87,IF(AND(D87=$D$20,E87=$S$15),O87*$AE$15*K87,IF(AND(D87=$D$20,E87=$S$16),O87*$AE$16*K87,IF(AND(D87=$D$20,E87=$S$17),O87*$AE$17*K87,IF(AND(D87=$D$20,E87=$S$18),O87*$AE$18*K87,IF(AND(D87=$D$20,E87=$S$19),O87*$AE$19*K87,IF(AND(D87=$D$20,E87=$S$20),O87*$AE$20*K87,IF(AND(D87=$D$21,E87=$S$15),O87*$AG$15*K87,IF(AND(D87=$D$21,E87=$S$16),O87*$AG$16*K87,IF(AND(D87=$D$21,E87=$S$17),O87*$AG$17*K87,IF(AND(D87=$D$21,E87=$S$18),O87*$AG$18*K87,IF(AND(D87=$D$21,E87=$S$19),O87*$AG$19*K87,IF(AND(D87=$D$21,E87=$S$20),O87*$AG$20*K87,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P88" s="162"/>
+      <c r="Q88" s="158"/>
+      <c r="R88" s="160"/>
+      <c r="S88" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T88" s="31"/>
       <c r="U88" s="31"/>
       <c r="V88" s="31"/>
       <c r="W88" s="31"/>
       <c r="X88" s="31"/>
       <c r="Y88" s="31"/>
-      <c r="Z88" s="35"/>
-      <c r="AA88" s="35"/>
+      <c r="Z88" s="36"/>
+      <c r="AA88" s="36"/>
       <c r="AB88" s="32"/>
       <c r="AC88" s="32"/>
       <c r="AD88" s="32"/>
     </row>
-    <row r="89" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S89" s="37"/>
+    <row r="89" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A89" s="167">
+        <v>22</v>
+      </c>
+      <c r="B89" s="167"/>
+      <c r="C89" s="169"/>
+      <c r="D89" s="157"/>
+      <c r="E89" s="157"/>
+      <c r="F89" s="157"/>
+      <c r="G89" s="135"/>
+      <c r="H89" s="157"/>
+      <c r="I89" s="157"/>
+      <c r="J89" s="161"/>
+      <c r="K89" s="163">
+        <v>1</v>
+      </c>
+      <c r="L89" s="165"/>
+      <c r="M89" s="91"/>
+      <c r="N89" s="91">
+        <f>+M89</f>
+        <v>0</v>
+      </c>
+      <c r="O89" s="91"/>
+      <c r="P89" s="161"/>
+      <c r="Q89" s="157"/>
+      <c r="R89" s="159"/>
+      <c r="S89" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T89" s="31"/>
       <c r="U89" s="31"/>
       <c r="V89" s="31"/>
       <c r="W89" s="31"/>
       <c r="X89" s="31"/>
       <c r="Y89" s="31"/>
-      <c r="Z89" s="36"/>
-      <c r="AA89" s="36"/>
+      <c r="Z89" s="35"/>
+      <c r="AA89" s="35"/>
       <c r="AB89" s="32"/>
       <c r="AC89" s="32"/>
       <c r="AD89" s="32"/>
     </row>
-    <row r="90" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S90" s="37"/>
+    <row r="90" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A90" s="168"/>
+      <c r="B90" s="168"/>
+      <c r="C90" s="170"/>
+      <c r="D90" s="158"/>
+      <c r="E90" s="158"/>
+      <c r="F90" s="158"/>
+      <c r="G90" s="136"/>
+      <c r="H90" s="158"/>
+      <c r="I90" s="158"/>
+      <c r="J90" s="162"/>
+      <c r="K90" s="164"/>
+      <c r="L90" s="166"/>
+      <c r="M90" s="89">
+        <f>IF(AND(D89=$D$15,E89=$S$15),M89*$U$15,IF(AND(D89=$D$15,E89=$S$16),M89*$U$16,IF(AND(D89=$D$15,E89=$S$17),M89*$U$17,IF(AND(D89=$D$15,E89=$S$18),M89*$U$18,IF(AND(D89=$D$15,E89=$S$19),M89*$U$19,IF(AND(D89=$D$15,E89=$S$20),M89*$U$20,IF(AND(D89=$D$16,E89=$S$15),M89*$W$15,IF(AND(D89=$D$16,E89=$S$16),M89*$W$16,IF(AND(D89=$D$16,E89=$S$17),M89*$W$17,IF(AND(D89=$D$16,E89=$S$18),M89*$W$18,IF(AND(D89=$D$16,E89=$S$19),M89*$W$19,IF(AND(D89=$D$16,E89=$S$20),M89*$W$20,IF(AND(D89=$D$17,E89=$S$15),M89*$Y$15,IF(AND(D89=$D$17,E89=$S$16),M89*$Y$16,IF(AND(D89=$D$17,E89=$S$17),M89*$Y$17,IF(AND(D89=$D$17,E89=$S$18),M89*$Y$18,IF(AND(D89=$D$17,E89=$S$19),M89*$Y$19,IF(AND(D89=$D$17,E89=$S$20),M89*$Y$20,IF(AND(D89=$D$18,E89=$S$15),M89*$AA$15,IF(AND(D89=$D$18,E89=$S$16),M89*$AA$16,IF(AND(D89=$D$18,E89=$S$17),M89*$AA$17,IF(AND(D89=$D$18,E89=$S$18),M89*$AA$18,IF(AND(D89=$D$18,E89=$S$19),M89*$AA$19,IF(AND(D89=$D$18,E89=$S$20),M89*$AA$20,IF(AND(D89=$D$19,E89=$S$15),M89*$AC$15,IF(AND(D89=$D$19,E89=$S$16),M89*$AC$16,IF(AND(D89=$D$19,E89=$S$17),M89*$AC$17,IF(AND(D89=$D$19,E89=$S$18),M89*$AC$18,IF(AND(D89=$D$19,E89=$S$19),M89*$AC$19,IF(AND(D89=$D$19,E89=$S$20),M89*$AC$20,IF(AND(D89=$D$20,E89=$S$15),M89*$AE$15,IF(AND(D89=$D$20,E89=$S$16),M89*$AE$16,IF(AND(D89=$D$20,E89=$S$17),M89*$AE$17,IF(AND(D89=$D$20,E89=$S$18),M89*$AE$18,IF(AND(D89=$D$20,E89=$S$19),M89*$AE$19,IF(AND(D89=$D$20,E89=$S$20),M89*$AE$20,IF(AND(D89=$D$21,E89=$S$15),M89*$AG$15,IF(AND(D89=$D$21,E89=$S$16),M89*$AG$16,IF(AND(D89=$D$21,E89=$S$17),M89*$AG$17,IF(AND(D89=$D$21,E89=$S$18),M89*$AG$18,IF(AND(D89=$D$21,E89=$S$19),M89*$AG$19,IF(AND(D89=$D$21,E89=$S$20),M89*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N90" s="118">
+        <f>IF(AND(D89=$D$15,E89=$S$15),N89*$U$15*K89,IF(AND(D89=$D$15,E89=$S$16),N89*$U$16*K89,IF(AND(D89=$D$15,E89=$S$17),N89*$U$17*K89,IF(AND(D89=$D$15,E89=$S$18),N89*$U$18*K89,IF(AND(D89=$D$15,E89=$S$19),N89*$U$19*K89,IF(AND(D89=$D$15,E89=$S$20),N89*$U$20*K89,IF(AND(D89=$D$16,E89=$S$15),N89*$W$15*K89,IF(AND(D89=$D$16,E89=$S$16),N89*$W$16*K89,IF(AND(D89=$D$16,E89=$S$17),N89*$W$17*K89,IF(AND(D89=$D$16,E89=$S$18),N89*$W$18*K89,IF(AND(D89=$D$16,E89=$S$19),N89*$W$19*K89,IF(AND(D89=$D$16,E89=$S$20),N89*$W$20*K89,IF(AND(D89=$D$17,E89=$S$15),N89*$Y$15*K89,IF(AND(D89=$D$17,E89=$S$16),N89*$Y$16*K89,IF(AND(D89=$D$17,E89=$S$17),N89*$Y$17*K89,IF(AND(D89=$D$17,E89=$S$18),N89*$Y$18*K89,IF(AND(D89=$D$17,E89=$S$19),N89*$Y$19*K89,IF(AND(D89=$D$17,E89=$S$20),N89*$Y$20*K89,IF(AND(D89=$D$18,E89=$S$15),N89*$AA$15*K89,IF(AND(D89=$D$18,E89=$S$16),N89*$AA$16*K89,IF(AND(D89=$D$18,E89=$S$17),N89*$AA$17*K89,IF(AND(D89=$D$18,E89=$S$18),N89*$AA$18*K89,IF(AND(D89=$D$18,E89=$S$19),N89*$AA$19*K89,IF(AND(D89=$D$18,E89=$S$20),N89*$AA$20*K89,IF(AND(D89=$D$19,E89=$S$15),N89*$AC$15*K89,IF(AND(D89=$D$19,E89=$S$16),N89*$AC$16*K89,IF(AND(D89=$D$19,E89=$S$17),N89*$AC$17*K89,IF(AND(D89=$D$19,E89=$S$18),N89*$AC$18*K89,IF(AND(D89=$DE1089=$S$19),N89*$AC$19*K89,IF(AND(D89=$D$19,E89=$S$20),N89*$AC$20*K89,IF(AND(D89=$D$20,E89=$S$15),N89*$AE$15*K89,IF(AND(D89=$D$20,E89=$S$16),N89*$AE$16*K89,IF(AND(D89=$D$20,E89=$S$17),N89*$AE$17*K89,IF(AND(D89=$D$20,E89=$S$18),N89*$AE$18*K89,IF(AND(D89=$D$20,E89=$S$19),N89*$AE$19*K89,IF(AND(D89=$D$20,E89=$S$20),N89*$AE$20*K89,IF(AND(D89=$D$21,E89=$S$15),N89*$AG$15*K89,IF(AND(D89=$D$21,E89=$S$16),N89*$AG$16*K89,IF(AND(D89=$D$21,E89=$S$17),N89*$AG$17*K89,IF(AND(D89=$D$21,E89=$S$18),N89*$AG$18*K89,IF(AND(D89=$D$21,E89=$S$19),N89*$AG$19*K89,IF(AND(D89=$D$21,E89=$S$20),N89*$AG$20*K89,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O90" s="119">
+        <f>IF(AND(D89=$D$15,E89=$S$15),O89*$U$15*K89,IF(AND(D89=$D$15,E89=$S$16),O89*$U$16*K89,IF(AND(D89=$D$15,E89=$S$17),O89*$U$17*K89,IF(AND(D89=$D$15,E89=$S$18),O89*$U$18*K89,IF(AND(D89=$D$15,E89=$S$19),O89*$U$19*K89,IF(AND(D89=$D$15,E89=$S$20),O89*$U$20*K89,IF(AND(D89=$D$16,E89=$S$15),O89*$W$15*K89,IF(AND(D89=$D$16,E89=$S$16),O89*$W$16*K89,IF(AND(D89=$D$16,E89=$S$17),O89*$W$17*K89,IF(AND(D89=$D$16,E89=$S$18),O89*$W$18*K89,IF(AND(D89=$D$16,E89=$S$19),O89*$W$19*K89,IF(AND(D89=$D$16,E89=$S$20),O89*$W$20*K89,IF(AND(D89=$D$17,E89=$S$15),O89*$Y$15*K89,IF(AND(D89=$D$17,E89=$S$16),O89*$Y$16*K89,IF(AND(D89=$D$17,E89=$S$17),O89*$Y$17*K89,IF(AND(D89=$D$17,E89=$S$18),O89*$Y$18*K89,IF(AND(D89=$D$17,E89=$S$19),O89*$Y$19*K89,IF(AND(D89=$D$17,E89=$S$20),O89*$Y$20*K89,IF(AND(D89=$D$18,E89=$S$15),O89*$AA$15*K89,IF(AND(D89=$D$18,E89=$S$16),O89*$AA$16*K89,IF(AND(D89=$D$18,E89=$S$17),O89*$AA$17*K89,IF(AND(D89=$D$18,E89=$S$18),O89*$AA$18*K89,IF(AND(D89=$D$18,E89=$S$19),O89*$AA$19*K89,IF(AND(D89=$D$18,E89=$S$20),O89*$AA$20*K89,IF(AND(D89=$D$19,E89=$S$15),O89*$AC$15*K89,IF(AND(D89=$D$19,E89=$S$16),O89*$AC$16*K89,IF(AND(D89=$D$19,E89=$S$17),O89*$AC$17*K89,IF(AND(D89=$D$19,E89=$S$18),O89*$AC$18*K89,IF(AND(D89=$DE1089=$S$19),O89*$AC$19*K89,IF(AND(D89=$D$19,E89=$S$20),O89*$AC$20*K89,IF(AND(D89=$D$20,E89=$S$15),O89*$AE$15*K89,IF(AND(D89=$D$20,E89=$S$16),O89*$AE$16*K89,IF(AND(D89=$D$20,E89=$S$17),O89*$AE$17*K89,IF(AND(D89=$D$20,E89=$S$18),O89*$AE$18*K89,IF(AND(D89=$D$20,E89=$S$19),O89*$AE$19*K89,IF(AND(D89=$D$20,E89=$S$20),O89*$AE$20*K89,IF(AND(D89=$D$21,E89=$S$15),O89*$AG$15*K89,IF(AND(D89=$D$21,E89=$S$16),O89*$AG$16*K89,IF(AND(D89=$D$21,E89=$S$17),O89*$AG$17*K89,IF(AND(D89=$D$21,E89=$S$18),O89*$AG$18*K89,IF(AND(D89=$D$21,E89=$S$19),O89*$AG$19*K89,IF(AND(D89=$D$21,E89=$S$20),O89*$AG$20*K89,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P90" s="162"/>
+      <c r="Q90" s="158"/>
+      <c r="R90" s="160"/>
+      <c r="S90" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T90" s="31"/>
       <c r="U90" s="31"/>
       <c r="V90" s="31"/>
       <c r="W90" s="31"/>
       <c r="X90" s="31"/>
       <c r="Y90" s="31"/>
-      <c r="Z90" s="35"/>
-      <c r="AA90" s="35"/>
+      <c r="Z90" s="36"/>
+      <c r="AA90" s="36"/>
       <c r="AB90" s="32"/>
       <c r="AC90" s="32"/>
       <c r="AD90" s="32"/>
     </row>
-    <row r="91" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S91" s="37"/>
+    <row r="91" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A91" s="167">
+        <v>23</v>
+      </c>
+      <c r="B91" s="167"/>
+      <c r="C91" s="169"/>
+      <c r="D91" s="157"/>
+      <c r="E91" s="157"/>
+      <c r="F91" s="157"/>
+      <c r="G91" s="135"/>
+      <c r="H91" s="157"/>
+      <c r="I91" s="157"/>
+      <c r="J91" s="161"/>
+      <c r="K91" s="163">
+        <v>1</v>
+      </c>
+      <c r="L91" s="165"/>
+      <c r="M91" s="91"/>
+      <c r="N91" s="91">
+        <f>+M91</f>
+        <v>0</v>
+      </c>
+      <c r="O91" s="91"/>
+      <c r="P91" s="161"/>
+      <c r="Q91" s="157"/>
+      <c r="R91" s="159"/>
+      <c r="S91" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T91" s="31"/>
       <c r="U91" s="31"/>
       <c r="V91" s="31"/>
       <c r="W91" s="31"/>
       <c r="X91" s="31"/>
       <c r="Y91" s="31"/>
-      <c r="Z91" s="36"/>
-      <c r="AA91" s="36"/>
+      <c r="Z91" s="35"/>
+      <c r="AA91" s="35"/>
       <c r="AB91" s="32"/>
       <c r="AC91" s="32"/>
       <c r="AD91" s="32"/>
     </row>
-    <row r="92" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S92" s="37"/>
+    <row r="92" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A92" s="168"/>
+      <c r="B92" s="168"/>
+      <c r="C92" s="170"/>
+      <c r="D92" s="158"/>
+      <c r="E92" s="158"/>
+      <c r="F92" s="158"/>
+      <c r="G92" s="136"/>
+      <c r="H92" s="158"/>
+      <c r="I92" s="158"/>
+      <c r="J92" s="162"/>
+      <c r="K92" s="164"/>
+      <c r="L92" s="166"/>
+      <c r="M92" s="89">
+        <f>IF(AND(D91=$D$15,E91=$S$15),M91*$U$15,IF(AND(D91=$D$15,E91=$S$16),M91*$U$16,IF(AND(D91=$D$15,E91=$S$17),M91*$U$17,IF(AND(D91=$D$15,E91=$S$18),M91*$U$18,IF(AND(D91=$D$15,E91=$S$19),M91*$U$19,IF(AND(D91=$D$15,E91=$S$20),M91*$U$20,IF(AND(D91=$D$16,E91=$S$15),M91*$W$15,IF(AND(D91=$D$16,E91=$S$16),M91*$W$16,IF(AND(D91=$D$16,E91=$S$17),M91*$W$17,IF(AND(D91=$D$16,E91=$S$18),M91*$W$18,IF(AND(D91=$D$16,E91=$S$19),M91*$W$19,IF(AND(D91=$D$16,E91=$S$20),M91*$W$20,IF(AND(D91=$D$17,E91=$S$15),M91*$Y$15,IF(AND(D91=$D$17,E91=$S$16),M91*$Y$16,IF(AND(D91=$D$17,E91=$S$17),M91*$Y$17,IF(AND(D91=$D$17,E91=$S$18),M91*$Y$18,IF(AND(D91=$D$17,E91=$S$19),M91*$Y$19,IF(AND(D91=$D$17,E91=$S$20),M91*$Y$20,IF(AND(D91=$D$18,E91=$S$15),M91*$AA$15,IF(AND(D91=$D$18,E91=$S$16),M91*$AA$16,IF(AND(D91=$D$18,E91=$S$17),M91*$AA$17,IF(AND(D91=$D$18,E91=$S$18),M91*$AA$18,IF(AND(D91=$D$18,E91=$S$19),M91*$AA$19,IF(AND(D91=$D$18,E91=$S$20),M91*$AA$20,IF(AND(D91=$D$19,E91=$S$15),M91*$AC$15,IF(AND(D91=$D$19,E91=$S$16),M91*$AC$16,IF(AND(D91=$D$19,E91=$S$17),M91*$AC$17,IF(AND(D91=$D$19,E91=$S$18),M91*$AC$18,IF(AND(D91=$D$19,E91=$S$19),M91*$AC$19,IF(AND(D91=$D$19,E91=$S$20),M91*$AC$20,IF(AND(D91=$D$20,E91=$S$15),M91*$AE$15,IF(AND(D91=$D$20,E91=$S$16),M91*$AE$16,IF(AND(D91=$D$20,E91=$S$17),M91*$AE$17,IF(AND(D91=$D$20,E91=$S$18),M91*$AE$18,IF(AND(D91=$D$20,E91=$S$19),M91*$AE$19,IF(AND(D91=$D$20,E91=$S$20),M91*$AE$20,IF(AND(D91=$D$21,E91=$S$15),M91*$AG$15,IF(AND(D91=$D$21,E91=$S$16),M91*$AG$16,IF(AND(D91=$D$21,E91=$S$17),M91*$AG$17,IF(AND(D91=$D$21,E91=$S$18),M91*$AG$18,IF(AND(D91=$D$21,E91=$S$19),M91*$AG$19,IF(AND(D91=$D$21,E91=$S$20),M91*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N92" s="118">
+        <f>IF(AND(D91=$D$15,E91=$S$15),N91*$U$15*K91,IF(AND(D91=$D$15,E91=$S$16),N91*$U$16*K91,IF(AND(D91=$D$15,E91=$S$17),N91*$U$17*K91,IF(AND(D91=$D$15,E91=$S$18),N91*$U$18*K91,IF(AND(D91=$D$15,E91=$S$19),N91*$U$19*K91,IF(AND(D91=$D$15,E91=$S$20),N91*$U$20*K91,IF(AND(D91=$D$16,E91=$S$15),N91*$W$15*K91,IF(AND(D91=$D$16,E91=$S$16),N91*$W$16*K91,IF(AND(D91=$D$16,E91=$S$17),N91*$W$17*K91,IF(AND(D91=$D$16,E91=$S$18),N91*$W$18*K91,IF(AND(D91=$D$16,E91=$S$19),N91*$W$19*K91,IF(AND(D91=$D$16,E91=$S$20),N91*$W$20*K91,IF(AND(D91=$D$17,E91=$S$15),N91*$Y$15*K91,IF(AND(D91=$D$17,E91=$S$16),N91*$Y$16*K91,IF(AND(D91=$D$17,E91=$S$17),N91*$Y$17*K91,IF(AND(D91=$D$17,E91=$S$18),N91*$Y$18*K91,IF(AND(D91=$D$17,E91=$S$19),N91*$Y$19*K91,IF(AND(D91=$D$17,E91=$S$20),N91*$Y$20*K91,IF(AND(D91=$D$18,E91=$S$15),N91*$AA$15*K91,IF(AND(D91=$D$18,E91=$S$16),N91*$AA$16*K91,IF(AND(D91=$D$18,E91=$S$17),N91*$AA$17*K91,IF(AND(D91=$D$18,E91=$S$18),N91*$AA$18*K91,IF(AND(D91=$D$18,E91=$S$19),N91*$AA$19*K91,IF(AND(D91=$D$18,E91=$S$20),N91*$AA$20*K91,IF(AND(D91=$D$19,E91=$S$15),N91*$AC$15*K91,IF(AND(D91=$D$19,E91=$S$16),N91*$AC$16*K91,IF(AND(D91=$D$19,E91=$S$17),N91*$AC$17*K91,IF(AND(D91=$D$19,E91=$S$18),N91*$AC$18*K91,IF(AND(D91=$DE1091=$S$19),N91*$AC$19*K91,IF(AND(D91=$D$19,E91=$S$20),N91*$AC$20*K91,IF(AND(D91=$D$20,E91=$S$15),N91*$AE$15*K91,IF(AND(D91=$D$20,E91=$S$16),N91*$AE$16*K91,IF(AND(D91=$D$20,E91=$S$17),N91*$AE$17*K91,IF(AND(D91=$D$20,E91=$S$18),N91*$AE$18*K91,IF(AND(D91=$D$20,E91=$S$19),N91*$AE$19*K91,IF(AND(D91=$D$20,E91=$S$20),N91*$AE$20*K91,IF(AND(D91=$D$21,E91=$S$15),N91*$AG$15*K91,IF(AND(D91=$D$21,E91=$S$16),N91*$AG$16*K91,IF(AND(D91=$D$21,E91=$S$17),N91*$AG$17*K91,IF(AND(D91=$D$21,E91=$S$18),N91*$AG$18*K91,IF(AND(D91=$D$21,E91=$S$19),N91*$AG$19*K91,IF(AND(D91=$D$21,E91=$S$20),N91*$AG$20*K91,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O92" s="119">
+        <f>IF(AND(D91=$D$15,E91=$S$15),O91*$U$15*K91,IF(AND(D91=$D$15,E91=$S$16),O91*$U$16*K91,IF(AND(D91=$D$15,E91=$S$17),O91*$U$17*K91,IF(AND(D91=$D$15,E91=$S$18),O91*$U$18*K91,IF(AND(D91=$D$15,E91=$S$19),O91*$U$19*K91,IF(AND(D91=$D$15,E91=$S$20),O91*$U$20*K91,IF(AND(D91=$D$16,E91=$S$15),O91*$W$15*K91,IF(AND(D91=$D$16,E91=$S$16),O91*$W$16*K91,IF(AND(D91=$D$16,E91=$S$17),O91*$W$17*K91,IF(AND(D91=$D$16,E91=$S$18),O91*$W$18*K91,IF(AND(D91=$D$16,E91=$S$19),O91*$W$19*K91,IF(AND(D91=$D$16,E91=$S$20),O91*$W$20*K91,IF(AND(D91=$D$17,E91=$S$15),O91*$Y$15*K91,IF(AND(D91=$D$17,E91=$S$16),O91*$Y$16*K91,IF(AND(D91=$D$17,E91=$S$17),O91*$Y$17*K91,IF(AND(D91=$D$17,E91=$S$18),O91*$Y$18*K91,IF(AND(D91=$D$17,E91=$S$19),O91*$Y$19*K91,IF(AND(D91=$D$17,E91=$S$20),O91*$Y$20*K91,IF(AND(D91=$D$18,E91=$S$15),O91*$AA$15*K91,IF(AND(D91=$D$18,E91=$S$16),O91*$AA$16*K91,IF(AND(D91=$D$18,E91=$S$17),O91*$AA$17*K91,IF(AND(D91=$D$18,E91=$S$18),O91*$AA$18*K91,IF(AND(D91=$D$18,E91=$S$19),O91*$AA$19*K91,IF(AND(D91=$D$18,E91=$S$20),O91*$AA$20*K91,IF(AND(D91=$D$19,E91=$S$15),O91*$AC$15*K91,IF(AND(D91=$D$19,E91=$S$16),O91*$AC$16*K91,IF(AND(D91=$D$19,E91=$S$17),O91*$AC$17*K91,IF(AND(D91=$D$19,E91=$S$18),O91*$AC$18*K91,IF(AND(D91=$DE1091=$S$19),O91*$AC$19*K91,IF(AND(D91=$D$19,E91=$S$20),O91*$AC$20*K91,IF(AND(D91=$D$20,E91=$S$15),O91*$AE$15*K91,IF(AND(D91=$D$20,E91=$S$16),O91*$AE$16*K91,IF(AND(D91=$D$20,E91=$S$17),O91*$AE$17*K91,IF(AND(D91=$D$20,E91=$S$18),O91*$AE$18*K91,IF(AND(D91=$D$20,E91=$S$19),O91*$AE$19*K91,IF(AND(D91=$D$20,E91=$S$20),O91*$AE$20*K91,IF(AND(D91=$D$21,E91=$S$15),O91*$AG$15*K91,IF(AND(D91=$D$21,E91=$S$16),O91*$AG$16*K91,IF(AND(D91=$D$21,E91=$S$17),O91*$AG$17*K91,IF(AND(D91=$D$21,E91=$S$18),O91*$AG$18*K91,IF(AND(D91=$D$21,E91=$S$19),O91*$AG$19*K91,IF(AND(D91=$D$21,E91=$S$20),O91*$AG$20*K91,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P92" s="162"/>
+      <c r="Q92" s="158"/>
+      <c r="R92" s="160"/>
+      <c r="S92" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T92" s="31"/>
       <c r="U92" s="31"/>
       <c r="V92" s="31"/>
       <c r="W92" s="31"/>
       <c r="X92" s="31"/>
       <c r="Y92" s="31"/>
-      <c r="Z92" s="35"/>
-      <c r="AA92" s="35"/>
+      <c r="Z92" s="36"/>
+      <c r="AA92" s="36"/>
       <c r="AB92" s="32"/>
       <c r="AC92" s="32"/>
       <c r="AD92" s="32"/>
     </row>
-    <row r="93" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S93" s="37"/>
+    <row r="93" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A93" s="167">
+        <v>24</v>
+      </c>
+      <c r="B93" s="167"/>
+      <c r="C93" s="169"/>
+      <c r="D93" s="157"/>
+      <c r="E93" s="157"/>
+      <c r="F93" s="157"/>
+      <c r="G93" s="135"/>
+      <c r="H93" s="157"/>
+      <c r="I93" s="157"/>
+      <c r="J93" s="161"/>
+      <c r="K93" s="163">
+        <v>1</v>
+      </c>
+      <c r="L93" s="165"/>
+      <c r="M93" s="91"/>
+      <c r="N93" s="91">
+        <f>+M93</f>
+        <v>0</v>
+      </c>
+      <c r="O93" s="91"/>
+      <c r="P93" s="161"/>
+      <c r="Q93" s="157"/>
+      <c r="R93" s="159"/>
+      <c r="S93" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T93" s="31"/>
       <c r="U93" s="31"/>
       <c r="V93" s="31"/>
       <c r="W93" s="31"/>
       <c r="X93" s="31"/>
       <c r="Y93" s="31"/>
-      <c r="Z93" s="36"/>
-      <c r="AA93" s="36"/>
+      <c r="Z93" s="35"/>
+      <c r="AA93" s="35"/>
       <c r="AB93" s="32"/>
       <c r="AC93" s="32"/>
       <c r="AD93" s="32"/>
     </row>
-    <row r="94" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S94" s="37"/>
+    <row r="94" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A94" s="168"/>
+      <c r="B94" s="168"/>
+      <c r="C94" s="170"/>
+      <c r="D94" s="158"/>
+      <c r="E94" s="158"/>
+      <c r="F94" s="158"/>
+      <c r="G94" s="136"/>
+      <c r="H94" s="158"/>
+      <c r="I94" s="158"/>
+      <c r="J94" s="162"/>
+      <c r="K94" s="164"/>
+      <c r="L94" s="166"/>
+      <c r="M94" s="89">
+        <f>IF(AND(D93=$D$15,E93=$S$15),M93*$U$15,IF(AND(D93=$D$15,E93=$S$16),M93*$U$16,IF(AND(D93=$D$15,E93=$S$17),M93*$U$17,IF(AND(D93=$D$15,E93=$S$18),M93*$U$18,IF(AND(D93=$D$15,E93=$S$19),M93*$U$19,IF(AND(D93=$D$15,E93=$S$20),M93*$U$20,IF(AND(D93=$D$16,E93=$S$15),M93*$W$15,IF(AND(D93=$D$16,E93=$S$16),M93*$W$16,IF(AND(D93=$D$16,E93=$S$17),M93*$W$17,IF(AND(D93=$D$16,E93=$S$18),M93*$W$18,IF(AND(D93=$D$16,E93=$S$19),M93*$W$19,IF(AND(D93=$D$16,E93=$S$20),M93*$W$20,IF(AND(D93=$D$17,E93=$S$15),M93*$Y$15,IF(AND(D93=$D$17,E93=$S$16),M93*$Y$16,IF(AND(D93=$D$17,E93=$S$17),M93*$Y$17,IF(AND(D93=$D$17,E93=$S$18),M93*$Y$18,IF(AND(D93=$D$17,E93=$S$19),M93*$Y$19,IF(AND(D93=$D$17,E93=$S$20),M93*$Y$20,IF(AND(D93=$D$18,E93=$S$15),M93*$AA$15,IF(AND(D93=$D$18,E93=$S$16),M93*$AA$16,IF(AND(D93=$D$18,E93=$S$17),M93*$AA$17,IF(AND(D93=$D$18,E93=$S$18),M93*$AA$18,IF(AND(D93=$D$18,E93=$S$19),M93*$AA$19,IF(AND(D93=$D$18,E93=$S$20),M93*$AA$20,IF(AND(D93=$D$19,E93=$S$15),M93*$AC$15,IF(AND(D93=$D$19,E93=$S$16),M93*$AC$16,IF(AND(D93=$D$19,E93=$S$17),M93*$AC$17,IF(AND(D93=$D$19,E93=$S$18),M93*$AC$18,IF(AND(D93=$D$19,E93=$S$19),M93*$AC$19,IF(AND(D93=$D$19,E93=$S$20),M93*$AC$20,IF(AND(D93=$D$20,E93=$S$15),M93*$AE$15,IF(AND(D93=$D$20,E93=$S$16),M93*$AE$16,IF(AND(D93=$D$20,E93=$S$17),M93*$AE$17,IF(AND(D93=$D$20,E93=$S$18),M93*$AE$18,IF(AND(D93=$D$20,E93=$S$19),M93*$AE$19,IF(AND(D93=$D$20,E93=$S$20),M93*$AE$20,IF(AND(D93=$D$21,E93=$S$15),M93*$AG$15,IF(AND(D93=$D$21,E93=$S$16),M93*$AG$16,IF(AND(D93=$D$21,E93=$S$17),M93*$AG$17,IF(AND(D93=$D$21,E93=$S$18),M93*$AG$18,IF(AND(D93=$D$21,E93=$S$19),M93*$AG$19,IF(AND(D93=$D$21,E93=$S$20),M93*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N94" s="118">
+        <f>IF(AND(D93=$D$15,E93=$S$15),N93*$U$15*K93,IF(AND(D93=$D$15,E93=$S$16),N93*$U$16*K93,IF(AND(D93=$D$15,E93=$S$17),N93*$U$17*K93,IF(AND(D93=$D$15,E93=$S$18),N93*$U$18*K93,IF(AND(D93=$D$15,E93=$S$19),N93*$U$19*K93,IF(AND(D93=$D$15,E93=$S$20),N93*$U$20*K93,IF(AND(D93=$D$16,E93=$S$15),N93*$W$15*K93,IF(AND(D93=$D$16,E93=$S$16),N93*$W$16*K93,IF(AND(D93=$D$16,E93=$S$17),N93*$W$17*K93,IF(AND(D93=$D$16,E93=$S$18),N93*$W$18*K93,IF(AND(D93=$D$16,E93=$S$19),N93*$W$19*K93,IF(AND(D93=$D$16,E93=$S$20),N93*$W$20*K93,IF(AND(D93=$D$17,E93=$S$15),N93*$Y$15*K93,IF(AND(D93=$D$17,E93=$S$16),N93*$Y$16*K93,IF(AND(D93=$D$17,E93=$S$17),N93*$Y$17*K93,IF(AND(D93=$D$17,E93=$S$18),N93*$Y$18*K93,IF(AND(D93=$D$17,E93=$S$19),N93*$Y$19*K93,IF(AND(D93=$D$17,E93=$S$20),N93*$Y$20*K93,IF(AND(D93=$D$18,E93=$S$15),N93*$AA$15*K93,IF(AND(D93=$D$18,E93=$S$16),N93*$AA$16*K93,IF(AND(D93=$D$18,E93=$S$17),N93*$AA$17*K93,IF(AND(D93=$D$18,E93=$S$18),N93*$AA$18*K93,IF(AND(D93=$D$18,E93=$S$19),N93*$AA$19*K93,IF(AND(D93=$D$18,E93=$S$20),N93*$AA$20*K93,IF(AND(D93=$D$19,E93=$S$15),N93*$AC$15*K93,IF(AND(D93=$D$19,E93=$S$16),N93*$AC$16*K93,IF(AND(D93=$D$19,E93=$S$17),N93*$AC$17*K93,IF(AND(D93=$D$19,E93=$S$18),N93*$AC$18*K93,IF(AND(D93=$DE1093=$S$19),N93*$AC$19*K93,IF(AND(D93=$D$19,E93=$S$20),N93*$AC$20*K93,IF(AND(D93=$D$20,E93=$S$15),N93*$AE$15*K93,IF(AND(D93=$D$20,E93=$S$16),N93*$AE$16*K93,IF(AND(D93=$D$20,E93=$S$17),N93*$AE$17*K93,IF(AND(D93=$D$20,E93=$S$18),N93*$AE$18*K93,IF(AND(D93=$D$20,E93=$S$19),N93*$AE$19*K93,IF(AND(D93=$D$20,E93=$S$20),N93*$AE$20*K93,IF(AND(D93=$D$21,E93=$S$15),N93*$AG$15*K93,IF(AND(D93=$D$21,E93=$S$16),N93*$AG$16*K93,IF(AND(D93=$D$21,E93=$S$17),N93*$AG$17*K93,IF(AND(D93=$D$21,E93=$S$18),N93*$AG$18*K93,IF(AND(D93=$D$21,E93=$S$19),N93*$AG$19*K93,IF(AND(D93=$D$21,E93=$S$20),N93*$AG$20*K93,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O94" s="119">
+        <f>IF(AND(D93=$D$15,E93=$S$15),O93*$U$15*K93,IF(AND(D93=$D$15,E93=$S$16),O93*$U$16*K93,IF(AND(D93=$D$15,E93=$S$17),O93*$U$17*K93,IF(AND(D93=$D$15,E93=$S$18),O93*$U$18*K93,IF(AND(D93=$D$15,E93=$S$19),O93*$U$19*K93,IF(AND(D93=$D$15,E93=$S$20),O93*$U$20*K93,IF(AND(D93=$D$16,E93=$S$15),O93*$W$15*K93,IF(AND(D93=$D$16,E93=$S$16),O93*$W$16*K93,IF(AND(D93=$D$16,E93=$S$17),O93*$W$17*K93,IF(AND(D93=$D$16,E93=$S$18),O93*$W$18*K93,IF(AND(D93=$D$16,E93=$S$19),O93*$W$19*K93,IF(AND(D93=$D$16,E93=$S$20),O93*$W$20*K93,IF(AND(D93=$D$17,E93=$S$15),O93*$Y$15*K93,IF(AND(D93=$D$17,E93=$S$16),O93*$Y$16*K93,IF(AND(D93=$D$17,E93=$S$17),O93*$Y$17*K93,IF(AND(D93=$D$17,E93=$S$18),O93*$Y$18*K93,IF(AND(D93=$D$17,E93=$S$19),O93*$Y$19*K93,IF(AND(D93=$D$17,E93=$S$20),O93*$Y$20*K93,IF(AND(D93=$D$18,E93=$S$15),O93*$AA$15*K93,IF(AND(D93=$D$18,E93=$S$16),O93*$AA$16*K93,IF(AND(D93=$D$18,E93=$S$17),O93*$AA$17*K93,IF(AND(D93=$D$18,E93=$S$18),O93*$AA$18*K93,IF(AND(D93=$D$18,E93=$S$19),O93*$AA$19*K93,IF(AND(D93=$D$18,E93=$S$20),O93*$AA$20*K93,IF(AND(D93=$D$19,E93=$S$15),O93*$AC$15*K93,IF(AND(D93=$D$19,E93=$S$16),O93*$AC$16*K93,IF(AND(D93=$D$19,E93=$S$17),O93*$AC$17*K93,IF(AND(D93=$D$19,E93=$S$18),O93*$AC$18*K93,IF(AND(D93=$DE1093=$S$19),O93*$AC$19*K93,IF(AND(D93=$D$19,E93=$S$20),O93*$AC$20*K93,IF(AND(D93=$D$20,E93=$S$15),O93*$AE$15*K93,IF(AND(D93=$D$20,E93=$S$16),O93*$AE$16*K93,IF(AND(D93=$D$20,E93=$S$17),O93*$AE$17*K93,IF(AND(D93=$D$20,E93=$S$18),O93*$AE$18*K93,IF(AND(D93=$D$20,E93=$S$19),O93*$AE$19*K93,IF(AND(D93=$D$20,E93=$S$20),O93*$AE$20*K93,IF(AND(D93=$D$21,E93=$S$15),O93*$AG$15*K93,IF(AND(D93=$D$21,E93=$S$16),O93*$AG$16*K93,IF(AND(D93=$D$21,E93=$S$17),O93*$AG$17*K93,IF(AND(D93=$D$21,E93=$S$18),O93*$AG$18*K93,IF(AND(D93=$D$21,E93=$S$19),O93*$AG$19*K93,IF(AND(D93=$D$21,E93=$S$20),O93*$AG$20*K93,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P94" s="162"/>
+      <c r="Q94" s="158"/>
+      <c r="R94" s="160"/>
+      <c r="S94" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T94" s="31"/>
       <c r="U94" s="31"/>
       <c r="V94" s="31"/>
       <c r="W94" s="31"/>
       <c r="X94" s="31"/>
       <c r="Y94" s="31"/>
-      <c r="Z94" s="35"/>
-      <c r="AA94" s="35"/>
+      <c r="Z94" s="36"/>
+      <c r="AA94" s="36"/>
       <c r="AB94" s="32"/>
       <c r="AC94" s="32"/>
       <c r="AD94" s="32"/>
     </row>
-    <row r="95" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S95" s="37"/>
+    <row r="95" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A95" s="167">
+        <v>25</v>
+      </c>
+      <c r="B95" s="167"/>
+      <c r="C95" s="169"/>
+      <c r="D95" s="157"/>
+      <c r="E95" s="157"/>
+      <c r="F95" s="157"/>
+      <c r="G95" s="135"/>
+      <c r="H95" s="157"/>
+      <c r="I95" s="157"/>
+      <c r="J95" s="161"/>
+      <c r="K95" s="163">
+        <v>1</v>
+      </c>
+      <c r="L95" s="165"/>
+      <c r="M95" s="91"/>
+      <c r="N95" s="91">
+        <f>+M95</f>
+        <v>0</v>
+      </c>
+      <c r="O95" s="91"/>
+      <c r="P95" s="161"/>
+      <c r="Q95" s="157"/>
+      <c r="R95" s="159"/>
+      <c r="S95" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T95" s="31"/>
       <c r="U95" s="31"/>
       <c r="V95" s="31"/>
       <c r="W95" s="31"/>
       <c r="X95" s="31"/>
       <c r="Y95" s="31"/>
-      <c r="Z95" s="36"/>
-      <c r="AA95" s="36"/>
+      <c r="Z95" s="35"/>
+      <c r="AA95" s="35"/>
       <c r="AB95" s="32"/>
       <c r="AC95" s="32"/>
       <c r="AD95" s="32"/>
     </row>
-    <row r="96" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S96" s="37"/>
+    <row r="96" spans="1:30" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A96" s="168"/>
+      <c r="B96" s="168"/>
+      <c r="C96" s="170"/>
+      <c r="D96" s="158"/>
+      <c r="E96" s="158"/>
+      <c r="F96" s="158"/>
+      <c r="G96" s="136"/>
+      <c r="H96" s="158"/>
+      <c r="I96" s="158"/>
+      <c r="J96" s="162"/>
+      <c r="K96" s="164"/>
+      <c r="L96" s="166"/>
+      <c r="M96" s="89">
+        <f>IF(AND(D95=$D$15,E95=$S$15),M95*$U$15,IF(AND(D95=$D$15,E95=$S$16),M95*$U$16,IF(AND(D95=$D$15,E95=$S$17),M95*$U$17,IF(AND(D95=$D$15,E95=$S$18),M95*$U$18,IF(AND(D95=$D$15,E95=$S$19),M95*$U$19,IF(AND(D95=$D$15,E95=$S$20),M95*$U$20,IF(AND(D95=$D$16,E95=$S$15),M95*$W$15,IF(AND(D95=$D$16,E95=$S$16),M95*$W$16,IF(AND(D95=$D$16,E95=$S$17),M95*$W$17,IF(AND(D95=$D$16,E95=$S$18),M95*$W$18,IF(AND(D95=$D$16,E95=$S$19),M95*$W$19,IF(AND(D95=$D$16,E95=$S$20),M95*$W$20,IF(AND(D95=$D$17,E95=$S$15),M95*$Y$15,IF(AND(D95=$D$17,E95=$S$16),M95*$Y$16,IF(AND(D95=$D$17,E95=$S$17),M95*$Y$17,IF(AND(D95=$D$17,E95=$S$18),M95*$Y$18,IF(AND(D95=$D$17,E95=$S$19),M95*$Y$19,IF(AND(D95=$D$17,E95=$S$20),M95*$Y$20,IF(AND(D95=$D$18,E95=$S$15),M95*$AA$15,IF(AND(D95=$D$18,E95=$S$16),M95*$AA$16,IF(AND(D95=$D$18,E95=$S$17),M95*$AA$17,IF(AND(D95=$D$18,E95=$S$18),M95*$AA$18,IF(AND(D95=$D$18,E95=$S$19),M95*$AA$19,IF(AND(D95=$D$18,E95=$S$20),M95*$AA$20,IF(AND(D95=$D$19,E95=$S$15),M95*$AC$15,IF(AND(D95=$D$19,E95=$S$16),M95*$AC$16,IF(AND(D95=$D$19,E95=$S$17),M95*$AC$17,IF(AND(D95=$D$19,E95=$S$18),M95*$AC$18,IF(AND(D95=$D$19,E95=$S$19),M95*$AC$19,IF(AND(D95=$D$19,E95=$S$20),M95*$AC$20,IF(AND(D95=$D$20,E95=$S$15),M95*$AE$15,IF(AND(D95=$D$20,E95=$S$16),M95*$AE$16,IF(AND(D95=$D$20,E95=$S$17),M95*$AE$17,IF(AND(D95=$D$20,E95=$S$18),M95*$AE$18,IF(AND(D95=$D$20,E95=$S$19),M95*$AE$19,IF(AND(D95=$D$20,E95=$S$20),M95*$AE$20,IF(AND(D95=$D$21,E95=$S$15),M95*$AG$15,IF(AND(D95=$D$21,E95=$S$16),M95*$AG$16,IF(AND(D95=$D$21,E95=$S$17),M95*$AG$17,IF(AND(D95=$D$21,E95=$S$18),M95*$AG$18,IF(AND(D95=$D$21,E95=$S$19),M95*$AG$19,IF(AND(D95=$D$21,E95=$S$20),M95*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N96" s="118">
+        <f>IF(AND(D95=$D$15,E95=$S$15),N95*$U$15*K95,IF(AND(D95=$D$15,E95=$S$16),N95*$U$16*K95,IF(AND(D95=$D$15,E95=$S$17),N95*$U$17*K95,IF(AND(D95=$D$15,E95=$S$18),N95*$U$18*K95,IF(AND(D95=$D$15,E95=$S$19),N95*$U$19*K95,IF(AND(D95=$D$15,E95=$S$20),N95*$U$20*K95,IF(AND(D95=$D$16,E95=$S$15),N95*$W$15*K95,IF(AND(D95=$D$16,E95=$S$16),N95*$W$16*K95,IF(AND(D95=$D$16,E95=$S$17),N95*$W$17*K95,IF(AND(D95=$D$16,E95=$S$18),N95*$W$18*K95,IF(AND(D95=$D$16,E95=$S$19),N95*$W$19*K95,IF(AND(D95=$D$16,E95=$S$20),N95*$W$20*K95,IF(AND(D95=$D$17,E95=$S$15),N95*$Y$15*K95,IF(AND(D95=$D$17,E95=$S$16),N95*$Y$16*K95,IF(AND(D95=$D$17,E95=$S$17),N95*$Y$17*K95,IF(AND(D95=$D$17,E95=$S$18),N95*$Y$18*K95,IF(AND(D95=$D$17,E95=$S$19),N95*$Y$19*K95,IF(AND(D95=$D$17,E95=$S$20),N95*$Y$20*K95,IF(AND(D95=$D$18,E95=$S$15),N95*$AA$15*K95,IF(AND(D95=$D$18,E95=$S$16),N95*$AA$16*K95,IF(AND(D95=$D$18,E95=$S$17),N95*$AA$17*K95,IF(AND(D95=$D$18,E95=$S$18),N95*$AA$18*K95,IF(AND(D95=$D$18,E95=$S$19),N95*$AA$19*K95,IF(AND(D95=$D$18,E95=$S$20),N95*$AA$20*K95,IF(AND(D95=$D$19,E95=$S$15),N95*$AC$15*K95,IF(AND(D95=$D$19,E95=$S$16),N95*$AC$16*K95,IF(AND(D95=$D$19,E95=$S$17),N95*$AC$17*K95,IF(AND(D95=$D$19,E95=$S$18),N95*$AC$18*K95,IF(AND(D95=$DE1095=$S$19),N95*$AC$19*K95,IF(AND(D95=$D$19,E95=$S$20),N95*$AC$20*K95,IF(AND(D95=$D$20,E95=$S$15),N95*$AE$15*K95,IF(AND(D95=$D$20,E95=$S$16),N95*$AE$16*K95,IF(AND(D95=$D$20,E95=$S$17),N95*$AE$17*K95,IF(AND(D95=$D$20,E95=$S$18),N95*$AE$18*K95,IF(AND(D95=$D$20,E95=$S$19),N95*$AE$19*K95,IF(AND(D95=$D$20,E95=$S$20),N95*$AE$20*K95,IF(AND(D95=$D$21,E95=$S$15),N95*$AG$15*K95,IF(AND(D95=$D$21,E95=$S$16),N95*$AG$16*K95,IF(AND(D95=$D$21,E95=$S$17),N95*$AG$17*K95,IF(AND(D95=$D$21,E95=$S$18),N95*$AG$18*K95,IF(AND(D95=$D$21,E95=$S$19),N95*$AG$19*K95,IF(AND(D95=$D$21,E95=$S$20),N95*$AG$20*K95,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O96" s="119">
+        <f>IF(AND(D95=$D$15,E95=$S$15),O95*$U$15*K95,IF(AND(D95=$D$15,E95=$S$16),O95*$U$16*K95,IF(AND(D95=$D$15,E95=$S$17),O95*$U$17*K95,IF(AND(D95=$D$15,E95=$S$18),O95*$U$18*K95,IF(AND(D95=$D$15,E95=$S$19),O95*$U$19*K95,IF(AND(D95=$D$15,E95=$S$20),O95*$U$20*K95,IF(AND(D95=$D$16,E95=$S$15),O95*$W$15*K95,IF(AND(D95=$D$16,E95=$S$16),O95*$W$16*K95,IF(AND(D95=$D$16,E95=$S$17),O95*$W$17*K95,IF(AND(D95=$D$16,E95=$S$18),O95*$W$18*K95,IF(AND(D95=$D$16,E95=$S$19),O95*$W$19*K95,IF(AND(D95=$D$16,E95=$S$20),O95*$W$20*K95,IF(AND(D95=$D$17,E95=$S$15),O95*$Y$15*K95,IF(AND(D95=$D$17,E95=$S$16),O95*$Y$16*K95,IF(AND(D95=$D$17,E95=$S$17),O95*$Y$17*K95,IF(AND(D95=$D$17,E95=$S$18),O95*$Y$18*K95,IF(AND(D95=$D$17,E95=$S$19),O95*$Y$19*K95,IF(AND(D95=$D$17,E95=$S$20),O95*$Y$20*K95,IF(AND(D95=$D$18,E95=$S$15),O95*$AA$15*K95,IF(AND(D95=$D$18,E95=$S$16),O95*$AA$16*K95,IF(AND(D95=$D$18,E95=$S$17),O95*$AA$17*K95,IF(AND(D95=$D$18,E95=$S$18),O95*$AA$18*K95,IF(AND(D95=$D$18,E95=$S$19),O95*$AA$19*K95,IF(AND(D95=$D$18,E95=$S$20),O95*$AA$20*K95,IF(AND(D95=$D$19,E95=$S$15),O95*$AC$15*K95,IF(AND(D95=$D$19,E95=$S$16),O95*$AC$16*K95,IF(AND(D95=$D$19,E95=$S$17),O95*$AC$17*K95,IF(AND(D95=$D$19,E95=$S$18),O95*$AC$18*K95,IF(AND(D95=$DE1095=$S$19),O95*$AC$19*K95,IF(AND(D95=$D$19,E95=$S$20),O95*$AC$20*K95,IF(AND(D95=$D$20,E95=$S$15),O95*$AE$15*K95,IF(AND(D95=$D$20,E95=$S$16),O95*$AE$16*K95,IF(AND(D95=$D$20,E95=$S$17),O95*$AE$17*K95,IF(AND(D95=$D$20,E95=$S$18),O95*$AE$18*K95,IF(AND(D95=$D$20,E95=$S$19),O95*$AE$19*K95,IF(AND(D95=$D$20,E95=$S$20),O95*$AE$20*K95,IF(AND(D95=$D$21,E95=$S$15),O95*$AG$15*K95,IF(AND(D95=$D$21,E95=$S$16),O95*$AG$16*K95,IF(AND(D95=$D$21,E95=$S$17),O95*$AG$17*K95,IF(AND(D95=$D$21,E95=$S$18),O95*$AG$18*K95,IF(AND(D95=$D$21,E95=$S$19),O95*$AG$19*K95,IF(AND(D95=$D$21,E95=$S$20),O95*$AG$20*K95,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P96" s="162"/>
+      <c r="Q96" s="158"/>
+      <c r="R96" s="160"/>
+      <c r="S96" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T96" s="31"/>
       <c r="U96" s="31"/>
       <c r="V96" s="31"/>
       <c r="W96" s="31"/>
       <c r="X96" s="31"/>
       <c r="Y96" s="31"/>
-      <c r="Z96" s="35"/>
-      <c r="AA96" s="35"/>
+      <c r="Z96" s="36"/>
+      <c r="AA96" s="36"/>
       <c r="AB96" s="32"/>
       <c r="AC96" s="32"/>
       <c r="AD96" s="32"/>
     </row>
-    <row r="97" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="S97" s="37"/>
+    <row r="97" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A97" s="167">
+        <v>26</v>
+      </c>
+      <c r="B97" s="167"/>
+      <c r="C97" s="169"/>
+      <c r="D97" s="157"/>
+      <c r="E97" s="157"/>
+      <c r="F97" s="157"/>
+      <c r="G97" s="135"/>
+      <c r="H97" s="157"/>
+      <c r="I97" s="157"/>
+      <c r="J97" s="161"/>
+      <c r="K97" s="163">
+        <v>1</v>
+      </c>
+      <c r="L97" s="165"/>
+      <c r="M97" s="91"/>
+      <c r="N97" s="91">
+        <f>+M97</f>
+        <v>0</v>
+      </c>
+      <c r="O97" s="91"/>
+      <c r="P97" s="161"/>
+      <c r="Q97" s="157"/>
+      <c r="R97" s="159"/>
+      <c r="S97" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T97" s="31"/>
       <c r="U97" s="31"/>
       <c r="V97" s="31"/>
       <c r="W97" s="31"/>
       <c r="X97" s="31"/>
       <c r="Y97" s="31"/>
-      <c r="Z97" s="36"/>
-      <c r="AA97" s="36"/>
+      <c r="Z97" s="35"/>
+      <c r="AA97" s="35"/>
       <c r="AB97" s="32"/>
       <c r="AC97" s="32"/>
       <c r="AD97" s="32"/>
     </row>
-    <row r="98" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S98" s="37"/>
+    <row r="98" spans="1:30" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="168"/>
+      <c r="B98" s="168"/>
+      <c r="C98" s="170"/>
+      <c r="D98" s="158"/>
+      <c r="E98" s="158"/>
+      <c r="F98" s="158"/>
+      <c r="G98" s="136"/>
+      <c r="H98" s="158"/>
+      <c r="I98" s="158"/>
+      <c r="J98" s="162"/>
+      <c r="K98" s="164"/>
+      <c r="L98" s="166"/>
+      <c r="M98" s="89">
+        <f>IF(AND(D97=$D$15,E97=$S$15),M97*$U$15,IF(AND(D97=$D$15,E97=$S$16),M97*$U$16,IF(AND(D97=$D$15,E97=$S$17),M97*$U$17,IF(AND(D97=$D$15,E97=$S$18),M97*$U$18,IF(AND(D97=$D$15,E97=$S$19),M97*$U$19,IF(AND(D97=$D$15,E97=$S$20),M97*$U$20,IF(AND(D97=$D$16,E97=$S$15),M97*$W$15,IF(AND(D97=$D$16,E97=$S$16),M97*$W$16,IF(AND(D97=$D$16,E97=$S$17),M97*$W$17,IF(AND(D97=$D$16,E97=$S$18),M97*$W$18,IF(AND(D97=$D$16,E97=$S$19),M97*$W$19,IF(AND(D97=$D$16,E97=$S$20),M97*$W$20,IF(AND(D97=$D$17,E97=$S$15),M97*$Y$15,IF(AND(D97=$D$17,E97=$S$16),M97*$Y$16,IF(AND(D97=$D$17,E97=$S$17),M97*$Y$17,IF(AND(D97=$D$17,E97=$S$18),M97*$Y$18,IF(AND(D97=$D$17,E97=$S$19),M97*$Y$19,IF(AND(D97=$D$17,E97=$S$20),M97*$Y$20,IF(AND(D97=$D$18,E97=$S$15),M97*$AA$15,IF(AND(D97=$D$18,E97=$S$16),M97*$AA$16,IF(AND(D97=$D$18,E97=$S$17),M97*$AA$17,IF(AND(D97=$D$18,E97=$S$18),M97*$AA$18,IF(AND(D97=$D$18,E97=$S$19),M97*$AA$19,IF(AND(D97=$D$18,E97=$S$20),M97*$AA$20,IF(AND(D97=$D$19,E97=$S$15),M97*$AC$15,IF(AND(D97=$D$19,E97=$S$16),M97*$AC$16,IF(AND(D97=$D$19,E97=$S$17),M97*$AC$17,IF(AND(D97=$D$19,E97=$S$18),M97*$AC$18,IF(AND(D97=$D$19,E97=$S$19),M97*$AC$19,IF(AND(D97=$D$19,E97=$S$20),M97*$AC$20,IF(AND(D97=$D$20,E97=$S$15),M97*$AE$15,IF(AND(D97=$D$20,E97=$S$16),M97*$AE$16,IF(AND(D97=$D$20,E97=$S$17),M97*$AE$17,IF(AND(D97=$D$20,E97=$S$18),M97*$AE$18,IF(AND(D97=$D$20,E97=$S$19),M97*$AE$19,IF(AND(D97=$D$20,E97=$S$20),M97*$AE$20,IF(AND(D97=$D$21,E97=$S$15),M97*$AG$15,IF(AND(D97=$D$21,E97=$S$16),M97*$AG$16,IF(AND(D97=$D$21,E97=$S$17),M97*$AG$17,IF(AND(D97=$D$21,E97=$S$18),M97*$AG$18,IF(AND(D97=$D$21,E97=$S$19),M97*$AG$19,IF(AND(D97=$D$21,E97=$S$20),M97*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N98" s="118">
+        <f>IF(AND(D97=$D$15,E97=$S$15),N97*$U$15*K97,IF(AND(D97=$D$15,E97=$S$16),N97*$U$16*K97,IF(AND(D97=$D$15,E97=$S$17),N97*$U$17*K97,IF(AND(D97=$D$15,E97=$S$18),N97*$U$18*K97,IF(AND(D97=$D$15,E97=$S$19),N97*$U$19*K97,IF(AND(D97=$D$15,E97=$S$20),N97*$U$20*K97,IF(AND(D97=$D$16,E97=$S$15),N97*$W$15*K97,IF(AND(D97=$D$16,E97=$S$16),N97*$W$16*K97,IF(AND(D97=$D$16,E97=$S$17),N97*$W$17*K97,IF(AND(D97=$D$16,E97=$S$18),N97*$W$18*K97,IF(AND(D97=$D$16,E97=$S$19),N97*$W$19*K97,IF(AND(D97=$D$16,E97=$S$20),N97*$W$20*K97,IF(AND(D97=$D$17,E97=$S$15),N97*$Y$15*K97,IF(AND(D97=$D$17,E97=$S$16),N97*$Y$16*K97,IF(AND(D97=$D$17,E97=$S$17),N97*$Y$17*K97,IF(AND(D97=$D$17,E97=$S$18),N97*$Y$18*K97,IF(AND(D97=$D$17,E97=$S$19),N97*$Y$19*K97,IF(AND(D97=$D$17,E97=$S$20),N97*$Y$20*K97,IF(AND(D97=$D$18,E97=$S$15),N97*$AA$15*K97,IF(AND(D97=$D$18,E97=$S$16),N97*$AA$16*K97,IF(AND(D97=$D$18,E97=$S$17),N97*$AA$17*K97,IF(AND(D97=$D$18,E97=$S$18),N97*$AA$18*K97,IF(AND(D97=$D$18,E97=$S$19),N97*$AA$19*K97,IF(AND(D97=$D$18,E97=$S$20),N97*$AA$20*K97,IF(AND(D97=$D$19,E97=$S$15),N97*$AC$15*K97,IF(AND(D97=$D$19,E97=$S$16),N97*$AC$16*K97,IF(AND(D97=$D$19,E97=$S$17),N97*$AC$17*K97,IF(AND(D97=$D$19,E97=$S$18),N97*$AC$18*K97,IF(AND(D97=$DE1097=$S$19),N97*$AC$19*K97,IF(AND(D97=$D$19,E97=$S$20),N97*$AC$20*K97,IF(AND(D97=$D$20,E97=$S$15),N97*$AE$15*K97,IF(AND(D97=$D$20,E97=$S$16),N97*$AE$16*K97,IF(AND(D97=$D$20,E97=$S$17),N97*$AE$17*K97,IF(AND(D97=$D$20,E97=$S$18),N97*$AE$18*K97,IF(AND(D97=$D$20,E97=$S$19),N97*$AE$19*K97,IF(AND(D97=$D$20,E97=$S$20),N97*$AE$20*K97,IF(AND(D97=$D$21,E97=$S$15),N97*$AG$15*K97,IF(AND(D97=$D$21,E97=$S$16),N97*$AG$16*K97,IF(AND(D97=$D$21,E97=$S$17),N97*$AG$17*K97,IF(AND(D97=$D$21,E97=$S$18),N97*$AG$18*K97,IF(AND(D97=$D$21,E97=$S$19),N97*$AG$19*K97,IF(AND(D97=$D$21,E97=$S$20),N97*$AG$20*K97,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O98" s="119">
+        <f>IF(AND(D97=$D$15,E97=$S$15),O97*$U$15*K97,IF(AND(D97=$D$15,E97=$S$16),O97*$U$16*K97,IF(AND(D97=$D$15,E97=$S$17),O97*$U$17*K97,IF(AND(D97=$D$15,E97=$S$18),O97*$U$18*K97,IF(AND(D97=$D$15,E97=$S$19),O97*$U$19*K97,IF(AND(D97=$D$15,E97=$S$20),O97*$U$20*K97,IF(AND(D97=$D$16,E97=$S$15),O97*$W$15*K97,IF(AND(D97=$D$16,E97=$S$16),O97*$W$16*K97,IF(AND(D97=$D$16,E97=$S$17),O97*$W$17*K97,IF(AND(D97=$D$16,E97=$S$18),O97*$W$18*K97,IF(AND(D97=$D$16,E97=$S$19),O97*$W$19*K97,IF(AND(D97=$D$16,E97=$S$20),O97*$W$20*K97,IF(AND(D97=$D$17,E97=$S$15),O97*$Y$15*K97,IF(AND(D97=$D$17,E97=$S$16),O97*$Y$16*K97,IF(AND(D97=$D$17,E97=$S$17),O97*$Y$17*K97,IF(AND(D97=$D$17,E97=$S$18),O97*$Y$18*K97,IF(AND(D97=$D$17,E97=$S$19),O97*$Y$19*K97,IF(AND(D97=$D$17,E97=$S$20),O97*$Y$20*K97,IF(AND(D97=$D$18,E97=$S$15),O97*$AA$15*K97,IF(AND(D97=$D$18,E97=$S$16),O97*$AA$16*K97,IF(AND(D97=$D$18,E97=$S$17),O97*$AA$17*K97,IF(AND(D97=$D$18,E97=$S$18),O97*$AA$18*K97,IF(AND(D97=$D$18,E97=$S$19),O97*$AA$19*K97,IF(AND(D97=$D$18,E97=$S$20),O97*$AA$20*K97,IF(AND(D97=$D$19,E97=$S$15),O97*$AC$15*K97,IF(AND(D97=$D$19,E97=$S$16),O97*$AC$16*K97,IF(AND(D97=$D$19,E97=$S$17),O97*$AC$17*K97,IF(AND(D97=$D$19,E97=$S$18),O97*$AC$18*K97,IF(AND(D97=$DE1097=$S$19),O97*$AC$19*K97,IF(AND(D97=$D$19,E97=$S$20),O97*$AC$20*K97,IF(AND(D97=$D$20,E97=$S$15),O97*$AE$15*K97,IF(AND(D97=$D$20,E97=$S$16),O97*$AE$16*K97,IF(AND(D97=$D$20,E97=$S$17),O97*$AE$17*K97,IF(AND(D97=$D$20,E97=$S$18),O97*$AE$18*K97,IF(AND(D97=$D$20,E97=$S$19),O97*$AE$19*K97,IF(AND(D97=$D$20,E97=$S$20),O97*$AE$20*K97,IF(AND(D97=$D$21,E97=$S$15),O97*$AG$15*K97,IF(AND(D97=$D$21,E97=$S$16),O97*$AG$16*K97,IF(AND(D97=$D$21,E97=$S$17),O97*$AG$17*K97,IF(AND(D97=$D$21,E97=$S$18),O97*$AG$18*K97,IF(AND(D97=$D$21,E97=$S$19),O97*$AG$19*K97,IF(AND(D97=$D$21,E97=$S$20),O97*$AG$20*K97,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P98" s="162"/>
+      <c r="Q98" s="158"/>
+      <c r="R98" s="160"/>
+      <c r="S98" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T98" s="31"/>
       <c r="U98" s="31"/>
       <c r="V98" s="31"/>
       <c r="W98" s="31"/>
       <c r="X98" s="31"/>
       <c r="Y98" s="31"/>
-      <c r="Z98" s="35"/>
-      <c r="AA98" s="35"/>
+      <c r="Z98" s="36"/>
+      <c r="AA98" s="36"/>
       <c r="AB98" s="32"/>
       <c r="AC98" s="32"/>
       <c r="AD98" s="32"/>
     </row>
-    <row r="99" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="S99" s="37"/>
+    <row r="99" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A99" s="167">
+        <v>27</v>
+      </c>
+      <c r="B99" s="167"/>
+      <c r="C99" s="169"/>
+      <c r="D99" s="157"/>
+      <c r="E99" s="157"/>
+      <c r="F99" s="157"/>
+      <c r="G99" s="135"/>
+      <c r="H99" s="157"/>
+      <c r="I99" s="157"/>
+      <c r="J99" s="161"/>
+      <c r="K99" s="163">
+        <v>1</v>
+      </c>
+      <c r="L99" s="165"/>
+      <c r="M99" s="91"/>
+      <c r="N99" s="91">
+        <f>+M99</f>
+        <v>0</v>
+      </c>
+      <c r="O99" s="91"/>
+      <c r="P99" s="161"/>
+      <c r="Q99" s="157"/>
+      <c r="R99" s="159"/>
+      <c r="S99" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T99" s="31"/>
       <c r="U99" s="31"/>
       <c r="V99" s="31"/>
       <c r="W99" s="31"/>
       <c r="X99" s="31"/>
       <c r="Y99" s="31"/>
-      <c r="Z99" s="36"/>
-      <c r="AA99" s="36"/>
+      <c r="Z99" s="35"/>
+      <c r="AA99" s="35"/>
       <c r="AB99" s="32"/>
       <c r="AC99" s="32"/>
       <c r="AD99" s="32"/>
     </row>
-    <row r="100" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S100" s="37"/>
+    <row r="100" spans="1:30" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A100" s="168"/>
+      <c r="B100" s="168"/>
+      <c r="C100" s="170"/>
+      <c r="D100" s="158"/>
+      <c r="E100" s="158"/>
+      <c r="F100" s="158"/>
+      <c r="G100" s="136"/>
+      <c r="H100" s="158"/>
+      <c r="I100" s="158"/>
+      <c r="J100" s="162"/>
+      <c r="K100" s="164"/>
+      <c r="L100" s="166"/>
+      <c r="M100" s="89">
+        <f>IF(AND(D99=$D$15,E99=$S$15),M99*$U$15,IF(AND(D99=$D$15,E99=$S$16),M99*$U$16,IF(AND(D99=$D$15,E99=$S$17),M99*$U$17,IF(AND(D99=$D$15,E99=$S$18),M99*$U$18,IF(AND(D99=$D$15,E99=$S$19),M99*$U$19,IF(AND(D99=$D$15,E99=$S$20),M99*$U$20,IF(AND(D99=$D$16,E99=$S$15),M99*$W$15,IF(AND(D99=$D$16,E99=$S$16),M99*$W$16,IF(AND(D99=$D$16,E99=$S$17),M99*$W$17,IF(AND(D99=$D$16,E99=$S$18),M99*$W$18,IF(AND(D99=$D$16,E99=$S$19),M99*$W$19,IF(AND(D99=$D$16,E99=$S$20),M99*$W$20,IF(AND(D99=$D$17,E99=$S$15),M99*$Y$15,IF(AND(D99=$D$17,E99=$S$16),M99*$Y$16,IF(AND(D99=$D$17,E99=$S$17),M99*$Y$17,IF(AND(D99=$D$17,E99=$S$18),M99*$Y$18,IF(AND(D99=$D$17,E99=$S$19),M99*$Y$19,IF(AND(D99=$D$17,E99=$S$20),M99*$Y$20,IF(AND(D99=$D$18,E99=$S$15),M99*$AA$15,IF(AND(D99=$D$18,E99=$S$16),M99*$AA$16,IF(AND(D99=$D$18,E99=$S$17),M99*$AA$17,IF(AND(D99=$D$18,E99=$S$18),M99*$AA$18,IF(AND(D99=$D$18,E99=$S$19),M99*$AA$19,IF(AND(D99=$D$18,E99=$S$20),M99*$AA$20,IF(AND(D99=$D$19,E99=$S$15),M99*$AC$15,IF(AND(D99=$D$19,E99=$S$16),M99*$AC$16,IF(AND(D99=$D$19,E99=$S$17),M99*$AC$17,IF(AND(D99=$D$19,E99=$S$18),M99*$AC$18,IF(AND(D99=$D$19,E99=$S$19),M99*$AC$19,IF(AND(D99=$D$19,E99=$S$20),M99*$AC$20,IF(AND(D99=$D$20,E99=$S$15),M99*$AE$15,IF(AND(D99=$D$20,E99=$S$16),M99*$AE$16,IF(AND(D99=$D$20,E99=$S$17),M99*$AE$17,IF(AND(D99=$D$20,E99=$S$18),M99*$AE$18,IF(AND(D99=$D$20,E99=$S$19),M99*$AE$19,IF(AND(D99=$D$20,E99=$S$20),M99*$AE$20,IF(AND(D99=$D$21,E99=$S$15),M99*$AG$15,IF(AND(D99=$D$21,E99=$S$16),M99*$AG$16,IF(AND(D99=$D$21,E99=$S$17),M99*$AG$17,IF(AND(D99=$D$21,E99=$S$18),M99*$AG$18,IF(AND(D99=$D$21,E99=$S$19),M99*$AG$19,IF(AND(D99=$D$21,E99=$S$20),M99*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N100" s="118">
+        <f>IF(AND(D99=$D$15,E99=$S$15),N99*$U$15*K99,IF(AND(D99=$D$15,E99=$S$16),N99*$U$16*K99,IF(AND(D99=$D$15,E99=$S$17),N99*$U$17*K99,IF(AND(D99=$D$15,E99=$S$18),N99*$U$18*K99,IF(AND(D99=$D$15,E99=$S$19),N99*$U$19*K99,IF(AND(D99=$D$15,E99=$S$20),N99*$U$20*K99,IF(AND(D99=$D$16,E99=$S$15),N99*$W$15*K99,IF(AND(D99=$D$16,E99=$S$16),N99*$W$16*K99,IF(AND(D99=$D$16,E99=$S$17),N99*$W$17*K99,IF(AND(D99=$D$16,E99=$S$18),N99*$W$18*K99,IF(AND(D99=$D$16,E99=$S$19),N99*$W$19*K99,IF(AND(D99=$D$16,E99=$S$20),N99*$W$20*K99,IF(AND(D99=$D$17,E99=$S$15),N99*$Y$15*K99,IF(AND(D99=$D$17,E99=$S$16),N99*$Y$16*K99,IF(AND(D99=$D$17,E99=$S$17),N99*$Y$17*K99,IF(AND(D99=$D$17,E99=$S$18),N99*$Y$18*K99,IF(AND(D99=$D$17,E99=$S$19),N99*$Y$19*K99,IF(AND(D99=$D$17,E99=$S$20),N99*$Y$20*K99,IF(AND(D99=$D$18,E99=$S$15),N99*$AA$15*K99,IF(AND(D99=$D$18,E99=$S$16),N99*$AA$16*K99,IF(AND(D99=$D$18,E99=$S$17),N99*$AA$17*K99,IF(AND(D99=$D$18,E99=$S$18),N99*$AA$18*K99,IF(AND(D99=$D$18,E99=$S$19),N99*$AA$19*K99,IF(AND(D99=$D$18,E99=$S$20),N99*$AA$20*K99,IF(AND(D99=$D$19,E99=$S$15),N99*$AC$15*K99,IF(AND(D99=$D$19,E99=$S$16),N99*$AC$16*K99,IF(AND(D99=$D$19,E99=$S$17),N99*$AC$17*K99,IF(AND(D99=$D$19,E99=$S$18),N99*$AC$18*K99,IF(AND(D99=$DE1099=$S$19),N99*$AC$19*K99,IF(AND(D99=$D$19,E99=$S$20),N99*$AC$20*K99,IF(AND(D99=$D$20,E99=$S$15),N99*$AE$15*K99,IF(AND(D99=$D$20,E99=$S$16),N99*$AE$16*K99,IF(AND(D99=$D$20,E99=$S$17),N99*$AE$17*K99,IF(AND(D99=$D$20,E99=$S$18),N99*$AE$18*K99,IF(AND(D99=$D$20,E99=$S$19),N99*$AE$19*K99,IF(AND(D99=$D$20,E99=$S$20),N99*$AE$20*K99,IF(AND(D99=$D$21,E99=$S$15),N99*$AG$15*K99,IF(AND(D99=$D$21,E99=$S$16),N99*$AG$16*K99,IF(AND(D99=$D$21,E99=$S$17),N99*$AG$17*K99,IF(AND(D99=$D$21,E99=$S$18),N99*$AG$18*K99,IF(AND(D99=$D$21,E99=$S$19),N99*$AG$19*K99,IF(AND(D99=$D$21,E99=$S$20),N99*$AG$20*K99,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O100" s="119">
+        <f>IF(AND(D99=$D$15,E99=$S$15),O99*$U$15*K99,IF(AND(D99=$D$15,E99=$S$16),O99*$U$16*K99,IF(AND(D99=$D$15,E99=$S$17),O99*$U$17*K99,IF(AND(D99=$D$15,E99=$S$18),O99*$U$18*K99,IF(AND(D99=$D$15,E99=$S$19),O99*$U$19*K99,IF(AND(D99=$D$15,E99=$S$20),O99*$U$20*K99,IF(AND(D99=$D$16,E99=$S$15),O99*$W$15*K99,IF(AND(D99=$D$16,E99=$S$16),O99*$W$16*K99,IF(AND(D99=$D$16,E99=$S$17),O99*$W$17*K99,IF(AND(D99=$D$16,E99=$S$18),O99*$W$18*K99,IF(AND(D99=$D$16,E99=$S$19),O99*$W$19*K99,IF(AND(D99=$D$16,E99=$S$20),O99*$W$20*K99,IF(AND(D99=$D$17,E99=$S$15),O99*$Y$15*K99,IF(AND(D99=$D$17,E99=$S$16),O99*$Y$16*K99,IF(AND(D99=$D$17,E99=$S$17),O99*$Y$17*K99,IF(AND(D99=$D$17,E99=$S$18),O99*$Y$18*K99,IF(AND(D99=$D$17,E99=$S$19),O99*$Y$19*K99,IF(AND(D99=$D$17,E99=$S$20),O99*$Y$20*K99,IF(AND(D99=$D$18,E99=$S$15),O99*$AA$15*K99,IF(AND(D99=$D$18,E99=$S$16),O99*$AA$16*K99,IF(AND(D99=$D$18,E99=$S$17),O99*$AA$17*K99,IF(AND(D99=$D$18,E99=$S$18),O99*$AA$18*K99,IF(AND(D99=$D$18,E99=$S$19),O99*$AA$19*K99,IF(AND(D99=$D$18,E99=$S$20),O99*$AA$20*K99,IF(AND(D99=$D$19,E99=$S$15),O99*$AC$15*K99,IF(AND(D99=$D$19,E99=$S$16),O99*$AC$16*K99,IF(AND(D99=$D$19,E99=$S$17),O99*$AC$17*K99,IF(AND(D99=$D$19,E99=$S$18),O99*$AC$18*K99,IF(AND(D99=$DE1099=$S$19),O99*$AC$19*K99,IF(AND(D99=$D$19,E99=$S$20),O99*$AC$20*K99,IF(AND(D99=$D$20,E99=$S$15),O99*$AE$15*K99,IF(AND(D99=$D$20,E99=$S$16),O99*$AE$16*K99,IF(AND(D99=$D$20,E99=$S$17),O99*$AE$17*K99,IF(AND(D99=$D$20,E99=$S$18),O99*$AE$18*K99,IF(AND(D99=$D$20,E99=$S$19),O99*$AE$19*K99,IF(AND(D99=$D$20,E99=$S$20),O99*$AE$20*K99,IF(AND(D99=$D$21,E99=$S$15),O99*$AG$15*K99,IF(AND(D99=$D$21,E99=$S$16),O99*$AG$16*K99,IF(AND(D99=$D$21,E99=$S$17),O99*$AG$17*K99,IF(AND(D99=$D$21,E99=$S$18),O99*$AG$18*K99,IF(AND(D99=$D$21,E99=$S$19),O99*$AG$19*K99,IF(AND(D99=$D$21,E99=$S$20),O99*$AG$20*K99,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P100" s="162"/>
+      <c r="Q100" s="158"/>
+      <c r="R100" s="160"/>
+      <c r="S100" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T100" s="31"/>
       <c r="U100" s="31"/>
       <c r="V100" s="31"/>
       <c r="W100" s="31"/>
       <c r="X100" s="31"/>
       <c r="Y100" s="31"/>
-      <c r="Z100" s="35"/>
-      <c r="AA100" s="35"/>
+      <c r="Z100" s="36"/>
+      <c r="AA100" s="36"/>
       <c r="AB100" s="32"/>
       <c r="AC100" s="32"/>
       <c r="AD100" s="32"/>
     </row>
-    <row r="101" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="S101" s="37"/>
+    <row r="101" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A101" s="167">
+        <v>28</v>
+      </c>
+      <c r="B101" s="167"/>
+      <c r="C101" s="169"/>
+      <c r="D101" s="157"/>
+      <c r="E101" s="157"/>
+      <c r="F101" s="157"/>
+      <c r="G101" s="135"/>
+      <c r="H101" s="157"/>
+      <c r="I101" s="157"/>
+      <c r="J101" s="161"/>
+      <c r="K101" s="163">
+        <v>1</v>
+      </c>
+      <c r="L101" s="165"/>
+      <c r="M101" s="91"/>
+      <c r="N101" s="91">
+        <f>+M101</f>
+        <v>0</v>
+      </c>
+      <c r="O101" s="91"/>
+      <c r="P101" s="161"/>
+      <c r="Q101" s="157"/>
+      <c r="R101" s="159"/>
+      <c r="S101" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T101" s="31"/>
       <c r="U101" s="31"/>
       <c r="V101" s="31"/>
       <c r="W101" s="31"/>
       <c r="X101" s="31"/>
       <c r="Y101" s="31"/>
-      <c r="Z101" s="36"/>
-      <c r="AA101" s="36"/>
+      <c r="Z101" s="35"/>
+      <c r="AA101" s="35"/>
       <c r="AB101" s="32"/>
       <c r="AC101" s="32"/>
       <c r="AD101" s="32"/>
     </row>
-    <row r="102" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S102" s="37"/>
+    <row r="102" spans="1:30" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A102" s="168"/>
+      <c r="B102" s="168"/>
+      <c r="C102" s="170"/>
+      <c r="D102" s="158"/>
+      <c r="E102" s="158"/>
+      <c r="F102" s="158"/>
+      <c r="G102" s="136"/>
+      <c r="H102" s="158"/>
+      <c r="I102" s="158"/>
+      <c r="J102" s="162"/>
+      <c r="K102" s="164"/>
+      <c r="L102" s="166"/>
+      <c r="M102" s="89">
+        <f>IF(AND(D101=$D$15,E101=$S$15),M101*$U$15,IF(AND(D101=$D$15,E101=$S$16),M101*$U$16,IF(AND(D101=$D$15,E101=$S$17),M101*$U$17,IF(AND(D101=$D$15,E101=$S$18),M101*$U$18,IF(AND(D101=$D$15,E101=$S$19),M101*$U$19,IF(AND(D101=$D$15,E101=$S$20),M101*$U$20,IF(AND(D101=$D$16,E101=$S$15),M101*$W$15,IF(AND(D101=$D$16,E101=$S$16),M101*$W$16,IF(AND(D101=$D$16,E101=$S$17),M101*$W$17,IF(AND(D101=$D$16,E101=$S$18),M101*$W$18,IF(AND(D101=$D$16,E101=$S$19),M101*$W$19,IF(AND(D101=$D$16,E101=$S$20),M101*$W$20,IF(AND(D101=$D$17,E101=$S$15),M101*$Y$15,IF(AND(D101=$D$17,E101=$S$16),M101*$Y$16,IF(AND(D101=$D$17,E101=$S$17),M101*$Y$17,IF(AND(D101=$D$17,E101=$S$18),M101*$Y$18,IF(AND(D101=$D$17,E101=$S$19),M101*$Y$19,IF(AND(D101=$D$17,E101=$S$20),M101*$Y$20,IF(AND(D101=$D$18,E101=$S$15),M101*$AA$15,IF(AND(D101=$D$18,E101=$S$16),M101*$AA$16,IF(AND(D101=$D$18,E101=$S$17),M101*$AA$17,IF(AND(D101=$D$18,E101=$S$18),M101*$AA$18,IF(AND(D101=$D$18,E101=$S$19),M101*$AA$19,IF(AND(D101=$D$18,E101=$S$20),M101*$AA$20,IF(AND(D101=$D$19,E101=$S$15),M101*$AC$15,IF(AND(D101=$D$19,E101=$S$16),M101*$AC$16,IF(AND(D101=$D$19,E101=$S$17),M101*$AC$17,IF(AND(D101=$D$19,E101=$S$18),M101*$AC$18,IF(AND(D101=$D$19,E101=$S$19),M101*$AC$19,IF(AND(D101=$D$19,E101=$S$20),M101*$AC$20,IF(AND(D101=$D$20,E101=$S$15),M101*$AE$15,IF(AND(D101=$D$20,E101=$S$16),M101*$AE$16,IF(AND(D101=$D$20,E101=$S$17),M101*$AE$17,IF(AND(D101=$D$20,E101=$S$18),M101*$AE$18,IF(AND(D101=$D$20,E101=$S$19),M101*$AE$19,IF(AND(D101=$D$20,E101=$S$20),M101*$AE$20,IF(AND(D101=$D$21,E101=$S$15),M101*$AG$15,IF(AND(D101=$D$21,E101=$S$16),M101*$AG$16,IF(AND(D101=$D$21,E101=$S$17),M101*$AG$17,IF(AND(D101=$D$21,E101=$S$18),M101*$AG$18,IF(AND(D101=$D$21,E101=$S$19),M101*$AG$19,IF(AND(D101=$D$21,E101=$S$20),M101*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N102" s="118">
+        <f>IF(AND(D101=$D$15,E101=$S$15),N101*$U$15*K101,IF(AND(D101=$D$15,E101=$S$16),N101*$U$16*K101,IF(AND(D101=$D$15,E101=$S$17),N101*$U$17*K101,IF(AND(D101=$D$15,E101=$S$18),N101*$U$18*K101,IF(AND(D101=$D$15,E101=$S$19),N101*$U$19*K101,IF(AND(D101=$D$15,E101=$S$20),N101*$U$20*K101,IF(AND(D101=$D$16,E101=$S$15),N101*$W$15*K101,IF(AND(D101=$D$16,E101=$S$16),N101*$W$16*K101,IF(AND(D101=$D$16,E101=$S$17),N101*$W$17*K101,IF(AND(D101=$D$16,E101=$S$18),N101*$W$18*K101,IF(AND(D101=$D$16,E101=$S$19),N101*$W$19*K101,IF(AND(D101=$D$16,E101=$S$20),N101*$W$20*K101,IF(AND(D101=$D$17,E101=$S$15),N101*$Y$15*K101,IF(AND(D101=$D$17,E101=$S$16),N101*$Y$16*K101,IF(AND(D101=$D$17,E101=$S$17),N101*$Y$17*K101,IF(AND(D101=$D$17,E101=$S$18),N101*$Y$18*K101,IF(AND(D101=$D$17,E101=$S$19),N101*$Y$19*K101,IF(AND(D101=$D$17,E101=$S$20),N101*$Y$20*K101,IF(AND(D101=$D$18,E101=$S$15),N101*$AA$15*K101,IF(AND(D101=$D$18,E101=$S$16),N101*$AA$16*K101,IF(AND(D101=$D$18,E101=$S$17),N101*$AA$17*K101,IF(AND(D101=$D$18,E101=$S$18),N101*$AA$18*K101,IF(AND(D101=$D$18,E101=$S$19),N101*$AA$19*K101,IF(AND(D101=$D$18,E101=$S$20),N101*$AA$20*K101,IF(AND(D101=$D$19,E101=$S$15),N101*$AC$15*K101,IF(AND(D101=$D$19,E101=$S$16),N101*$AC$16*K101,IF(AND(D101=$D$19,E101=$S$17),N101*$AC$17*K101,IF(AND(D101=$D$19,E101=$S$18),N101*$AC$18*K101,IF(AND(D101=$DE1101=$S$19),N101*$AC$19*K101,IF(AND(D101=$D$19,E101=$S$20),N101*$AC$20*K101,IF(AND(D101=$D$20,E101=$S$15),N101*$AE$15*K101,IF(AND(D101=$D$20,E101=$S$16),N101*$AE$16*K101,IF(AND(D101=$D$20,E101=$S$17),N101*$AE$17*K101,IF(AND(D101=$D$20,E101=$S$18),N101*$AE$18*K101,IF(AND(D101=$D$20,E101=$S$19),N101*$AE$19*K101,IF(AND(D101=$D$20,E101=$S$20),N101*$AE$20*K101,IF(AND(D101=$D$21,E101=$S$15),N101*$AG$15*K101,IF(AND(D101=$D$21,E101=$S$16),N101*$AG$16*K101,IF(AND(D101=$D$21,E101=$S$17),N101*$AG$17*K101,IF(AND(D101=$D$21,E101=$S$18),N101*$AG$18*K101,IF(AND(D101=$D$21,E101=$S$19),N101*$AG$19*K101,IF(AND(D101=$D$21,E101=$S$20),N101*$AG$20*K101,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O102" s="119">
+        <f>IF(AND(D101=$D$15,E101=$S$15),O101*$U$15*K101,IF(AND(D101=$D$15,E101=$S$16),O101*$U$16*K101,IF(AND(D101=$D$15,E101=$S$17),O101*$U$17*K101,IF(AND(D101=$D$15,E101=$S$18),O101*$U$18*K101,IF(AND(D101=$D$15,E101=$S$19),O101*$U$19*K101,IF(AND(D101=$D$15,E101=$S$20),O101*$U$20*K101,IF(AND(D101=$D$16,E101=$S$15),O101*$W$15*K101,IF(AND(D101=$D$16,E101=$S$16),O101*$W$16*K101,IF(AND(D101=$D$16,E101=$S$17),O101*$W$17*K101,IF(AND(D101=$D$16,E101=$S$18),O101*$W$18*K101,IF(AND(D101=$D$16,E101=$S$19),O101*$W$19*K101,IF(AND(D101=$D$16,E101=$S$20),O101*$W$20*K101,IF(AND(D101=$D$17,E101=$S$15),O101*$Y$15*K101,IF(AND(D101=$D$17,E101=$S$16),O101*$Y$16*K101,IF(AND(D101=$D$17,E101=$S$17),O101*$Y$17*K101,IF(AND(D101=$D$17,E101=$S$18),O101*$Y$18*K101,IF(AND(D101=$D$17,E101=$S$19),O101*$Y$19*K101,IF(AND(D101=$D$17,E101=$S$20),O101*$Y$20*K101,IF(AND(D101=$D$18,E101=$S$15),O101*$AA$15*K101,IF(AND(D101=$D$18,E101=$S$16),O101*$AA$16*K101,IF(AND(D101=$D$18,E101=$S$17),O101*$AA$17*K101,IF(AND(D101=$D$18,E101=$S$18),O101*$AA$18*K101,IF(AND(D101=$D$18,E101=$S$19),O101*$AA$19*K101,IF(AND(D101=$D$18,E101=$S$20),O101*$AA$20*K101,IF(AND(D101=$D$19,E101=$S$15),O101*$AC$15*K101,IF(AND(D101=$D$19,E101=$S$16),O101*$AC$16*K101,IF(AND(D101=$D$19,E101=$S$17),O101*$AC$17*K101,IF(AND(D101=$D$19,E101=$S$18),O101*$AC$18*K101,IF(AND(D101=$DE1101=$S$19),O101*$AC$19*K101,IF(AND(D101=$D$19,E101=$S$20),O101*$AC$20*K101,IF(AND(D101=$D$20,E101=$S$15),O101*$AE$15*K101,IF(AND(D101=$D$20,E101=$S$16),O101*$AE$16*K101,IF(AND(D101=$D$20,E101=$S$17),O101*$AE$17*K101,IF(AND(D101=$D$20,E101=$S$18),O101*$AE$18*K101,IF(AND(D101=$D$20,E101=$S$19),O101*$AE$19*K101,IF(AND(D101=$D$20,E101=$S$20),O101*$AE$20*K101,IF(AND(D101=$D$21,E101=$S$15),O101*$AG$15*K101,IF(AND(D101=$D$21,E101=$S$16),O101*$AG$16*K101,IF(AND(D101=$D$21,E101=$S$17),O101*$AG$17*K101,IF(AND(D101=$D$21,E101=$S$18),O101*$AG$18*K101,IF(AND(D101=$D$21,E101=$S$19),O101*$AG$19*K101,IF(AND(D101=$D$21,E101=$S$20),O101*$AG$20*K101,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P102" s="162"/>
+      <c r="Q102" s="158"/>
+      <c r="R102" s="160"/>
+      <c r="S102" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T102" s="31"/>
       <c r="U102" s="31"/>
       <c r="V102" s="31"/>
       <c r="W102" s="31"/>
       <c r="X102" s="31"/>
       <c r="Y102" s="31"/>
-      <c r="Z102" s="35"/>
-      <c r="AA102" s="35"/>
+      <c r="Z102" s="36"/>
+      <c r="AA102" s="36"/>
       <c r="AB102" s="32"/>
       <c r="AC102" s="32"/>
       <c r="AD102" s="32"/>
     </row>
-    <row r="103" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="S103" s="37"/>
+    <row r="103" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A103" s="167">
+        <v>29</v>
+      </c>
+      <c r="B103" s="167"/>
+      <c r="C103" s="169"/>
+      <c r="D103" s="157"/>
+      <c r="E103" s="157"/>
+      <c r="F103" s="157"/>
+      <c r="G103" s="135"/>
+      <c r="H103" s="157"/>
+      <c r="I103" s="157"/>
+      <c r="J103" s="161"/>
+      <c r="K103" s="163">
+        <v>1</v>
+      </c>
+      <c r="L103" s="165"/>
+      <c r="M103" s="91"/>
+      <c r="N103" s="91">
+        <f>+M103</f>
+        <v>0</v>
+      </c>
+      <c r="O103" s="91"/>
+      <c r="P103" s="161"/>
+      <c r="Q103" s="157"/>
+      <c r="R103" s="159"/>
+      <c r="S103" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T103" s="31"/>
       <c r="U103" s="31"/>
       <c r="V103" s="31"/>
       <c r="W103" s="31"/>
       <c r="X103" s="31"/>
       <c r="Y103" s="31"/>
-      <c r="Z103" s="36"/>
-      <c r="AA103" s="36"/>
+      <c r="Z103" s="35"/>
+      <c r="AA103" s="35"/>
       <c r="AB103" s="32"/>
       <c r="AC103" s="32"/>
       <c r="AD103" s="32"/>
     </row>
-    <row r="104" spans="1:30" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="S104" s="37"/>
+    <row r="104" spans="1:30" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A104" s="168"/>
+      <c r="B104" s="168"/>
+      <c r="C104" s="170"/>
+      <c r="D104" s="158"/>
+      <c r="E104" s="158"/>
+      <c r="F104" s="158"/>
+      <c r="G104" s="136"/>
+      <c r="H104" s="158"/>
+      <c r="I104" s="158"/>
+      <c r="J104" s="162"/>
+      <c r="K104" s="164"/>
+      <c r="L104" s="166"/>
+      <c r="M104" s="89">
+        <f>IF(AND(D103=$D$15,E103=$S$15),M103*$U$15,IF(AND(D103=$D$15,E103=$S$16),M103*$U$16,IF(AND(D103=$D$15,E103=$S$17),M103*$U$17,IF(AND(D103=$D$15,E103=$S$18),M103*$U$18,IF(AND(D103=$D$15,E103=$S$19),M103*$U$19,IF(AND(D103=$D$15,E103=$S$20),M103*$U$20,IF(AND(D103=$D$16,E103=$S$15),M103*$W$15,IF(AND(D103=$D$16,E103=$S$16),M103*$W$16,IF(AND(D103=$D$16,E103=$S$17),M103*$W$17,IF(AND(D103=$D$16,E103=$S$18),M103*$W$18,IF(AND(D103=$D$16,E103=$S$19),M103*$W$19,IF(AND(D103=$D$16,E103=$S$20),M103*$W$20,IF(AND(D103=$D$17,E103=$S$15),M103*$Y$15,IF(AND(D103=$D$17,E103=$S$16),M103*$Y$16,IF(AND(D103=$D$17,E103=$S$17),M103*$Y$17,IF(AND(D103=$D$17,E103=$S$18),M103*$Y$18,IF(AND(D103=$D$17,E103=$S$19),M103*$Y$19,IF(AND(D103=$D$17,E103=$S$20),M103*$Y$20,IF(AND(D103=$D$18,E103=$S$15),M103*$AA$15,IF(AND(D103=$D$18,E103=$S$16),M103*$AA$16,IF(AND(D103=$D$18,E103=$S$17),M103*$AA$17,IF(AND(D103=$D$18,E103=$S$18),M103*$AA$18,IF(AND(D103=$D$18,E103=$S$19),M103*$AA$19,IF(AND(D103=$D$18,E103=$S$20),M103*$AA$20,IF(AND(D103=$D$19,E103=$S$15),M103*$AC$15,IF(AND(D103=$D$19,E103=$S$16),M103*$AC$16,IF(AND(D103=$D$19,E103=$S$17),M103*$AC$17,IF(AND(D103=$D$19,E103=$S$18),M103*$AC$18,IF(AND(D103=$D$19,E103=$S$19),M103*$AC$19,IF(AND(D103=$D$19,E103=$S$20),M103*$AC$20,IF(AND(D103=$D$20,E103=$S$15),M103*$AE$15,IF(AND(D103=$D$20,E103=$S$16),M103*$AE$16,IF(AND(D103=$D$20,E103=$S$17),M103*$AE$17,IF(AND(D103=$D$20,E103=$S$18),M103*$AE$18,IF(AND(D103=$D$20,E103=$S$19),M103*$AE$19,IF(AND(D103=$D$20,E103=$S$20),M103*$AE$20,IF(AND(D103=$D$21,E103=$S$15),M103*$AG$15,IF(AND(D103=$D$21,E103=$S$16),M103*$AG$16,IF(AND(D103=$D$21,E103=$S$17),M103*$AG$17,IF(AND(D103=$D$21,E103=$S$18),M103*$AG$18,IF(AND(D103=$D$21,E103=$S$19),M103*$AG$19,IF(AND(D103=$D$21,E103=$S$20),M103*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N104" s="118">
+        <f>IF(AND(D103=$D$15,E103=$S$15),N103*$U$15*K103,IF(AND(D103=$D$15,E103=$S$16),N103*$U$16*K103,IF(AND(D103=$D$15,E103=$S$17),N103*$U$17*K103,IF(AND(D103=$D$15,E103=$S$18),N103*$U$18*K103,IF(AND(D103=$D$15,E103=$S$19),N103*$U$19*K103,IF(AND(D103=$D$15,E103=$S$20),N103*$U$20*K103,IF(AND(D103=$D$16,E103=$S$15),N103*$W$15*K103,IF(AND(D103=$D$16,E103=$S$16),N103*$W$16*K103,IF(AND(D103=$D$16,E103=$S$17),N103*$W$17*K103,IF(AND(D103=$D$16,E103=$S$18),N103*$W$18*K103,IF(AND(D103=$D$16,E103=$S$19),N103*$W$19*K103,IF(AND(D103=$D$16,E103=$S$20),N103*$W$20*K103,IF(AND(D103=$D$17,E103=$S$15),N103*$Y$15*K103,IF(AND(D103=$D$17,E103=$S$16),N103*$Y$16*K103,IF(AND(D103=$D$17,E103=$S$17),N103*$Y$17*K103,IF(AND(D103=$D$17,E103=$S$18),N103*$Y$18*K103,IF(AND(D103=$D$17,E103=$S$19),N103*$Y$19*K103,IF(AND(D103=$D$17,E103=$S$20),N103*$Y$20*K103,IF(AND(D103=$D$18,E103=$S$15),N103*$AA$15*K103,IF(AND(D103=$D$18,E103=$S$16),N103*$AA$16*K103,IF(AND(D103=$D$18,E103=$S$17),N103*$AA$17*K103,IF(AND(D103=$D$18,E103=$S$18),N103*$AA$18*K103,IF(AND(D103=$D$18,E103=$S$19),N103*$AA$19*K103,IF(AND(D103=$D$18,E103=$S$20),N103*$AA$20*K103,IF(AND(D103=$D$19,E103=$S$15),N103*$AC$15*K103,IF(AND(D103=$D$19,E103=$S$16),N103*$AC$16*K103,IF(AND(D103=$D$19,E103=$S$17),N103*$AC$17*K103,IF(AND(D103=$D$19,E103=$S$18),N103*$AC$18*K103,IF(AND(D103=$DE1103=$S$19),N103*$AC$19*K103,IF(AND(D103=$D$19,E103=$S$20),N103*$AC$20*K103,IF(AND(D103=$D$20,E103=$S$15),N103*$AE$15*K103,IF(AND(D103=$D$20,E103=$S$16),N103*$AE$16*K103,IF(AND(D103=$D$20,E103=$S$17),N103*$AE$17*K103,IF(AND(D103=$D$20,E103=$S$18),N103*$AE$18*K103,IF(AND(D103=$D$20,E103=$S$19),N103*$AE$19*K103,IF(AND(D103=$D$20,E103=$S$20),N103*$AE$20*K103,IF(AND(D103=$D$21,E103=$S$15),N103*$AG$15*K103,IF(AND(D103=$D$21,E103=$S$16),N103*$AG$16*K103,IF(AND(D103=$D$21,E103=$S$17),N103*$AG$17*K103,IF(AND(D103=$D$21,E103=$S$18),N103*$AG$18*K103,IF(AND(D103=$D$21,E103=$S$19),N103*$AG$19*K103,IF(AND(D103=$D$21,E103=$S$20),N103*$AG$20*K103,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O104" s="119">
+        <f>IF(AND(D103=$D$15,E103=$S$15),O103*$U$15*K103,IF(AND(D103=$D$15,E103=$S$16),O103*$U$16*K103,IF(AND(D103=$D$15,E103=$S$17),O103*$U$17*K103,IF(AND(D103=$D$15,E103=$S$18),O103*$U$18*K103,IF(AND(D103=$D$15,E103=$S$19),O103*$U$19*K103,IF(AND(D103=$D$15,E103=$S$20),O103*$U$20*K103,IF(AND(D103=$D$16,E103=$S$15),O103*$W$15*K103,IF(AND(D103=$D$16,E103=$S$16),O103*$W$16*K103,IF(AND(D103=$D$16,E103=$S$17),O103*$W$17*K103,IF(AND(D103=$D$16,E103=$S$18),O103*$W$18*K103,IF(AND(D103=$D$16,E103=$S$19),O103*$W$19*K103,IF(AND(D103=$D$16,E103=$S$20),O103*$W$20*K103,IF(AND(D103=$D$17,E103=$S$15),O103*$Y$15*K103,IF(AND(D103=$D$17,E103=$S$16),O103*$Y$16*K103,IF(AND(D103=$D$17,E103=$S$17),O103*$Y$17*K103,IF(AND(D103=$D$17,E103=$S$18),O103*$Y$18*K103,IF(AND(D103=$D$17,E103=$S$19),O103*$Y$19*K103,IF(AND(D103=$D$17,E103=$S$20),O103*$Y$20*K103,IF(AND(D103=$D$18,E103=$S$15),O103*$AA$15*K103,IF(AND(D103=$D$18,E103=$S$16),O103*$AA$16*K103,IF(AND(D103=$D$18,E103=$S$17),O103*$AA$17*K103,IF(AND(D103=$D$18,E103=$S$18),O103*$AA$18*K103,IF(AND(D103=$D$18,E103=$S$19),O103*$AA$19*K103,IF(AND(D103=$D$18,E103=$S$20),O103*$AA$20*K103,IF(AND(D103=$D$19,E103=$S$15),O103*$AC$15*K103,IF(AND(D103=$D$19,E103=$S$16),O103*$AC$16*K103,IF(AND(D103=$D$19,E103=$S$17),O103*$AC$17*K103,IF(AND(D103=$D$19,E103=$S$18),O103*$AC$18*K103,IF(AND(D103=$DE1103=$S$19),O103*$AC$19*K103,IF(AND(D103=$D$19,E103=$S$20),O103*$AC$20*K103,IF(AND(D103=$D$20,E103=$S$15),O103*$AE$15*K103,IF(AND(D103=$D$20,E103=$S$16),O103*$AE$16*K103,IF(AND(D103=$D$20,E103=$S$17),O103*$AE$17*K103,IF(AND(D103=$D$20,E103=$S$18),O103*$AE$18*K103,IF(AND(D103=$D$20,E103=$S$19),O103*$AE$19*K103,IF(AND(D103=$D$20,E103=$S$20),O103*$AE$20*K103,IF(AND(D103=$D$21,E103=$S$15),O103*$AG$15*K103,IF(AND(D103=$D$21,E103=$S$16),O103*$AG$16*K103,IF(AND(D103=$D$21,E103=$S$17),O103*$AG$17*K103,IF(AND(D103=$D$21,E103=$S$18),O103*$AG$18*K103,IF(AND(D103=$D$21,E103=$S$19),O103*$AG$19*K103,IF(AND(D103=$D$21,E103=$S$20),O103*$AG$20*K103,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P104" s="162"/>
+      <c r="Q104" s="158"/>
+      <c r="R104" s="160"/>
+      <c r="S104" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T104" s="31"/>
       <c r="U104" s="31"/>
       <c r="V104" s="31"/>
       <c r="W104" s="31"/>
       <c r="X104" s="31"/>
       <c r="Y104" s="31"/>
-      <c r="Z104" s="35"/>
-      <c r="AA104" s="35"/>
+      <c r="Z104" s="36"/>
+      <c r="AA104" s="36"/>
       <c r="AB104" s="32"/>
       <c r="AC104" s="32"/>
       <c r="AD104" s="32"/>
     </row>
-    <row r="105" spans="1:30" ht="16.149999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="S105" s="37"/>
+    <row r="105" spans="1:30" ht="23.4" x14ac:dyDescent="0.45">
+      <c r="A105" s="167">
+        <v>30</v>
+      </c>
+      <c r="B105" s="167"/>
+      <c r="C105" s="169"/>
+      <c r="D105" s="157"/>
+      <c r="E105" s="157"/>
+      <c r="F105" s="157"/>
+      <c r="G105" s="135"/>
+      <c r="H105" s="157"/>
+      <c r="I105" s="157"/>
+      <c r="J105" s="161"/>
+      <c r="K105" s="163">
+        <v>1</v>
+      </c>
+      <c r="L105" s="165"/>
+      <c r="M105" s="91"/>
+      <c r="N105" s="91">
+        <f>+M105</f>
+        <v>0</v>
+      </c>
+      <c r="O105" s="91"/>
+      <c r="P105" s="161"/>
+      <c r="Q105" s="157"/>
+      <c r="R105" s="159"/>
+      <c r="S105" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
       <c r="T105" s="31"/>
       <c r="U105" s="31"/>
       <c r="V105" s="31"/>
       <c r="W105" s="31"/>
       <c r="X105" s="31"/>
       <c r="Y105" s="31"/>
-      <c r="Z105" s="36"/>
-      <c r="AA105" s="36"/>
+      <c r="Z105" s="35"/>
+      <c r="AA105" s="35"/>
       <c r="AB105" s="32"/>
       <c r="AC105" s="32"/>
       <c r="AD105" s="32"/>
     </row>
-    <row r="106" spans="1:30" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-      <c r="S107" s="39"/>
+    <row r="106" spans="1:30" ht="16.2" hidden="1" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A106" s="168"/>
+      <c r="B106" s="168"/>
+      <c r="C106" s="170"/>
+      <c r="D106" s="158"/>
+      <c r="E106" s="158"/>
+      <c r="F106" s="158"/>
+      <c r="G106" s="136"/>
+      <c r="H106" s="158"/>
+      <c r="I106" s="158"/>
+      <c r="J106" s="162"/>
+      <c r="K106" s="164"/>
+      <c r="L106" s="166"/>
+      <c r="M106" s="89">
+        <f>IF(AND(D105=$D$15,E105=$S$15),M105*$U$15,IF(AND(D105=$D$15,E105=$S$16),M105*$U$16,IF(AND(D105=$D$15,E105=$S$17),M105*$U$17,IF(AND(D105=$D$15,E105=$S$18),M105*$U$18,IF(AND(D105=$D$15,E105=$S$19),M105*$U$19,IF(AND(D105=$D$15,E105=$S$20),M105*$U$20,IF(AND(D105=$D$16,E105=$S$15),M105*$W$15,IF(AND(D105=$D$16,E105=$S$16),M105*$W$16,IF(AND(D105=$D$16,E105=$S$17),M105*$W$17,IF(AND(D105=$D$16,E105=$S$18),M105*$W$18,IF(AND(D105=$D$16,E105=$S$19),M105*$W$19,IF(AND(D105=$D$16,E105=$S$20),M105*$W$20,IF(AND(D105=$D$17,E105=$S$15),M105*$Y$15,IF(AND(D105=$D$17,E105=$S$16),M105*$Y$16,IF(AND(D105=$D$17,E105=$S$17),M105*$Y$17,IF(AND(D105=$D$17,E105=$S$18),M105*$Y$18,IF(AND(D105=$D$17,E105=$S$19),M105*$Y$19,IF(AND(D105=$D$17,E105=$S$20),M105*$Y$20,IF(AND(D105=$D$18,E105=$S$15),M105*$AA$15,IF(AND(D105=$D$18,E105=$S$16),M105*$AA$16,IF(AND(D105=$D$18,E105=$S$17),M105*$AA$17,IF(AND(D105=$D$18,E105=$S$18),M105*$AA$18,IF(AND(D105=$D$18,E105=$S$19),M105*$AA$19,IF(AND(D105=$D$18,E105=$S$20),M105*$AA$20,IF(AND(D105=$D$19,E105=$S$15),M105*$AC$15,IF(AND(D105=$D$19,E105=$S$16),M105*$AC$16,IF(AND(D105=$D$19,E105=$S$17),M105*$AC$17,IF(AND(D105=$D$19,E105=$S$18),M105*$AC$18,IF(AND(D105=$D$19,E105=$S$19),M105*$AC$19,IF(AND(D105=$D$19,E105=$S$20),M105*$AC$20,IF(AND(D105=$D$20,E105=$S$15),M105*$AE$15,IF(AND(D105=$D$20,E105=$S$16),M105*$AE$16,IF(AND(D105=$D$20,E105=$S$17),M105*$AE$17,IF(AND(D105=$D$20,E105=$S$18),M105*$AE$18,IF(AND(D105=$D$20,E105=$S$19),M105*$AE$19,IF(AND(D105=$D$20,E105=$S$20),M105*$AE$20,IF(AND(D105=$D$21,E105=$S$15),M105*$AG$15,IF(AND(D105=$D$21,E105=$S$16),M105*$AG$16,IF(AND(D105=$D$21,E105=$S$17),M105*$AG$17,IF(AND(D105=$D$21,E105=$S$18),M105*$AG$18,IF(AND(D105=$D$21,E105=$S$19),M105*$AG$19,IF(AND(D105=$D$21,E105=$S$20),M105*$AG$20,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="N106" s="118">
+        <f>IF(AND(D105=$D$15,E105=$S$15),N105*$U$15*K105,IF(AND(D105=$D$15,E105=$S$16),N105*$U$16*K105,IF(AND(D105=$D$15,E105=$S$17),N105*$U$17*K105,IF(AND(D105=$D$15,E105=$S$18),N105*$U$18*K105,IF(AND(D105=$D$15,E105=$S$19),N105*$U$19*K105,IF(AND(D105=$D$15,E105=$S$20),N105*$U$20*K105,IF(AND(D105=$D$16,E105=$S$15),N105*$W$15*K105,IF(AND(D105=$D$16,E105=$S$16),N105*$W$16*K105,IF(AND(D105=$D$16,E105=$S$17),N105*$W$17*K105,IF(AND(D105=$D$16,E105=$S$18),N105*$W$18*K105,IF(AND(D105=$D$16,E105=$S$19),N105*$W$19*K105,IF(AND(D105=$D$16,E105=$S$20),N105*$W$20*K105,IF(AND(D105=$D$17,E105=$S$15),N105*$Y$15*K105,IF(AND(D105=$D$17,E105=$S$16),N105*$Y$16*K105,IF(AND(D105=$D$17,E105=$S$17),N105*$Y$17*K105,IF(AND(D105=$D$17,E105=$S$18),N105*$Y$18*K105,IF(AND(D105=$D$17,E105=$S$19),N105*$Y$19*K105,IF(AND(D105=$D$17,E105=$S$20),N105*$Y$20*K105,IF(AND(D105=$D$18,E105=$S$15),N105*$AA$15*K105,IF(AND(D105=$D$18,E105=$S$16),N105*$AA$16*K105,IF(AND(D105=$D$18,E105=$S$17),N105*$AA$17*K105,IF(AND(D105=$D$18,E105=$S$18),N105*$AA$18*K105,IF(AND(D105=$D$18,E105=$S$19),N105*$AA$19*K105,IF(AND(D105=$D$18,E105=$S$20),N105*$AA$20*K105,IF(AND(D105=$D$19,E105=$S$15),N105*$AC$15*K105,IF(AND(D105=$D$19,E105=$S$16),N105*$AC$16*K105,IF(AND(D105=$D$19,E105=$S$17),N105*$AC$17*K105,IF(AND(D105=$D$19,E105=$S$18),N105*$AC$18*K105,IF(AND(D105=$DE1105=$S$19),N105*$AC$19*K105,IF(AND(D105=$D$19,E105=$S$20),N105*$AC$20*K105,IF(AND(D105=$D$20,E105=$S$15),N105*$AE$15*K105,IF(AND(D105=$D$20,E105=$S$16),N105*$AE$16*K105,IF(AND(D105=$D$20,E105=$S$17),N105*$AE$17*K105,IF(AND(D105=$D$20,E105=$S$18),N105*$AE$18*K105,IF(AND(D105=$D$20,E105=$S$19),N105*$AE$19*K105,IF(AND(D105=$D$20,E105=$S$20),N105*$AE$20*K105,IF(AND(D105=$D$21,E105=$S$15),N105*$AG$15*K105,IF(AND(D105=$D$21,E105=$S$16),N105*$AG$16*K105,IF(AND(D105=$D$21,E105=$S$17),N105*$AG$17*K105,IF(AND(D105=$D$21,E105=$S$18),N105*$AG$18*K105,IF(AND(D105=$D$21,E105=$S$19),N105*$AG$19*K105,IF(AND(D105=$D$21,E105=$S$20),N105*$AG$20*K105,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="O106" s="119">
+        <f>IF(AND(D105=$D$15,E105=$S$15),O105*$U$15*K105,IF(AND(D105=$D$15,E105=$S$16),O105*$U$16*K105,IF(AND(D105=$D$15,E105=$S$17),O105*$U$17*K105,IF(AND(D105=$D$15,E105=$S$18),O105*$U$18*K105,IF(AND(D105=$D$15,E105=$S$19),O105*$U$19*K105,IF(AND(D105=$D$15,E105=$S$20),O105*$U$20*K105,IF(AND(D105=$D$16,E105=$S$15),O105*$W$15*K105,IF(AND(D105=$D$16,E105=$S$16),O105*$W$16*K105,IF(AND(D105=$D$16,E105=$S$17),O105*$W$17*K105,IF(AND(D105=$D$16,E105=$S$18),O105*$W$18*K105,IF(AND(D105=$D$16,E105=$S$19),O105*$W$19*K105,IF(AND(D105=$D$16,E105=$S$20),O105*$W$20*K105,IF(AND(D105=$D$17,E105=$S$15),O105*$Y$15*K105,IF(AND(D105=$D$17,E105=$S$16),O105*$Y$16*K105,IF(AND(D105=$D$17,E105=$S$17),O105*$Y$17*K105,IF(AND(D105=$D$17,E105=$S$18),O105*$Y$18*K105,IF(AND(D105=$D$17,E105=$S$19),O105*$Y$19*K105,IF(AND(D105=$D$17,E105=$S$20),O105*$Y$20*K105,IF(AND(D105=$D$18,E105=$S$15),O105*$AA$15*K105,IF(AND(D105=$D$18,E105=$S$16),O105*$AA$16*K105,IF(AND(D105=$D$18,E105=$S$17),O105*$AA$17*K105,IF(AND(D105=$D$18,E105=$S$18),O105*$AA$18*K105,IF(AND(D105=$D$18,E105=$S$19),O105*$AA$19*K105,IF(AND(D105=$D$18,E105=$S$20),O105*$AA$20*K105,IF(AND(D105=$D$19,E105=$S$15),O105*$AC$15*K105,IF(AND(D105=$D$19,E105=$S$16),O105*$AC$16*K105,IF(AND(D105=$D$19,E105=$S$17),O105*$AC$17*K105,IF(AND(D105=$D$19,E105=$S$18),O105*$AC$18*K105,IF(AND(D105=$DE1105=$S$19),O105*$AC$19*K105,IF(AND(D105=$D$19,E105=$S$20),O105*$AC$20*K105,IF(AND(D105=$D$20,E105=$S$15),O105*$AE$15*K105,IF(AND(D105=$D$20,E105=$S$16),O105*$AE$16*K105,IF(AND(D105=$D$20,E105=$S$17),O105*$AE$17*K105,IF(AND(D105=$D$20,E105=$S$18),O105*$AE$18*K105,IF(AND(D105=$D$20,E105=$S$19),O105*$AE$19*K105,IF(AND(D105=$D$20,E105=$S$20),O105*$AE$20*K105,IF(AND(D105=$D$21,E105=$S$15),O105*$AG$15*K105,IF(AND(D105=$D$21,E105=$S$16),O105*$AG$16*K105,IF(AND(D105=$D$21,E105=$S$17),O105*$AG$17*K105,IF(AND(D105=$D$21,E105=$S$18),O105*$AG$18*K105,IF(AND(D105=$D$21,E105=$S$19),O105*$AG$19*K105,IF(AND(D105=$D$21,E105=$S$20),O105*$AG$20*K105,0))))))))))))))))))))))))))))))))))))))))))</f>
+        <v>0</v>
+      </c>
+      <c r="P106" s="162"/>
+      <c r="Q106" s="158"/>
+      <c r="R106" s="160"/>
+      <c r="S106" s="141" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T106" s="31"/>
+      <c r="U106" s="31"/>
+      <c r="V106" s="31"/>
+      <c r="W106" s="31"/>
+      <c r="X106" s="31"/>
+      <c r="Y106" s="31"/>
+      <c r="Z106" s="36"/>
+      <c r="AA106" s="36"/>
+      <c r="AB106" s="32"/>
+      <c r="AC106" s="32"/>
+      <c r="AD106" s="32"/>
+    </row>
+    <row r="107" spans="1:30" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="37"/>
+      <c r="B107" s="37"/>
+      <c r="C107" s="37"/>
+      <c r="D107" s="37"/>
+      <c r="E107" s="37"/>
+      <c r="F107" s="37"/>
+      <c r="G107" s="37"/>
+      <c r="H107" s="37"/>
+      <c r="I107" s="37"/>
+      <c r="J107" s="37"/>
+      <c r="K107" s="37"/>
+      <c r="L107" s="37"/>
+      <c r="M107" s="37"/>
+      <c r="N107" s="37"/>
+      <c r="O107" s="37"/>
+      <c r="P107" s="37"/>
+      <c r="Q107" s="37"/>
+      <c r="R107" s="37"/>
+      <c r="S107" s="38"/>
       <c r="T107" s="16"/>
       <c r="U107" s="16"/>
       <c r="V107" s="16"/>
       <c r="W107" s="16"/>
       <c r="X107" s="16"/>
       <c r="Y107" s="16"/>
       <c r="Z107" s="16"/>
       <c r="AA107" s="16"/>
       <c r="AB107" s="16"/>
       <c r="AC107" s="16"/>
       <c r="AD107" s="16"/>
     </row>
-    <row r="108" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S108" s="39"/>
+    <row r="108" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A108" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B108" s="17"/>
+      <c r="M108" s="39">
+        <f>+M48+M50+M52+M54+M56+M58+M60+M62+M64+M66+M68+M70+M72+M74+M76+M78+M80+M82+M84+M86+M88+M90+M92+M94+M96+M98+M100+M102+M104+M106</f>
+        <v>0</v>
+      </c>
+      <c r="N108" s="40">
+        <f>+N48+N50+N52+N54+N56+N58+N60+N62+N64+N66+N68+N70+N72+N74+N76+N78+N80+N82+N84+N86+N88+N90+N92+N94+N96+N98+N100+N102+N104+N106</f>
+        <v>0</v>
+      </c>
+      <c r="O108" s="40">
+        <f>+O48+O50+O52+O54+O56+O58+O60+O62+O64+O66+O68+O70+O72+O74+O76+O78+O80+O82+O84+O86+O88+O90+O92+O94+O96+O98+O100+O102+O104+O106</f>
+        <v>0</v>
+      </c>
+      <c r="S108" s="38"/>
       <c r="T108" s="16"/>
       <c r="U108" s="16"/>
       <c r="V108" s="16"/>
       <c r="W108" s="16"/>
       <c r="X108" s="16"/>
       <c r="Y108" s="16"/>
       <c r="Z108" s="16"/>
       <c r="AA108" s="16"/>
       <c r="AB108" s="16"/>
       <c r="AC108" s="16"/>
       <c r="AD108" s="16"/>
     </row>
-    <row r="109" spans="1:30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="S109" s="39"/>
+    <row r="109" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S109" s="38"/>
       <c r="T109" s="16"/>
       <c r="U109" s="16"/>
       <c r="V109" s="16"/>
       <c r="W109" s="16"/>
       <c r="X109" s="16"/>
       <c r="Y109" s="16"/>
       <c r="Z109" s="16"/>
       <c r="AA109" s="16"/>
       <c r="AB109" s="16"/>
       <c r="AC109" s="16"/>
       <c r="AD109" s="16"/>
     </row>
-    <row r="110" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S110" s="39"/>
+    <row r="110" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="F110" s="120"/>
+      <c r="S110" s="38"/>
       <c r="T110" s="16"/>
       <c r="U110" s="16"/>
       <c r="V110" s="16"/>
       <c r="W110" s="16"/>
       <c r="X110" s="16"/>
       <c r="Y110" s="16"/>
       <c r="Z110" s="16"/>
       <c r="AA110" s="16"/>
       <c r="AB110" s="16"/>
       <c r="AC110" s="16"/>
       <c r="AD110" s="16"/>
     </row>
-    <row r="111" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S111" s="39"/>
+    <row r="111" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S111" s="38"/>
       <c r="T111" s="16"/>
       <c r="U111" s="16"/>
       <c r="V111" s="16"/>
       <c r="W111" s="16"/>
       <c r="X111" s="16"/>
       <c r="Y111" s="16"/>
       <c r="Z111" s="16"/>
       <c r="AA111" s="16"/>
       <c r="AB111" s="16"/>
       <c r="AC111" s="16"/>
       <c r="AD111" s="16"/>
     </row>
-    <row r="112" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S112" s="39"/>
+    <row r="112" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S112" s="38"/>
       <c r="T112" s="16"/>
       <c r="U112" s="16"/>
       <c r="V112" s="16"/>
       <c r="W112" s="16"/>
       <c r="X112" s="16"/>
       <c r="Y112" s="16"/>
       <c r="Z112" s="16"/>
       <c r="AA112" s="16"/>
       <c r="AB112" s="16"/>
       <c r="AC112" s="16"/>
       <c r="AD112" s="16"/>
     </row>
-    <row r="113" spans="13:30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="S113" s="39"/>
+    <row r="113" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S113" s="38"/>
       <c r="T113" s="16"/>
       <c r="U113" s="16"/>
       <c r="V113" s="16"/>
       <c r="W113" s="16"/>
       <c r="X113" s="16"/>
       <c r="Y113" s="16"/>
       <c r="Z113" s="16"/>
       <c r="AA113" s="16"/>
       <c r="AB113" s="16"/>
       <c r="AC113" s="16"/>
       <c r="AD113" s="16"/>
     </row>
-    <row r="114" spans="13:30" hidden="1" x14ac:dyDescent="0.25">
-      <c r="S114" s="39"/>
+    <row r="114" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="M114" s="38"/>
+      <c r="S114" s="38"/>
       <c r="T114" s="16"/>
       <c r="U114" s="16"/>
       <c r="V114" s="16"/>
       <c r="W114" s="16"/>
       <c r="X114" s="16"/>
       <c r="Y114" s="16"/>
       <c r="Z114" s="16"/>
       <c r="AA114" s="16"/>
       <c r="AB114" s="16"/>
       <c r="AC114" s="16"/>
       <c r="AD114" s="16"/>
     </row>
-    <row r="115" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S115" s="39"/>
+    <row r="115" spans="13:30" hidden="1" x14ac:dyDescent="0.3">
+      <c r="S115" s="38"/>
       <c r="T115" s="16"/>
       <c r="U115" s="16"/>
       <c r="V115" s="16"/>
       <c r="W115" s="16"/>
       <c r="X115" s="16"/>
       <c r="Y115" s="16"/>
       <c r="Z115" s="16"/>
       <c r="AA115" s="16"/>
       <c r="AB115" s="16"/>
       <c r="AC115" s="16"/>
       <c r="AD115" s="16"/>
     </row>
-    <row r="116" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S116" s="39"/>
+    <row r="116" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S116" s="38"/>
       <c r="T116" s="16"/>
       <c r="U116" s="16"/>
       <c r="V116" s="16"/>
       <c r="W116" s="16"/>
       <c r="X116" s="16"/>
       <c r="Y116" s="16"/>
       <c r="Z116" s="16"/>
       <c r="AA116" s="16"/>
       <c r="AB116" s="16"/>
       <c r="AC116" s="16"/>
       <c r="AD116" s="16"/>
     </row>
-    <row r="117" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S117" s="39"/>
+    <row r="117" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S117" s="38"/>
       <c r="T117" s="16"/>
       <c r="U117" s="16"/>
       <c r="V117" s="16"/>
       <c r="W117" s="16"/>
       <c r="X117" s="16"/>
       <c r="Y117" s="16"/>
       <c r="Z117" s="16"/>
       <c r="AA117" s="16"/>
       <c r="AB117" s="16"/>
       <c r="AC117" s="16"/>
       <c r="AD117" s="16"/>
     </row>
-    <row r="118" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S118" s="39"/>
+    <row r="118" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S118" s="38"/>
       <c r="T118" s="16"/>
       <c r="U118" s="16"/>
       <c r="V118" s="16"/>
       <c r="W118" s="16"/>
       <c r="X118" s="16"/>
       <c r="Y118" s="16"/>
       <c r="Z118" s="16"/>
       <c r="AA118" s="16"/>
       <c r="AB118" s="16"/>
       <c r="AC118" s="16"/>
       <c r="AD118" s="16"/>
     </row>
-    <row r="119" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S119" s="39"/>
+    <row r="119" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S119" s="38"/>
       <c r="T119" s="16"/>
       <c r="U119" s="16"/>
       <c r="V119" s="16"/>
       <c r="W119" s="16"/>
       <c r="X119" s="16"/>
       <c r="Y119" s="16"/>
       <c r="Z119" s="16"/>
       <c r="AA119" s="16"/>
       <c r="AB119" s="16"/>
       <c r="AC119" s="16"/>
       <c r="AD119" s="16"/>
     </row>
-    <row r="120" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S120" s="39"/>
+    <row r="120" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S120" s="38"/>
       <c r="T120" s="16"/>
       <c r="U120" s="16"/>
       <c r="V120" s="16"/>
       <c r="W120" s="16"/>
       <c r="X120" s="16"/>
       <c r="Y120" s="16"/>
       <c r="Z120" s="16"/>
       <c r="AA120" s="16"/>
       <c r="AB120" s="16"/>
       <c r="AC120" s="16"/>
       <c r="AD120" s="16"/>
     </row>
-    <row r="121" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S121" s="39"/>
+    <row r="121" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S121" s="38"/>
       <c r="T121" s="16"/>
       <c r="U121" s="16"/>
       <c r="V121" s="16"/>
       <c r="W121" s="16"/>
       <c r="X121" s="16"/>
       <c r="Y121" s="16"/>
       <c r="Z121" s="16"/>
       <c r="AA121" s="16"/>
       <c r="AB121" s="16"/>
       <c r="AC121" s="16"/>
       <c r="AD121" s="16"/>
     </row>
-    <row r="122" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S122" s="39"/>
+    <row r="122" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S122" s="38"/>
       <c r="T122" s="16"/>
       <c r="U122" s="16"/>
       <c r="V122" s="16"/>
       <c r="W122" s="16"/>
       <c r="X122" s="16"/>
       <c r="Y122" s="16"/>
       <c r="Z122" s="16"/>
       <c r="AA122" s="16"/>
       <c r="AB122" s="16"/>
       <c r="AC122" s="16"/>
       <c r="AD122" s="16"/>
     </row>
-    <row r="123" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S123" s="39"/>
+    <row r="123" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S123" s="38"/>
       <c r="T123" s="16"/>
       <c r="U123" s="16"/>
       <c r="V123" s="16"/>
       <c r="W123" s="16"/>
       <c r="X123" s="16"/>
       <c r="Y123" s="16"/>
       <c r="Z123" s="16"/>
       <c r="AA123" s="16"/>
       <c r="AB123" s="16"/>
       <c r="AC123" s="16"/>
       <c r="AD123" s="16"/>
     </row>
-    <row r="124" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S124" s="39"/>
+    <row r="124" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S124" s="38"/>
       <c r="T124" s="16"/>
       <c r="U124" s="16"/>
       <c r="V124" s="16"/>
       <c r="W124" s="16"/>
       <c r="X124" s="16"/>
       <c r="Y124" s="16"/>
       <c r="Z124" s="16"/>
       <c r="AA124" s="16"/>
       <c r="AB124" s="16"/>
       <c r="AC124" s="16"/>
       <c r="AD124" s="16"/>
     </row>
-    <row r="125" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S125" s="39"/>
+    <row r="125" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S125" s="38"/>
       <c r="T125" s="16"/>
       <c r="U125" s="16"/>
       <c r="V125" s="16"/>
       <c r="W125" s="16"/>
       <c r="X125" s="16"/>
       <c r="Y125" s="16"/>
       <c r="Z125" s="16"/>
       <c r="AA125" s="16"/>
       <c r="AB125" s="16"/>
       <c r="AC125" s="16"/>
       <c r="AD125" s="16"/>
     </row>
-    <row r="126" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S126" s="39"/>
+    <row r="126" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S126" s="38"/>
       <c r="T126" s="16"/>
       <c r="U126" s="16"/>
       <c r="V126" s="16"/>
       <c r="W126" s="16"/>
       <c r="X126" s="16"/>
       <c r="Y126" s="16"/>
       <c r="Z126" s="16"/>
       <c r="AA126" s="16"/>
       <c r="AB126" s="16"/>
       <c r="AC126" s="16"/>
       <c r="AD126" s="16"/>
     </row>
-    <row r="127" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S127" s="39"/>
+    <row r="127" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S127" s="38"/>
       <c r="T127" s="16"/>
       <c r="U127" s="16"/>
       <c r="V127" s="16"/>
       <c r="W127" s="16"/>
       <c r="X127" s="16"/>
       <c r="Y127" s="16"/>
       <c r="Z127" s="16"/>
       <c r="AA127" s="16"/>
       <c r="AB127" s="16"/>
       <c r="AC127" s="16"/>
       <c r="AD127" s="16"/>
     </row>
-    <row r="128" spans="13:30" x14ac:dyDescent="0.25">
-      <c r="S128" s="39"/>
+    <row r="128" spans="13:30" x14ac:dyDescent="0.3">
+      <c r="S128" s="38"/>
       <c r="T128" s="16"/>
       <c r="U128" s="16"/>
       <c r="V128" s="16"/>
       <c r="W128" s="16"/>
       <c r="X128" s="16"/>
       <c r="Y128" s="16"/>
       <c r="Z128" s="16"/>
       <c r="AA128" s="16"/>
       <c r="AB128" s="16"/>
       <c r="AC128" s="16"/>
       <c r="AD128" s="16"/>
     </row>
-    <row r="129" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S129" s="39"/>
+    <row r="129" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S129" s="38"/>
       <c r="T129" s="16"/>
       <c r="U129" s="16"/>
       <c r="V129" s="16"/>
       <c r="W129" s="16"/>
       <c r="X129" s="16"/>
       <c r="Y129" s="16"/>
       <c r="Z129" s="16"/>
       <c r="AA129" s="16"/>
       <c r="AB129" s="16"/>
       <c r="AC129" s="16"/>
       <c r="AD129" s="16"/>
     </row>
-    <row r="130" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S130" s="39"/>
+    <row r="130" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S130" s="38"/>
       <c r="T130" s="16"/>
       <c r="U130" s="16"/>
       <c r="V130" s="16"/>
       <c r="W130" s="16"/>
       <c r="X130" s="16"/>
       <c r="Y130" s="16"/>
       <c r="Z130" s="16"/>
       <c r="AA130" s="16"/>
       <c r="AB130" s="16"/>
       <c r="AC130" s="16"/>
       <c r="AD130" s="16"/>
     </row>
-    <row r="131" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S131" s="39"/>
+    <row r="131" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S131" s="38"/>
       <c r="T131" s="16"/>
       <c r="U131" s="16"/>
       <c r="V131" s="16"/>
       <c r="W131" s="16"/>
       <c r="X131" s="16"/>
       <c r="Y131" s="16"/>
       <c r="Z131" s="16"/>
       <c r="AA131" s="16"/>
       <c r="AB131" s="16"/>
       <c r="AC131" s="16"/>
       <c r="AD131" s="16"/>
     </row>
-    <row r="132" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S132" s="39"/>
+    <row r="132" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S132" s="38"/>
       <c r="T132" s="16"/>
       <c r="U132" s="16"/>
       <c r="V132" s="16"/>
       <c r="W132" s="16"/>
       <c r="X132" s="16"/>
       <c r="Y132" s="16"/>
       <c r="Z132" s="16"/>
       <c r="AA132" s="16"/>
       <c r="AB132" s="16"/>
       <c r="AC132" s="16"/>
       <c r="AD132" s="16"/>
     </row>
-    <row r="133" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S133" s="39"/>
+    <row r="133" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S133" s="38"/>
       <c r="T133" s="16"/>
       <c r="U133" s="16"/>
       <c r="V133" s="16"/>
       <c r="W133" s="16"/>
       <c r="X133" s="16"/>
       <c r="Y133" s="16"/>
       <c r="Z133" s="16"/>
       <c r="AA133" s="16"/>
       <c r="AB133" s="16"/>
       <c r="AC133" s="16"/>
       <c r="AD133" s="16"/>
     </row>
-    <row r="134" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S134" s="39"/>
+    <row r="134" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S134" s="38"/>
       <c r="T134" s="16"/>
       <c r="U134" s="16"/>
       <c r="V134" s="16"/>
       <c r="W134" s="16"/>
       <c r="X134" s="16"/>
       <c r="Y134" s="16"/>
       <c r="Z134" s="16"/>
       <c r="AA134" s="16"/>
       <c r="AB134" s="16"/>
       <c r="AC134" s="16"/>
       <c r="AD134" s="16"/>
     </row>
-    <row r="135" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S135" s="39"/>
+    <row r="135" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S135" s="38"/>
       <c r="T135" s="16"/>
       <c r="U135" s="16"/>
       <c r="V135" s="16"/>
       <c r="W135" s="16"/>
       <c r="X135" s="16"/>
       <c r="Y135" s="16"/>
       <c r="Z135" s="16"/>
       <c r="AA135" s="16"/>
       <c r="AB135" s="16"/>
       <c r="AC135" s="16"/>
       <c r="AD135" s="16"/>
     </row>
-    <row r="136" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S136" s="39"/>
+    <row r="136" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S136" s="38"/>
       <c r="T136" s="16"/>
       <c r="U136" s="16"/>
       <c r="V136" s="16"/>
       <c r="W136" s="16"/>
       <c r="X136" s="16"/>
       <c r="Y136" s="16"/>
       <c r="Z136" s="16"/>
       <c r="AA136" s="16"/>
       <c r="AB136" s="16"/>
       <c r="AC136" s="16"/>
       <c r="AD136" s="16"/>
     </row>
-    <row r="137" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S137" s="39"/>
+    <row r="137" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S137" s="38"/>
       <c r="T137" s="16"/>
       <c r="U137" s="16"/>
       <c r="V137" s="16"/>
       <c r="W137" s="16"/>
       <c r="X137" s="16"/>
       <c r="Y137" s="16"/>
       <c r="Z137" s="16"/>
       <c r="AA137" s="16"/>
       <c r="AB137" s="16"/>
       <c r="AC137" s="16"/>
       <c r="AD137" s="16"/>
     </row>
-    <row r="138" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S138" s="39"/>
+    <row r="138" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S138" s="38"/>
       <c r="T138" s="16"/>
       <c r="U138" s="16"/>
       <c r="V138" s="16"/>
       <c r="W138" s="16"/>
       <c r="X138" s="16"/>
       <c r="Y138" s="16"/>
       <c r="Z138" s="16"/>
       <c r="AA138" s="16"/>
       <c r="AB138" s="16"/>
       <c r="AC138" s="16"/>
       <c r="AD138" s="16"/>
     </row>
-    <row r="139" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S139" s="39"/>
+    <row r="139" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S139" s="38"/>
       <c r="T139" s="16"/>
       <c r="U139" s="16"/>
       <c r="V139" s="16"/>
       <c r="W139" s="16"/>
       <c r="X139" s="16"/>
       <c r="Y139" s="16"/>
       <c r="Z139" s="16"/>
       <c r="AA139" s="16"/>
       <c r="AB139" s="16"/>
       <c r="AC139" s="16"/>
       <c r="AD139" s="16"/>
     </row>
-    <row r="140" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S140" s="39"/>
+    <row r="140" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S140" s="38"/>
       <c r="T140" s="16"/>
       <c r="U140" s="16"/>
       <c r="V140" s="16"/>
       <c r="W140" s="16"/>
       <c r="X140" s="16"/>
       <c r="Y140" s="16"/>
       <c r="Z140" s="16"/>
       <c r="AA140" s="16"/>
       <c r="AB140" s="16"/>
       <c r="AC140" s="16"/>
       <c r="AD140" s="16"/>
     </row>
-    <row r="141" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S141" s="39"/>
+    <row r="141" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S141" s="38"/>
       <c r="T141" s="16"/>
       <c r="U141" s="16"/>
       <c r="V141" s="16"/>
       <c r="W141" s="16"/>
       <c r="X141" s="16"/>
       <c r="Y141" s="16"/>
       <c r="Z141" s="16"/>
       <c r="AA141" s="16"/>
       <c r="AB141" s="16"/>
       <c r="AC141" s="16"/>
       <c r="AD141" s="16"/>
     </row>
-    <row r="142" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S142" s="39"/>
+    <row r="142" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S142" s="38"/>
       <c r="T142" s="16"/>
       <c r="U142" s="16"/>
       <c r="V142" s="16"/>
       <c r="W142" s="16"/>
       <c r="X142" s="16"/>
       <c r="Y142" s="16"/>
       <c r="Z142" s="16"/>
       <c r="AA142" s="16"/>
       <c r="AB142" s="16"/>
       <c r="AC142" s="16"/>
       <c r="AD142" s="16"/>
     </row>
-    <row r="143" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S143" s="39"/>
+    <row r="143" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S143" s="38"/>
       <c r="T143" s="16"/>
       <c r="U143" s="16"/>
       <c r="V143" s="16"/>
       <c r="W143" s="16"/>
       <c r="X143" s="16"/>
       <c r="Y143" s="16"/>
       <c r="Z143" s="16"/>
       <c r="AA143" s="16"/>
       <c r="AB143" s="16"/>
       <c r="AC143" s="16"/>
       <c r="AD143" s="16"/>
     </row>
-    <row r="144" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S144" s="39"/>
+    <row r="144" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S144" s="38"/>
       <c r="T144" s="16"/>
       <c r="U144" s="16"/>
       <c r="V144" s="16"/>
       <c r="W144" s="16"/>
       <c r="X144" s="16"/>
       <c r="Y144" s="16"/>
       <c r="Z144" s="16"/>
       <c r="AA144" s="16"/>
       <c r="AB144" s="16"/>
       <c r="AC144" s="16"/>
       <c r="AD144" s="16"/>
     </row>
-    <row r="145" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S145" s="39"/>
+    <row r="145" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S145" s="38"/>
       <c r="T145" s="16"/>
       <c r="U145" s="16"/>
       <c r="V145" s="16"/>
       <c r="W145" s="16"/>
       <c r="X145" s="16"/>
       <c r="Y145" s="16"/>
       <c r="Z145" s="16"/>
       <c r="AA145" s="16"/>
       <c r="AB145" s="16"/>
       <c r="AC145" s="16"/>
       <c r="AD145" s="16"/>
     </row>
-    <row r="146" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S146" s="39"/>
+    <row r="146" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S146" s="38"/>
       <c r="T146" s="16"/>
       <c r="U146" s="16"/>
       <c r="V146" s="16"/>
       <c r="W146" s="16"/>
       <c r="X146" s="16"/>
       <c r="Y146" s="16"/>
       <c r="Z146" s="16"/>
       <c r="AA146" s="16"/>
       <c r="AB146" s="16"/>
       <c r="AC146" s="16"/>
       <c r="AD146" s="16"/>
     </row>
-    <row r="147" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S147" s="39"/>
+    <row r="147" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S147" s="38"/>
       <c r="T147" s="16"/>
       <c r="U147" s="16"/>
       <c r="V147" s="16"/>
       <c r="W147" s="16"/>
       <c r="X147" s="16"/>
       <c r="Y147" s="16"/>
       <c r="Z147" s="16"/>
       <c r="AA147" s="16"/>
       <c r="AB147" s="16"/>
       <c r="AC147" s="16"/>
       <c r="AD147" s="16"/>
     </row>
-    <row r="148" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S148" s="39"/>
+    <row r="148" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S148" s="38"/>
       <c r="T148" s="16"/>
       <c r="U148" s="16"/>
       <c r="V148" s="16"/>
       <c r="W148" s="16"/>
       <c r="X148" s="16"/>
       <c r="Y148" s="16"/>
       <c r="Z148" s="16"/>
       <c r="AA148" s="16"/>
       <c r="AB148" s="16"/>
       <c r="AC148" s="16"/>
       <c r="AD148" s="16"/>
     </row>
-    <row r="149" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S149" s="39"/>
+    <row r="149" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S149" s="38"/>
       <c r="T149" s="16"/>
       <c r="U149" s="16"/>
       <c r="V149" s="16"/>
       <c r="W149" s="16"/>
       <c r="X149" s="16"/>
       <c r="Y149" s="16"/>
       <c r="Z149" s="16"/>
       <c r="AA149" s="16"/>
       <c r="AB149" s="16"/>
       <c r="AC149" s="16"/>
       <c r="AD149" s="16"/>
     </row>
-    <row r="150" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S150" s="39"/>
+    <row r="150" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S150" s="38"/>
       <c r="T150" s="16"/>
       <c r="U150" s="16"/>
       <c r="V150" s="16"/>
       <c r="W150" s="16"/>
       <c r="X150" s="16"/>
       <c r="Y150" s="16"/>
       <c r="Z150" s="16"/>
       <c r="AA150" s="16"/>
       <c r="AB150" s="16"/>
       <c r="AC150" s="16"/>
       <c r="AD150" s="16"/>
     </row>
-    <row r="151" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S151" s="39"/>
+    <row r="151" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S151" s="38"/>
       <c r="T151" s="16"/>
       <c r="U151" s="16"/>
       <c r="V151" s="16"/>
       <c r="W151" s="16"/>
       <c r="X151" s="16"/>
       <c r="Y151" s="16"/>
       <c r="Z151" s="16"/>
       <c r="AA151" s="16"/>
       <c r="AB151" s="16"/>
       <c r="AC151" s="16"/>
       <c r="AD151" s="16"/>
     </row>
-    <row r="152" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S152" s="39"/>
+    <row r="152" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S152" s="38"/>
       <c r="T152" s="16"/>
       <c r="U152" s="16"/>
       <c r="V152" s="16"/>
       <c r="W152" s="16"/>
       <c r="X152" s="16"/>
       <c r="Y152" s="16"/>
       <c r="Z152" s="16"/>
       <c r="AA152" s="16"/>
       <c r="AB152" s="16"/>
       <c r="AC152" s="16"/>
       <c r="AD152" s="16"/>
     </row>
-    <row r="153" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S153" s="39"/>
+    <row r="153" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S153" s="38"/>
       <c r="T153" s="16"/>
       <c r="U153" s="16"/>
       <c r="V153" s="16"/>
       <c r="W153" s="16"/>
       <c r="X153" s="16"/>
       <c r="Y153" s="16"/>
       <c r="Z153" s="16"/>
       <c r="AA153" s="16"/>
       <c r="AB153" s="16"/>
       <c r="AC153" s="16"/>
       <c r="AD153" s="16"/>
     </row>
-    <row r="154" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S154" s="39"/>
+    <row r="154" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S154" s="38"/>
       <c r="T154" s="16"/>
       <c r="U154" s="16"/>
       <c r="V154" s="16"/>
       <c r="W154" s="16"/>
       <c r="X154" s="16"/>
       <c r="Y154" s="16"/>
       <c r="Z154" s="16"/>
       <c r="AA154" s="16"/>
       <c r="AB154" s="16"/>
       <c r="AC154" s="16"/>
       <c r="AD154" s="16"/>
     </row>
-    <row r="155" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S155" s="39"/>
+    <row r="155" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S155" s="38"/>
       <c r="T155" s="16"/>
       <c r="U155" s="16"/>
       <c r="V155" s="16"/>
       <c r="W155" s="16"/>
       <c r="X155" s="16"/>
       <c r="Y155" s="16"/>
       <c r="Z155" s="16"/>
       <c r="AA155" s="16"/>
       <c r="AB155" s="16"/>
       <c r="AC155" s="16"/>
       <c r="AD155" s="16"/>
     </row>
-    <row r="156" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S156" s="39"/>
+    <row r="156" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S156" s="38"/>
       <c r="T156" s="16"/>
       <c r="U156" s="16"/>
       <c r="V156" s="16"/>
       <c r="W156" s="16"/>
       <c r="X156" s="16"/>
       <c r="Y156" s="16"/>
       <c r="Z156" s="16"/>
       <c r="AA156" s="16"/>
       <c r="AB156" s="16"/>
       <c r="AC156" s="16"/>
       <c r="AD156" s="16"/>
     </row>
-    <row r="157" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S157" s="39"/>
+    <row r="157" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S157" s="38"/>
       <c r="T157" s="16"/>
       <c r="U157" s="16"/>
       <c r="V157" s="16"/>
       <c r="W157" s="16"/>
       <c r="X157" s="16"/>
       <c r="Y157" s="16"/>
       <c r="Z157" s="16"/>
       <c r="AA157" s="16"/>
       <c r="AB157" s="16"/>
       <c r="AC157" s="16"/>
       <c r="AD157" s="16"/>
     </row>
-    <row r="158" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S158" s="39"/>
+    <row r="158" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S158" s="38"/>
       <c r="T158" s="16"/>
       <c r="U158" s="16"/>
       <c r="V158" s="16"/>
       <c r="W158" s="16"/>
       <c r="X158" s="16"/>
       <c r="Y158" s="16"/>
       <c r="Z158" s="16"/>
       <c r="AA158" s="16"/>
       <c r="AB158" s="16"/>
       <c r="AC158" s="16"/>
       <c r="AD158" s="16"/>
     </row>
-    <row r="159" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S159" s="39"/>
+    <row r="159" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S159" s="38"/>
       <c r="T159" s="16"/>
       <c r="U159" s="16"/>
       <c r="V159" s="16"/>
       <c r="W159" s="16"/>
       <c r="X159" s="16"/>
       <c r="Y159" s="16"/>
       <c r="Z159" s="16"/>
       <c r="AA159" s="16"/>
       <c r="AB159" s="16"/>
       <c r="AC159" s="16"/>
       <c r="AD159" s="16"/>
     </row>
-    <row r="160" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S160" s="39"/>
+    <row r="160" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S160" s="38"/>
       <c r="T160" s="16"/>
       <c r="U160" s="16"/>
       <c r="V160" s="16"/>
       <c r="W160" s="16"/>
       <c r="X160" s="16"/>
       <c r="Y160" s="16"/>
       <c r="Z160" s="16"/>
       <c r="AA160" s="16"/>
       <c r="AB160" s="16"/>
       <c r="AC160" s="16"/>
       <c r="AD160" s="16"/>
     </row>
-    <row r="161" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S161" s="39"/>
+    <row r="161" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S161" s="38"/>
       <c r="T161" s="16"/>
       <c r="U161" s="16"/>
       <c r="V161" s="16"/>
       <c r="W161" s="16"/>
       <c r="X161" s="16"/>
       <c r="Y161" s="16"/>
       <c r="Z161" s="16"/>
       <c r="AA161" s="16"/>
       <c r="AB161" s="16"/>
       <c r="AC161" s="16"/>
       <c r="AD161" s="16"/>
     </row>
-    <row r="162" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S162" s="39"/>
+    <row r="162" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S162" s="38"/>
       <c r="T162" s="16"/>
       <c r="U162" s="16"/>
       <c r="V162" s="16"/>
       <c r="W162" s="16"/>
       <c r="X162" s="16"/>
       <c r="Y162" s="16"/>
       <c r="Z162" s="16"/>
       <c r="AA162" s="16"/>
       <c r="AB162" s="16"/>
       <c r="AC162" s="16"/>
       <c r="AD162" s="16"/>
     </row>
-    <row r="163" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S163" s="39"/>
+    <row r="163" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S163" s="38"/>
       <c r="T163" s="16"/>
       <c r="U163" s="16"/>
       <c r="V163" s="16"/>
       <c r="W163" s="16"/>
       <c r="X163" s="16"/>
       <c r="Y163" s="16"/>
       <c r="Z163" s="16"/>
       <c r="AA163" s="16"/>
       <c r="AB163" s="16"/>
       <c r="AC163" s="16"/>
       <c r="AD163" s="16"/>
     </row>
-    <row r="164" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S164" s="39"/>
+    <row r="164" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S164" s="38"/>
       <c r="T164" s="16"/>
       <c r="U164" s="16"/>
       <c r="V164" s="16"/>
       <c r="W164" s="16"/>
       <c r="X164" s="16"/>
       <c r="Y164" s="16"/>
       <c r="Z164" s="16"/>
       <c r="AA164" s="16"/>
       <c r="AB164" s="16"/>
       <c r="AC164" s="16"/>
       <c r="AD164" s="16"/>
     </row>
-    <row r="165" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S165" s="39"/>
+    <row r="165" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S165" s="38"/>
       <c r="T165" s="16"/>
       <c r="U165" s="16"/>
       <c r="V165" s="16"/>
       <c r="W165" s="16"/>
       <c r="X165" s="16"/>
       <c r="Y165" s="16"/>
       <c r="Z165" s="16"/>
       <c r="AA165" s="16"/>
       <c r="AB165" s="16"/>
       <c r="AC165" s="16"/>
       <c r="AD165" s="16"/>
     </row>
-    <row r="166" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S166" s="39"/>
+    <row r="166" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S166" s="38"/>
       <c r="T166" s="16"/>
       <c r="U166" s="16"/>
       <c r="V166" s="16"/>
       <c r="W166" s="16"/>
       <c r="X166" s="16"/>
       <c r="Y166" s="16"/>
       <c r="Z166" s="16"/>
       <c r="AA166" s="16"/>
       <c r="AB166" s="16"/>
       <c r="AC166" s="16"/>
       <c r="AD166" s="16"/>
     </row>
-    <row r="167" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S167" s="39"/>
+    <row r="167" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S167" s="38"/>
       <c r="T167" s="16"/>
       <c r="U167" s="16"/>
       <c r="V167" s="16"/>
       <c r="W167" s="16"/>
       <c r="X167" s="16"/>
       <c r="Y167" s="16"/>
       <c r="Z167" s="16"/>
       <c r="AA167" s="16"/>
       <c r="AB167" s="16"/>
       <c r="AC167" s="16"/>
       <c r="AD167" s="16"/>
     </row>
-    <row r="168" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S168" s="39"/>
+    <row r="168" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S168" s="38"/>
       <c r="T168" s="16"/>
       <c r="U168" s="16"/>
       <c r="V168" s="16"/>
       <c r="W168" s="16"/>
       <c r="X168" s="16"/>
       <c r="Y168" s="16"/>
       <c r="Z168" s="16"/>
       <c r="AA168" s="16"/>
       <c r="AB168" s="16"/>
       <c r="AC168" s="16"/>
       <c r="AD168" s="16"/>
     </row>
-    <row r="169" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S169" s="39"/>
+    <row r="169" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S169" s="38"/>
       <c r="T169" s="16"/>
       <c r="U169" s="16"/>
       <c r="V169" s="16"/>
       <c r="W169" s="16"/>
       <c r="X169" s="16"/>
       <c r="Y169" s="16"/>
       <c r="Z169" s="16"/>
       <c r="AA169" s="16"/>
       <c r="AB169" s="16"/>
       <c r="AC169" s="16"/>
       <c r="AD169" s="16"/>
     </row>
-    <row r="170" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S170" s="39"/>
+    <row r="170" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S170" s="38"/>
       <c r="T170" s="16"/>
       <c r="U170" s="16"/>
       <c r="V170" s="16"/>
       <c r="W170" s="16"/>
       <c r="X170" s="16"/>
       <c r="Y170" s="16"/>
       <c r="Z170" s="16"/>
       <c r="AA170" s="16"/>
       <c r="AB170" s="16"/>
       <c r="AC170" s="16"/>
       <c r="AD170" s="16"/>
     </row>
-    <row r="171" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S171" s="39"/>
+    <row r="171" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S171" s="38"/>
       <c r="T171" s="16"/>
       <c r="U171" s="16"/>
       <c r="V171" s="16"/>
       <c r="W171" s="16"/>
       <c r="X171" s="16"/>
       <c r="Y171" s="16"/>
       <c r="Z171" s="16"/>
       <c r="AA171" s="16"/>
       <c r="AB171" s="16"/>
       <c r="AC171" s="16"/>
       <c r="AD171" s="16"/>
     </row>
-    <row r="172" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S172" s="39"/>
+    <row r="172" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S172" s="38"/>
       <c r="T172" s="16"/>
       <c r="U172" s="16"/>
       <c r="V172" s="16"/>
       <c r="W172" s="16"/>
       <c r="X172" s="16"/>
       <c r="Y172" s="16"/>
       <c r="Z172" s="16"/>
       <c r="AA172" s="16"/>
       <c r="AB172" s="16"/>
       <c r="AC172" s="16"/>
       <c r="AD172" s="16"/>
     </row>
-    <row r="173" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S173" s="39"/>
+    <row r="173" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S173" s="38"/>
       <c r="T173" s="16"/>
       <c r="U173" s="16"/>
       <c r="V173" s="16"/>
       <c r="W173" s="16"/>
       <c r="X173" s="16"/>
       <c r="Y173" s="16"/>
       <c r="Z173" s="16"/>
       <c r="AA173" s="16"/>
       <c r="AB173" s="16"/>
       <c r="AC173" s="16"/>
       <c r="AD173" s="16"/>
     </row>
-    <row r="174" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S174" s="39"/>
+    <row r="174" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S174" s="38"/>
       <c r="T174" s="16"/>
       <c r="U174" s="16"/>
       <c r="V174" s="16"/>
       <c r="W174" s="16"/>
       <c r="X174" s="16"/>
       <c r="Y174" s="16"/>
       <c r="Z174" s="16"/>
       <c r="AA174" s="16"/>
       <c r="AB174" s="16"/>
       <c r="AC174" s="16"/>
       <c r="AD174" s="16"/>
     </row>
-    <row r="175" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S175" s="39"/>
+    <row r="175" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S175" s="38"/>
       <c r="T175" s="16"/>
       <c r="U175" s="16"/>
       <c r="V175" s="16"/>
       <c r="W175" s="16"/>
       <c r="X175" s="16"/>
       <c r="Y175" s="16"/>
       <c r="Z175" s="16"/>
       <c r="AA175" s="16"/>
       <c r="AB175" s="16"/>
       <c r="AC175" s="16"/>
       <c r="AD175" s="16"/>
     </row>
-    <row r="176" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S176" s="39"/>
+    <row r="176" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S176" s="38"/>
       <c r="T176" s="16"/>
       <c r="U176" s="16"/>
       <c r="V176" s="16"/>
       <c r="W176" s="16"/>
       <c r="X176" s="16"/>
       <c r="Y176" s="16"/>
       <c r="Z176" s="16"/>
       <c r="AA176" s="16"/>
       <c r="AB176" s="16"/>
       <c r="AC176" s="16"/>
       <c r="AD176" s="16"/>
     </row>
-    <row r="177" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S177" s="39"/>
+    <row r="177" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S177" s="38"/>
       <c r="T177" s="16"/>
       <c r="U177" s="16"/>
       <c r="V177" s="16"/>
       <c r="W177" s="16"/>
       <c r="X177" s="16"/>
       <c r="Y177" s="16"/>
       <c r="Z177" s="16"/>
       <c r="AA177" s="16"/>
       <c r="AB177" s="16"/>
       <c r="AC177" s="16"/>
       <c r="AD177" s="16"/>
     </row>
-    <row r="178" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S178" s="39"/>
+    <row r="178" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S178" s="38"/>
       <c r="T178" s="16"/>
       <c r="U178" s="16"/>
       <c r="V178" s="16"/>
       <c r="W178" s="16"/>
       <c r="X178" s="16"/>
       <c r="Y178" s="16"/>
       <c r="Z178" s="16"/>
       <c r="AA178" s="16"/>
       <c r="AB178" s="16"/>
       <c r="AC178" s="16"/>
       <c r="AD178" s="16"/>
     </row>
-    <row r="179" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S179" s="39"/>
+    <row r="179" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S179" s="38"/>
       <c r="T179" s="16"/>
       <c r="U179" s="16"/>
       <c r="V179" s="16"/>
       <c r="W179" s="16"/>
       <c r="X179" s="16"/>
       <c r="Y179" s="16"/>
       <c r="Z179" s="16"/>
       <c r="AA179" s="16"/>
       <c r="AB179" s="16"/>
       <c r="AC179" s="16"/>
       <c r="AD179" s="16"/>
     </row>
-    <row r="180" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S180" s="39"/>
+    <row r="180" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S180" s="38"/>
       <c r="T180" s="16"/>
       <c r="U180" s="16"/>
       <c r="V180" s="16"/>
       <c r="W180" s="16"/>
       <c r="X180" s="16"/>
       <c r="Y180" s="16"/>
       <c r="Z180" s="16"/>
       <c r="AA180" s="16"/>
       <c r="AB180" s="16"/>
       <c r="AC180" s="16"/>
       <c r="AD180" s="16"/>
     </row>
-    <row r="181" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S181" s="39"/>
+    <row r="181" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S181" s="38"/>
       <c r="T181" s="16"/>
       <c r="U181" s="16"/>
       <c r="V181" s="16"/>
       <c r="W181" s="16"/>
       <c r="X181" s="16"/>
       <c r="Y181" s="16"/>
       <c r="Z181" s="16"/>
       <c r="AA181" s="16"/>
       <c r="AB181" s="16"/>
       <c r="AC181" s="16"/>
       <c r="AD181" s="16"/>
     </row>
-    <row r="182" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S182" s="39"/>
+    <row r="182" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S182" s="38"/>
       <c r="T182" s="16"/>
       <c r="U182" s="16"/>
       <c r="V182" s="16"/>
       <c r="W182" s="16"/>
       <c r="X182" s="16"/>
       <c r="Y182" s="16"/>
       <c r="Z182" s="16"/>
       <c r="AA182" s="16"/>
       <c r="AB182" s="16"/>
       <c r="AC182" s="16"/>
       <c r="AD182" s="16"/>
     </row>
-    <row r="183" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S183" s="39"/>
+    <row r="183" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S183" s="38"/>
       <c r="T183" s="16"/>
       <c r="U183" s="16"/>
       <c r="V183" s="16"/>
       <c r="W183" s="16"/>
       <c r="X183" s="16"/>
       <c r="Y183" s="16"/>
       <c r="Z183" s="16"/>
       <c r="AA183" s="16"/>
       <c r="AB183" s="16"/>
       <c r="AC183" s="16"/>
       <c r="AD183" s="16"/>
     </row>
-    <row r="184" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S184" s="39"/>
+    <row r="184" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S184" s="38"/>
       <c r="T184" s="16"/>
       <c r="U184" s="16"/>
       <c r="V184" s="16"/>
       <c r="W184" s="16"/>
       <c r="X184" s="16"/>
       <c r="Y184" s="16"/>
       <c r="Z184" s="16"/>
       <c r="AA184" s="16"/>
       <c r="AB184" s="16"/>
       <c r="AC184" s="16"/>
       <c r="AD184" s="16"/>
     </row>
-    <row r="185" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S185" s="39"/>
+    <row r="185" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S185" s="38"/>
       <c r="T185" s="16"/>
       <c r="U185" s="16"/>
       <c r="V185" s="16"/>
       <c r="W185" s="16"/>
       <c r="X185" s="16"/>
       <c r="Y185" s="16"/>
       <c r="Z185" s="16"/>
       <c r="AA185" s="16"/>
       <c r="AB185" s="16"/>
       <c r="AC185" s="16"/>
       <c r="AD185" s="16"/>
     </row>
-    <row r="186" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S186" s="39"/>
+    <row r="186" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S186" s="38"/>
       <c r="T186" s="16"/>
       <c r="U186" s="16"/>
       <c r="V186" s="16"/>
       <c r="W186" s="16"/>
       <c r="X186" s="16"/>
       <c r="Y186" s="16"/>
       <c r="Z186" s="16"/>
       <c r="AA186" s="16"/>
       <c r="AB186" s="16"/>
       <c r="AC186" s="16"/>
       <c r="AD186" s="16"/>
     </row>
-    <row r="187" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S187" s="39"/>
+    <row r="187" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S187" s="38"/>
       <c r="T187" s="16"/>
       <c r="U187" s="16"/>
       <c r="V187" s="16"/>
       <c r="W187" s="16"/>
       <c r="X187" s="16"/>
       <c r="Y187" s="16"/>
       <c r="Z187" s="16"/>
       <c r="AA187" s="16"/>
       <c r="AB187" s="16"/>
       <c r="AC187" s="16"/>
       <c r="AD187" s="16"/>
     </row>
-    <row r="188" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S188" s="39"/>
+    <row r="188" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S188" s="38"/>
       <c r="T188" s="16"/>
       <c r="U188" s="16"/>
       <c r="V188" s="16"/>
       <c r="W188" s="16"/>
       <c r="X188" s="16"/>
       <c r="Y188" s="16"/>
       <c r="Z188" s="16"/>
       <c r="AA188" s="16"/>
       <c r="AB188" s="16"/>
       <c r="AC188" s="16"/>
       <c r="AD188" s="16"/>
     </row>
-    <row r="189" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S189" s="39"/>
+    <row r="189" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S189" s="38"/>
       <c r="T189" s="16"/>
       <c r="U189" s="16"/>
       <c r="V189" s="16"/>
       <c r="W189" s="16"/>
       <c r="X189" s="16"/>
       <c r="Y189" s="16"/>
       <c r="Z189" s="16"/>
       <c r="AA189" s="16"/>
       <c r="AB189" s="16"/>
       <c r="AC189" s="16"/>
       <c r="AD189" s="16"/>
     </row>
-    <row r="190" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S190" s="39"/>
+    <row r="190" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S190" s="38"/>
       <c r="T190" s="16"/>
       <c r="U190" s="16"/>
       <c r="V190" s="16"/>
       <c r="W190" s="16"/>
       <c r="X190" s="16"/>
       <c r="Y190" s="16"/>
       <c r="Z190" s="16"/>
       <c r="AA190" s="16"/>
       <c r="AB190" s="16"/>
       <c r="AC190" s="16"/>
       <c r="AD190" s="16"/>
     </row>
-    <row r="191" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S191" s="39"/>
+    <row r="191" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S191" s="38"/>
       <c r="T191" s="16"/>
       <c r="U191" s="16"/>
       <c r="V191" s="16"/>
       <c r="W191" s="16"/>
       <c r="X191" s="16"/>
       <c r="Y191" s="16"/>
       <c r="Z191" s="16"/>
       <c r="AA191" s="16"/>
       <c r="AB191" s="16"/>
       <c r="AC191" s="16"/>
       <c r="AD191" s="16"/>
     </row>
-    <row r="192" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S192" s="39"/>
+    <row r="192" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S192" s="38"/>
       <c r="T192" s="16"/>
       <c r="U192" s="16"/>
       <c r="V192" s="16"/>
       <c r="W192" s="16"/>
       <c r="X192" s="16"/>
       <c r="Y192" s="16"/>
       <c r="Z192" s="16"/>
       <c r="AA192" s="16"/>
       <c r="AB192" s="16"/>
       <c r="AC192" s="16"/>
       <c r="AD192" s="16"/>
     </row>
-    <row r="193" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S193" s="39"/>
+    <row r="193" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S193" s="38"/>
       <c r="T193" s="16"/>
       <c r="U193" s="16"/>
       <c r="V193" s="16"/>
       <c r="W193" s="16"/>
       <c r="X193" s="16"/>
       <c r="Y193" s="16"/>
       <c r="Z193" s="16"/>
       <c r="AA193" s="16"/>
       <c r="AB193" s="16"/>
       <c r="AC193" s="16"/>
       <c r="AD193" s="16"/>
     </row>
-    <row r="194" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S194" s="39"/>
+    <row r="194" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S194" s="38"/>
       <c r="T194" s="16"/>
       <c r="U194" s="16"/>
       <c r="V194" s="16"/>
       <c r="W194" s="16"/>
       <c r="X194" s="16"/>
       <c r="Y194" s="16"/>
       <c r="Z194" s="16"/>
       <c r="AA194" s="16"/>
       <c r="AB194" s="16"/>
       <c r="AC194" s="16"/>
       <c r="AD194" s="16"/>
     </row>
-    <row r="195" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S195" s="39"/>
+    <row r="195" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S195" s="38"/>
       <c r="T195" s="16"/>
       <c r="U195" s="16"/>
       <c r="V195" s="16"/>
       <c r="W195" s="16"/>
       <c r="X195" s="16"/>
       <c r="Y195" s="16"/>
       <c r="Z195" s="16"/>
       <c r="AA195" s="16"/>
       <c r="AB195" s="16"/>
       <c r="AC195" s="16"/>
       <c r="AD195" s="16"/>
     </row>
-    <row r="196" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S196" s="39"/>
+    <row r="196" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S196" s="38"/>
       <c r="T196" s="16"/>
       <c r="U196" s="16"/>
       <c r="V196" s="16"/>
       <c r="W196" s="16"/>
       <c r="X196" s="16"/>
       <c r="Y196" s="16"/>
       <c r="Z196" s="16"/>
       <c r="AA196" s="16"/>
       <c r="AB196" s="16"/>
       <c r="AC196" s="16"/>
       <c r="AD196" s="16"/>
     </row>
-    <row r="197" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S197" s="39"/>
+    <row r="197" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S197" s="38"/>
       <c r="T197" s="16"/>
       <c r="U197" s="16"/>
       <c r="V197" s="16"/>
       <c r="W197" s="16"/>
       <c r="X197" s="16"/>
       <c r="Y197" s="16"/>
       <c r="Z197" s="16"/>
       <c r="AA197" s="16"/>
       <c r="AB197" s="16"/>
       <c r="AC197" s="16"/>
       <c r="AD197" s="16"/>
     </row>
-    <row r="198" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S198" s="39"/>
+    <row r="198" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S198" s="38"/>
       <c r="T198" s="16"/>
       <c r="U198" s="16"/>
       <c r="V198" s="16"/>
       <c r="W198" s="16"/>
       <c r="X198" s="16"/>
       <c r="Y198" s="16"/>
       <c r="Z198" s="16"/>
       <c r="AA198" s="16"/>
       <c r="AB198" s="16"/>
       <c r="AC198" s="16"/>
       <c r="AD198" s="16"/>
     </row>
-    <row r="199" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S199" s="39"/>
+    <row r="199" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S199" s="38"/>
       <c r="T199" s="16"/>
       <c r="U199" s="16"/>
       <c r="V199" s="16"/>
       <c r="W199" s="16"/>
       <c r="X199" s="16"/>
       <c r="Y199" s="16"/>
       <c r="Z199" s="16"/>
       <c r="AA199" s="16"/>
       <c r="AB199" s="16"/>
       <c r="AC199" s="16"/>
       <c r="AD199" s="16"/>
     </row>
-    <row r="200" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S200" s="39"/>
+    <row r="200" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S200" s="38"/>
       <c r="T200" s="16"/>
       <c r="U200" s="16"/>
       <c r="V200" s="16"/>
       <c r="W200" s="16"/>
       <c r="X200" s="16"/>
       <c r="Y200" s="16"/>
       <c r="Z200" s="16"/>
       <c r="AA200" s="16"/>
       <c r="AB200" s="16"/>
       <c r="AC200" s="16"/>
       <c r="AD200" s="16"/>
     </row>
-    <row r="201" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S201" s="39"/>
+    <row r="201" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S201" s="38"/>
       <c r="T201" s="16"/>
       <c r="U201" s="16"/>
       <c r="V201" s="16"/>
       <c r="W201" s="16"/>
       <c r="X201" s="16"/>
       <c r="Y201" s="16"/>
       <c r="Z201" s="16"/>
       <c r="AA201" s="16"/>
       <c r="AB201" s="16"/>
       <c r="AC201" s="16"/>
       <c r="AD201" s="16"/>
     </row>
-    <row r="202" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S202" s="39"/>
+    <row r="202" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S202" s="38"/>
       <c r="T202" s="16"/>
       <c r="U202" s="16"/>
       <c r="V202" s="16"/>
       <c r="W202" s="16"/>
       <c r="X202" s="16"/>
       <c r="Y202" s="16"/>
       <c r="Z202" s="16"/>
       <c r="AA202" s="16"/>
       <c r="AB202" s="16"/>
       <c r="AC202" s="16"/>
       <c r="AD202" s="16"/>
     </row>
-    <row r="203" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S203" s="39"/>
+    <row r="203" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S203" s="38"/>
       <c r="T203" s="16"/>
       <c r="U203" s="16"/>
       <c r="V203" s="16"/>
       <c r="W203" s="16"/>
       <c r="X203" s="16"/>
       <c r="Y203" s="16"/>
       <c r="Z203" s="16"/>
       <c r="AA203" s="16"/>
       <c r="AB203" s="16"/>
       <c r="AC203" s="16"/>
       <c r="AD203" s="16"/>
     </row>
-    <row r="204" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S204" s="39"/>
+    <row r="204" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S204" s="38"/>
       <c r="T204" s="16"/>
       <c r="U204" s="16"/>
       <c r="V204" s="16"/>
       <c r="W204" s="16"/>
       <c r="X204" s="16"/>
       <c r="Y204" s="16"/>
       <c r="Z204" s="16"/>
       <c r="AA204" s="16"/>
       <c r="AB204" s="16"/>
       <c r="AC204" s="16"/>
       <c r="AD204" s="16"/>
     </row>
-    <row r="205" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S205" s="39"/>
+    <row r="205" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S205" s="38"/>
       <c r="T205" s="16"/>
       <c r="U205" s="16"/>
       <c r="V205" s="16"/>
       <c r="W205" s="16"/>
       <c r="X205" s="16"/>
       <c r="Y205" s="16"/>
       <c r="Z205" s="16"/>
       <c r="AA205" s="16"/>
       <c r="AB205" s="16"/>
       <c r="AC205" s="16"/>
       <c r="AD205" s="16"/>
     </row>
-    <row r="206" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S206" s="39"/>
+    <row r="206" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S206" s="38"/>
       <c r="T206" s="16"/>
       <c r="U206" s="16"/>
       <c r="V206" s="16"/>
       <c r="W206" s="16"/>
       <c r="X206" s="16"/>
       <c r="Y206" s="16"/>
       <c r="Z206" s="16"/>
       <c r="AA206" s="16"/>
       <c r="AB206" s="16"/>
       <c r="AC206" s="16"/>
       <c r="AD206" s="16"/>
     </row>
-    <row r="207" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S207" s="39"/>
+    <row r="207" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S207" s="38"/>
       <c r="T207" s="16"/>
       <c r="U207" s="16"/>
       <c r="V207" s="16"/>
       <c r="W207" s="16"/>
       <c r="X207" s="16"/>
       <c r="Y207" s="16"/>
       <c r="Z207" s="16"/>
       <c r="AA207" s="16"/>
       <c r="AB207" s="16"/>
       <c r="AC207" s="16"/>
       <c r="AD207" s="16"/>
     </row>
-    <row r="208" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S208" s="39"/>
+    <row r="208" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S208" s="38"/>
       <c r="T208" s="16"/>
       <c r="U208" s="16"/>
       <c r="V208" s="16"/>
       <c r="W208" s="16"/>
       <c r="X208" s="16"/>
       <c r="Y208" s="16"/>
       <c r="Z208" s="16"/>
       <c r="AA208" s="16"/>
       <c r="AB208" s="16"/>
       <c r="AC208" s="16"/>
       <c r="AD208" s="16"/>
     </row>
-    <row r="209" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S209" s="39"/>
+    <row r="209" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S209" s="38"/>
       <c r="T209" s="16"/>
       <c r="U209" s="16"/>
       <c r="V209" s="16"/>
       <c r="W209" s="16"/>
       <c r="X209" s="16"/>
       <c r="Y209" s="16"/>
       <c r="Z209" s="16"/>
       <c r="AA209" s="16"/>
       <c r="AB209" s="16"/>
       <c r="AC209" s="16"/>
       <c r="AD209" s="16"/>
     </row>
-    <row r="210" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S210" s="39"/>
+    <row r="210" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S210" s="38"/>
       <c r="T210" s="16"/>
       <c r="U210" s="16"/>
       <c r="V210" s="16"/>
       <c r="W210" s="16"/>
       <c r="X210" s="16"/>
       <c r="Y210" s="16"/>
       <c r="Z210" s="16"/>
       <c r="AA210" s="16"/>
       <c r="AB210" s="16"/>
       <c r="AC210" s="16"/>
       <c r="AD210" s="16"/>
     </row>
-    <row r="211" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S211" s="39"/>
+    <row r="211" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S211" s="38"/>
       <c r="T211" s="16"/>
       <c r="U211" s="16"/>
       <c r="V211" s="16"/>
       <c r="W211" s="16"/>
       <c r="X211" s="16"/>
       <c r="Y211" s="16"/>
       <c r="Z211" s="16"/>
       <c r="AA211" s="16"/>
       <c r="AB211" s="16"/>
       <c r="AC211" s="16"/>
       <c r="AD211" s="16"/>
     </row>
-    <row r="212" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S212" s="39"/>
+    <row r="212" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S212" s="38"/>
       <c r="T212" s="16"/>
       <c r="U212" s="16"/>
       <c r="V212" s="16"/>
       <c r="W212" s="16"/>
       <c r="X212" s="16"/>
       <c r="Y212" s="16"/>
       <c r="Z212" s="16"/>
       <c r="AA212" s="16"/>
       <c r="AB212" s="16"/>
       <c r="AC212" s="16"/>
       <c r="AD212" s="16"/>
     </row>
-    <row r="213" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S213" s="39"/>
+    <row r="213" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S213" s="38"/>
       <c r="T213" s="16"/>
       <c r="U213" s="16"/>
       <c r="V213" s="16"/>
       <c r="W213" s="16"/>
       <c r="X213" s="16"/>
       <c r="Y213" s="16"/>
       <c r="Z213" s="16"/>
       <c r="AA213" s="16"/>
       <c r="AB213" s="16"/>
       <c r="AC213" s="16"/>
       <c r="AD213" s="16"/>
     </row>
-    <row r="214" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S214" s="39"/>
+    <row r="214" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S214" s="38"/>
       <c r="T214" s="16"/>
       <c r="U214" s="16"/>
       <c r="V214" s="16"/>
       <c r="W214" s="16"/>
       <c r="X214" s="16"/>
       <c r="Y214" s="16"/>
       <c r="Z214" s="16"/>
       <c r="AA214" s="16"/>
       <c r="AB214" s="16"/>
       <c r="AC214" s="16"/>
       <c r="AD214" s="16"/>
     </row>
-    <row r="215" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S215" s="39"/>
+    <row r="215" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S215" s="38"/>
       <c r="T215" s="16"/>
       <c r="U215" s="16"/>
       <c r="V215" s="16"/>
       <c r="W215" s="16"/>
       <c r="X215" s="16"/>
       <c r="Y215" s="16"/>
       <c r="Z215" s="16"/>
       <c r="AA215" s="16"/>
       <c r="AB215" s="16"/>
       <c r="AC215" s="16"/>
       <c r="AD215" s="16"/>
     </row>
-    <row r="216" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S216" s="39"/>
+    <row r="216" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S216" s="38"/>
       <c r="T216" s="16"/>
       <c r="U216" s="16"/>
       <c r="V216" s="16"/>
       <c r="W216" s="16"/>
       <c r="X216" s="16"/>
       <c r="Y216" s="16"/>
       <c r="Z216" s="16"/>
       <c r="AA216" s="16"/>
       <c r="AB216" s="16"/>
       <c r="AC216" s="16"/>
       <c r="AD216" s="16"/>
     </row>
-    <row r="217" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S217" s="39"/>
+    <row r="217" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S217" s="38"/>
       <c r="T217" s="16"/>
       <c r="U217" s="16"/>
       <c r="V217" s="16"/>
       <c r="W217" s="16"/>
       <c r="X217" s="16"/>
       <c r="Y217" s="16"/>
       <c r="Z217" s="16"/>
       <c r="AA217" s="16"/>
       <c r="AB217" s="16"/>
       <c r="AC217" s="16"/>
       <c r="AD217" s="16"/>
     </row>
-    <row r="218" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S218" s="39"/>
+    <row r="218" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S218" s="38"/>
       <c r="T218" s="16"/>
       <c r="U218" s="16"/>
       <c r="V218" s="16"/>
       <c r="W218" s="16"/>
       <c r="X218" s="16"/>
       <c r="Y218" s="16"/>
       <c r="Z218" s="16"/>
       <c r="AA218" s="16"/>
       <c r="AB218" s="16"/>
       <c r="AC218" s="16"/>
       <c r="AD218" s="16"/>
     </row>
-    <row r="219" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S219" s="39"/>
+    <row r="219" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S219" s="38"/>
       <c r="T219" s="16"/>
       <c r="U219" s="16"/>
       <c r="V219" s="16"/>
       <c r="W219" s="16"/>
       <c r="X219" s="16"/>
       <c r="Y219" s="16"/>
       <c r="Z219" s="16"/>
       <c r="AA219" s="16"/>
       <c r="AB219" s="16"/>
       <c r="AC219" s="16"/>
       <c r="AD219" s="16"/>
     </row>
-    <row r="220" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S220" s="39"/>
+    <row r="220" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S220" s="38"/>
       <c r="T220" s="16"/>
       <c r="U220" s="16"/>
       <c r="V220" s="16"/>
       <c r="W220" s="16"/>
       <c r="X220" s="16"/>
       <c r="Y220" s="16"/>
       <c r="Z220" s="16"/>
       <c r="AA220" s="16"/>
       <c r="AB220" s="16"/>
       <c r="AC220" s="16"/>
       <c r="AD220" s="16"/>
     </row>
-    <row r="221" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S221" s="39"/>
+    <row r="221" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S221" s="38"/>
       <c r="T221" s="16"/>
       <c r="U221" s="16"/>
       <c r="V221" s="16"/>
       <c r="W221" s="16"/>
       <c r="X221" s="16"/>
       <c r="Y221" s="16"/>
       <c r="Z221" s="16"/>
       <c r="AA221" s="16"/>
       <c r="AB221" s="16"/>
       <c r="AC221" s="16"/>
       <c r="AD221" s="16"/>
     </row>
-    <row r="222" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S222" s="39"/>
+    <row r="222" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S222" s="38"/>
       <c r="T222" s="16"/>
       <c r="U222" s="16"/>
       <c r="V222" s="16"/>
       <c r="W222" s="16"/>
       <c r="X222" s="16"/>
       <c r="Y222" s="16"/>
       <c r="Z222" s="16"/>
       <c r="AA222" s="16"/>
       <c r="AB222" s="16"/>
       <c r="AC222" s="16"/>
       <c r="AD222" s="16"/>
     </row>
-    <row r="223" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S223" s="39"/>
+    <row r="223" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S223" s="38"/>
       <c r="T223" s="16"/>
       <c r="U223" s="16"/>
       <c r="V223" s="16"/>
       <c r="W223" s="16"/>
       <c r="X223" s="16"/>
       <c r="Y223" s="16"/>
       <c r="Z223" s="16"/>
       <c r="AA223" s="16"/>
       <c r="AB223" s="16"/>
       <c r="AC223" s="16"/>
       <c r="AD223" s="16"/>
     </row>
-    <row r="224" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S224" s="39"/>
+    <row r="224" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S224" s="38"/>
       <c r="T224" s="16"/>
       <c r="U224" s="16"/>
       <c r="V224" s="16"/>
       <c r="W224" s="16"/>
       <c r="X224" s="16"/>
       <c r="Y224" s="16"/>
       <c r="Z224" s="16"/>
       <c r="AA224" s="16"/>
       <c r="AB224" s="16"/>
       <c r="AC224" s="16"/>
       <c r="AD224" s="16"/>
     </row>
-    <row r="225" spans="20:30" x14ac:dyDescent="0.25">
+    <row r="225" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S225" s="38"/>
       <c r="T225" s="16"/>
       <c r="U225" s="16"/>
       <c r="V225" s="16"/>
       <c r="W225" s="16"/>
       <c r="X225" s="16"/>
       <c r="Y225" s="16"/>
       <c r="Z225" s="16"/>
       <c r="AA225" s="16"/>
       <c r="AB225" s="16"/>
       <c r="AC225" s="16"/>
       <c r="AD225" s="16"/>
     </row>
-    <row r="226" spans="20:30" x14ac:dyDescent="0.25">
+    <row r="226" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T226" s="16"/>
       <c r="U226" s="16"/>
       <c r="V226" s="16"/>
       <c r="W226" s="16"/>
       <c r="X226" s="16"/>
       <c r="Y226" s="16"/>
       <c r="Z226" s="16"/>
       <c r="AA226" s="16"/>
       <c r="AB226" s="16"/>
       <c r="AC226" s="16"/>
       <c r="AD226" s="16"/>
     </row>
-    <row r="227" spans="20:30" x14ac:dyDescent="0.25">
+    <row r="227" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T227" s="16"/>
       <c r="U227" s="16"/>
       <c r="V227" s="16"/>
       <c r="W227" s="16"/>
       <c r="X227" s="16"/>
       <c r="Y227" s="16"/>
       <c r="Z227" s="16"/>
       <c r="AA227" s="16"/>
       <c r="AB227" s="16"/>
       <c r="AC227" s="16"/>
       <c r="AD227" s="16"/>
     </row>
-    <row r="228" spans="20:30" x14ac:dyDescent="0.25">
+    <row r="228" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T228" s="16"/>
       <c r="U228" s="16"/>
       <c r="V228" s="16"/>
       <c r="W228" s="16"/>
       <c r="X228" s="16"/>
       <c r="Y228" s="16"/>
       <c r="Z228" s="16"/>
       <c r="AA228" s="16"/>
       <c r="AB228" s="16"/>
       <c r="AC228" s="16"/>
       <c r="AD228" s="16"/>
     </row>
+    <row r="229" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="T229" s="16"/>
+      <c r="U229" s="16"/>
+      <c r="V229" s="16"/>
+      <c r="W229" s="16"/>
+      <c r="X229" s="16"/>
+      <c r="Y229" s="16"/>
+      <c r="Z229" s="16"/>
+      <c r="AA229" s="16"/>
+      <c r="AB229" s="16"/>
+      <c r="AC229" s="16"/>
+      <c r="AD229" s="16"/>
+    </row>
   </sheetData>
-  <sheetProtection password="85BD" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="64/1ulli6CdRP82GxIsD3iokIndDnm08JL/7P/TjaDbXcFuxcnzgDa6cPIHNZik2os+R0AiyigdiuNV7P7t81A==" saltValue="GXjkyIq0ngdR449rOptvMw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
-    <protectedRange sqref="M46:O46 M48:O48 M50:O50 M52:O52 M54:O54 M56:O56 M58:O58 M60:O60 M62:O62 M64:O64 M66:O66 M68:O68 M70:O70 M72:O72 M74:O74 M76:O76 M78:O78 M80:O80 M82:O82 M84:O84 M86:O86 M88:O88 M90:O90 M92:O92 M94:O94 M96:O96 M98:O98 M100:O100 M102:O102 M104:O104" name="Range1"/>
-    <protectedRange sqref="M44:N44" name="Range1_1"/>
+    <protectedRange sqref="M63:O63 M65:O65 M67:O67 M69:O69 M71:O71 M73:O73 M75:O75 M77:O77 M79:O79 M81:O81 M83:O83 M85:O85 M87:O87 M89:O89 M91:O91 M93:O93 M95:O95 M49:O49 M51:O51 M53:O53 M55:O55 M57:O57 M59:O59 M61:O61 M105:O105 M103:O103 M101:O101 M99:O99 M97:O97 M47:O47" name="Range1"/>
+    <protectedRange sqref="M45:N45" name="Range1_1"/>
   </protectedRanges>
-  <mergeCells count="438">
-[...418 lines deleted...]
-    <mergeCell ref="AB12:AC12"/>
+  <mergeCells count="434">
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="Q47:Q48"/>
+    <mergeCell ref="R47:R48"/>
+    <mergeCell ref="I47:I48"/>
+    <mergeCell ref="J47:J48"/>
+    <mergeCell ref="K47:K48"/>
+    <mergeCell ref="L47:L48"/>
+    <mergeCell ref="I45:I46"/>
+    <mergeCell ref="J45:J46"/>
+    <mergeCell ref="K45:K46"/>
+    <mergeCell ref="L45:L46"/>
+    <mergeCell ref="H47:H48"/>
+    <mergeCell ref="A47:A48"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="E47:E48"/>
+    <mergeCell ref="F47:F48"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="D45:D46"/>
+    <mergeCell ref="E45:E46"/>
+    <mergeCell ref="F45:F46"/>
+    <mergeCell ref="G45:G46"/>
+    <mergeCell ref="H45:H46"/>
+    <mergeCell ref="G47:G48"/>
+    <mergeCell ref="K49:K50"/>
+    <mergeCell ref="L49:L50"/>
+    <mergeCell ref="P49:P50"/>
+    <mergeCell ref="A49:A50"/>
+    <mergeCell ref="B49:B50"/>
+    <mergeCell ref="C49:C50"/>
+    <mergeCell ref="D49:D50"/>
+    <mergeCell ref="E49:E50"/>
+    <mergeCell ref="F49:F50"/>
+    <mergeCell ref="C51:C52"/>
+    <mergeCell ref="D51:D52"/>
+    <mergeCell ref="E51:E52"/>
+    <mergeCell ref="F51:F52"/>
+    <mergeCell ref="H51:H52"/>
+    <mergeCell ref="H49:H50"/>
+    <mergeCell ref="I49:I50"/>
+    <mergeCell ref="J49:J50"/>
+    <mergeCell ref="J53:J54"/>
+    <mergeCell ref="K53:K54"/>
+    <mergeCell ref="L53:L54"/>
+    <mergeCell ref="P53:P54"/>
+    <mergeCell ref="P55:P56"/>
+    <mergeCell ref="H55:H56"/>
+    <mergeCell ref="Q53:Q54"/>
+    <mergeCell ref="R53:R54"/>
+    <mergeCell ref="R51:R52"/>
+    <mergeCell ref="A53:A54"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="C53:C54"/>
+    <mergeCell ref="D53:D54"/>
+    <mergeCell ref="E53:E54"/>
+    <mergeCell ref="F53:F54"/>
+    <mergeCell ref="H53:H54"/>
+    <mergeCell ref="I53:I54"/>
+    <mergeCell ref="I51:I52"/>
+    <mergeCell ref="J51:J52"/>
+    <mergeCell ref="K51:K52"/>
+    <mergeCell ref="L51:L52"/>
+    <mergeCell ref="P51:P52"/>
+    <mergeCell ref="Q51:Q52"/>
+    <mergeCell ref="A51:A52"/>
+    <mergeCell ref="B51:B52"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="B57:B58"/>
+    <mergeCell ref="C57:C58"/>
+    <mergeCell ref="D57:D58"/>
+    <mergeCell ref="E57:E58"/>
+    <mergeCell ref="F57:F58"/>
+    <mergeCell ref="H57:H58"/>
+    <mergeCell ref="Q59:Q60"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="C55:C56"/>
+    <mergeCell ref="D55:D56"/>
+    <mergeCell ref="E55:E56"/>
+    <mergeCell ref="F55:F56"/>
+    <mergeCell ref="Q55:Q56"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="B59:B60"/>
+    <mergeCell ref="C59:C60"/>
+    <mergeCell ref="D59:D60"/>
+    <mergeCell ref="E59:E60"/>
+    <mergeCell ref="F59:F60"/>
+    <mergeCell ref="H59:H60"/>
+    <mergeCell ref="I59:I60"/>
+    <mergeCell ref="J59:J60"/>
+    <mergeCell ref="R55:R56"/>
+    <mergeCell ref="I55:I56"/>
+    <mergeCell ref="J55:J56"/>
+    <mergeCell ref="K55:K56"/>
+    <mergeCell ref="L55:L56"/>
+    <mergeCell ref="Q57:Q58"/>
+    <mergeCell ref="R57:R58"/>
+    <mergeCell ref="I57:I58"/>
+    <mergeCell ref="J57:J58"/>
+    <mergeCell ref="K57:K58"/>
+    <mergeCell ref="L57:L58"/>
+    <mergeCell ref="P57:P58"/>
+    <mergeCell ref="R65:R66"/>
+    <mergeCell ref="Q61:Q62"/>
+    <mergeCell ref="R61:R62"/>
+    <mergeCell ref="R63:R64"/>
+    <mergeCell ref="P65:P66"/>
+    <mergeCell ref="I65:I66"/>
+    <mergeCell ref="J65:J66"/>
+    <mergeCell ref="K65:K66"/>
+    <mergeCell ref="L65:L66"/>
+    <mergeCell ref="P63:P64"/>
+    <mergeCell ref="Q63:Q64"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="J63:J64"/>
+    <mergeCell ref="K63:K64"/>
+    <mergeCell ref="L63:L64"/>
+    <mergeCell ref="K59:K60"/>
+    <mergeCell ref="P59:P60"/>
+    <mergeCell ref="I61:I62"/>
+    <mergeCell ref="L59:L60"/>
+    <mergeCell ref="J61:J62"/>
+    <mergeCell ref="K61:K62"/>
+    <mergeCell ref="L61:L62"/>
+    <mergeCell ref="P61:P62"/>
+    <mergeCell ref="E67:E68"/>
+    <mergeCell ref="F67:F68"/>
+    <mergeCell ref="A61:A62"/>
+    <mergeCell ref="B61:B62"/>
+    <mergeCell ref="C61:C62"/>
+    <mergeCell ref="D61:D62"/>
+    <mergeCell ref="E61:E62"/>
+    <mergeCell ref="F61:F62"/>
+    <mergeCell ref="H61:H62"/>
+    <mergeCell ref="H65:H66"/>
+    <mergeCell ref="A65:A66"/>
+    <mergeCell ref="B65:B66"/>
+    <mergeCell ref="C65:C66"/>
+    <mergeCell ref="D65:D66"/>
+    <mergeCell ref="E65:E66"/>
+    <mergeCell ref="F65:F66"/>
+    <mergeCell ref="H63:H64"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="D63:D64"/>
+    <mergeCell ref="E63:E64"/>
+    <mergeCell ref="F63:F64"/>
+    <mergeCell ref="L69:L70"/>
+    <mergeCell ref="P69:P70"/>
+    <mergeCell ref="Q69:Q70"/>
+    <mergeCell ref="R69:R70"/>
+    <mergeCell ref="R67:R68"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="B69:B70"/>
+    <mergeCell ref="C69:C70"/>
+    <mergeCell ref="D69:D70"/>
+    <mergeCell ref="E69:E70"/>
+    <mergeCell ref="F69:F70"/>
+    <mergeCell ref="H69:H70"/>
+    <mergeCell ref="I69:I70"/>
+    <mergeCell ref="I67:I68"/>
+    <mergeCell ref="J67:J68"/>
+    <mergeCell ref="K67:K68"/>
+    <mergeCell ref="L67:L68"/>
+    <mergeCell ref="P67:P68"/>
+    <mergeCell ref="Q67:Q68"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:B68"/>
+    <mergeCell ref="C67:C68"/>
+    <mergeCell ref="H67:H68"/>
+    <mergeCell ref="D67:D68"/>
+    <mergeCell ref="H71:H72"/>
+    <mergeCell ref="A71:A72"/>
+    <mergeCell ref="B71:B72"/>
+    <mergeCell ref="C71:C72"/>
+    <mergeCell ref="D71:D72"/>
+    <mergeCell ref="E71:E72"/>
+    <mergeCell ref="F71:F72"/>
+    <mergeCell ref="J69:J70"/>
+    <mergeCell ref="K69:K70"/>
+    <mergeCell ref="H73:H74"/>
+    <mergeCell ref="A75:A76"/>
+    <mergeCell ref="B75:B76"/>
+    <mergeCell ref="C75:C76"/>
+    <mergeCell ref="Q75:Q76"/>
+    <mergeCell ref="I75:I76"/>
+    <mergeCell ref="J75:J76"/>
+    <mergeCell ref="K75:K76"/>
+    <mergeCell ref="A73:A74"/>
+    <mergeCell ref="B73:B74"/>
+    <mergeCell ref="C73:C74"/>
+    <mergeCell ref="D73:D74"/>
+    <mergeCell ref="E73:E74"/>
+    <mergeCell ref="F73:F74"/>
+    <mergeCell ref="P71:P72"/>
+    <mergeCell ref="Q71:Q72"/>
+    <mergeCell ref="R71:R72"/>
+    <mergeCell ref="I71:I72"/>
+    <mergeCell ref="J71:J72"/>
+    <mergeCell ref="K71:K72"/>
+    <mergeCell ref="L71:L72"/>
+    <mergeCell ref="Q73:Q74"/>
+    <mergeCell ref="R73:R74"/>
+    <mergeCell ref="I73:I74"/>
+    <mergeCell ref="J73:J74"/>
+    <mergeCell ref="K73:K74"/>
+    <mergeCell ref="L73:L74"/>
+    <mergeCell ref="P73:P74"/>
+    <mergeCell ref="J77:J78"/>
+    <mergeCell ref="K77:K78"/>
+    <mergeCell ref="L77:L78"/>
+    <mergeCell ref="P77:P78"/>
+    <mergeCell ref="F79:F80"/>
+    <mergeCell ref="L75:L76"/>
+    <mergeCell ref="P75:P76"/>
+    <mergeCell ref="P81:P82"/>
+    <mergeCell ref="A77:A78"/>
+    <mergeCell ref="B77:B78"/>
+    <mergeCell ref="C77:C78"/>
+    <mergeCell ref="D77:D78"/>
+    <mergeCell ref="E77:E78"/>
+    <mergeCell ref="F77:F78"/>
+    <mergeCell ref="H77:H78"/>
+    <mergeCell ref="I77:I78"/>
+    <mergeCell ref="D75:D76"/>
+    <mergeCell ref="E75:E76"/>
+    <mergeCell ref="F75:F76"/>
+    <mergeCell ref="H75:H76"/>
+    <mergeCell ref="H81:H82"/>
+    <mergeCell ref="P79:P80"/>
+    <mergeCell ref="Q79:Q80"/>
+    <mergeCell ref="A81:A82"/>
+    <mergeCell ref="B81:B82"/>
+    <mergeCell ref="C81:C82"/>
+    <mergeCell ref="D81:D82"/>
+    <mergeCell ref="E81:E82"/>
+    <mergeCell ref="F81:F82"/>
+    <mergeCell ref="H79:H80"/>
+    <mergeCell ref="I79:I80"/>
+    <mergeCell ref="J79:J80"/>
+    <mergeCell ref="K79:K80"/>
+    <mergeCell ref="L79:L80"/>
+    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="B79:B80"/>
+    <mergeCell ref="C79:C80"/>
+    <mergeCell ref="D79:D80"/>
+    <mergeCell ref="E79:E80"/>
+    <mergeCell ref="I81:I82"/>
+    <mergeCell ref="J81:J82"/>
+    <mergeCell ref="K81:K82"/>
+    <mergeCell ref="L81:L82"/>
+    <mergeCell ref="J83:J84"/>
+    <mergeCell ref="K83:K84"/>
+    <mergeCell ref="L83:L84"/>
+    <mergeCell ref="P83:P84"/>
+    <mergeCell ref="Q83:Q84"/>
+    <mergeCell ref="A83:A84"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:C84"/>
+    <mergeCell ref="H83:H84"/>
+    <mergeCell ref="A85:A86"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="C85:C86"/>
+    <mergeCell ref="D85:D86"/>
+    <mergeCell ref="E85:E86"/>
+    <mergeCell ref="F85:F86"/>
+    <mergeCell ref="H85:H86"/>
+    <mergeCell ref="I85:I86"/>
+    <mergeCell ref="I83:I84"/>
+    <mergeCell ref="F95:F96"/>
+    <mergeCell ref="L91:L92"/>
+    <mergeCell ref="P91:P92"/>
+    <mergeCell ref="I93:I94"/>
+    <mergeCell ref="I91:I92"/>
+    <mergeCell ref="D83:D84"/>
+    <mergeCell ref="E83:E84"/>
+    <mergeCell ref="F83:F84"/>
+    <mergeCell ref="A89:A90"/>
+    <mergeCell ref="B89:B90"/>
+    <mergeCell ref="C89:C90"/>
+    <mergeCell ref="D89:D90"/>
+    <mergeCell ref="E89:E90"/>
+    <mergeCell ref="F89:F90"/>
+    <mergeCell ref="A87:A88"/>
+    <mergeCell ref="B87:B88"/>
+    <mergeCell ref="C87:C88"/>
+    <mergeCell ref="D87:D88"/>
+    <mergeCell ref="E87:E88"/>
+    <mergeCell ref="F87:F88"/>
+    <mergeCell ref="J85:J86"/>
+    <mergeCell ref="K85:K86"/>
+    <mergeCell ref="L85:L86"/>
+    <mergeCell ref="P85:P86"/>
+    <mergeCell ref="P87:P88"/>
+    <mergeCell ref="Q87:Q88"/>
+    <mergeCell ref="R87:R88"/>
+    <mergeCell ref="I87:I88"/>
+    <mergeCell ref="J87:J88"/>
+    <mergeCell ref="K87:K88"/>
+    <mergeCell ref="L87:L88"/>
+    <mergeCell ref="Q89:Q90"/>
+    <mergeCell ref="R89:R90"/>
+    <mergeCell ref="I89:I90"/>
+    <mergeCell ref="J89:J90"/>
+    <mergeCell ref="K89:K90"/>
+    <mergeCell ref="L89:L90"/>
+    <mergeCell ref="P89:P90"/>
+    <mergeCell ref="H87:H88"/>
+    <mergeCell ref="H91:H92"/>
+    <mergeCell ref="H89:H90"/>
+    <mergeCell ref="A93:A94"/>
+    <mergeCell ref="B93:B94"/>
+    <mergeCell ref="C93:C94"/>
+    <mergeCell ref="D93:D94"/>
+    <mergeCell ref="E93:E94"/>
+    <mergeCell ref="F93:F94"/>
+    <mergeCell ref="H93:H94"/>
+    <mergeCell ref="D91:D92"/>
+    <mergeCell ref="E91:E92"/>
+    <mergeCell ref="F91:F92"/>
+    <mergeCell ref="A91:A92"/>
+    <mergeCell ref="B91:B92"/>
+    <mergeCell ref="C91:C92"/>
+    <mergeCell ref="H97:H98"/>
+    <mergeCell ref="P95:P96"/>
+    <mergeCell ref="Q95:Q96"/>
+    <mergeCell ref="A97:A98"/>
+    <mergeCell ref="B97:B98"/>
+    <mergeCell ref="C97:C98"/>
+    <mergeCell ref="D97:D98"/>
+    <mergeCell ref="E97:E98"/>
+    <mergeCell ref="F97:F98"/>
+    <mergeCell ref="H95:H96"/>
+    <mergeCell ref="I95:I96"/>
+    <mergeCell ref="J95:J96"/>
+    <mergeCell ref="K95:K96"/>
+    <mergeCell ref="L95:L96"/>
+    <mergeCell ref="A95:A96"/>
+    <mergeCell ref="B95:B96"/>
+    <mergeCell ref="C95:C96"/>
+    <mergeCell ref="D95:D96"/>
+    <mergeCell ref="E95:E96"/>
+    <mergeCell ref="I97:I98"/>
+    <mergeCell ref="J97:J98"/>
+    <mergeCell ref="K97:K98"/>
+    <mergeCell ref="L97:L98"/>
+    <mergeCell ref="P97:P98"/>
+    <mergeCell ref="A101:A102"/>
+    <mergeCell ref="B101:B102"/>
+    <mergeCell ref="C101:C102"/>
+    <mergeCell ref="D101:D102"/>
+    <mergeCell ref="E101:E102"/>
+    <mergeCell ref="F101:F102"/>
+    <mergeCell ref="H101:H102"/>
+    <mergeCell ref="I101:I102"/>
+    <mergeCell ref="I99:I100"/>
+    <mergeCell ref="A99:A100"/>
+    <mergeCell ref="B99:B100"/>
+    <mergeCell ref="C99:C100"/>
+    <mergeCell ref="H99:H100"/>
+    <mergeCell ref="D99:D100"/>
+    <mergeCell ref="E99:E100"/>
+    <mergeCell ref="F99:F100"/>
+    <mergeCell ref="H103:H104"/>
+    <mergeCell ref="A103:A104"/>
+    <mergeCell ref="B103:B104"/>
+    <mergeCell ref="C103:C104"/>
+    <mergeCell ref="D103:D104"/>
+    <mergeCell ref="E103:E104"/>
+    <mergeCell ref="F103:F104"/>
+    <mergeCell ref="H105:H106"/>
+    <mergeCell ref="I105:I106"/>
+    <mergeCell ref="A105:A106"/>
+    <mergeCell ref="B105:B106"/>
+    <mergeCell ref="C105:C106"/>
+    <mergeCell ref="D105:D106"/>
+    <mergeCell ref="E105:E106"/>
+    <mergeCell ref="F105:F106"/>
+    <mergeCell ref="J101:J102"/>
+    <mergeCell ref="K101:K102"/>
+    <mergeCell ref="L101:L102"/>
+    <mergeCell ref="P101:P102"/>
+    <mergeCell ref="Q101:Q102"/>
+    <mergeCell ref="R101:R102"/>
+    <mergeCell ref="R99:R100"/>
+    <mergeCell ref="J91:J92"/>
+    <mergeCell ref="K91:K92"/>
+    <mergeCell ref="J93:J94"/>
+    <mergeCell ref="K93:K94"/>
+    <mergeCell ref="L93:L94"/>
+    <mergeCell ref="J99:J100"/>
+    <mergeCell ref="K99:K100"/>
+    <mergeCell ref="L99:L100"/>
+    <mergeCell ref="P99:P100"/>
+    <mergeCell ref="Q99:Q100"/>
+    <mergeCell ref="P93:P94"/>
+    <mergeCell ref="J105:J106"/>
+    <mergeCell ref="K105:K106"/>
+    <mergeCell ref="L105:L106"/>
+    <mergeCell ref="P105:P106"/>
+    <mergeCell ref="P103:P104"/>
+    <mergeCell ref="Q103:Q104"/>
+    <mergeCell ref="R103:R104"/>
+    <mergeCell ref="I103:I104"/>
+    <mergeCell ref="J103:J104"/>
+    <mergeCell ref="K103:K104"/>
+    <mergeCell ref="L103:L104"/>
     <mergeCell ref="AD12:AE12"/>
     <mergeCell ref="AF12:AG12"/>
-    <mergeCell ref="Q104:Q105"/>
-[...15 lines deleted...]
-    <mergeCell ref="R74:R75"/>
+    <mergeCell ref="Q105:Q106"/>
+    <mergeCell ref="R105:R106"/>
+    <mergeCell ref="Q49:Q50"/>
+    <mergeCell ref="R49:R50"/>
+    <mergeCell ref="Q97:Q98"/>
+    <mergeCell ref="R97:R98"/>
+    <mergeCell ref="Q93:Q94"/>
+    <mergeCell ref="R93:R94"/>
+    <mergeCell ref="R95:R96"/>
+    <mergeCell ref="R91:R92"/>
+    <mergeCell ref="Q91:Q92"/>
+    <mergeCell ref="Q81:Q82"/>
+    <mergeCell ref="R81:R82"/>
+    <mergeCell ref="Q77:Q78"/>
+    <mergeCell ref="R77:R78"/>
+    <mergeCell ref="R79:R80"/>
+    <mergeCell ref="R75:R76"/>
+    <mergeCell ref="Q85:Q86"/>
+    <mergeCell ref="R85:R86"/>
+    <mergeCell ref="R83:R84"/>
+    <mergeCell ref="R59:R60"/>
+    <mergeCell ref="Q65:Q66"/>
   </mergeCells>
-  <conditionalFormatting sqref="L46:L105">
-[...1 lines deleted...]
-      <formula>G46="Courtage"</formula>
+  <conditionalFormatting sqref="L47:L106">
+    <cfRule type="expression" dxfId="6" priority="5">
+      <formula>G47="Autre"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="3" priority="3">
-      <formula>G46="REEE"</formula>
+    <cfRule type="expression" dxfId="5" priority="6">
+      <formula>G47="CELIAPP"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="2" priority="7">
-      <formula>G46="CELI"</formula>
+    <cfRule type="expression" dxfId="4" priority="7">
+      <formula>G47="REEE"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="1" priority="2">
-      <formula>G46="CELIAPP"</formula>
+    <cfRule type="expression" dxfId="3" priority="8">
+      <formula>G47="Courtage"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="0" priority="1">
-      <formula>G46="Autre"</formula>
+    <cfRule type="expression" dxfId="2" priority="11">
+      <formula>G47="CELI"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations xWindow="432" yWindow="456" count="6">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B46 B48:B104">
+  <conditionalFormatting sqref="L29:R46 A29:K47 A107:L108 A48:F48 H48:K48 A49:C106 F49:K106 M47:R108">
+    <cfRule type="expression" dxfId="1" priority="2">
+      <formula>$D$5=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D49:E106">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>$D$5=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations xWindow="432" yWindow="456" count="9">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B47 B49:B105">
       <formula1>$B$15:$B$17</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G44:G45">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G45:G46">
       <formula1>$G$15:$G$24</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H44:I44 H104:I104 H100:I100 H98:I98 H96:I96 H94:I94 H92:I92 H90:I90 H88:I88 H86:I86 H84:I84 H82:I82 H80:I80 H78:I78 H76:I76 H74:I74 H72:I72 H70:I70 H68:I68 H66:I66 H64:I64 H62:I62 H60:I60 H58:I58 H56:I56 H54:I54 H52:I52 H50:I50 H48:I48 AC62:AD62 AC64:AD64 AC66:AD66 AC68:AD68 Q46:R46 Q48:R48 Q50:R50 Q52:R52 Q54:R54 Q56:R56 Q58:R58 Q60:R60 Q62:R62 Q64:R64 Q66:R66 L48 L50 L52 L54 L56 L58 L60 L62 L64 L66 L68 L70 L72 L74 L76 L78 L80 L82 L84 L86 L88 L90 L92 L94 L96 L98 L100 L102 L104 AC84:AD84 L44 Q68:R68 Q70:R70 Q72:R72 Q74:R74 Q76:R76 Q78:R78 Q80:R80 Q82:R82 Q84:R84 AC70:AD70 AC72:AD72 AC74:AD74 AC76:AD76 L46 AC78:AD78 AC80:AD80 H46:I46 AC82:AD82 AC46:AD46 AC48:AD48 AC50:AD50 AC52:AD52 AC54:AD54 AC56:AD56 AC58:AD58 AC60:AD60 H102:I102">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H45:I45 H105:I105 H101:I101 H99:I99 H97:I97 H95:I95 H93:I93 H91:I91 H89:I89 H87:I87 H85:I85 H83:I83 H81:I81 H79:I79 H77:I77 H75:I75 H73:I73 H71:I71 H69:I69 H67:I67 H65:I65 H63:I63 H61:I61 H59:I59 H57:I57 H55:I55 H53:I53 H51:I51 H49:I49 AC63:AD63 AC65:AD65 AC67:AD67 AC69:AD69 Q47:R47 Q49:R49 Q51:R51 Q53:R53 Q55:R55 Q57:R57 Q59:R59 Q61:R61 Q63:R63 Q65:R65 Q67:R67 AC61:AD61 AC85:AD85 L45 Q69:R69 Q71:R71 Q73:R73 Q75:R75 Q77:R77 Q79:R79 Q81:R81 Q83:R83 Q85:R85 AC71:AD71 AC73:AD73 AC75:AD75 AC77:AD77 H103:I103 AC79:AD79 AC81:AD81 H47:I47 AC83:AD83 AC47:AD47 AC49:AD49 AC51:AD51 AC53:AD53 AC55:AD55 AC57:AD57 AC59:AD59">
       <formula1>$H$15:$H$16</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D44:D105">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D45:D106">
       <formula1>$D$15:$D$21</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="E44:E105">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="E45:E106">
       <formula1>$S$15:$S$20</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G46:G105">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G47 G49:G106">
       <formula1>$G$15:$G$26</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="RÉPONDRE SVP" sqref="L47:L106">
+      <formula1>$H$15:$H$16</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A57:A106 M47:M106 N106:O106 A47:A54 P47:P106">
+      <formula1>ISNUMBER(XES47:XES106)</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A55:A56">
+      <formula1>ISNUMBER(A47:A106)</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C40" location="'CELI, CELIAPP et REEE'!A1" display="Veuillez fournir des renseignements supplémentaires sur le CELI et le REEE dans un onglet distinct. "/>
+    <hyperlink ref="C41" location="'CELI, CELIAPP et REEE'!A1" display="Veuillez fournir des renseignements supplémentaires sur le CELI et le REEE dans un onglet distinct. "/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="42" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="32" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AG221"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="M40" sqref="M40"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="2"/>
-[...12 lines deleted...]
-    <col min="16" max="16" width="52.28515625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="9.109375" style="2"/>
+    <col min="2" max="2" width="40.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="29.44140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="11.109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="10.44140625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="21.44140625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13.44140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="13.88671875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="13.6640625" style="2" customWidth="1"/>
+    <col min="11" max="12" width="14.44140625" style="2" customWidth="1"/>
+    <col min="13" max="13" width="16.6640625" style="2" customWidth="1"/>
+    <col min="14" max="14" width="17.44140625" style="2" customWidth="1"/>
+    <col min="15" max="15" width="18.33203125" style="2" customWidth="1"/>
+    <col min="16" max="16" width="52.33203125" style="2" customWidth="1"/>
     <col min="17" max="17" width="22" style="2" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="21.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="21.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="22" style="2" customWidth="1"/>
-    <col min="20" max="20" width="9.5703125" style="2" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="34" max="16384" width="9.140625" style="2"/>
+    <col min="20" max="20" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="6.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="34" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" ht="28.5" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>100</v>
+    <row r="1" spans="1:33" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="100" t="s">
+        <v>98</v>
       </c>
       <c r="B1" s="1"/>
-      <c r="M1" s="56"/>
-[...1 lines deleted...]
-        <v>98</v>
+      <c r="M1" s="55"/>
+      <c r="O1" s="78" t="s">
+        <v>96</v>
       </c>
       <c r="Z1" s="3"/>
     </row>
-    <row r="2" spans="1:33" ht="21" x14ac:dyDescent="0.35">
-      <c r="A2" s="104" t="s">
+    <row r="2" spans="1:33" ht="21" x14ac:dyDescent="0.4">
+      <c r="A2" s="99" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="101" t="s">
         <v>97</v>
       </c>
-      <c r="B2" s="1"/>
-[...6 lines deleted...]
-      <c r="R2" s="56"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="R2" s="55"/>
       <c r="Z2" s="3"/>
     </row>
-    <row r="3" spans="1:33" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:33" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
-      <c r="C3" s="97"/>
-[...3 lines deleted...]
-      <c r="R3" s="56"/>
+      <c r="C3" s="93"/>
+      <c r="D3" s="93"/>
+      <c r="E3" s="93"/>
+      <c r="F3" s="93"/>
+      <c r="R3" s="55"/>
       <c r="Z3" s="3"/>
     </row>
-    <row r="4" spans="1:33" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:33" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
-      <c r="C4" s="97"/>
-[...3 lines deleted...]
-      <c r="R4" s="56"/>
+      <c r="C4" s="93"/>
+      <c r="D4" s="93"/>
+      <c r="E4" s="93"/>
+      <c r="F4" s="93"/>
+      <c r="R4" s="55"/>
       <c r="Z4" s="3"/>
     </row>
-    <row r="5" spans="1:33" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:33" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
-      <c r="C5" s="97"/>
-[...2 lines deleted...]
-      <c r="F5" s="97"/>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+      <c r="E5" s="93"/>
+      <c r="F5" s="93"/>
       <c r="Z5" s="3"/>
     </row>
-    <row r="6" spans="1:33" ht="19.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:33" ht="19.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
-      <c r="C6" s="97"/>
+      <c r="C6" s="93"/>
       <c r="D6" s="5"/>
-      <c r="E6" s="97"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:33" s="7" customFormat="1" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="E6" s="93"/>
+      <c r="F6" s="93"/>
+    </row>
+    <row r="7" spans="1:33" s="7" customFormat="1" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A7" s="6"/>
       <c r="B7" s="6"/>
     </row>
-    <row r="8" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-      <c r="T8" s="147">
+    <row r="8" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="T8" s="156">
         <v>2016</v>
       </c>
-      <c r="U8" s="147"/>
-      <c r="V8" s="147">
+      <c r="U8" s="156"/>
+      <c r="V8" s="156">
         <v>2017</v>
       </c>
-      <c r="W8" s="147"/>
-      <c r="X8" s="147">
+      <c r="W8" s="156"/>
+      <c r="X8" s="156">
         <v>2018</v>
       </c>
-      <c r="Y8" s="147"/>
-      <c r="Z8" s="147">
+      <c r="Y8" s="156"/>
+      <c r="Z8" s="156">
         <v>2019</v>
       </c>
-      <c r="AA8" s="147"/>
-      <c r="AB8" s="147">
+      <c r="AA8" s="156"/>
+      <c r="AB8" s="156">
         <v>2020</v>
       </c>
-      <c r="AC8" s="147"/>
-      <c r="AD8" s="147">
+      <c r="AC8" s="156"/>
+      <c r="AD8" s="156">
         <v>2021</v>
       </c>
-      <c r="AE8" s="147"/>
-      <c r="AF8" s="147">
+      <c r="AE8" s="156"/>
+      <c r="AF8" s="156">
         <v>2022</v>
       </c>
-      <c r="AG8" s="147"/>
-[...45 lines deleted...]
-    <row r="10" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AG8" s="156"/>
+    </row>
+    <row r="9" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="T9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="U9" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="V9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="W9" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="X9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y9" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA9" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC9" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE9" s="95" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF9" s="95" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG9" s="95" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="T10" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="U10" s="81" t="s">
+      <c r="U10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="V10" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="W10" s="81" t="s">
+      <c r="W10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="X10" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="Y10" s="81" t="s">
+      <c r="Y10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="Z10" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="AA10" s="81" t="s">
+      <c r="AA10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="AB10" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="AC10" s="81" t="s">
+      <c r="AC10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="AD10" s="8" t="s">
         <v>0</v>
       </c>
       <c r="AE10" s="8" t="s">
         <v>0</v>
       </c>
       <c r="AF10" s="8" t="s">
         <v>0</v>
       </c>
       <c r="AG10" s="8" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>71</v>
+    <row r="11" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="77" t="s">
+        <v>69</v>
       </c>
       <c r="D11" s="7">
         <v>2016</v>
       </c>
-      <c r="G11" s="78" t="s">
-        <v>74</v>
+      <c r="G11" s="77" t="s">
+        <v>72</v>
       </c>
       <c r="H11" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S11" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="S11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="T11" s="59">
+      <c r="T11" s="58">
         <f>1/1.379</f>
         <v>0.72516316171138506</v>
       </c>
-      <c r="U11" s="82">
+      <c r="U11" s="81">
         <f>1/1.346</f>
         <v>0.74294205052005935</v>
       </c>
-      <c r="V11" s="59">
+      <c r="V11" s="58">
         <f>1/1.35</f>
         <v>0.7407407407407407</v>
       </c>
-      <c r="W11" s="82">
+      <c r="W11" s="81">
         <f>1/1.255</f>
         <v>0.79681274900398413</v>
       </c>
-      <c r="X11" s="59">
+      <c r="X11" s="58">
         <f>1/1.297</f>
         <v>0.77101002313030076</v>
       </c>
-      <c r="Y11" s="82">
+      <c r="Y11" s="81">
         <f>1/1.362</f>
         <v>0.73421439060205573</v>
       </c>
-      <c r="Z11" s="59">
+      <c r="Z11" s="58">
         <f>1/1.327</f>
         <v>0.75357950263752826</v>
       </c>
-      <c r="AA11" s="83">
+      <c r="AA11" s="82">
         <f>1/1.3</f>
         <v>0.76923076923076916</v>
       </c>
-      <c r="AB11" s="59">
+      <c r="AB11" s="58">
         <f>1/1.341</f>
         <v>0.74571215510812827</v>
       </c>
-      <c r="AC11" s="82">
+      <c r="AC11" s="81">
         <f>1/1.275</f>
         <v>0.78431372549019618</v>
       </c>
-      <c r="AD11" s="66">
+      <c r="AD11" s="65">
         <f>1/1.254</f>
         <v>0.79744816586921852</v>
       </c>
-      <c r="AE11" s="66">
+      <c r="AE11" s="65">
         <f>1/1.277</f>
         <v>0.78308535630383713</v>
       </c>
-      <c r="AF11" s="101">
+      <c r="AF11" s="97">
         <f>1/1.301</f>
         <v>0.76863950807071491</v>
       </c>
-      <c r="AG11" s="66">
+      <c r="AG11" s="65">
         <f>1/1.354</f>
         <v>0.73855243722304276</v>
       </c>
     </row>
-    <row r="12" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>73</v>
+    <row r="12" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="77" t="s">
+        <v>71</v>
       </c>
       <c r="D12" s="7">
         <v>2017</v>
       </c>
-      <c r="G12" s="78" t="s">
-        <v>75</v>
+      <c r="G12" s="77" t="s">
+        <v>73</v>
       </c>
       <c r="H12" s="7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="S12" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="T12" s="59">
+      <c r="T12" s="58">
         <f>1/1.025</f>
         <v>0.97560975609756106</v>
       </c>
-      <c r="U12" s="82">
+      <c r="U12" s="81">
         <f>1/1.019</f>
         <v>0.9813542688910698</v>
       </c>
-      <c r="V12" s="59">
+      <c r="V12" s="58">
         <f>1/1.024</f>
         <v>0.9765625</v>
       </c>
-      <c r="W12" s="82">
+      <c r="W12" s="81">
         <f>1/0.975</f>
         <v>1.0256410256410258</v>
       </c>
-      <c r="X12" s="59">
+      <c r="X12" s="58">
         <f>1/0.979</f>
         <v>1.0214504596527068</v>
       </c>
-      <c r="Y12" s="82">
+      <c r="Y12" s="81">
         <f>1/0.984</f>
         <v>1.0162601626016261</v>
       </c>
-      <c r="Z12" s="59">
+      <c r="Z12" s="58">
         <f>1/0.994</f>
         <v>1.0060362173038229</v>
       </c>
-      <c r="AA12" s="82">
+      <c r="AA12" s="81">
         <f>1/0.966</f>
         <v>1.0351966873706004</v>
       </c>
-      <c r="AB12" s="59">
+      <c r="AB12" s="58">
         <f>1/0.994</f>
         <v>1.0060362173038229</v>
       </c>
-      <c r="AC12" s="82">
+      <c r="AC12" s="81">
         <f>1/0.966</f>
         <v>1.0351966873706004</v>
       </c>
-      <c r="AD12" s="66">
+      <c r="AD12" s="65">
         <f>1/0.914</f>
         <v>1.0940919037199124</v>
       </c>
-      <c r="AE12" s="66">
+      <c r="AE12" s="65">
         <f>1/0.914</f>
         <v>1.0940919037199124</v>
       </c>
-      <c r="AF12" s="101">
+      <c r="AF12" s="97">
         <f>1/0.955</f>
         <v>1.0471204188481675</v>
       </c>
-      <c r="AG12" s="66">
+      <c r="AG12" s="65">
         <f>1/0.923</f>
         <v>1.0834236186348862</v>
       </c>
     </row>
-    <row r="13" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>72</v>
+    <row r="13" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="77" t="s">
+        <v>70</v>
       </c>
       <c r="D13" s="7">
         <v>2018</v>
       </c>
-      <c r="G13" s="78" t="s">
-        <v>76</v>
+      <c r="G13" s="77" t="s">
+        <v>74</v>
       </c>
       <c r="S13" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="T13" s="59">
+      <c r="T13" s="58">
         <f>1/0.94</f>
         <v>1.0638297872340425</v>
       </c>
-      <c r="U13" s="82">
+      <c r="U13" s="81">
         <f>1/0.949</f>
         <v>1.053740779768177</v>
       </c>
-      <c r="V13" s="59">
+      <c r="V13" s="58">
         <f>1/0.923</f>
         <v>1.0834236186348862</v>
       </c>
-      <c r="W13" s="82">
+      <c r="W13" s="81">
         <f>1/0.833</f>
         <v>1.2004801920768309</v>
       </c>
-      <c r="X13" s="59">
+      <c r="X13" s="58">
         <f>1/0.848</f>
         <v>1.179245283018868</v>
       </c>
-      <c r="Y13" s="82">
+      <c r="Y13" s="81">
         <f>1/0.872</f>
         <v>1.1467889908256881</v>
       </c>
-      <c r="Z13" s="59">
+      <c r="Z13" s="58">
         <f>1/0.893</f>
         <v>1.1198208286674132</v>
       </c>
-      <c r="AA13" s="82">
+      <c r="AA13" s="81">
         <f>1/0.89</f>
         <v>1.1235955056179776</v>
       </c>
-      <c r="AB13" s="59">
+      <c r="AB13" s="58">
         <f>1/0.893</f>
         <v>1.1198208286674132</v>
       </c>
-      <c r="AC13" s="82">
+      <c r="AC13" s="81">
         <f>1/0.89</f>
         <v>1.1235955056179776</v>
       </c>
-      <c r="AD13" s="66">
+      <c r="AD13" s="65">
         <f>1/0.846</f>
         <v>1.1820330969267139</v>
       </c>
-      <c r="AE13" s="66">
+      <c r="AE13" s="65">
         <f>1/0.882</f>
         <v>1.1337868480725624</v>
       </c>
-      <c r="AF13" s="101">
+      <c r="AF13" s="97">
         <f>1/0.951</f>
         <v>1.0515247108307046</v>
       </c>
-      <c r="AG13" s="66">
+      <c r="AG13" s="65">
         <f>1/0.936</f>
         <v>1.0683760683760684</v>
       </c>
     </row>
-    <row r="14" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D14" s="7">
         <v>2019</v>
       </c>
-      <c r="G14" s="78" t="s">
-        <v>77</v>
+      <c r="G14" s="77" t="s">
+        <v>75</v>
       </c>
       <c r="S14" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="T14" s="59">
+      <c r="T14" s="58">
         <f>1/0.77</f>
         <v>1.2987012987012987</v>
       </c>
-      <c r="U14" s="82">
+      <c r="U14" s="81">
         <f>1/0.812</f>
         <v>1.2315270935960589</v>
       </c>
-      <c r="V14" s="59">
+      <c r="V14" s="58">
         <f>1/0.808</f>
         <v>1.2376237623762376</v>
       </c>
-      <c r="W14" s="82">
+      <c r="W14" s="81">
         <f>1/0.74</f>
         <v>1.3513513513513513</v>
       </c>
-      <c r="X14" s="59">
+      <c r="X14" s="58">
         <f>1/0.75</f>
         <v>1.3333333333333333</v>
       </c>
-      <c r="Y14" s="82">
+      <c r="Y14" s="81">
         <f>1/0.781</f>
         <v>1.2804097311139564</v>
       </c>
-      <c r="Z14" s="59">
+      <c r="Z14" s="58">
         <f>1/0.784</f>
         <v>1.2755102040816326</v>
       </c>
-      <c r="AA14" s="82">
+      <c r="AA14" s="81">
         <f>1/0.758</f>
         <v>1.3192612137203166</v>
       </c>
-      <c r="AB14" s="59">
+      <c r="AB14" s="58">
         <f>1/0.784</f>
         <v>1.2755102040816326</v>
       </c>
-      <c r="AC14" s="82">
+      <c r="AC14" s="81">
         <f>1/0.758</f>
         <v>1.3192612137203166</v>
       </c>
-      <c r="AD14" s="66">
+      <c r="AD14" s="65">
         <f>1/0.727</f>
         <v>1.3755158184319121</v>
       </c>
-      <c r="AE14" s="66">
+      <c r="AE14" s="65">
         <f>1/0.74</f>
         <v>1.3513513513513513</v>
       </c>
-      <c r="AF14" s="101">
+      <c r="AF14" s="97">
         <f>1/0.811</f>
         <v>1.2330456226880393</v>
       </c>
-      <c r="AG14" s="66">
+      <c r="AG14" s="65">
         <f>1/0.83</f>
         <v>1.2048192771084338</v>
       </c>
     </row>
-    <row r="15" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D15" s="7">
         <v>2020</v>
       </c>
-      <c r="G15" s="78" t="s">
-        <v>78</v>
+      <c r="G15" s="77" t="s">
+        <v>76</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="T15" s="59">
+        <v>85</v>
+      </c>
+      <c r="T15" s="58">
         <f>1/19.435</f>
         <v>5.1453563159248782E-2</v>
       </c>
-      <c r="U15" s="82">
+      <c r="U15" s="81">
         <f>1/20.652</f>
         <v>4.8421460391245397E-2</v>
       </c>
-      <c r="V15" s="59">
+      <c r="V15" s="58">
         <f>1/19.679</f>
         <v>5.0815590223080444E-2</v>
       </c>
-      <c r="W15" s="82">
+      <c r="W15" s="81">
         <f>1/19.704</f>
         <v>5.0751116524563537E-2</v>
       </c>
-      <c r="X15" s="59">
+      <c r="X15" s="58">
         <f>1/19.227</f>
         <v>5.2010193998023611E-2</v>
       </c>
-      <c r="Y15" s="82">
+      <c r="Y15" s="81">
         <f>1/19.654</f>
         <v>5.0880227943421188E-2</v>
       </c>
-      <c r="Z15" s="59">
+      <c r="Z15" s="58">
         <f>1/19.246</f>
         <v>5.1958848591915206E-2</v>
       </c>
-      <c r="AA15" s="82">
+      <c r="AA15" s="81">
         <f>1/18.892</f>
         <v>5.2932458183358039E-2</v>
       </c>
-      <c r="AB15" s="59">
+      <c r="AB15" s="58">
         <f>1/19.246</f>
         <v>5.1958848591915206E-2</v>
       </c>
-      <c r="AC15" s="82">
+      <c r="AC15" s="81">
         <f>1/18.892</f>
         <v>5.2932458183358039E-2</v>
       </c>
-      <c r="AD15" s="66">
+      <c r="AD15" s="65">
         <f>1/20.284</f>
         <v>4.9299940840070992E-2</v>
       </c>
-      <c r="AE15" s="66">
+      <c r="AE15" s="65">
         <f>1/20.531</f>
         <v>4.8706833568749698E-2</v>
       </c>
-      <c r="AF15" s="101">
+      <c r="AF15" s="97">
         <f>1/20.11</f>
         <v>4.9726504226752857E-2</v>
       </c>
-      <c r="AG15" s="66">
+      <c r="AG15" s="65">
         <f>1/19.546</f>
         <v>5.1161362938708689E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:33" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D16" s="7">
         <v>2021</v>
       </c>
-      <c r="G16" s="78" t="s">
-        <v>79</v>
+      <c r="G16" s="77" t="s">
+        <v>77</v>
       </c>
       <c r="S16" s="7" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="T16" s="60">
+        <v>84</v>
+      </c>
+      <c r="T16" s="59">
         <v>1</v>
       </c>
-      <c r="U16" s="84">
+      <c r="U16" s="83">
         <v>1</v>
       </c>
-      <c r="V16" s="60">
+      <c r="V16" s="59">
         <v>1</v>
       </c>
-      <c r="W16" s="84">
+      <c r="W16" s="83">
         <v>1</v>
       </c>
-      <c r="X16" s="60">
+      <c r="X16" s="59">
         <v>1</v>
       </c>
-      <c r="Y16" s="84">
+      <c r="Y16" s="83">
         <v>1</v>
       </c>
-      <c r="Z16" s="60">
+      <c r="Z16" s="59">
         <v>1</v>
       </c>
-      <c r="AA16" s="84">
+      <c r="AA16" s="83">
         <v>1</v>
       </c>
-      <c r="AB16" s="60">
+      <c r="AB16" s="59">
         <v>1</v>
       </c>
-      <c r="AC16" s="84">
+      <c r="AC16" s="83">
         <v>1</v>
       </c>
-      <c r="AD16" s="67">
+      <c r="AD16" s="66">
         <v>1</v>
       </c>
-      <c r="AE16" s="67">
+      <c r="AE16" s="66">
         <v>1</v>
       </c>
-      <c r="AF16" s="102">
+      <c r="AF16" s="98">
         <v>1</v>
       </c>
-      <c r="AG16" s="67">
+      <c r="AG16" s="66">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="D17" s="7">
         <v>2022</v>
       </c>
-      <c r="G17" s="78" t="s">
+      <c r="G17" s="77" t="s">
+        <v>78</v>
+      </c>
+      <c r="L17" s="10"/>
+    </row>
+    <row r="18" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G18" s="77" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G19" s="77" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="20" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G20" s="77" t="s">
         <v>80</v>
       </c>
-      <c r="L17" s="10"/>
-[...7 lines deleted...]
-      <c r="G19" s="78" t="s">
+    </row>
+    <row r="21" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="22" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="23" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="84" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B24"/>
+    </row>
+    <row r="25" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="26" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="27" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="85" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="20" spans="2:30" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="28" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B28" s="7" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="30" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B30" s="7" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-    <row r="32" spans="2:30" s="7" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="31" spans="2:30" s="7" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="2:30" s="7" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="B32" s="12"/>
       <c r="C32" s="13"/>
       <c r="T32" s="14"/>
       <c r="U32" s="14"/>
       <c r="V32" s="14"/>
       <c r="W32" s="14"/>
       <c r="X32" s="14"/>
       <c r="Y32" s="14"/>
       <c r="Z32" s="14"/>
       <c r="AA32" s="14"/>
       <c r="AB32" s="14"/>
       <c r="AC32" s="14"/>
       <c r="AD32" s="14"/>
     </row>
-    <row r="33" spans="1:30" ht="18.75" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>93</v>
+    <row r="33" spans="1:30" ht="18" x14ac:dyDescent="0.35">
+      <c r="B33" s="96" t="s">
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="T33" s="16"/>
       <c r="U33" s="16"/>
       <c r="V33" s="16"/>
       <c r="W33" s="16"/>
       <c r="X33" s="16"/>
       <c r="Y33" s="16"/>
       <c r="Z33" s="16"/>
       <c r="AA33" s="16"/>
       <c r="AB33" s="16"/>
       <c r="AC33" s="16"/>
       <c r="AD33" s="16"/>
     </row>
-    <row r="34" spans="1:30" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:30" ht="18" x14ac:dyDescent="0.35">
       <c r="B34" s="15"/>
       <c r="C34" s="17"/>
       <c r="N34" s="18"/>
       <c r="O34" s="18"/>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16"/>
       <c r="X34" s="16"/>
       <c r="Y34" s="16"/>
       <c r="Z34" s="16"/>
       <c r="AA34" s="16"/>
       <c r="AB34" s="16"/>
       <c r="AC34" s="16"/>
       <c r="AD34" s="16"/>
     </row>
-    <row r="35" spans="1:30" s="19" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:30" s="19" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="20"/>
       <c r="M35" s="21" t="s">
-        <v>7</v>
-[...6 lines deleted...]
-      <c r="Q35" s="147"/>
+        <v>5</v>
+      </c>
+      <c r="N35" s="175" t="s">
+        <v>6</v>
+      </c>
+      <c r="O35" s="175"/>
+      <c r="P35" s="176"/>
+      <c r="Q35" s="156"/>
       <c r="R35" s="22"/>
       <c r="S35" s="23"/>
       <c r="T35" s="23"/>
       <c r="U35" s="23"/>
       <c r="V35" s="23"/>
       <c r="W35" s="23"/>
       <c r="X35" s="23"/>
       <c r="Y35" s="23"/>
       <c r="Z35" s="23"/>
       <c r="AA35" s="23"/>
       <c r="AB35" s="24"/>
       <c r="AC35" s="24"/>
       <c r="AD35" s="24"/>
     </row>
-    <row r="36" spans="1:30" ht="90" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:30" ht="86.4" x14ac:dyDescent="0.3">
       <c r="B36" s="25" t="s">
+        <v>7</v>
+      </c>
+      <c r="C36" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="C36" s="25" t="s">
+      <c r="E36" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="D36" s="25" t="s">
+      <c r="F36" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="E36" s="26" t="s">
+      <c r="G36" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="F36" s="26" t="s">
+      <c r="H36" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="G36" s="26" t="s">
+      <c r="I36" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="H36" s="26" t="s">
+      <c r="J36" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="I36" s="26" t="s">
+      <c r="K36" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="J36" s="26" t="s">
+      <c r="L36" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="K36" s="26" t="s">
+      <c r="M36" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="L36" s="26" t="s">
+      <c r="N36" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="O36" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="M36" s="27" t="s">
+      <c r="P36" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="N36" s="28" t="s">
-[...2 lines deleted...]
-      <c r="O36" s="29" t="s">
+      <c r="Q36" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="R36" s="26" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="S36" s="30"/>
       <c r="T36" s="30"/>
       <c r="U36" s="30"/>
       <c r="V36" s="30"/>
       <c r="W36" s="30"/>
       <c r="X36" s="30"/>
       <c r="Y36" s="30"/>
       <c r="Z36" s="30"/>
       <c r="AA36" s="30"/>
       <c r="AB36" s="16"/>
       <c r="AC36" s="16"/>
       <c r="AD36" s="16"/>
     </row>
-    <row r="37" spans="1:30" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B37" s="162" t="s">
+    <row r="37" spans="1:30" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="171" t="s">
+        <v>57</v>
+      </c>
+      <c r="C37" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" s="173">
+        <v>2022</v>
+      </c>
+      <c r="E37" s="173" t="s">
+        <v>83</v>
+      </c>
+      <c r="F37" s="173">
+        <v>123456</v>
+      </c>
+      <c r="G37" s="173" t="s">
+        <v>64</v>
+      </c>
+      <c r="H37" s="173" t="s">
+        <v>65</v>
+      </c>
+      <c r="I37" s="173" t="s">
+        <v>66</v>
+      </c>
+      <c r="J37" s="183" t="s">
         <v>59</v>
       </c>
-      <c r="C37" s="68" t="s">
-[...11 lines deleted...]
-      <c r="G37" s="164" t="s">
+      <c r="K37" s="179">
+        <v>1</v>
+      </c>
+      <c r="L37" s="181" t="s">
         <v>66</v>
       </c>
-      <c r="H37" s="164" t="s">
-[...14 lines deleted...]
-      <c r="M37" s="69">
+      <c r="M37" s="68">
         <v>15000</v>
       </c>
-      <c r="N37" s="70">
+      <c r="N37" s="69">
         <f>+M37</f>
         <v>15000</v>
       </c>
-      <c r="O37" s="71">
+      <c r="O37" s="70">
         <v>9500</v>
       </c>
-      <c r="P37" s="96" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="P37" s="92" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q37" s="92" t="s">
+        <v>61</v>
+      </c>
+      <c r="R37" s="76" t="s">
+        <v>61</v>
       </c>
       <c r="S37" s="30"/>
       <c r="T37" s="30"/>
       <c r="U37" s="30"/>
       <c r="V37" s="30"/>
       <c r="W37" s="30"/>
       <c r="X37" s="30"/>
       <c r="Y37" s="30"/>
       <c r="Z37" s="30"/>
       <c r="AA37" s="30"/>
       <c r="AB37" s="16"/>
       <c r="AC37" s="16"/>
       <c r="AD37" s="16"/>
     </row>
-    <row r="38" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M38" s="74">
+    <row r="38" spans="1:30" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="172"/>
+      <c r="C38" s="72"/>
+      <c r="D38" s="174"/>
+      <c r="E38" s="174"/>
+      <c r="F38" s="174"/>
+      <c r="G38" s="174"/>
+      <c r="H38" s="174"/>
+      <c r="I38" s="174"/>
+      <c r="J38" s="178"/>
+      <c r="K38" s="180"/>
+      <c r="L38" s="182"/>
+      <c r="M38" s="73">
         <f>IF(AND(D37=$D$11,E37=$S$11),M37*$U$11,IF(AND(D37=$D$11,E37=$S$12),M37*$U$12,IF(AND(D37=$D$11,E37=$S$13),M37*$U$13,IF(AND(D37=$D$11,E37=$S$14),M37*$U$14,IF(AND(D37=$D$11,E37=$S$15),M37*$U$15,IF(AND(D37=$D$11,E37=$S$16),M37*$U$16,IF(AND(D37=$D$12,E37=$S$11),M37*$W$11,IF(AND(D37=$D$12,E37=$S$12),M37*$W$12,IF(AND(D37=$D$12,E37=$S$13),M37*$W$13,IF(AND(D37=$D$12,E37=$S$14),M37*$W$14,IF(AND(D37=$D$12,E37=$S$15),M37*$W$15,IF(AND(D37=$D$12,E37=$S$16),M37*$W$16,IF(AND(D37=$D$13,E37=$S$11),M37*$Y$11,IF(AND(D37=$D$13,E37=$S$12),M37*$Y$12,IF(AND(D37=$D$13,E37=$S$13),M37*$Y$13,IF(AND(D37=$D$13,E37=$S$14),M37*$Y$14,IF(AND(D37=$D$13,E37=$S$15),M37*$Y$15,IF(AND(D37=$D$13,E37=$S$16),M37*$Y$16,IF(AND(D37=$D$14,E37=$S$11),M37*$AA$11,IF(AND(D37=$D$14,E37=$S$12),M37*$AA$12,IF(AND(D37=$D$14,E37=$S$13),M37*$AA$13,IF(AND(D37=$D$14,E37=$S$14),M37*$AA$14,IF(AND(D37=$D$14,E37=$S$15),M37*$AA$15,IF(AND(D37=$D$14,E37=$S$16),M37*$AA$16,IF(AND(D37=$D$15,E37=$S$11),M37*$AC$11,IF(AND(D37=$D$15,E37=$S$12),M37*$AC$12,IF(AND(D37=$D$15,E37=$S$13),M37*$AC$13,IF(AND(D37=$D$15,E37=$S$14),M37*$AC$14,IF(AND(D37=$D$15,E37=$S$15),M37*$AC$15,IF(AND(D37=$D$15,E37=$S$16),M37*$AC$16,IF(AND(D37=$D$16,E37=$S$11),M37*$AE$11,IF(AND(D37=$D$16,E37=$S$12),M37*$AE$12,IF(AND(D37=$D$16,E37=$S$13),M37*$AE$13,IF(AND(D37=$D$16,E37=$S$14),M37*$AE$14,IF(AND(D37=$D$16,E37=$S$15),M37*$AE$15,IF(AND(D37=$D$16,E37=$S$16),M37*$AE$16,IF(AND(D37=$D$17,E37=$S$11),M37*$AG$11,IF(AND(D37=$D$17,E37=$S$12),M37*$AG$12,IF(AND(D37=$D$17,E37=$S$13),M37*$AG$13,IF(AND(D37=$D$17,E37=$S$14),M37*$AG$14,IF(AND(D37=$D$17,E37=$S$15),M37*$AG$15,IF(AND(D37=$D$17,E37=$S$16),M37*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>11078.286558345641</v>
       </c>
-      <c r="N38" s="75">
+      <c r="N38" s="74">
         <f>IF(AND(D37=$D$11,E37=$S$11),N37*$U$11*K37,IF(AND(D37=$D$11,E37=$S$12),N37*$U$12*K37,IF(AND(D37=$D$11,E37=$S$13),N37*$U$13*K37,IF(AND(D37=$D$11,E37=$S$14),N37*$U$14*K37,IF(AND(D37=$D$11,E37=$S$15),N37*$U$15*K37,IF(AND(D37=$D$11,E37=$S$16),N37*$U$16*K37,IF(AND(D37=$D$12,E37=$S$11),N37*$W$11*K37,IF(AND(D37=$D$12,E37=$S$12),N37*$W$12*K37,IF(AND(D37=$D$12,E37=$S$13),N37*$W$13*K37,IF(AND(D37=$D$12,E37=$S$14),N37*$W$14*K37,IF(AND(D37=$D$12,E37=$S$15),N37*$W$15*K37,IF(AND(D37=$D$12,E37=$S$16),N37*$W$16*K37,IF(AND(D37=$D$13,E37=$S$11),N37*$Y$11*K37,IF(AND(D37=$D$13,E37=$S$12),N37*$Y$12*K37,IF(AND(D37=$D$13,E37=$S$13),N37*$Y$13*K37,IF(AND(D37=$D$13,E37=$S$14),N37*$Y$14*K37,IF(AND(D37=$D$13,E37=$S$15),N37*$Y$15*K37,IF(AND(D37=$D$13,E37=$S$16),N37*$Y$16*K37,IF(AND(D37=$D$14,E37=$S$11),N37*$AA$11*K37,IF(AND(D37=$D$14,E37=$S$12),N37*$AA$12*K37,IF(AND(D37=$D$14,E37=$S$13),N37*$AA$13*K37,IF(AND(D37=$D$14,E37=$S$14),N37*$AA$14*K37,IF(AND(D37=$D$14,E37=$S$15),N37*$AA$15*K37,IF(AND(D37=$D$14,E37=$S$16),N37*$AA$16*K37,IF(AND(D37=$D$15,E37=$S$11),N37*$AC$11*K37,IF(AND(D37=$D$15,E37=$S$12),N37*$AC$12*K37,IF(AND(D37=$D$15,E37=$S$13),N37*$AC$13*K37,IF(AND(D37=$D$15,E37=$S$14),N37*$AC$14*K37,IF(AND(D37=$DE1037=$S$15),N37*$AC$15*K37,IF(AND(D37=$D$15,E37=$S$16),N37*$AC$16*K37,IF(AND(D37=$D$16,E37=$S$11),N37*$AE$11*K37,IF(AND(D37=$D$16,E37=$S$12),N37*$AE$12*K37,IF(AND(D37=$D$16,E37=$S$13),N37*$AE$13*K37,IF(AND(D37=$D$16,E37=$S$14),N37*$AE$14*K37,IF(AND(D37=$D$16,E37=$S$15),N37*$AE$15*K37,IF(AND(D37=$D$16,E37=$S$16),N37*$AE$16*K37,IF(AND(D37=$D$17,E37=$S$11),N37*$AG$11*K37,IF(AND(D37=$D$17,E37=$S$12),N37*$AG$12*K37,IF(AND(D37=$D$17,E37=$S$13),N37*$AG$13*K37,IF(AND(D37=$D$17,E37=$S$14),N37*$AG$14*K37,IF(AND(D37=$D$17,E37=$S$15),N37*$AG$15*K37,IF(AND(D37=$D$17,E37=$S$16),N37*$AG$16*K37,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>11078.286558345641</v>
       </c>
-      <c r="O38" s="76">
+      <c r="O38" s="75">
         <f>IF(AND(D37=$D$11,E37=$S$11),O37*$U$11*K37,IF(AND(D37=$D$11,E37=$S$12),O37*$U$12*K37,IF(AND(D37=$D$11,E37=$S$13),O37*$U$13*K37,IF(AND(D37=$D$11,E37=$S$14),O37*$U$14*K37,IF(AND(D37=$D$11,E37=$S$15),O37*$U$15*K37,IF(AND(D37=$D$11,E37=$S$16),O37*$U$16*K37,IF(AND(D37=$D$12,E37=$S$11),O37*$W$11*K37,IF(AND(D37=$D$12,E37=$S$12),O37*$W$12*K37,IF(AND(D37=$D$12,E37=$S$13),O37*$W$13*K37,IF(AND(D37=$D$12,E37=$S$14),O37*$W$14*K37,IF(AND(D37=$D$12,E37=$S$15),O37*$W$15*K37,IF(AND(D37=$D$12,E37=$S$16),O37*$W$16*K37,IF(AND(D37=$D$13,E37=$S$11),O37*$Y$11*K37,IF(AND(D37=$D$13,E37=$S$12),O37*$Y$12*K37,IF(AND(D37=$D$13,E37=$S$13),O37*$Y$13*K37,IF(AND(D37=$D$13,E37=$S$14),O37*$Y$14*K37,IF(AND(D37=$D$13,E37=$S$15),O37*$Y$15*K37,IF(AND(D37=$D$13,E37=$S$16),O37*$Y$16*K37,IF(AND(D37=$D$14,E37=$S$11),O37*$AA$11*K37,IF(AND(D37=$D$14,E37=$S$12),O37*$AA$12*K37,IF(AND(D37=$D$14,E37=$S$13),O37*$AA$13*K37,IF(AND(D37=$D$14,E37=$S$14),O37*$AA$14*K37,IF(AND(D37=$D$14,E37=$S$15),O37*$AA$15*K37,IF(AND(D37=$D$14,E37=$S$16),O37*$AA$16*K37,IF(AND(D37=$D$15,E37=$S$11),O37*$AC$11*K37,IF(AND(D37=$D$15,E37=$S$12),O37*$AC$12*K37,IF(AND(D37=$D$15,E37=$S$13),O37*$AC$13*K37,IF(AND(D37=$D$15,E37=$S$14),O37*$AC$14*K37,IF(AND(D37=$DE1037=$S$15),O37*$AC$15*K37,IF(AND(D37=$D$15,E37=$S$16),O37*$AC$16*K37,IF(AND(D37=$D$16,E37=$S$11),O37*$AE$11*K37,IF(AND(D37=$D$16,E37=$S$12),O37*$AE$12*K37,IF(AND(D37=$D$16,E37=$S$13),O37*$AE$13*K37,IF(AND(D37=$D$16,E37=$S$14),O37*$AE$14*K37,IF(AND(D37=$D$16,E37=$S$15),O37*$AE$15*K37,IF(AND(D37=$D$16,E37=$S$16),O37*$AE$16*K37,IF(AND(D37=$D$17,E37=$S$11),O37*$AG$11*K37,IF(AND(D37=$D$17,E37=$S$12),O37*$AG$12*K37,IF(AND(D37=$D$17,E37=$S$13),O37*$AG$13*K37,IF(AND(D37=$D$17,E37=$S$14),O37*$AG$14*K37,IF(AND(D37=$D$17,E37=$S$15),O37*$AG$15*K37,IF(AND(D37=$D$17,E37=$S$16),O37*$AG$16*K37,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>7016.2481536189061</v>
       </c>
-      <c r="P38" s="96"/>
-[...2 lines deleted...]
-      <c r="S38" s="94"/>
+      <c r="P38" s="92"/>
+      <c r="Q38" s="92"/>
+      <c r="R38" s="92"/>
+      <c r="S38" s="90"/>
       <c r="T38" s="30"/>
       <c r="U38" s="30"/>
       <c r="V38" s="30"/>
       <c r="W38" s="30"/>
       <c r="X38" s="30"/>
       <c r="Y38" s="30"/>
       <c r="Z38" s="30"/>
       <c r="AA38" s="30"/>
       <c r="AB38" s="16"/>
       <c r="AC38" s="16"/>
       <c r="AD38" s="16"/>
     </row>
-    <row r="39" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A39" s="158">
+    <row r="39" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A39" s="167">
         <v>1</v>
       </c>
-      <c r="B39" s="158"/>
-[...1 lines deleted...]
-      <c r="D39" s="148">
+      <c r="B39" s="167"/>
+      <c r="C39" s="169"/>
+      <c r="D39" s="157">
         <v>2022</v>
       </c>
-      <c r="E39" s="148" t="s">
-[...9 lines deleted...]
-      <c r="M39" s="95">
+      <c r="E39" s="157" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" s="157"/>
+      <c r="G39" s="157"/>
+      <c r="H39" s="157"/>
+      <c r="I39" s="157"/>
+      <c r="J39" s="161"/>
+      <c r="K39" s="163"/>
+      <c r="L39" s="159"/>
+      <c r="M39" s="91">
         <v>1</v>
       </c>
-      <c r="N39" s="95"/>
-[...3 lines deleted...]
-      <c r="R39" s="150"/>
+      <c r="N39" s="91"/>
+      <c r="O39" s="91"/>
+      <c r="P39" s="157"/>
+      <c r="Q39" s="157"/>
+      <c r="R39" s="159"/>
       <c r="S39" s="31"/>
       <c r="T39" s="31"/>
       <c r="U39" s="31"/>
       <c r="V39" s="31"/>
       <c r="W39" s="31"/>
       <c r="X39" s="31"/>
       <c r="Y39" s="31"/>
       <c r="Z39" s="16"/>
       <c r="AA39" s="16"/>
       <c r="AB39" s="32"/>
       <c r="AC39" s="32"/>
       <c r="AD39" s="32"/>
     </row>
-    <row r="40" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="M40" s="93">
+    <row r="40" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="168"/>
+      <c r="B40" s="168"/>
+      <c r="C40" s="170"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="158"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="158"/>
+      <c r="H40" s="158"/>
+      <c r="I40" s="158"/>
+      <c r="J40" s="162"/>
+      <c r="K40" s="164"/>
+      <c r="L40" s="160"/>
+      <c r="M40" s="89">
         <f>IF(AND(D39=$D$11,E39=$S$11),M39*$U$11,IF(AND(D39=$D$11,E39=$S$12),M39*$U$12,IF(AND(D39=$D$11,E39=$S$13),M39*$U$13,IF(AND(D39=$D$11,E39=$S$14),M39*$U$14,IF(AND(D39=$D$11,E39=$S$15),M39*$U$15,IF(AND(D39=$D$11,E39=$S$16),M39*$U$16,IF(AND(D39=$D$12,E39=$S$11),M39*$W$11,IF(AND(D39=$D$12,E39=$S$12),M39*$W$12,IF(AND(D39=$D$12,E39=$S$13),M39*$W$13,IF(AND(D39=$D$12,E39=$S$14),M39*$W$14,IF(AND(D39=$D$12,E39=$S$15),M39*$W$15,IF(AND(D39=$D$12,E39=$S$16),M39*$W$16,IF(AND(D39=$D$13,E39=$S$11),M39*$Y$11,IF(AND(D39=$D$13,E39=$S$12),M39*$Y$12,IF(AND(D39=$D$13,E39=$S$13),M39*$Y$13,IF(AND(D39=$D$13,E39=$S$14),M39*$Y$14,IF(AND(D39=$D$13,E39=$S$15),M39*$Y$15,IF(AND(D39=$D$13,E39=$S$16),M39*$Y$16,IF(AND(D39=$D$14,E39=$S$11),M39*$AA$11,IF(AND(D39=$D$14,E39=$S$12),M39*$AA$12,IF(AND(D39=$D$14,E39=$S$13),M39*$AA$13,IF(AND(D39=$D$14,E39=$S$14),M39*$AA$14,IF(AND(D39=$D$14,E39=$S$15),M39*$AA$15,IF(AND(D39=$D$14,E39=$S$16),M39*$AA$16,IF(AND(D39=$D$15,E39=$S$11),M39*$AC$11,IF(AND(D39=$D$15,E39=$S$12),M39*$AC$12,IF(AND(D39=$D$15,E39=$S$13),M39*$AC$13,IF(AND(D39=$D$15,E39=$S$14),M39*$AC$14,IF(AND(D39=$D$15,E39=$S$15),M39*$AC$15,IF(AND(D39=$D$15,E39=$S$16),M39*$AC$16,IF(AND(D39=$D$16,E39=$S$11),M39*$AE$11,IF(AND(D39=$D$16,E39=$S$12),M39*$AE$12,IF(AND(D39=$D$16,E39=$S$13),M39*$AE$13,IF(AND(D39=$D$16,E39=$S$14),M39*$AE$14,IF(AND(D39=$D$16,E39=$S$15),M39*$AE$15,IF(AND(D39=$D$16,E39=$S$16),M39*$AE$16,IF(AND(D39=$D$17,E39=$S$11),M39*$AG$11,IF(AND(D39=$D$17,E39=$S$12),M39*$AG$12,IF(AND(D39=$D$17,E39=$S$13),M39*$AG$13,IF(AND(D39=$D$17,E39=$S$14),M39*$AG$14,IF(AND(D39=$D$17,E39=$S$15),M39*$AG$15,IF(AND(D39=$D$17,E39=$S$16),M39*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0.73855243722304276</v>
       </c>
       <c r="N40" s="34">
         <f>IF(AND(D39=$D$11,E39=$S$11),N39*$U$11*K39,IF(AND(D39=$D$11,E39=$S$12),N39*$U$12*K39,IF(AND(D39=$D$11,E39=$S$13),N39*$U$13*K39,IF(AND(D39=$D$11,E39=$S$14),N39*$U$14*K39,IF(AND(D39=$D$11,E39=$S$15),N39*$U$15*K39,IF(AND(D39=$D$11,E39=$S$16),N39*$U$16*K39,IF(AND(D39=$D$12,E39=$S$11),N39*$W$11*K39,IF(AND(D39=$D$12,E39=$S$12),N39*$W$12*K39,IF(AND(D39=$D$12,E39=$S$13),N39*$W$13*K39,IF(AND(D39=$D$12,E39=$S$14),N39*$W$14*K39,IF(AND(D39=$D$12,E39=$S$15),N39*$W$15*K39,IF(AND(D39=$D$12,E39=$S$16),N39*$W$16*K39,IF(AND(D39=$D$13,E39=$S$11),N39*$Y$11*K39,IF(AND(D39=$D$13,E39=$S$12),N39*$Y$12*K39,IF(AND(D39=$D$13,E39=$S$13),N39*$Y$13*K39,IF(AND(D39=$D$13,E39=$S$14),N39*$Y$14*K39,IF(AND(D39=$D$13,E39=$S$15),N39*$Y$15*K39,IF(AND(D39=$D$13,E39=$S$16),N39*$Y$16*K39,IF(AND(D39=$D$14,E39=$S$11),N39*$AA$11*K39,IF(AND(D39=$D$14,E39=$S$12),N39*$AA$12*K39,IF(AND(D39=$D$14,E39=$S$13),N39*$AA$13*K39,IF(AND(D39=$D$14,E39=$S$14),N39*$AA$14*K39,IF(AND(D39=$D$14,E39=$S$15),N39*$AA$15*K39,IF(AND(D39=$D$14,E39=$S$16),N39*$AA$16*K39,IF(AND(D39=$D$15,E39=$S$11),N39*$AC$11*K39,IF(AND(D39=$D$15,E39=$S$12),N39*$AC$12*K39,IF(AND(D39=$D$15,E39=$S$13),N39*$AC$13*K39,IF(AND(D39=$D$15,E39=$S$14),N39*$AC$14*K39,IF(AND(D39=$DE1039=$S$15),N39*$AC$15*K39,IF(AND(D39=$D$15,E39=$S$16),N39*$AC$16*K39,IF(AND(D39=$D$16,E39=$S$11),N39*$AE$11*K39,IF(AND(D39=$D$16,E39=$S$12),N39*$AE$12*K39,IF(AND(D39=$D$16,E39=$S$13),N39*$AE$13*K39,IF(AND(D39=$D$16,E39=$S$14),N39*$AE$14*K39,IF(AND(D39=$D$16,E39=$S$15),N39*$AE$15*K39,IF(AND(D39=$D$16,E39=$S$16),N39*$AE$16*K39,IF(AND(D39=$D$17,E39=$S$11),N39*$AG$11*K39,IF(AND(D39=$D$17,E39=$S$12),N39*$AG$12*K39,IF(AND(D39=$D$17,E39=$S$13),N39*$AG$13*K39,IF(AND(D39=$D$17,E39=$S$14),N39*$AG$14*K39,IF(AND(D39=$D$17,E39=$S$15),N39*$AG$15*K39,IF(AND(D39=$D$17,E39=$S$16),N39*$AG$16*K39,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O40" s="58">
+      <c r="O40" s="57">
         <f>IF(AND(D39=$D$11,E39=$S$11),O39*$U$11*K39,IF(AND(D39=$D$11,E39=$S$12),O39*$U$12*K39,IF(AND(D39=$D$11,E39=$S$13),O39*$U$13*K39,IF(AND(D39=$D$11,E39=$S$14),O39*$U$14*K39,IF(AND(D39=$D$11,E39=$S$15),O39*$U$15*K39,IF(AND(D39=$D$11,E39=$S$16),O39*$U$16*K39,IF(AND(D39=$D$12,E39=$S$11),O39*$W$11*K39,IF(AND(D39=$D$12,E39=$S$12),O39*$W$12*K39,IF(AND(D39=$D$12,E39=$S$13),O39*$W$13*K39,IF(AND(D39=$D$12,E39=$S$14),O39*$W$14*K39,IF(AND(D39=$D$12,E39=$S$15),O39*$W$15*K39,IF(AND(D39=$D$12,E39=$S$16),O39*$W$16*K39,IF(AND(D39=$D$13,E39=$S$11),O39*$Y$11*K39,IF(AND(D39=$D$13,E39=$S$12),O39*$Y$12*K39,IF(AND(D39=$D$13,E39=$S$13),O39*$Y$13*K39,IF(AND(D39=$D$13,E39=$S$14),O39*$Y$14*K39,IF(AND(D39=$D$13,E39=$S$15),O39*$Y$15*K39,IF(AND(D39=$D$13,E39=$S$16),O39*$Y$16*K39,IF(AND(D39=$D$14,E39=$S$11),O39*$AA$11*K39,IF(AND(D39=$D$14,E39=$S$12),O39*$AA$12*K39,IF(AND(D39=$D$14,E39=$S$13),O39*$AA$13*K39,IF(AND(D39=$D$14,E39=$S$14),O39*$AA$14*K39,IF(AND(D39=$D$14,E39=$S$15),O39*$AA$15*K39,IF(AND(D39=$D$14,E39=$S$16),O39*$AA$16*K39,IF(AND(D39=$D$15,E39=$S$11),O39*$AC$11*K39,IF(AND(D39=$D$15,E39=$S$12),O39*$AC$12*K39,IF(AND(D39=$D$15,E39=$S$13),O39*$AC$13*K39,IF(AND(D39=$D$15,E39=$S$14),O39*$AC$14*K39,IF(AND(D39=$DE1039=$S$15),O39*$AC$15*K39,IF(AND(D39=$D$15,E39=$S$16),O39*$AC$16*K39,IF(AND(D39=$D$16,E39=$S$11),O39*$AE$11*K39,IF(AND(D39=$D$16,E39=$S$12),O39*$AE$12*K39,IF(AND(D39=$D$16,E39=$S$13),O39*$AE$13*K39,IF(AND(D39=$D$16,E39=$S$14),O39*$AE$14*K39,IF(AND(D39=$D$16,E39=$S$15),O39*$AE$15*K39,IF(AND(D39=$D$16,E39=$S$16),O39*$AE$16*K39,IF(AND(D39=$D$17,E39=$S$11),O39*$AG$11*K39,IF(AND(D39=$D$17,E39=$S$12),O39*$AG$12*K39,IF(AND(D39=$D$17,E39=$S$13),O39*$AG$13*K39,IF(AND(D39=$D$17,E39=$S$14),O39*$AG$14*K39,IF(AND(D39=$D$17,E39=$S$15),O39*$AG$15*K39,IF(AND(D39=$D$17,E39=$S$16),O39*$AG$16*K39,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P40" s="149"/>
-[...1 lines deleted...]
-      <c r="R40" s="151"/>
+      <c r="P40" s="158"/>
+      <c r="Q40" s="158"/>
+      <c r="R40" s="160"/>
       <c r="S40" s="31"/>
       <c r="T40" s="31"/>
       <c r="U40" s="31"/>
       <c r="V40" s="31"/>
       <c r="W40" s="31"/>
       <c r="X40" s="31"/>
       <c r="Y40" s="31"/>
       <c r="Z40" s="16"/>
       <c r="AA40" s="16"/>
       <c r="AB40" s="32"/>
       <c r="AC40" s="32"/>
       <c r="AD40" s="32"/>
     </row>
-    <row r="41" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A41" s="158">
+    <row r="41" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A41" s="167">
         <v>2</v>
       </c>
-      <c r="B41" s="158"/>
-[...15 lines deleted...]
-      <c r="R41" s="150"/>
+      <c r="B41" s="167"/>
+      <c r="C41" s="169"/>
+      <c r="D41" s="157"/>
+      <c r="E41" s="157"/>
+      <c r="F41" s="157"/>
+      <c r="G41" s="157"/>
+      <c r="H41" s="157"/>
+      <c r="I41" s="157"/>
+      <c r="J41" s="161"/>
+      <c r="K41" s="163"/>
+      <c r="L41" s="159"/>
+      <c r="M41" s="91"/>
+      <c r="N41" s="91"/>
+      <c r="O41" s="91"/>
+      <c r="P41" s="157"/>
+      <c r="Q41" s="157"/>
+      <c r="R41" s="159"/>
       <c r="S41" s="31"/>
       <c r="T41" s="31"/>
       <c r="U41" s="31"/>
       <c r="V41" s="31"/>
       <c r="W41" s="31"/>
       <c r="X41" s="31"/>
       <c r="Y41" s="31"/>
       <c r="Z41" s="35"/>
       <c r="AA41" s="35"/>
       <c r="AB41" s="32"/>
       <c r="AC41" s="32"/>
       <c r="AD41" s="32"/>
     </row>
-    <row r="42" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L42" s="151"/>
+    <row r="42" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="168"/>
+      <c r="B42" s="168"/>
+      <c r="C42" s="170"/>
+      <c r="D42" s="158"/>
+      <c r="E42" s="158"/>
+      <c r="F42" s="158"/>
+      <c r="G42" s="158"/>
+      <c r="H42" s="158"/>
+      <c r="I42" s="158"/>
+      <c r="J42" s="162"/>
+      <c r="K42" s="164"/>
+      <c r="L42" s="160"/>
       <c r="M42" s="33">
         <f>IF(AND(D41=$D$11,E41=$S$11),M41*$U$11,IF(AND(D41=$D$11,E41=$S$12),M41*$U$12,IF(AND(D41=$D$11,E41=$S$13),M41*$U$13,IF(AND(D41=$D$11,E41=$S$14),M41*$U$14,IF(AND(D41=$D$11,E41=$S$15),M41*$U$15,IF(AND(D41=$D$11,E41=$S$16),M41*$U$16,IF(AND(D41=$D$12,E41=$S$11),M41*$W$11,IF(AND(D41=$D$12,E41=$S$12),M41*$W$12,IF(AND(D41=$D$12,E41=$S$13),M41*$W$13,IF(AND(D41=$D$12,E41=$S$14),M41*$W$14,IF(AND(D41=$D$12,E41=$S$15),M41*$W$15,IF(AND(D41=$D$12,E41=$S$16),M41*$W$16,IF(AND(D41=$D$13,E41=$S$11),M41*$Y$11,IF(AND(D41=$D$13,E41=$S$12),M41*$Y$12,IF(AND(D41=$D$13,E41=$S$13),M41*$Y$13,IF(AND(D41=$D$13,E41=$S$14),M41*$Y$14,IF(AND(D41=$D$13,E41=$S$15),M41*$Y$15,IF(AND(D41=$D$13,E41=$S$16),M41*$Y$16,IF(AND(D41=$D$14,E41=$S$11),M41*$AA$11,IF(AND(D41=$D$14,E41=$S$12),M41*$AA$12,IF(AND(D41=$D$14,E41=$S$13),M41*$AA$13,IF(AND(D41=$D$14,E41=$S$14),M41*$AA$14,IF(AND(D41=$D$14,E41=$S$15),M41*$AA$15,IF(AND(D41=$D$14,E41=$S$16),M41*$AA$16,IF(AND(D41=$D$15,E41=$S$11),M41*$AC$11,IF(AND(D41=$D$15,E41=$S$12),M41*$AC$12,IF(AND(D41=$D$15,E41=$S$13),M41*$AC$13,IF(AND(D41=$D$15,E41=$S$14),M41*$AC$14,IF(AND(D41=$D$15,E41=$S$15),M41*$AC$15,IF(AND(D41=$D$15,E41=$S$16),M41*$AC$16,IF(AND(D41=$D$16,E41=$S$11),M41*$AE$11,IF(AND(D41=$D$16,E41=$S$12),M41*$AE$12,IF(AND(D41=$D$16,E41=$S$13),M41*$AE$13,IF(AND(D41=$D$16,E41=$S$14),M41*$AE$14,IF(AND(D41=$D$16,E41=$S$15),M41*$AE$15,IF(AND(D41=$D$16,E41=$S$16),M41*$AE$16,IF(AND(D41=$D$17,E41=$S$11),M41*$AG$11,IF(AND(D41=$D$17,E41=$S$12),M41*$AG$12,IF(AND(D41=$D$17,E41=$S$13),M41*$AG$13,IF(AND(D41=$D$17,E41=$S$14),M41*$AG$14,IF(AND(D41=$D$17,E41=$S$15),M41*$AG$15,IF(AND(D41=$D$17,E41=$S$16),M41*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N42" s="34">
         <f>IF(AND(D41=$D$11,E41=$S$11),N41*$U$11*K41,IF(AND(D41=$D$11,E41=$S$12),N41*$U$12*K41,IF(AND(D41=$D$11,E41=$S$13),N41*$U$13*K41,IF(AND(D41=$D$11,E41=$S$14),N41*$U$14*K41,IF(AND(D41=$D$11,E41=$S$15),N41*$U$15*K41,IF(AND(D41=$D$11,E41=$S$16),N41*$U$16*K41,IF(AND(D41=$D$12,E41=$S$11),N41*$W$11*K41,IF(AND(D41=$D$12,E41=$S$12),N41*$W$12*K41,IF(AND(D41=$D$12,E41=$S$13),N41*$W$13*K41,IF(AND(D41=$D$12,E41=$S$14),N41*$W$14*K41,IF(AND(D41=$D$12,E41=$S$15),N41*$W$15*K41,IF(AND(D41=$D$12,E41=$S$16),N41*$W$16*K41,IF(AND(D41=$D$13,E41=$S$11),N41*$Y$11*K41,IF(AND(D41=$D$13,E41=$S$12),N41*$Y$12*K41,IF(AND(D41=$D$13,E41=$S$13),N41*$Y$13*K41,IF(AND(D41=$D$13,E41=$S$14),N41*$Y$14*K41,IF(AND(D41=$D$13,E41=$S$15),N41*$Y$15*K41,IF(AND(D41=$D$13,E41=$S$16),N41*$Y$16*K41,IF(AND(D41=$D$14,E41=$S$11),N41*$AA$11*K41,IF(AND(D41=$D$14,E41=$S$12),N41*$AA$12*K41,IF(AND(D41=$D$14,E41=$S$13),N41*$AA$13*K41,IF(AND(D41=$D$14,E41=$S$14),N41*$AA$14*K41,IF(AND(D41=$D$14,E41=$S$15),N41*$AA$15*K41,IF(AND(D41=$D$14,E41=$S$16),N41*$AA$16*K41,IF(AND(D41=$D$15,E41=$S$11),N41*$AC$11*K41,IF(AND(D41=$D$15,E41=$S$12),N41*$AC$12*K41,IF(AND(D41=$D$15,E41=$S$13),N41*$AC$13*K41,IF(AND(D41=$D$15,E41=$S$14),N41*$AC$14*K41,IF(AND(D41=$DE1041=$S$15),N41*$AC$15*K41,IF(AND(D41=$D$15,E41=$S$16),N41*$AC$16*K41,IF(AND(D41=$D$16,E41=$S$11),N41*$AE$11*K41,IF(AND(D41=$D$16,E41=$S$12),N41*$AE$12*K41,IF(AND(D41=$D$16,E41=$S$13),N41*$AE$13*K41,IF(AND(D41=$D$16,E41=$S$14),N41*$AE$14*K41,IF(AND(D41=$D$16,E41=$S$15),N41*$AE$15*K41,IF(AND(D41=$D$16,E41=$S$16),N41*$AE$16*K41,IF(AND(D41=$D$17,E41=$S$11),N41*$AG$11*K41,IF(AND(D41=$D$17,E41=$S$12),N41*$AG$12*K41,IF(AND(D41=$D$17,E41=$S$13),N41*$AG$13*K41,IF(AND(D41=$D$17,E41=$S$14),N41*$AG$14*K41,IF(AND(D41=$D$17,E41=$S$15),N41*$AG$15*K41,IF(AND(D41=$D$17,E41=$S$16),N41*$AG$16*K41,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O42" s="58">
+      <c r="O42" s="57">
         <f>IF(AND(D41=$D$11,E41=$S$11),O41*$U$11*K41,IF(AND(D41=$D$11,E41=$S$12),O41*$U$12*K41,IF(AND(D41=$D$11,E41=$S$13),O41*$U$13*K41,IF(AND(D41=$D$11,E41=$S$14),O41*$U$14*K41,IF(AND(D41=$D$11,E41=$S$15),O41*$U$15*K41,IF(AND(D41=$D$11,E41=$S$16),O41*$U$16*K41,IF(AND(D41=$D$12,E41=$S$11),O41*$W$11*K41,IF(AND(D41=$D$12,E41=$S$12),O41*$W$12*K41,IF(AND(D41=$D$12,E41=$S$13),O41*$W$13*K41,IF(AND(D41=$D$12,E41=$S$14),O41*$W$14*K41,IF(AND(D41=$D$12,E41=$S$15),O41*$W$15*K41,IF(AND(D41=$D$12,E41=$S$16),O41*$W$16*K41,IF(AND(D41=$D$13,E41=$S$11),O41*$Y$11*K41,IF(AND(D41=$D$13,E41=$S$12),O41*$Y$12*K41,IF(AND(D41=$D$13,E41=$S$13),O41*$Y$13*K41,IF(AND(D41=$D$13,E41=$S$14),O41*$Y$14*K41,IF(AND(D41=$D$13,E41=$S$15),O41*$Y$15*K41,IF(AND(D41=$D$13,E41=$S$16),O41*$Y$16*K41,IF(AND(D41=$D$14,E41=$S$11),O41*$AA$11*K41,IF(AND(D41=$D$14,E41=$S$12),O41*$AA$12*K41,IF(AND(D41=$D$14,E41=$S$13),O41*$AA$13*K41,IF(AND(D41=$D$14,E41=$S$14),O41*$AA$14*K41,IF(AND(D41=$D$14,E41=$S$15),O41*$AA$15*K41,IF(AND(D41=$D$14,E41=$S$16),O41*$AA$16*K41,IF(AND(D41=$D$15,E41=$S$11),O41*$AC$11*K41,IF(AND(D41=$D$15,E41=$S$12),O41*$AC$12*K41,IF(AND(D41=$D$15,E41=$S$13),O41*$AC$13*K41,IF(AND(D41=$D$15,E41=$S$14),O41*$AC$14*K41,IF(AND(D41=$DE1041=$S$15),O41*$AC$15*K41,IF(AND(D41=$D$15,E41=$S$16),O41*$AC$16*K41,IF(AND(D41=$D$16,E41=$S$11),O41*$AE$11*K41,IF(AND(D41=$D$16,E41=$S$12),O41*$AE$12*K41,IF(AND(D41=$D$16,E41=$S$13),O41*$AE$13*K41,IF(AND(D41=$D$16,E41=$S$14),O41*$AE$14*K41,IF(AND(D41=$D$16,E41=$S$15),O41*$AE$15*K41,IF(AND(D41=$D$16,E41=$S$16),O41*$AE$16*K41,IF(AND(D41=$D$17,E41=$S$11),O41*$AG$11*K41,IF(AND(D41=$D$17,E41=$S$12),O41*$AG$12*K41,IF(AND(D41=$D$17,E41=$S$13),O41*$AG$13*K41,IF(AND(D41=$D$17,E41=$S$14),O41*$AG$14*K41,IF(AND(D41=$D$17,E41=$S$15),O41*$AG$15*K41,IF(AND(D41=$D$17,E41=$S$16),O41*$AG$16*K41,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P42" s="149"/>
-[...1 lines deleted...]
-      <c r="R42" s="151"/>
+      <c r="P42" s="158"/>
+      <c r="Q42" s="158"/>
+      <c r="R42" s="160"/>
       <c r="S42" s="31"/>
       <c r="T42" s="31"/>
       <c r="U42" s="31"/>
       <c r="V42" s="31"/>
       <c r="W42" s="31"/>
       <c r="X42" s="31"/>
       <c r="Y42" s="31"/>
       <c r="Z42" s="36"/>
       <c r="AA42" s="36"/>
       <c r="AB42" s="32"/>
       <c r="AC42" s="32"/>
       <c r="AD42" s="32"/>
     </row>
-    <row r="43" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A43" s="158">
+    <row r="43" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A43" s="167">
         <v>3</v>
       </c>
-      <c r="B43" s="158"/>
-[...15 lines deleted...]
-      <c r="R43" s="150"/>
+      <c r="B43" s="167"/>
+      <c r="C43" s="169"/>
+      <c r="D43" s="157"/>
+      <c r="E43" s="157"/>
+      <c r="F43" s="157"/>
+      <c r="G43" s="157"/>
+      <c r="H43" s="157"/>
+      <c r="I43" s="157"/>
+      <c r="J43" s="161"/>
+      <c r="K43" s="163"/>
+      <c r="L43" s="159"/>
+      <c r="M43" s="91"/>
+      <c r="N43" s="91"/>
+      <c r="O43" s="91"/>
+      <c r="P43" s="157"/>
+      <c r="Q43" s="157"/>
+      <c r="R43" s="159"/>
       <c r="S43" s="31"/>
       <c r="T43" s="31"/>
       <c r="U43" s="31"/>
       <c r="V43" s="31"/>
       <c r="W43" s="31"/>
       <c r="X43" s="31"/>
       <c r="Y43" s="31"/>
       <c r="Z43" s="35"/>
       <c r="AA43" s="35"/>
       <c r="AB43" s="32"/>
       <c r="AC43" s="32"/>
       <c r="AD43" s="32"/>
     </row>
-    <row r="44" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L44" s="151"/>
+    <row r="44" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="168"/>
+      <c r="B44" s="168"/>
+      <c r="C44" s="170"/>
+      <c r="D44" s="158"/>
+      <c r="E44" s="158"/>
+      <c r="F44" s="158"/>
+      <c r="G44" s="158"/>
+      <c r="H44" s="158"/>
+      <c r="I44" s="158"/>
+      <c r="J44" s="162"/>
+      <c r="K44" s="164"/>
+      <c r="L44" s="160"/>
       <c r="M44" s="33">
         <f>IF(AND(D43=$D$11,E43=$S$11),M43*$U$11,IF(AND(D43=$D$11,E43=$S$12),M43*$U$12,IF(AND(D43=$D$11,E43=$S$13),M43*$U$13,IF(AND(D43=$D$11,E43=$S$14),M43*$U$14,IF(AND(D43=$D$11,E43=$S$15),M43*$U$15,IF(AND(D43=$D$11,E43=$S$16),M43*$U$16,IF(AND(D43=$D$12,E43=$S$11),M43*$W$11,IF(AND(D43=$D$12,E43=$S$12),M43*$W$12,IF(AND(D43=$D$12,E43=$S$13),M43*$W$13,IF(AND(D43=$D$12,E43=$S$14),M43*$W$14,IF(AND(D43=$D$12,E43=$S$15),M43*$W$15,IF(AND(D43=$D$12,E43=$S$16),M43*$W$16,IF(AND(D43=$D$13,E43=$S$11),M43*$Y$11,IF(AND(D43=$D$13,E43=$S$12),M43*$Y$12,IF(AND(D43=$D$13,E43=$S$13),M43*$Y$13,IF(AND(D43=$D$13,E43=$S$14),M43*$Y$14,IF(AND(D43=$D$13,E43=$S$15),M43*$Y$15,IF(AND(D43=$D$13,E43=$S$16),M43*$Y$16,IF(AND(D43=$D$14,E43=$S$11),M43*$AA$11,IF(AND(D43=$D$14,E43=$S$12),M43*$AA$12,IF(AND(D43=$D$14,E43=$S$13),M43*$AA$13,IF(AND(D43=$D$14,E43=$S$14),M43*$AA$14,IF(AND(D43=$D$14,E43=$S$15),M43*$AA$15,IF(AND(D43=$D$14,E43=$S$16),M43*$AA$16,IF(AND(D43=$D$15,E43=$S$11),M43*$AC$11,IF(AND(D43=$D$15,E43=$S$12),M43*$AC$12,IF(AND(D43=$D$15,E43=$S$13),M43*$AC$13,IF(AND(D43=$D$15,E43=$S$14),M43*$AC$14,IF(AND(D43=$D$15,E43=$S$15),M43*$AC$15,IF(AND(D43=$D$15,E43=$S$16),M43*$AC$16,IF(AND(D43=$D$16,E43=$S$11),M43*$AE$11,IF(AND(D43=$D$16,E43=$S$12),M43*$AE$12,IF(AND(D43=$D$16,E43=$S$13),M43*$AE$13,IF(AND(D43=$D$16,E43=$S$14),M43*$AE$14,IF(AND(D43=$D$16,E43=$S$15),M43*$AE$15,IF(AND(D43=$D$16,E43=$S$16),M43*$AE$16,IF(AND(D43=$D$17,E43=$S$11),M43*$AG$11,IF(AND(D43=$D$17,E43=$S$12),M43*$AG$12,IF(AND(D43=$D$17,E43=$S$13),M43*$AG$13,IF(AND(D43=$D$17,E43=$S$14),M43*$AG$14,IF(AND(D43=$D$17,E43=$S$15),M43*$AG$15,IF(AND(D43=$D$17,E43=$S$16),M43*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N44" s="34">
         <f>IF(AND(D43=$D$11,E43=$S$11),N43*$U$11*K43,IF(AND(D43=$D$11,E43=$S$12),N43*$U$12*K43,IF(AND(D43=$D$11,E43=$S$13),N43*$U$13*K43,IF(AND(D43=$D$11,E43=$S$14),N43*$U$14*K43,IF(AND(D43=$D$11,E43=$S$15),N43*$U$15*K43,IF(AND(D43=$D$11,E43=$S$16),N43*$U$16*K43,IF(AND(D43=$D$12,E43=$S$11),N43*$W$11*K43,IF(AND(D43=$D$12,E43=$S$12),N43*$W$12*K43,IF(AND(D43=$D$12,E43=$S$13),N43*$W$13*K43,IF(AND(D43=$D$12,E43=$S$14),N43*$W$14*K43,IF(AND(D43=$D$12,E43=$S$15),N43*$W$15*K43,IF(AND(D43=$D$12,E43=$S$16),N43*$W$16*K43,IF(AND(D43=$D$13,E43=$S$11),N43*$Y$11*K43,IF(AND(D43=$D$13,E43=$S$12),N43*$Y$12*K43,IF(AND(D43=$D$13,E43=$S$13),N43*$Y$13*K43,IF(AND(D43=$D$13,E43=$S$14),N43*$Y$14*K43,IF(AND(D43=$D$13,E43=$S$15),N43*$Y$15*K43,IF(AND(D43=$D$13,E43=$S$16),N43*$Y$16*K43,IF(AND(D43=$D$14,E43=$S$11),N43*$AA$11*K43,IF(AND(D43=$D$14,E43=$S$12),N43*$AA$12*K43,IF(AND(D43=$D$14,E43=$S$13),N43*$AA$13*K43,IF(AND(D43=$D$14,E43=$S$14),N43*$AA$14*K43,IF(AND(D43=$D$14,E43=$S$15),N43*$AA$15*K43,IF(AND(D43=$D$14,E43=$S$16),N43*$AA$16*K43,IF(AND(D43=$D$15,E43=$S$11),N43*$AC$11*K43,IF(AND(D43=$D$15,E43=$S$12),N43*$AC$12*K43,IF(AND(D43=$D$15,E43=$S$13),N43*$AC$13*K43,IF(AND(D43=$D$15,E43=$S$14),N43*$AC$14*K43,IF(AND(D43=$DE1043=$S$15),N43*$AC$15*K43,IF(AND(D43=$D$15,E43=$S$16),N43*$AC$16*K43,IF(AND(D43=$D$16,E43=$S$11),N43*$AE$11*K43,IF(AND(D43=$D$16,E43=$S$12),N43*$AE$12*K43,IF(AND(D43=$D$16,E43=$S$13),N43*$AE$13*K43,IF(AND(D43=$D$16,E43=$S$14),N43*$AE$14*K43,IF(AND(D43=$D$16,E43=$S$15),N43*$AE$15*K43,IF(AND(D43=$D$16,E43=$S$16),N43*$AE$16*K43,IF(AND(D43=$D$17,E43=$S$11),N43*$AG$11*K43,IF(AND(D43=$D$17,E43=$S$12),N43*$AG$12*K43,IF(AND(D43=$D$17,E43=$S$13),N43*$AG$13*K43,IF(AND(D43=$D$17,E43=$S$14),N43*$AG$14*K43,IF(AND(D43=$D$17,E43=$S$15),N43*$AG$15*K43,IF(AND(D43=$D$17,E43=$S$16),N43*$AG$16*K43,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O44" s="58">
+      <c r="O44" s="57">
         <f>IF(AND(D43=$D$11,E43=$S$11),O43*$U$11*K43,IF(AND(D43=$D$11,E43=$S$12),O43*$U$12*K43,IF(AND(D43=$D$11,E43=$S$13),O43*$U$13*K43,IF(AND(D43=$D$11,E43=$S$14),O43*$U$14*K43,IF(AND(D43=$D$11,E43=$S$15),O43*$U$15*K43,IF(AND(D43=$D$11,E43=$S$16),O43*$U$16*K43,IF(AND(D43=$D$12,E43=$S$11),O43*$W$11*K43,IF(AND(D43=$D$12,E43=$S$12),O43*$W$12*K43,IF(AND(D43=$D$12,E43=$S$13),O43*$W$13*K43,IF(AND(D43=$D$12,E43=$S$14),O43*$W$14*K43,IF(AND(D43=$D$12,E43=$S$15),O43*$W$15*K43,IF(AND(D43=$D$12,E43=$S$16),O43*$W$16*K43,IF(AND(D43=$D$13,E43=$S$11),O43*$Y$11*K43,IF(AND(D43=$D$13,E43=$S$12),O43*$Y$12*K43,IF(AND(D43=$D$13,E43=$S$13),O43*$Y$13*K43,IF(AND(D43=$D$13,E43=$S$14),O43*$Y$14*K43,IF(AND(D43=$D$13,E43=$S$15),O43*$Y$15*K43,IF(AND(D43=$D$13,E43=$S$16),O43*$Y$16*K43,IF(AND(D43=$D$14,E43=$S$11),O43*$AA$11*K43,IF(AND(D43=$D$14,E43=$S$12),O43*$AA$12*K43,IF(AND(D43=$D$14,E43=$S$13),O43*$AA$13*K43,IF(AND(D43=$D$14,E43=$S$14),O43*$AA$14*K43,IF(AND(D43=$D$14,E43=$S$15),O43*$AA$15*K43,IF(AND(D43=$D$14,E43=$S$16),O43*$AA$16*K43,IF(AND(D43=$D$15,E43=$S$11),O43*$AC$11*K43,IF(AND(D43=$D$15,E43=$S$12),O43*$AC$12*K43,IF(AND(D43=$D$15,E43=$S$13),O43*$AC$13*K43,IF(AND(D43=$D$15,E43=$S$14),O43*$AC$14*K43,IF(AND(D43=$DE1043=$S$15),O43*$AC$15*K43,IF(AND(D43=$D$15,E43=$S$16),O43*$AC$16*K43,IF(AND(D43=$D$16,E43=$S$11),O43*$AE$11*K43,IF(AND(D43=$D$16,E43=$S$12),O43*$AE$12*K43,IF(AND(D43=$D$16,E43=$S$13),O43*$AE$13*K43,IF(AND(D43=$D$16,E43=$S$14),O43*$AE$14*K43,IF(AND(D43=$D$16,E43=$S$15),O43*$AE$15*K43,IF(AND(D43=$D$16,E43=$S$16),O43*$AE$16*K43,IF(AND(D43=$D$17,E43=$S$11),O43*$AG$11*K43,IF(AND(D43=$D$17,E43=$S$12),O43*$AG$12*K43,IF(AND(D43=$D$17,E43=$S$13),O43*$AG$13*K43,IF(AND(D43=$D$17,E43=$S$14),O43*$AG$14*K43,IF(AND(D43=$D$17,E43=$S$15),O43*$AG$15*K43,IF(AND(D43=$D$17,E43=$S$16),O43*$AG$16*K43,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P44" s="149"/>
-[...1 lines deleted...]
-      <c r="R44" s="151"/>
+      <c r="P44" s="158"/>
+      <c r="Q44" s="158"/>
+      <c r="R44" s="160"/>
       <c r="S44" s="31"/>
       <c r="T44" s="31"/>
       <c r="U44" s="31"/>
       <c r="V44" s="31"/>
       <c r="W44" s="31"/>
       <c r="X44" s="31"/>
       <c r="Y44" s="31"/>
       <c r="Z44" s="36"/>
       <c r="AA44" s="36"/>
       <c r="AB44" s="32"/>
       <c r="AC44" s="32"/>
       <c r="AD44" s="32"/>
     </row>
-    <row r="45" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A45" s="158">
+    <row r="45" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A45" s="167">
         <v>4</v>
       </c>
-      <c r="B45" s="158"/>
-[...15 lines deleted...]
-      <c r="R45" s="150"/>
+      <c r="B45" s="167"/>
+      <c r="C45" s="169"/>
+      <c r="D45" s="157"/>
+      <c r="E45" s="157"/>
+      <c r="F45" s="157"/>
+      <c r="G45" s="157"/>
+      <c r="H45" s="157"/>
+      <c r="I45" s="157"/>
+      <c r="J45" s="161"/>
+      <c r="K45" s="163"/>
+      <c r="L45" s="159"/>
+      <c r="M45" s="91"/>
+      <c r="N45" s="91"/>
+      <c r="O45" s="91"/>
+      <c r="P45" s="157"/>
+      <c r="Q45" s="157"/>
+      <c r="R45" s="159"/>
       <c r="S45" s="31"/>
       <c r="T45" s="31"/>
       <c r="U45" s="31"/>
       <c r="V45" s="31"/>
       <c r="W45" s="31"/>
       <c r="X45" s="31"/>
       <c r="Y45" s="31"/>
       <c r="Z45" s="35"/>
       <c r="AA45" s="35"/>
       <c r="AB45" s="32"/>
       <c r="AC45" s="32"/>
       <c r="AD45" s="32"/>
     </row>
-    <row r="46" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L46" s="151"/>
+    <row r="46" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="168"/>
+      <c r="B46" s="168"/>
+      <c r="C46" s="170"/>
+      <c r="D46" s="158"/>
+      <c r="E46" s="158"/>
+      <c r="F46" s="158"/>
+      <c r="G46" s="158"/>
+      <c r="H46" s="158"/>
+      <c r="I46" s="158"/>
+      <c r="J46" s="162"/>
+      <c r="K46" s="164"/>
+      <c r="L46" s="160"/>
       <c r="M46" s="33">
         <f>IF(AND(D45=$D$11,E45=$S$11),M45*$U$11,IF(AND(D45=$D$11,E45=$S$12),M45*$U$12,IF(AND(D45=$D$11,E45=$S$13),M45*$U$13,IF(AND(D45=$D$11,E45=$S$14),M45*$U$14,IF(AND(D45=$D$11,E45=$S$15),M45*$U$15,IF(AND(D45=$D$11,E45=$S$16),M45*$U$16,IF(AND(D45=$D$12,E45=$S$11),M45*$W$11,IF(AND(D45=$D$12,E45=$S$12),M45*$W$12,IF(AND(D45=$D$12,E45=$S$13),M45*$W$13,IF(AND(D45=$D$12,E45=$S$14),M45*$W$14,IF(AND(D45=$D$12,E45=$S$15),M45*$W$15,IF(AND(D45=$D$12,E45=$S$16),M45*$W$16,IF(AND(D45=$D$13,E45=$S$11),M45*$Y$11,IF(AND(D45=$D$13,E45=$S$12),M45*$Y$12,IF(AND(D45=$D$13,E45=$S$13),M45*$Y$13,IF(AND(D45=$D$13,E45=$S$14),M45*$Y$14,IF(AND(D45=$D$13,E45=$S$15),M45*$Y$15,IF(AND(D45=$D$13,E45=$S$16),M45*$Y$16,IF(AND(D45=$D$14,E45=$S$11),M45*$AA$11,IF(AND(D45=$D$14,E45=$S$12),M45*$AA$12,IF(AND(D45=$D$14,E45=$S$13),M45*$AA$13,IF(AND(D45=$D$14,E45=$S$14),M45*$AA$14,IF(AND(D45=$D$14,E45=$S$15),M45*$AA$15,IF(AND(D45=$D$14,E45=$S$16),M45*$AA$16,IF(AND(D45=$D$15,E45=$S$11),M45*$AC$11,IF(AND(D45=$D$15,E45=$S$12),M45*$AC$12,IF(AND(D45=$D$15,E45=$S$13),M45*$AC$13,IF(AND(D45=$D$15,E45=$S$14),M45*$AC$14,IF(AND(D45=$D$15,E45=$S$15),M45*$AC$15,IF(AND(D45=$D$15,E45=$S$16),M45*$AC$16,IF(AND(D45=$D$16,E45=$S$11),M45*$AE$11,IF(AND(D45=$D$16,E45=$S$12),M45*$AE$12,IF(AND(D45=$D$16,E45=$S$13),M45*$AE$13,IF(AND(D45=$D$16,E45=$S$14),M45*$AE$14,IF(AND(D45=$D$16,E45=$S$15),M45*$AE$15,IF(AND(D45=$D$16,E45=$S$16),M45*$AE$16,IF(AND(D45=$D$17,E45=$S$11),M45*$AG$11,IF(AND(D45=$D$17,E45=$S$12),M45*$AG$12,IF(AND(D45=$D$17,E45=$S$13),M45*$AG$13,IF(AND(D45=$D$17,E45=$S$14),M45*$AG$14,IF(AND(D45=$D$17,E45=$S$15),M45*$AG$15,IF(AND(D45=$D$17,E45=$S$16),M45*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N46" s="34">
         <f>IF(AND(D45=$D$11,E45=$S$11),N45*$U$11*K45,IF(AND(D45=$D$11,E45=$S$12),N45*$U$12*K45,IF(AND(D45=$D$11,E45=$S$13),N45*$U$13*K45,IF(AND(D45=$D$11,E45=$S$14),N45*$U$14*K45,IF(AND(D45=$D$11,E45=$S$15),N45*$U$15*K45,IF(AND(D45=$D$11,E45=$S$16),N45*$U$16*K45,IF(AND(D45=$D$12,E45=$S$11),N45*$W$11*K45,IF(AND(D45=$D$12,E45=$S$12),N45*$W$12*K45,IF(AND(D45=$D$12,E45=$S$13),N45*$W$13*K45,IF(AND(D45=$D$12,E45=$S$14),N45*$W$14*K45,IF(AND(D45=$D$12,E45=$S$15),N45*$W$15*K45,IF(AND(D45=$D$12,E45=$S$16),N45*$W$16*K45,IF(AND(D45=$D$13,E45=$S$11),N45*$Y$11*K45,IF(AND(D45=$D$13,E45=$S$12),N45*$Y$12*K45,IF(AND(D45=$D$13,E45=$S$13),N45*$Y$13*K45,IF(AND(D45=$D$13,E45=$S$14),N45*$Y$14*K45,IF(AND(D45=$D$13,E45=$S$15),N45*$Y$15*K45,IF(AND(D45=$D$13,E45=$S$16),N45*$Y$16*K45,IF(AND(D45=$D$14,E45=$S$11),N45*$AA$11*K45,IF(AND(D45=$D$14,E45=$S$12),N45*$AA$12*K45,IF(AND(D45=$D$14,E45=$S$13),N45*$AA$13*K45,IF(AND(D45=$D$14,E45=$S$14),N45*$AA$14*K45,IF(AND(D45=$D$14,E45=$S$15),N45*$AA$15*K45,IF(AND(D45=$D$14,E45=$S$16),N45*$AA$16*K45,IF(AND(D45=$D$15,E45=$S$11),N45*$AC$11*K45,IF(AND(D45=$D$15,E45=$S$12),N45*$AC$12*K45,IF(AND(D45=$D$15,E45=$S$13),N45*$AC$13*K45,IF(AND(D45=$D$15,E45=$S$14),N45*$AC$14*K45,IF(AND(D45=$DE1045=$S$15),N45*$AC$15*K45,IF(AND(D45=$D$15,E45=$S$16),N45*$AC$16*K45,IF(AND(D45=$D$16,E45=$S$11),N45*$AE$11*K45,IF(AND(D45=$D$16,E45=$S$12),N45*$AE$12*K45,IF(AND(D45=$D$16,E45=$S$13),N45*$AE$13*K45,IF(AND(D45=$D$16,E45=$S$14),N45*$AE$14*K45,IF(AND(D45=$D$16,E45=$S$15),N45*$AE$15*K45,IF(AND(D45=$D$16,E45=$S$16),N45*$AE$16*K45,IF(AND(D45=$D$17,E45=$S$11),N45*$AG$11*K45,IF(AND(D45=$D$17,E45=$S$12),N45*$AG$12*K45,IF(AND(D45=$D$17,E45=$S$13),N45*$AG$13*K45,IF(AND(D45=$D$17,E45=$S$14),N45*$AG$14*K45,IF(AND(D45=$D$17,E45=$S$15),N45*$AG$15*K45,IF(AND(D45=$D$17,E45=$S$16),N45*$AG$16*K45,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O46" s="58">
+      <c r="O46" s="57">
         <f>IF(AND(D45=$D$11,E45=$S$11),O45*$U$11*K45,IF(AND(D45=$D$11,E45=$S$12),O45*$U$12*K45,IF(AND(D45=$D$11,E45=$S$13),O45*$U$13*K45,IF(AND(D45=$D$11,E45=$S$14),O45*$U$14*K45,IF(AND(D45=$D$11,E45=$S$15),O45*$U$15*K45,IF(AND(D45=$D$11,E45=$S$16),O45*$U$16*K45,IF(AND(D45=$D$12,E45=$S$11),O45*$W$11*K45,IF(AND(D45=$D$12,E45=$S$12),O45*$W$12*K45,IF(AND(D45=$D$12,E45=$S$13),O45*$W$13*K45,IF(AND(D45=$D$12,E45=$S$14),O45*$W$14*K45,IF(AND(D45=$D$12,E45=$S$15),O45*$W$15*K45,IF(AND(D45=$D$12,E45=$S$16),O45*$W$16*K45,IF(AND(D45=$D$13,E45=$S$11),O45*$Y$11*K45,IF(AND(D45=$D$13,E45=$S$12),O45*$Y$12*K45,IF(AND(D45=$D$13,E45=$S$13),O45*$Y$13*K45,IF(AND(D45=$D$13,E45=$S$14),O45*$Y$14*K45,IF(AND(D45=$D$13,E45=$S$15),O45*$Y$15*K45,IF(AND(D45=$D$13,E45=$S$16),O45*$Y$16*K45,IF(AND(D45=$D$14,E45=$S$11),O45*$AA$11*K45,IF(AND(D45=$D$14,E45=$S$12),O45*$AA$12*K45,IF(AND(D45=$D$14,E45=$S$13),O45*$AA$13*K45,IF(AND(D45=$D$14,E45=$S$14),O45*$AA$14*K45,IF(AND(D45=$D$14,E45=$S$15),O45*$AA$15*K45,IF(AND(D45=$D$14,E45=$S$16),O45*$AA$16*K45,IF(AND(D45=$D$15,E45=$S$11),O45*$AC$11*K45,IF(AND(D45=$D$15,E45=$S$12),O45*$AC$12*K45,IF(AND(D45=$D$15,E45=$S$13),O45*$AC$13*K45,IF(AND(D45=$D$15,E45=$S$14),O45*$AC$14*K45,IF(AND(D45=$DE1045=$S$15),O45*$AC$15*K45,IF(AND(D45=$D$15,E45=$S$16),O45*$AC$16*K45,IF(AND(D45=$D$16,E45=$S$11),O45*$AE$11*K45,IF(AND(D45=$D$16,E45=$S$12),O45*$AE$12*K45,IF(AND(D45=$D$16,E45=$S$13),O45*$AE$13*K45,IF(AND(D45=$D$16,E45=$S$14),O45*$AE$14*K45,IF(AND(D45=$D$16,E45=$S$15),O45*$AE$15*K45,IF(AND(D45=$D$16,E45=$S$16),O45*$AE$16*K45,IF(AND(D45=$D$17,E45=$S$11),O45*$AG$11*K45,IF(AND(D45=$D$17,E45=$S$12),O45*$AG$12*K45,IF(AND(D45=$D$17,E45=$S$13),O45*$AG$13*K45,IF(AND(D45=$D$17,E45=$S$14),O45*$AG$14*K45,IF(AND(D45=$D$17,E45=$S$15),O45*$AG$15*K45,IF(AND(D45=$D$17,E45=$S$16),O45*$AG$16*K45,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P46" s="149"/>
-[...1 lines deleted...]
-      <c r="R46" s="151"/>
+      <c r="P46" s="158"/>
+      <c r="Q46" s="158"/>
+      <c r="R46" s="160"/>
       <c r="S46" s="31"/>
       <c r="T46" s="31"/>
       <c r="U46" s="31"/>
       <c r="V46" s="31"/>
       <c r="W46" s="31"/>
       <c r="X46" s="31"/>
       <c r="Y46" s="31"/>
       <c r="Z46" s="36"/>
       <c r="AA46" s="36"/>
       <c r="AB46" s="32"/>
       <c r="AC46" s="32"/>
       <c r="AD46" s="32"/>
     </row>
-    <row r="47" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A47" s="158">
+    <row r="47" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A47" s="167">
         <v>5</v>
       </c>
-      <c r="B47" s="158"/>
-[...15 lines deleted...]
-      <c r="R47" s="150"/>
+      <c r="B47" s="167"/>
+      <c r="C47" s="169"/>
+      <c r="D47" s="157"/>
+      <c r="E47" s="157"/>
+      <c r="F47" s="157"/>
+      <c r="G47" s="157"/>
+      <c r="H47" s="157"/>
+      <c r="I47" s="157"/>
+      <c r="J47" s="161"/>
+      <c r="K47" s="163"/>
+      <c r="L47" s="159"/>
+      <c r="M47" s="91"/>
+      <c r="N47" s="91"/>
+      <c r="O47" s="91"/>
+      <c r="P47" s="157"/>
+      <c r="Q47" s="157"/>
+      <c r="R47" s="159"/>
       <c r="S47" s="31"/>
       <c r="T47" s="31"/>
       <c r="U47" s="31"/>
       <c r="V47" s="31"/>
       <c r="W47" s="31"/>
       <c r="X47" s="31"/>
       <c r="Y47" s="31"/>
       <c r="Z47" s="35"/>
       <c r="AA47" s="35"/>
       <c r="AB47" s="32"/>
       <c r="AC47" s="32"/>
       <c r="AD47" s="32"/>
     </row>
-    <row r="48" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L48" s="151"/>
+    <row r="48" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="168"/>
+      <c r="B48" s="168"/>
+      <c r="C48" s="170"/>
+      <c r="D48" s="158"/>
+      <c r="E48" s="158"/>
+      <c r="F48" s="158"/>
+      <c r="G48" s="158"/>
+      <c r="H48" s="158"/>
+      <c r="I48" s="158"/>
+      <c r="J48" s="162"/>
+      <c r="K48" s="164"/>
+      <c r="L48" s="160"/>
       <c r="M48" s="33">
         <f>IF(AND(D47=$D$11,E47=$S$11),M47*$U$11,IF(AND(D47=$D$11,E47=$S$12),M47*$U$12,IF(AND(D47=$D$11,E47=$S$13),M47*$U$13,IF(AND(D47=$D$11,E47=$S$14),M47*$U$14,IF(AND(D47=$D$11,E47=$S$15),M47*$U$15,IF(AND(D47=$D$11,E47=$S$16),M47*$U$16,IF(AND(D47=$D$12,E47=$S$11),M47*$W$11,IF(AND(D47=$D$12,E47=$S$12),M47*$W$12,IF(AND(D47=$D$12,E47=$S$13),M47*$W$13,IF(AND(D47=$D$12,E47=$S$14),M47*$W$14,IF(AND(D47=$D$12,E47=$S$15),M47*$W$15,IF(AND(D47=$D$12,E47=$S$16),M47*$W$16,IF(AND(D47=$D$13,E47=$S$11),M47*$Y$11,IF(AND(D47=$D$13,E47=$S$12),M47*$Y$12,IF(AND(D47=$D$13,E47=$S$13),M47*$Y$13,IF(AND(D47=$D$13,E47=$S$14),M47*$Y$14,IF(AND(D47=$D$13,E47=$S$15),M47*$Y$15,IF(AND(D47=$D$13,E47=$S$16),M47*$Y$16,IF(AND(D47=$D$14,E47=$S$11),M47*$AA$11,IF(AND(D47=$D$14,E47=$S$12),M47*$AA$12,IF(AND(D47=$D$14,E47=$S$13),M47*$AA$13,IF(AND(D47=$D$14,E47=$S$14),M47*$AA$14,IF(AND(D47=$D$14,E47=$S$15),M47*$AA$15,IF(AND(D47=$D$14,E47=$S$16),M47*$AA$16,IF(AND(D47=$D$15,E47=$S$11),M47*$AC$11,IF(AND(D47=$D$15,E47=$S$12),M47*$AC$12,IF(AND(D47=$D$15,E47=$S$13),M47*$AC$13,IF(AND(D47=$D$15,E47=$S$14),M47*$AC$14,IF(AND(D47=$D$15,E47=$S$15),M47*$AC$15,IF(AND(D47=$D$15,E47=$S$16),M47*$AC$16,IF(AND(D47=$D$16,E47=$S$11),M47*$AE$11,IF(AND(D47=$D$16,E47=$S$12),M47*$AE$12,IF(AND(D47=$D$16,E47=$S$13),M47*$AE$13,IF(AND(D47=$D$16,E47=$S$14),M47*$AE$14,IF(AND(D47=$D$16,E47=$S$15),M47*$AE$15,IF(AND(D47=$D$16,E47=$S$16),M47*$AE$16,IF(AND(D47=$D$17,E47=$S$11),M47*$AG$11,IF(AND(D47=$D$17,E47=$S$12),M47*$AG$12,IF(AND(D47=$D$17,E47=$S$13),M47*$AG$13,IF(AND(D47=$D$17,E47=$S$14),M47*$AG$14,IF(AND(D47=$D$17,E47=$S$15),M47*$AG$15,IF(AND(D47=$D$17,E47=$S$16),M47*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N48" s="34">
         <f>IF(AND(D47=$D$11,E47=$S$11),N47*$U$11*K47,IF(AND(D47=$D$11,E47=$S$12),N47*$U$12*K47,IF(AND(D47=$D$11,E47=$S$13),N47*$U$13*K47,IF(AND(D47=$D$11,E47=$S$14),N47*$U$14*K47,IF(AND(D47=$D$11,E47=$S$15),N47*$U$15*K47,IF(AND(D47=$D$11,E47=$S$16),N47*$U$16*K47,IF(AND(D47=$D$12,E47=$S$11),N47*$W$11*K47,IF(AND(D47=$D$12,E47=$S$12),N47*$W$12*K47,IF(AND(D47=$D$12,E47=$S$13),N47*$W$13*K47,IF(AND(D47=$D$12,E47=$S$14),N47*$W$14*K47,IF(AND(D47=$D$12,E47=$S$15),N47*$W$15*K47,IF(AND(D47=$D$12,E47=$S$16),N47*$W$16*K47,IF(AND(D47=$D$13,E47=$S$11),N47*$Y$11*K47,IF(AND(D47=$D$13,E47=$S$12),N47*$Y$12*K47,IF(AND(D47=$D$13,E47=$S$13),N47*$Y$13*K47,IF(AND(D47=$D$13,E47=$S$14),N47*$Y$14*K47,IF(AND(D47=$D$13,E47=$S$15),N47*$Y$15*K47,IF(AND(D47=$D$13,E47=$S$16),N47*$Y$16*K47,IF(AND(D47=$D$14,E47=$S$11),N47*$AA$11*K47,IF(AND(D47=$D$14,E47=$S$12),N47*$AA$12*K47,IF(AND(D47=$D$14,E47=$S$13),N47*$AA$13*K47,IF(AND(D47=$D$14,E47=$S$14),N47*$AA$14*K47,IF(AND(D47=$D$14,E47=$S$15),N47*$AA$15*K47,IF(AND(D47=$D$14,E47=$S$16),N47*$AA$16*K47,IF(AND(D47=$D$15,E47=$S$11),N47*$AC$11*K47,IF(AND(D47=$D$15,E47=$S$12),N47*$AC$12*K47,IF(AND(D47=$D$15,E47=$S$13),N47*$AC$13*K47,IF(AND(D47=$D$15,E47=$S$14),N47*$AC$14*K47,IF(AND(D47=$DE1047=$S$15),N47*$AC$15*K47,IF(AND(D47=$D$15,E47=$S$16),N47*$AC$16*K47,IF(AND(D47=$D$16,E47=$S$11),N47*$AE$11*K47,IF(AND(D47=$D$16,E47=$S$12),N47*$AE$12*K47,IF(AND(D47=$D$16,E47=$S$13),N47*$AE$13*K47,IF(AND(D47=$D$16,E47=$S$14),N47*$AE$14*K47,IF(AND(D47=$D$16,E47=$S$15),N47*$AE$15*K47,IF(AND(D47=$D$16,E47=$S$16),N47*$AE$16*K47,IF(AND(D47=$D$17,E47=$S$11),N47*$AG$11*K47,IF(AND(D47=$D$17,E47=$S$12),N47*$AG$12*K47,IF(AND(D47=$D$17,E47=$S$13),N47*$AG$13*K47,IF(AND(D47=$D$17,E47=$S$14),N47*$AG$14*K47,IF(AND(D47=$D$17,E47=$S$15),N47*$AG$15*K47,IF(AND(D47=$D$17,E47=$S$16),N47*$AG$16*K47,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O48" s="58">
+      <c r="O48" s="57">
         <f>IF(AND(D47=$D$11,E47=$S$11),O47*$U$11*K47,IF(AND(D47=$D$11,E47=$S$12),O47*$U$12*K47,IF(AND(D47=$D$11,E47=$S$13),O47*$U$13*K47,IF(AND(D47=$D$11,E47=$S$14),O47*$U$14*K47,IF(AND(D47=$D$11,E47=$S$15),O47*$U$15*K47,IF(AND(D47=$D$11,E47=$S$16),O47*$U$16*K47,IF(AND(D47=$D$12,E47=$S$11),O47*$W$11*K47,IF(AND(D47=$D$12,E47=$S$12),O47*$W$12*K47,IF(AND(D47=$D$12,E47=$S$13),O47*$W$13*K47,IF(AND(D47=$D$12,E47=$S$14),O47*$W$14*K47,IF(AND(D47=$D$12,E47=$S$15),O47*$W$15*K47,IF(AND(D47=$D$12,E47=$S$16),O47*$W$16*K47,IF(AND(D47=$D$13,E47=$S$11),O47*$Y$11*K47,IF(AND(D47=$D$13,E47=$S$12),O47*$Y$12*K47,IF(AND(D47=$D$13,E47=$S$13),O47*$Y$13*K47,IF(AND(D47=$D$13,E47=$S$14),O47*$Y$14*K47,IF(AND(D47=$D$13,E47=$S$15),O47*$Y$15*K47,IF(AND(D47=$D$13,E47=$S$16),O47*$Y$16*K47,IF(AND(D47=$D$14,E47=$S$11),O47*$AA$11*K47,IF(AND(D47=$D$14,E47=$S$12),O47*$AA$12*K47,IF(AND(D47=$D$14,E47=$S$13),O47*$AA$13*K47,IF(AND(D47=$D$14,E47=$S$14),O47*$AA$14*K47,IF(AND(D47=$D$14,E47=$S$15),O47*$AA$15*K47,IF(AND(D47=$D$14,E47=$S$16),O47*$AA$16*K47,IF(AND(D47=$D$15,E47=$S$11),O47*$AC$11*K47,IF(AND(D47=$D$15,E47=$S$12),O47*$AC$12*K47,IF(AND(D47=$D$15,E47=$S$13),O47*$AC$13*K47,IF(AND(D47=$D$15,E47=$S$14),O47*$AC$14*K47,IF(AND(D47=$DE1047=$S$15),O47*$AC$15*K47,IF(AND(D47=$D$15,E47=$S$16),O47*$AC$16*K47,IF(AND(D47=$D$16,E47=$S$11),O47*$AE$11*K47,IF(AND(D47=$D$16,E47=$S$12),O47*$AE$12*K47,IF(AND(D47=$D$16,E47=$S$13),O47*$AE$13*K47,IF(AND(D47=$D$16,E47=$S$14),O47*$AE$14*K47,IF(AND(D47=$D$16,E47=$S$15),O47*$AE$15*K47,IF(AND(D47=$D$16,E47=$S$16),O47*$AE$16*K47,IF(AND(D47=$D$17,E47=$S$11),O47*$AG$11*K47,IF(AND(D47=$D$17,E47=$S$12),O47*$AG$12*K47,IF(AND(D47=$D$17,E47=$S$13),O47*$AG$13*K47,IF(AND(D47=$D$17,E47=$S$14),O47*$AG$14*K47,IF(AND(D47=$D$17,E47=$S$15),O47*$AG$15*K47,IF(AND(D47=$D$17,E47=$S$16),O47*$AG$16*K47,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P48" s="149"/>
-[...1 lines deleted...]
-      <c r="R48" s="151"/>
+      <c r="P48" s="158"/>
+      <c r="Q48" s="158"/>
+      <c r="R48" s="160"/>
       <c r="S48" s="31"/>
       <c r="T48" s="31"/>
       <c r="U48" s="31"/>
       <c r="V48" s="31"/>
       <c r="W48" s="31"/>
       <c r="X48" s="31"/>
       <c r="Y48" s="31"/>
       <c r="Z48" s="36"/>
       <c r="AA48" s="36"/>
       <c r="AB48" s="32"/>
       <c r="AC48" s="32"/>
       <c r="AD48" s="32"/>
     </row>
-    <row r="49" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A49" s="158">
+    <row r="49" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A49" s="167">
         <v>6</v>
       </c>
-      <c r="B49" s="158"/>
-[...15 lines deleted...]
-      <c r="R49" s="150"/>
+      <c r="B49" s="167"/>
+      <c r="C49" s="169"/>
+      <c r="D49" s="157"/>
+      <c r="E49" s="157"/>
+      <c r="F49" s="157"/>
+      <c r="G49" s="157"/>
+      <c r="H49" s="157"/>
+      <c r="I49" s="157"/>
+      <c r="J49" s="161"/>
+      <c r="K49" s="163"/>
+      <c r="L49" s="159"/>
+      <c r="M49" s="91"/>
+      <c r="N49" s="91"/>
+      <c r="O49" s="91"/>
+      <c r="P49" s="157"/>
+      <c r="Q49" s="157"/>
+      <c r="R49" s="159"/>
       <c r="S49" s="31"/>
       <c r="T49" s="31"/>
       <c r="U49" s="31"/>
       <c r="V49" s="31"/>
       <c r="W49" s="31"/>
       <c r="X49" s="31"/>
       <c r="Y49" s="31"/>
       <c r="Z49" s="35"/>
       <c r="AA49" s="35"/>
       <c r="AB49" s="32"/>
       <c r="AC49" s="32"/>
       <c r="AD49" s="32"/>
     </row>
-    <row r="50" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L50" s="151"/>
+    <row r="50" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="168"/>
+      <c r="B50" s="168"/>
+      <c r="C50" s="170"/>
+      <c r="D50" s="158"/>
+      <c r="E50" s="158"/>
+      <c r="F50" s="158"/>
+      <c r="G50" s="158"/>
+      <c r="H50" s="158"/>
+      <c r="I50" s="158"/>
+      <c r="J50" s="162"/>
+      <c r="K50" s="164"/>
+      <c r="L50" s="160"/>
       <c r="M50" s="33">
         <f>IF(AND(D49=$D$11,E49=$S$11),M49*$U$11,IF(AND(D49=$D$11,E49=$S$12),M49*$U$12,IF(AND(D49=$D$11,E49=$S$13),M49*$U$13,IF(AND(D49=$D$11,E49=$S$14),M49*$U$14,IF(AND(D49=$D$11,E49=$S$15),M49*$U$15,IF(AND(D49=$D$11,E49=$S$16),M49*$U$16,IF(AND(D49=$D$12,E49=$S$11),M49*$W$11,IF(AND(D49=$D$12,E49=$S$12),M49*$W$12,IF(AND(D49=$D$12,E49=$S$13),M49*$W$13,IF(AND(D49=$D$12,E49=$S$14),M49*$W$14,IF(AND(D49=$D$12,E49=$S$15),M49*$W$15,IF(AND(D49=$D$12,E49=$S$16),M49*$W$16,IF(AND(D49=$D$13,E49=$S$11),M49*$Y$11,IF(AND(D49=$D$13,E49=$S$12),M49*$Y$12,IF(AND(D49=$D$13,E49=$S$13),M49*$Y$13,IF(AND(D49=$D$13,E49=$S$14),M49*$Y$14,IF(AND(D49=$D$13,E49=$S$15),M49*$Y$15,IF(AND(D49=$D$13,E49=$S$16),M49*$Y$16,IF(AND(D49=$D$14,E49=$S$11),M49*$AA$11,IF(AND(D49=$D$14,E49=$S$12),M49*$AA$12,IF(AND(D49=$D$14,E49=$S$13),M49*$AA$13,IF(AND(D49=$D$14,E49=$S$14),M49*$AA$14,IF(AND(D49=$D$14,E49=$S$15),M49*$AA$15,IF(AND(D49=$D$14,E49=$S$16),M49*$AA$16,IF(AND(D49=$D$15,E49=$S$11),M49*$AC$11,IF(AND(D49=$D$15,E49=$S$12),M49*$AC$12,IF(AND(D49=$D$15,E49=$S$13),M49*$AC$13,IF(AND(D49=$D$15,E49=$S$14),M49*$AC$14,IF(AND(D49=$D$15,E49=$S$15),M49*$AC$15,IF(AND(D49=$D$15,E49=$S$16),M49*$AC$16,IF(AND(D49=$D$16,E49=$S$11),M49*$AE$11,IF(AND(D49=$D$16,E49=$S$12),M49*$AE$12,IF(AND(D49=$D$16,E49=$S$13),M49*$AE$13,IF(AND(D49=$D$16,E49=$S$14),M49*$AE$14,IF(AND(D49=$D$16,E49=$S$15),M49*$AE$15,IF(AND(D49=$D$16,E49=$S$16),M49*$AE$16,IF(AND(D49=$D$17,E49=$S$11),M49*$AG$11,IF(AND(D49=$D$17,E49=$S$12),M49*$AG$12,IF(AND(D49=$D$17,E49=$S$13),M49*$AG$13,IF(AND(D49=$D$17,E49=$S$14),M49*$AG$14,IF(AND(D49=$D$17,E49=$S$15),M49*$AG$15,IF(AND(D49=$D$17,E49=$S$16),M49*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N50" s="34">
         <f>IF(AND(D49=$D$11,E49=$S$11),N49*$U$11*K49,IF(AND(D49=$D$11,E49=$S$12),N49*$U$12*K49,IF(AND(D49=$D$11,E49=$S$13),N49*$U$13*K49,IF(AND(D49=$D$11,E49=$S$14),N49*$U$14*K49,IF(AND(D49=$D$11,E49=$S$15),N49*$U$15*K49,IF(AND(D49=$D$11,E49=$S$16),N49*$U$16*K49,IF(AND(D49=$D$12,E49=$S$11),N49*$W$11*K49,IF(AND(D49=$D$12,E49=$S$12),N49*$W$12*K49,IF(AND(D49=$D$12,E49=$S$13),N49*$W$13*K49,IF(AND(D49=$D$12,E49=$S$14),N49*$W$14*K49,IF(AND(D49=$D$12,E49=$S$15),N49*$W$15*K49,IF(AND(D49=$D$12,E49=$S$16),N49*$W$16*K49,IF(AND(D49=$D$13,E49=$S$11),N49*$Y$11*K49,IF(AND(D49=$D$13,E49=$S$12),N49*$Y$12*K49,IF(AND(D49=$D$13,E49=$S$13),N49*$Y$13*K49,IF(AND(D49=$D$13,E49=$S$14),N49*$Y$14*K49,IF(AND(D49=$D$13,E49=$S$15),N49*$Y$15*K49,IF(AND(D49=$D$13,E49=$S$16),N49*$Y$16*K49,IF(AND(D49=$D$14,E49=$S$11),N49*$AA$11*K49,IF(AND(D49=$D$14,E49=$S$12),N49*$AA$12*K49,IF(AND(D49=$D$14,E49=$S$13),N49*$AA$13*K49,IF(AND(D49=$D$14,E49=$S$14),N49*$AA$14*K49,IF(AND(D49=$D$14,E49=$S$15),N49*$AA$15*K49,IF(AND(D49=$D$14,E49=$S$16),N49*$AA$16*K49,IF(AND(D49=$D$15,E49=$S$11),N49*$AC$11*K49,IF(AND(D49=$D$15,E49=$S$12),N49*$AC$12*K49,IF(AND(D49=$D$15,E49=$S$13),N49*$AC$13*K49,IF(AND(D49=$D$15,E49=$S$14),N49*$AC$14*K49,IF(AND(D49=$DE1049=$S$15),N49*$AC$15*K49,IF(AND(D49=$D$15,E49=$S$16),N49*$AC$16*K49,IF(AND(D49=$D$16,E49=$S$11),N49*$AE$11*K49,IF(AND(D49=$D$16,E49=$S$12),N49*$AE$12*K49,IF(AND(D49=$D$16,E49=$S$13),N49*$AE$13*K49,IF(AND(D49=$D$16,E49=$S$14),N49*$AE$14*K49,IF(AND(D49=$D$16,E49=$S$15),N49*$AE$15*K49,IF(AND(D49=$D$16,E49=$S$16),N49*$AE$16*K49,IF(AND(D49=$D$17,E49=$S$11),N49*$AG$11*K49,IF(AND(D49=$D$17,E49=$S$12),N49*$AG$12*K49,IF(AND(D49=$D$17,E49=$S$13),N49*$AG$13*K49,IF(AND(D49=$D$17,E49=$S$14),N49*$AG$14*K49,IF(AND(D49=$D$17,E49=$S$15),N49*$AG$15*K49,IF(AND(D49=$D$17,E49=$S$16),N49*$AG$16*K49,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O50" s="58">
+      <c r="O50" s="57">
         <f>IF(AND(D49=$D$11,E49=$S$11),O49*$U$11*K49,IF(AND(D49=$D$11,E49=$S$12),O49*$U$12*K49,IF(AND(D49=$D$11,E49=$S$13),O49*$U$13*K49,IF(AND(D49=$D$11,E49=$S$14),O49*$U$14*K49,IF(AND(D49=$D$11,E49=$S$15),O49*$U$15*K49,IF(AND(D49=$D$11,E49=$S$16),O49*$U$16*K49,IF(AND(D49=$D$12,E49=$S$11),O49*$W$11*K49,IF(AND(D49=$D$12,E49=$S$12),O49*$W$12*K49,IF(AND(D49=$D$12,E49=$S$13),O49*$W$13*K49,IF(AND(D49=$D$12,E49=$S$14),O49*$W$14*K49,IF(AND(D49=$D$12,E49=$S$15),O49*$W$15*K49,IF(AND(D49=$D$12,E49=$S$16),O49*$W$16*K49,IF(AND(D49=$D$13,E49=$S$11),O49*$Y$11*K49,IF(AND(D49=$D$13,E49=$S$12),O49*$Y$12*K49,IF(AND(D49=$D$13,E49=$S$13),O49*$Y$13*K49,IF(AND(D49=$D$13,E49=$S$14),O49*$Y$14*K49,IF(AND(D49=$D$13,E49=$S$15),O49*$Y$15*K49,IF(AND(D49=$D$13,E49=$S$16),O49*$Y$16*K49,IF(AND(D49=$D$14,E49=$S$11),O49*$AA$11*K49,IF(AND(D49=$D$14,E49=$S$12),O49*$AA$12*K49,IF(AND(D49=$D$14,E49=$S$13),O49*$AA$13*K49,IF(AND(D49=$D$14,E49=$S$14),O49*$AA$14*K49,IF(AND(D49=$D$14,E49=$S$15),O49*$AA$15*K49,IF(AND(D49=$D$14,E49=$S$16),O49*$AA$16*K49,IF(AND(D49=$D$15,E49=$S$11),O49*$AC$11*K49,IF(AND(D49=$D$15,E49=$S$12),O49*$AC$12*K49,IF(AND(D49=$D$15,E49=$S$13),O49*$AC$13*K49,IF(AND(D49=$D$15,E49=$S$14),O49*$AC$14*K49,IF(AND(D49=$DE1049=$S$15),O49*$AC$15*K49,IF(AND(D49=$D$15,E49=$S$16),O49*$AC$16*K49,IF(AND(D49=$D$16,E49=$S$11),O49*$AE$11*K49,IF(AND(D49=$D$16,E49=$S$12),O49*$AE$12*K49,IF(AND(D49=$D$16,E49=$S$13),O49*$AE$13*K49,IF(AND(D49=$D$16,E49=$S$14),O49*$AE$14*K49,IF(AND(D49=$D$16,E49=$S$15),O49*$AE$15*K49,IF(AND(D49=$D$16,E49=$S$16),O49*$AE$16*K49,IF(AND(D49=$D$17,E49=$S$11),O49*$AG$11*K49,IF(AND(D49=$D$17,E49=$S$12),O49*$AG$12*K49,IF(AND(D49=$D$17,E49=$S$13),O49*$AG$13*K49,IF(AND(D49=$D$17,E49=$S$14),O49*$AG$14*K49,IF(AND(D49=$D$17,E49=$S$15),O49*$AG$15*K49,IF(AND(D49=$D$17,E49=$S$16),O49*$AG$16*K49,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P50" s="149"/>
-[...1 lines deleted...]
-      <c r="R50" s="151"/>
+      <c r="P50" s="158"/>
+      <c r="Q50" s="158"/>
+      <c r="R50" s="160"/>
       <c r="S50" s="31"/>
       <c r="T50" s="31"/>
       <c r="U50" s="31"/>
       <c r="V50" s="31"/>
       <c r="W50" s="31"/>
       <c r="X50" s="31"/>
       <c r="Y50" s="31"/>
       <c r="Z50" s="36"/>
       <c r="AA50" s="36"/>
       <c r="AB50" s="32"/>
       <c r="AC50" s="32"/>
       <c r="AD50" s="32"/>
     </row>
-    <row r="51" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A51" s="158">
+    <row r="51" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A51" s="167">
         <v>7</v>
       </c>
-      <c r="B51" s="158"/>
-[...15 lines deleted...]
-      <c r="R51" s="150"/>
+      <c r="B51" s="167"/>
+      <c r="C51" s="169"/>
+      <c r="D51" s="157"/>
+      <c r="E51" s="157"/>
+      <c r="F51" s="157"/>
+      <c r="G51" s="157"/>
+      <c r="H51" s="157"/>
+      <c r="I51" s="157"/>
+      <c r="J51" s="161"/>
+      <c r="K51" s="163"/>
+      <c r="L51" s="159"/>
+      <c r="M51" s="91"/>
+      <c r="N51" s="91"/>
+      <c r="O51" s="91"/>
+      <c r="P51" s="157"/>
+      <c r="Q51" s="157"/>
+      <c r="R51" s="159"/>
       <c r="S51" s="31"/>
       <c r="T51" s="31"/>
       <c r="U51" s="31"/>
       <c r="V51" s="31"/>
       <c r="W51" s="31"/>
       <c r="X51" s="31"/>
       <c r="Y51" s="31"/>
       <c r="Z51" s="35"/>
       <c r="AA51" s="35"/>
       <c r="AB51" s="32"/>
       <c r="AC51" s="32"/>
       <c r="AD51" s="32"/>
     </row>
-    <row r="52" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L52" s="151"/>
+    <row r="52" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="168"/>
+      <c r="B52" s="168"/>
+      <c r="C52" s="170"/>
+      <c r="D52" s="158"/>
+      <c r="E52" s="158"/>
+      <c r="F52" s="158"/>
+      <c r="G52" s="158"/>
+      <c r="H52" s="158"/>
+      <c r="I52" s="158"/>
+      <c r="J52" s="162"/>
+      <c r="K52" s="164"/>
+      <c r="L52" s="160"/>
       <c r="M52" s="33">
         <f>IF(AND(D51=$D$11,E51=$S$11),M51*$U$11,IF(AND(D51=$D$11,E51=$S$12),M51*$U$12,IF(AND(D51=$D$11,E51=$S$13),M51*$U$13,IF(AND(D51=$D$11,E51=$S$14),M51*$U$14,IF(AND(D51=$D$11,E51=$S$15),M51*$U$15,IF(AND(D51=$D$11,E51=$S$16),M51*$U$16,IF(AND(D51=$D$12,E51=$S$11),M51*$W$11,IF(AND(D51=$D$12,E51=$S$12),M51*$W$12,IF(AND(D51=$D$12,E51=$S$13),M51*$W$13,IF(AND(D51=$D$12,E51=$S$14),M51*$W$14,IF(AND(D51=$D$12,E51=$S$15),M51*$W$15,IF(AND(D51=$D$12,E51=$S$16),M51*$W$16,IF(AND(D51=$D$13,E51=$S$11),M51*$Y$11,IF(AND(D51=$D$13,E51=$S$12),M51*$Y$12,IF(AND(D51=$D$13,E51=$S$13),M51*$Y$13,IF(AND(D51=$D$13,E51=$S$14),M51*$Y$14,IF(AND(D51=$D$13,E51=$S$15),M51*$Y$15,IF(AND(D51=$D$13,E51=$S$16),M51*$Y$16,IF(AND(D51=$D$14,E51=$S$11),M51*$AA$11,IF(AND(D51=$D$14,E51=$S$12),M51*$AA$12,IF(AND(D51=$D$14,E51=$S$13),M51*$AA$13,IF(AND(D51=$D$14,E51=$S$14),M51*$AA$14,IF(AND(D51=$D$14,E51=$S$15),M51*$AA$15,IF(AND(D51=$D$14,E51=$S$16),M51*$AA$16,IF(AND(D51=$D$15,E51=$S$11),M51*$AC$11,IF(AND(D51=$D$15,E51=$S$12),M51*$AC$12,IF(AND(D51=$D$15,E51=$S$13),M51*$AC$13,IF(AND(D51=$D$15,E51=$S$14),M51*$AC$14,IF(AND(D51=$D$15,E51=$S$15),M51*$AC$15,IF(AND(D51=$D$15,E51=$S$16),M51*$AC$16,IF(AND(D51=$D$16,E51=$S$11),M51*$AE$11,IF(AND(D51=$D$16,E51=$S$12),M51*$AE$12,IF(AND(D51=$D$16,E51=$S$13),M51*$AE$13,IF(AND(D51=$D$16,E51=$S$14),M51*$AE$14,IF(AND(D51=$D$16,E51=$S$15),M51*$AE$15,IF(AND(D51=$D$16,E51=$S$16),M51*$AE$16,IF(AND(D51=$D$17,E51=$S$11),M51*$AG$11,IF(AND(D51=$D$17,E51=$S$12),M51*$AG$12,IF(AND(D51=$D$17,E51=$S$13),M51*$AG$13,IF(AND(D51=$D$17,E51=$S$14),M51*$AG$14,IF(AND(D51=$D$17,E51=$S$15),M51*$AG$15,IF(AND(D51=$D$17,E51=$S$16),M51*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N52" s="34">
         <f>IF(AND(D51=$D$11,E51=$S$11),N51*$U$11*K51,IF(AND(D51=$D$11,E51=$S$12),N51*$U$12*K51,IF(AND(D51=$D$11,E51=$S$13),N51*$U$13*K51,IF(AND(D51=$D$11,E51=$S$14),N51*$U$14*K51,IF(AND(D51=$D$11,E51=$S$15),N51*$U$15*K51,IF(AND(D51=$D$11,E51=$S$16),N51*$U$16*K51,IF(AND(D51=$D$12,E51=$S$11),N51*$W$11*K51,IF(AND(D51=$D$12,E51=$S$12),N51*$W$12*K51,IF(AND(D51=$D$12,E51=$S$13),N51*$W$13*K51,IF(AND(D51=$D$12,E51=$S$14),N51*$W$14*K51,IF(AND(D51=$D$12,E51=$S$15),N51*$W$15*K51,IF(AND(D51=$D$12,E51=$S$16),N51*$W$16*K51,IF(AND(D51=$D$13,E51=$S$11),N51*$Y$11*K51,IF(AND(D51=$D$13,E51=$S$12),N51*$Y$12*K51,IF(AND(D51=$D$13,E51=$S$13),N51*$Y$13*K51,IF(AND(D51=$D$13,E51=$S$14),N51*$Y$14*K51,IF(AND(D51=$D$13,E51=$S$15),N51*$Y$15*K51,IF(AND(D51=$D$13,E51=$S$16),N51*$Y$16*K51,IF(AND(D51=$D$14,E51=$S$11),N51*$AA$11*K51,IF(AND(D51=$D$14,E51=$S$12),N51*$AA$12*K51,IF(AND(D51=$D$14,E51=$S$13),N51*$AA$13*K51,IF(AND(D51=$D$14,E51=$S$14),N51*$AA$14*K51,IF(AND(D51=$D$14,E51=$S$15),N51*$AA$15*K51,IF(AND(D51=$D$14,E51=$S$16),N51*$AA$16*K51,IF(AND(D51=$D$15,E51=$S$11),N51*$AC$11*K51,IF(AND(D51=$D$15,E51=$S$12),N51*$AC$12*K51,IF(AND(D51=$D$15,E51=$S$13),N51*$AC$13*K51,IF(AND(D51=$D$15,E51=$S$14),N51*$AC$14*K51,IF(AND(D51=$DE1051=$S$15),N51*$AC$15*K51,IF(AND(D51=$D$15,E51=$S$16),N51*$AC$16*K51,IF(AND(D51=$D$16,E51=$S$11),N51*$AE$11*K51,IF(AND(D51=$D$16,E51=$S$12),N51*$AE$12*K51,IF(AND(D51=$D$16,E51=$S$13),N51*$AE$13*K51,IF(AND(D51=$D$16,E51=$S$14),N51*$AE$14*K51,IF(AND(D51=$D$16,E51=$S$15),N51*$AE$15*K51,IF(AND(D51=$D$16,E51=$S$16),N51*$AE$16*K51,IF(AND(D51=$D$17,E51=$S$11),N51*$AG$11*K51,IF(AND(D51=$D$17,E51=$S$12),N51*$AG$12*K51,IF(AND(D51=$D$17,E51=$S$13),N51*$AG$13*K51,IF(AND(D51=$D$17,E51=$S$14),N51*$AG$14*K51,IF(AND(D51=$D$17,E51=$S$15),N51*$AG$15*K51,IF(AND(D51=$D$17,E51=$S$16),N51*$AG$16*K51,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O52" s="58">
+      <c r="O52" s="57">
         <f>IF(AND(D51=$D$11,E51=$S$11),O51*$U$11*K51,IF(AND(D51=$D$11,E51=$S$12),O51*$U$12*K51,IF(AND(D51=$D$11,E51=$S$13),O51*$U$13*K51,IF(AND(D51=$D$11,E51=$S$14),O51*$U$14*K51,IF(AND(D51=$D$11,E51=$S$15),O51*$U$15*K51,IF(AND(D51=$D$11,E51=$S$16),O51*$U$16*K51,IF(AND(D51=$D$12,E51=$S$11),O51*$W$11*K51,IF(AND(D51=$D$12,E51=$S$12),O51*$W$12*K51,IF(AND(D51=$D$12,E51=$S$13),O51*$W$13*K51,IF(AND(D51=$D$12,E51=$S$14),O51*$W$14*K51,IF(AND(D51=$D$12,E51=$S$15),O51*$W$15*K51,IF(AND(D51=$D$12,E51=$S$16),O51*$W$16*K51,IF(AND(D51=$D$13,E51=$S$11),O51*$Y$11*K51,IF(AND(D51=$D$13,E51=$S$12),O51*$Y$12*K51,IF(AND(D51=$D$13,E51=$S$13),O51*$Y$13*K51,IF(AND(D51=$D$13,E51=$S$14),O51*$Y$14*K51,IF(AND(D51=$D$13,E51=$S$15),O51*$Y$15*K51,IF(AND(D51=$D$13,E51=$S$16),O51*$Y$16*K51,IF(AND(D51=$D$14,E51=$S$11),O51*$AA$11*K51,IF(AND(D51=$D$14,E51=$S$12),O51*$AA$12*K51,IF(AND(D51=$D$14,E51=$S$13),O51*$AA$13*K51,IF(AND(D51=$D$14,E51=$S$14),O51*$AA$14*K51,IF(AND(D51=$D$14,E51=$S$15),O51*$AA$15*K51,IF(AND(D51=$D$14,E51=$S$16),O51*$AA$16*K51,IF(AND(D51=$D$15,E51=$S$11),O51*$AC$11*K51,IF(AND(D51=$D$15,E51=$S$12),O51*$AC$12*K51,IF(AND(D51=$D$15,E51=$S$13),O51*$AC$13*K51,IF(AND(D51=$D$15,E51=$S$14),O51*$AC$14*K51,IF(AND(D51=$DE1051=$S$15),O51*$AC$15*K51,IF(AND(D51=$D$15,E51=$S$16),O51*$AC$16*K51,IF(AND(D51=$D$16,E51=$S$11),O51*$AE$11*K51,IF(AND(D51=$D$16,E51=$S$12),O51*$AE$12*K51,IF(AND(D51=$D$16,E51=$S$13),O51*$AE$13*K51,IF(AND(D51=$D$16,E51=$S$14),O51*$AE$14*K51,IF(AND(D51=$D$16,E51=$S$15),O51*$AE$15*K51,IF(AND(D51=$D$16,E51=$S$16),O51*$AE$16*K51,IF(AND(D51=$D$17,E51=$S$11),O51*$AG$11*K51,IF(AND(D51=$D$17,E51=$S$12),O51*$AG$12*K51,IF(AND(D51=$D$17,E51=$S$13),O51*$AG$13*K51,IF(AND(D51=$D$17,E51=$S$14),O51*$AG$14*K51,IF(AND(D51=$D$17,E51=$S$15),O51*$AG$15*K51,IF(AND(D51=$D$17,E51=$S$16),O51*$AG$16*K51,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P52" s="149"/>
-[...1 lines deleted...]
-      <c r="R52" s="151"/>
+      <c r="P52" s="158"/>
+      <c r="Q52" s="158"/>
+      <c r="R52" s="160"/>
       <c r="S52" s="31"/>
       <c r="T52" s="31"/>
       <c r="U52" s="31"/>
       <c r="V52" s="31"/>
       <c r="W52" s="31"/>
       <c r="X52" s="31"/>
       <c r="Y52" s="31"/>
       <c r="Z52" s="36"/>
       <c r="AA52" s="36"/>
       <c r="AB52" s="32"/>
       <c r="AC52" s="32"/>
       <c r="AD52" s="32"/>
     </row>
-    <row r="53" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A53" s="158">
+    <row r="53" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A53" s="167">
         <v>8</v>
       </c>
-      <c r="B53" s="158"/>
-[...15 lines deleted...]
-      <c r="R53" s="150"/>
+      <c r="B53" s="167"/>
+      <c r="C53" s="169"/>
+      <c r="D53" s="157"/>
+      <c r="E53" s="157"/>
+      <c r="F53" s="157"/>
+      <c r="G53" s="157"/>
+      <c r="H53" s="157"/>
+      <c r="I53" s="157"/>
+      <c r="J53" s="161"/>
+      <c r="K53" s="163"/>
+      <c r="L53" s="159"/>
+      <c r="M53" s="91"/>
+      <c r="N53" s="91"/>
+      <c r="O53" s="91"/>
+      <c r="P53" s="157"/>
+      <c r="Q53" s="157"/>
+      <c r="R53" s="159"/>
       <c r="S53" s="31"/>
       <c r="T53" s="31"/>
       <c r="U53" s="31"/>
       <c r="V53" s="31"/>
       <c r="W53" s="31"/>
       <c r="X53" s="31"/>
       <c r="Y53" s="31"/>
       <c r="Z53" s="35"/>
       <c r="AA53" s="35"/>
       <c r="AB53" s="32"/>
       <c r="AC53" s="32"/>
       <c r="AD53" s="32"/>
     </row>
-    <row r="54" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L54" s="151"/>
+    <row r="54" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="168"/>
+      <c r="B54" s="168"/>
+      <c r="C54" s="170"/>
+      <c r="D54" s="158"/>
+      <c r="E54" s="158"/>
+      <c r="F54" s="158"/>
+      <c r="G54" s="158"/>
+      <c r="H54" s="158"/>
+      <c r="I54" s="158"/>
+      <c r="J54" s="162"/>
+      <c r="K54" s="164"/>
+      <c r="L54" s="160"/>
       <c r="M54" s="33">
         <f>IF(AND(D53=$D$11,E53=$S$11),M53*$U$11,IF(AND(D53=$D$11,E53=$S$12),M53*$U$12,IF(AND(D53=$D$11,E53=$S$13),M53*$U$13,IF(AND(D53=$D$11,E53=$S$14),M53*$U$14,IF(AND(D53=$D$11,E53=$S$15),M53*$U$15,IF(AND(D53=$D$11,E53=$S$16),M53*$U$16,IF(AND(D53=$D$12,E53=$S$11),M53*$W$11,IF(AND(D53=$D$12,E53=$S$12),M53*$W$12,IF(AND(D53=$D$12,E53=$S$13),M53*$W$13,IF(AND(D53=$D$12,E53=$S$14),M53*$W$14,IF(AND(D53=$D$12,E53=$S$15),M53*$W$15,IF(AND(D53=$D$12,E53=$S$16),M53*$W$16,IF(AND(D53=$D$13,E53=$S$11),M53*$Y$11,IF(AND(D53=$D$13,E53=$S$12),M53*$Y$12,IF(AND(D53=$D$13,E53=$S$13),M53*$Y$13,IF(AND(D53=$D$13,E53=$S$14),M53*$Y$14,IF(AND(D53=$D$13,E53=$S$15),M53*$Y$15,IF(AND(D53=$D$13,E53=$S$16),M53*$Y$16,IF(AND(D53=$D$14,E53=$S$11),M53*$AA$11,IF(AND(D53=$D$14,E53=$S$12),M53*$AA$12,IF(AND(D53=$D$14,E53=$S$13),M53*$AA$13,IF(AND(D53=$D$14,E53=$S$14),M53*$AA$14,IF(AND(D53=$D$14,E53=$S$15),M53*$AA$15,IF(AND(D53=$D$14,E53=$S$16),M53*$AA$16,IF(AND(D53=$D$15,E53=$S$11),M53*$AC$11,IF(AND(D53=$D$15,E53=$S$12),M53*$AC$12,IF(AND(D53=$D$15,E53=$S$13),M53*$AC$13,IF(AND(D53=$D$15,E53=$S$14),M53*$AC$14,IF(AND(D53=$D$15,E53=$S$15),M53*$AC$15,IF(AND(D53=$D$15,E53=$S$16),M53*$AC$16,IF(AND(D53=$D$16,E53=$S$11),M53*$AE$11,IF(AND(D53=$D$16,E53=$S$12),M53*$AE$12,IF(AND(D53=$D$16,E53=$S$13),M53*$AE$13,IF(AND(D53=$D$16,E53=$S$14),M53*$AE$14,IF(AND(D53=$D$16,E53=$S$15),M53*$AE$15,IF(AND(D53=$D$16,E53=$S$16),M53*$AE$16,IF(AND(D53=$D$17,E53=$S$11),M53*$AG$11,IF(AND(D53=$D$17,E53=$S$12),M53*$AG$12,IF(AND(D53=$D$17,E53=$S$13),M53*$AG$13,IF(AND(D53=$D$17,E53=$S$14),M53*$AG$14,IF(AND(D53=$D$17,E53=$S$15),M53*$AG$15,IF(AND(D53=$D$17,E53=$S$16),M53*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N54" s="34">
         <f>IF(AND(D53=$D$11,E53=$S$11),N53*$U$11*K53,IF(AND(D53=$D$11,E53=$S$12),N53*$U$12*K53,IF(AND(D53=$D$11,E53=$S$13),N53*$U$13*K53,IF(AND(D53=$D$11,E53=$S$14),N53*$U$14*K53,IF(AND(D53=$D$11,E53=$S$15),N53*$U$15*K53,IF(AND(D53=$D$11,E53=$S$16),N53*$U$16*K53,IF(AND(D53=$D$12,E53=$S$11),N53*$W$11*K53,IF(AND(D53=$D$12,E53=$S$12),N53*$W$12*K53,IF(AND(D53=$D$12,E53=$S$13),N53*$W$13*K53,IF(AND(D53=$D$12,E53=$S$14),N53*$W$14*K53,IF(AND(D53=$D$12,E53=$S$15),N53*$W$15*K53,IF(AND(D53=$D$12,E53=$S$16),N53*$W$16*K53,IF(AND(D53=$D$13,E53=$S$11),N53*$Y$11*K53,IF(AND(D53=$D$13,E53=$S$12),N53*$Y$12*K53,IF(AND(D53=$D$13,E53=$S$13),N53*$Y$13*K53,IF(AND(D53=$D$13,E53=$S$14),N53*$Y$14*K53,IF(AND(D53=$D$13,E53=$S$15),N53*$Y$15*K53,IF(AND(D53=$D$13,E53=$S$16),N53*$Y$16*K53,IF(AND(D53=$D$14,E53=$S$11),N53*$AA$11*K53,IF(AND(D53=$D$14,E53=$S$12),N53*$AA$12*K53,IF(AND(D53=$D$14,E53=$S$13),N53*$AA$13*K53,IF(AND(D53=$D$14,E53=$S$14),N53*$AA$14*K53,IF(AND(D53=$D$14,E53=$S$15),N53*$AA$15*K53,IF(AND(D53=$D$14,E53=$S$16),N53*$AA$16*K53,IF(AND(D53=$D$15,E53=$S$11),N53*$AC$11*K53,IF(AND(D53=$D$15,E53=$S$12),N53*$AC$12*K53,IF(AND(D53=$D$15,E53=$S$13),N53*$AC$13*K53,IF(AND(D53=$D$15,E53=$S$14),N53*$AC$14*K53,IF(AND(D53=$DE1053=$S$15),N53*$AC$15*K53,IF(AND(D53=$D$15,E53=$S$16),N53*$AC$16*K53,IF(AND(D53=$D$16,E53=$S$11),N53*$AE$11*K53,IF(AND(D53=$D$16,E53=$S$12),N53*$AE$12*K53,IF(AND(D53=$D$16,E53=$S$13),N53*$AE$13*K53,IF(AND(D53=$D$16,E53=$S$14),N53*$AE$14*K53,IF(AND(D53=$D$16,E53=$S$15),N53*$AE$15*K53,IF(AND(D53=$D$16,E53=$S$16),N53*$AE$16*K53,IF(AND(D53=$D$17,E53=$S$11),N53*$AG$11*K53,IF(AND(D53=$D$17,E53=$S$12),N53*$AG$12*K53,IF(AND(D53=$D$17,E53=$S$13),N53*$AG$13*K53,IF(AND(D53=$D$17,E53=$S$14),N53*$AG$14*K53,IF(AND(D53=$D$17,E53=$S$15),N53*$AG$15*K53,IF(AND(D53=$D$17,E53=$S$16),N53*$AG$16*K53,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O54" s="58">
+      <c r="O54" s="57">
         <f>IF(AND(D53=$D$11,E53=$S$11),O53*$U$11*K53,IF(AND(D53=$D$11,E53=$S$12),O53*$U$12*K53,IF(AND(D53=$D$11,E53=$S$13),O53*$U$13*K53,IF(AND(D53=$D$11,E53=$S$14),O53*$U$14*K53,IF(AND(D53=$D$11,E53=$S$15),O53*$U$15*K53,IF(AND(D53=$D$11,E53=$S$16),O53*$U$16*K53,IF(AND(D53=$D$12,E53=$S$11),O53*$W$11*K53,IF(AND(D53=$D$12,E53=$S$12),O53*$W$12*K53,IF(AND(D53=$D$12,E53=$S$13),O53*$W$13*K53,IF(AND(D53=$D$12,E53=$S$14),O53*$W$14*K53,IF(AND(D53=$D$12,E53=$S$15),O53*$W$15*K53,IF(AND(D53=$D$12,E53=$S$16),O53*$W$16*K53,IF(AND(D53=$D$13,E53=$S$11),O53*$Y$11*K53,IF(AND(D53=$D$13,E53=$S$12),O53*$Y$12*K53,IF(AND(D53=$D$13,E53=$S$13),O53*$Y$13*K53,IF(AND(D53=$D$13,E53=$S$14),O53*$Y$14*K53,IF(AND(D53=$D$13,E53=$S$15),O53*$Y$15*K53,IF(AND(D53=$D$13,E53=$S$16),O53*$Y$16*K53,IF(AND(D53=$D$14,E53=$S$11),O53*$AA$11*K53,IF(AND(D53=$D$14,E53=$S$12),O53*$AA$12*K53,IF(AND(D53=$D$14,E53=$S$13),O53*$AA$13*K53,IF(AND(D53=$D$14,E53=$S$14),O53*$AA$14*K53,IF(AND(D53=$D$14,E53=$S$15),O53*$AA$15*K53,IF(AND(D53=$D$14,E53=$S$16),O53*$AA$16*K53,IF(AND(D53=$D$15,E53=$S$11),O53*$AC$11*K53,IF(AND(D53=$D$15,E53=$S$12),O53*$AC$12*K53,IF(AND(D53=$D$15,E53=$S$13),O53*$AC$13*K53,IF(AND(D53=$D$15,E53=$S$14),O53*$AC$14*K53,IF(AND(D53=$DE1053=$S$15),O53*$AC$15*K53,IF(AND(D53=$D$15,E53=$S$16),O53*$AC$16*K53,IF(AND(D53=$D$16,E53=$S$11),O53*$AE$11*K53,IF(AND(D53=$D$16,E53=$S$12),O53*$AE$12*K53,IF(AND(D53=$D$16,E53=$S$13),O53*$AE$13*K53,IF(AND(D53=$D$16,E53=$S$14),O53*$AE$14*K53,IF(AND(D53=$D$16,E53=$S$15),O53*$AE$15*K53,IF(AND(D53=$D$16,E53=$S$16),O53*$AE$16*K53,IF(AND(D53=$D$17,E53=$S$11),O53*$AG$11*K53,IF(AND(D53=$D$17,E53=$S$12),O53*$AG$12*K53,IF(AND(D53=$D$17,E53=$S$13),O53*$AG$13*K53,IF(AND(D53=$D$17,E53=$S$14),O53*$AG$14*K53,IF(AND(D53=$D$17,E53=$S$15),O53*$AG$15*K53,IF(AND(D53=$D$17,E53=$S$16),O53*$AG$16*K53,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P54" s="149"/>
-[...1 lines deleted...]
-      <c r="R54" s="151"/>
+      <c r="P54" s="158"/>
+      <c r="Q54" s="158"/>
+      <c r="R54" s="160"/>
       <c r="S54" s="31"/>
       <c r="T54" s="31"/>
       <c r="U54" s="31"/>
       <c r="V54" s="31"/>
       <c r="W54" s="31"/>
       <c r="X54" s="31"/>
       <c r="Y54" s="31"/>
       <c r="Z54" s="36"/>
       <c r="AA54" s="36"/>
       <c r="AB54" s="32"/>
       <c r="AC54" s="32"/>
       <c r="AD54" s="32"/>
     </row>
-    <row r="55" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A55" s="158">
+    <row r="55" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A55" s="167">
         <v>9</v>
       </c>
-      <c r="B55" s="158"/>
-[...15 lines deleted...]
-      <c r="R55" s="150"/>
+      <c r="B55" s="167"/>
+      <c r="C55" s="169"/>
+      <c r="D55" s="157"/>
+      <c r="E55" s="157"/>
+      <c r="F55" s="157"/>
+      <c r="G55" s="157"/>
+      <c r="H55" s="157"/>
+      <c r="I55" s="157"/>
+      <c r="J55" s="161"/>
+      <c r="K55" s="163"/>
+      <c r="L55" s="159"/>
+      <c r="M55" s="91"/>
+      <c r="N55" s="91"/>
+      <c r="O55" s="91"/>
+      <c r="P55" s="157"/>
+      <c r="Q55" s="157"/>
+      <c r="R55" s="159"/>
       <c r="S55" s="31"/>
       <c r="T55" s="31"/>
       <c r="U55" s="31"/>
       <c r="V55" s="31"/>
       <c r="W55" s="31"/>
       <c r="X55" s="31"/>
       <c r="Y55" s="31"/>
       <c r="Z55" s="35"/>
       <c r="AA55" s="35"/>
       <c r="AB55" s="32"/>
       <c r="AC55" s="32"/>
       <c r="AD55" s="32"/>
     </row>
-    <row r="56" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L56" s="151"/>
+    <row r="56" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="168"/>
+      <c r="B56" s="168"/>
+      <c r="C56" s="170"/>
+      <c r="D56" s="158"/>
+      <c r="E56" s="158"/>
+      <c r="F56" s="158"/>
+      <c r="G56" s="158"/>
+      <c r="H56" s="158"/>
+      <c r="I56" s="158"/>
+      <c r="J56" s="162"/>
+      <c r="K56" s="164"/>
+      <c r="L56" s="160"/>
       <c r="M56" s="33">
         <f>IF(AND(D55=$D$11,E55=$S$11),M55*$U$11,IF(AND(D55=$D$11,E55=$S$12),M55*$U$12,IF(AND(D55=$D$11,E55=$S$13),M55*$U$13,IF(AND(D55=$D$11,E55=$S$14),M55*$U$14,IF(AND(D55=$D$11,E55=$S$15),M55*$U$15,IF(AND(D55=$D$11,E55=$S$16),M55*$U$16,IF(AND(D55=$D$12,E55=$S$11),M55*$W$11,IF(AND(D55=$D$12,E55=$S$12),M55*$W$12,IF(AND(D55=$D$12,E55=$S$13),M55*$W$13,IF(AND(D55=$D$12,E55=$S$14),M55*$W$14,IF(AND(D55=$D$12,E55=$S$15),M55*$W$15,IF(AND(D55=$D$12,E55=$S$16),M55*$W$16,IF(AND(D55=$D$13,E55=$S$11),M55*$Y$11,IF(AND(D55=$D$13,E55=$S$12),M55*$Y$12,IF(AND(D55=$D$13,E55=$S$13),M55*$Y$13,IF(AND(D55=$D$13,E55=$S$14),M55*$Y$14,IF(AND(D55=$D$13,E55=$S$15),M55*$Y$15,IF(AND(D55=$D$13,E55=$S$16),M55*$Y$16,IF(AND(D55=$D$14,E55=$S$11),M55*$AA$11,IF(AND(D55=$D$14,E55=$S$12),M55*$AA$12,IF(AND(D55=$D$14,E55=$S$13),M55*$AA$13,IF(AND(D55=$D$14,E55=$S$14),M55*$AA$14,IF(AND(D55=$D$14,E55=$S$15),M55*$AA$15,IF(AND(D55=$D$14,E55=$S$16),M55*$AA$16,IF(AND(D55=$D$15,E55=$S$11),M55*$AC$11,IF(AND(D55=$D$15,E55=$S$12),M55*$AC$12,IF(AND(D55=$D$15,E55=$S$13),M55*$AC$13,IF(AND(D55=$D$15,E55=$S$14),M55*$AC$14,IF(AND(D55=$D$15,E55=$S$15),M55*$AC$15,IF(AND(D55=$D$15,E55=$S$16),M55*$AC$16,IF(AND(D55=$D$16,E55=$S$11),M55*$AE$11,IF(AND(D55=$D$16,E55=$S$12),M55*$AE$12,IF(AND(D55=$D$16,E55=$S$13),M55*$AE$13,IF(AND(D55=$D$16,E55=$S$14),M55*$AE$14,IF(AND(D55=$D$16,E55=$S$15),M55*$AE$15,IF(AND(D55=$D$16,E55=$S$16),M55*$AE$16,IF(AND(D55=$D$17,E55=$S$11),M55*$AG$11,IF(AND(D55=$D$17,E55=$S$12),M55*$AG$12,IF(AND(D55=$D$17,E55=$S$13),M55*$AG$13,IF(AND(D55=$D$17,E55=$S$14),M55*$AG$14,IF(AND(D55=$D$17,E55=$S$15),M55*$AG$15,IF(AND(D55=$D$17,E55=$S$16),M55*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N56" s="34">
         <f>IF(AND(D55=$D$11,E55=$S$11),N55*$U$11*K55,IF(AND(D55=$D$11,E55=$S$12),N55*$U$12*K55,IF(AND(D55=$D$11,E55=$S$13),N55*$U$13*K55,IF(AND(D55=$D$11,E55=$S$14),N55*$U$14*K55,IF(AND(D55=$D$11,E55=$S$15),N55*$U$15*K55,IF(AND(D55=$D$11,E55=$S$16),N55*$U$16*K55,IF(AND(D55=$D$12,E55=$S$11),N55*$W$11*K55,IF(AND(D55=$D$12,E55=$S$12),N55*$W$12*K55,IF(AND(D55=$D$12,E55=$S$13),N55*$W$13*K55,IF(AND(D55=$D$12,E55=$S$14),N55*$W$14*K55,IF(AND(D55=$D$12,E55=$S$15),N55*$W$15*K55,IF(AND(D55=$D$12,E55=$S$16),N55*$W$16*K55,IF(AND(D55=$D$13,E55=$S$11),N55*$Y$11*K55,IF(AND(D55=$D$13,E55=$S$12),N55*$Y$12*K55,IF(AND(D55=$D$13,E55=$S$13),N55*$Y$13*K55,IF(AND(D55=$D$13,E55=$S$14),N55*$Y$14*K55,IF(AND(D55=$D$13,E55=$S$15),N55*$Y$15*K55,IF(AND(D55=$D$13,E55=$S$16),N55*$Y$16*K55,IF(AND(D55=$D$14,E55=$S$11),N55*$AA$11*K55,IF(AND(D55=$D$14,E55=$S$12),N55*$AA$12*K55,IF(AND(D55=$D$14,E55=$S$13),N55*$AA$13*K55,IF(AND(D55=$D$14,E55=$S$14),N55*$AA$14*K55,IF(AND(D55=$D$14,E55=$S$15),N55*$AA$15*K55,IF(AND(D55=$D$14,E55=$S$16),N55*$AA$16*K55,IF(AND(D55=$D$15,E55=$S$11),N55*$AC$11*K55,IF(AND(D55=$D$15,E55=$S$12),N55*$AC$12*K55,IF(AND(D55=$D$15,E55=$S$13),N55*$AC$13*K55,IF(AND(D55=$D$15,E55=$S$14),N55*$AC$14*K55,IF(AND(D55=$DE1055=$S$15),N55*$AC$15*K55,IF(AND(D55=$D$15,E55=$S$16),N55*$AC$16*K55,IF(AND(D55=$D$16,E55=$S$11),N55*$AE$11*K55,IF(AND(D55=$D$16,E55=$S$12),N55*$AE$12*K55,IF(AND(D55=$D$16,E55=$S$13),N55*$AE$13*K55,IF(AND(D55=$D$16,E55=$S$14),N55*$AE$14*K55,IF(AND(D55=$D$16,E55=$S$15),N55*$AE$15*K55,IF(AND(D55=$D$16,E55=$S$16),N55*$AE$16*K55,IF(AND(D55=$D$17,E55=$S$11),N55*$AG$11*K55,IF(AND(D55=$D$17,E55=$S$12),N55*$AG$12*K55,IF(AND(D55=$D$17,E55=$S$13),N55*$AG$13*K55,IF(AND(D55=$D$17,E55=$S$14),N55*$AG$14*K55,IF(AND(D55=$D$17,E55=$S$15),N55*$AG$15*K55,IF(AND(D55=$D$17,E55=$S$16),N55*$AG$16*K55,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O56" s="58">
+      <c r="O56" s="57">
         <f>IF(AND(D55=$D$11,E55=$S$11),O55*$U$11*K55,IF(AND(D55=$D$11,E55=$S$12),O55*$U$12*K55,IF(AND(D55=$D$11,E55=$S$13),O55*$U$13*K55,IF(AND(D55=$D$11,E55=$S$14),O55*$U$14*K55,IF(AND(D55=$D$11,E55=$S$15),O55*$U$15*K55,IF(AND(D55=$D$11,E55=$S$16),O55*$U$16*K55,IF(AND(D55=$D$12,E55=$S$11),O55*$W$11*K55,IF(AND(D55=$D$12,E55=$S$12),O55*$W$12*K55,IF(AND(D55=$D$12,E55=$S$13),O55*$W$13*K55,IF(AND(D55=$D$12,E55=$S$14),O55*$W$14*K55,IF(AND(D55=$D$12,E55=$S$15),O55*$W$15*K55,IF(AND(D55=$D$12,E55=$S$16),O55*$W$16*K55,IF(AND(D55=$D$13,E55=$S$11),O55*$Y$11*K55,IF(AND(D55=$D$13,E55=$S$12),O55*$Y$12*K55,IF(AND(D55=$D$13,E55=$S$13),O55*$Y$13*K55,IF(AND(D55=$D$13,E55=$S$14),O55*$Y$14*K55,IF(AND(D55=$D$13,E55=$S$15),O55*$Y$15*K55,IF(AND(D55=$D$13,E55=$S$16),O55*$Y$16*K55,IF(AND(D55=$D$14,E55=$S$11),O55*$AA$11*K55,IF(AND(D55=$D$14,E55=$S$12),O55*$AA$12*K55,IF(AND(D55=$D$14,E55=$S$13),O55*$AA$13*K55,IF(AND(D55=$D$14,E55=$S$14),O55*$AA$14*K55,IF(AND(D55=$D$14,E55=$S$15),O55*$AA$15*K55,IF(AND(D55=$D$14,E55=$S$16),O55*$AA$16*K55,IF(AND(D55=$D$15,E55=$S$11),O55*$AC$11*K55,IF(AND(D55=$D$15,E55=$S$12),O55*$AC$12*K55,IF(AND(D55=$D$15,E55=$S$13),O55*$AC$13*K55,IF(AND(D55=$D$15,E55=$S$14),O55*$AC$14*K55,IF(AND(D55=$DE1055=$S$15),O55*$AC$15*K55,IF(AND(D55=$D$15,E55=$S$16),O55*$AC$16*K55,IF(AND(D55=$D$16,E55=$S$11),O55*$AE$11*K55,IF(AND(D55=$D$16,E55=$S$12),O55*$AE$12*K55,IF(AND(D55=$D$16,E55=$S$13),O55*$AE$13*K55,IF(AND(D55=$D$16,E55=$S$14),O55*$AE$14*K55,IF(AND(D55=$D$16,E55=$S$15),O55*$AE$15*K55,IF(AND(D55=$D$16,E55=$S$16),O55*$AE$16*K55,IF(AND(D55=$D$17,E55=$S$11),O55*$AG$11*K55,IF(AND(D55=$D$17,E55=$S$12),O55*$AG$12*K55,IF(AND(D55=$D$17,E55=$S$13),O55*$AG$13*K55,IF(AND(D55=$D$17,E55=$S$14),O55*$AG$14*K55,IF(AND(D55=$D$17,E55=$S$15),O55*$AG$15*K55,IF(AND(D55=$D$17,E55=$S$16),O55*$AG$16*K55,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P56" s="149"/>
-[...1 lines deleted...]
-      <c r="R56" s="151"/>
+      <c r="P56" s="158"/>
+      <c r="Q56" s="158"/>
+      <c r="R56" s="160"/>
       <c r="S56" s="31"/>
       <c r="T56" s="31"/>
       <c r="U56" s="31"/>
       <c r="V56" s="31"/>
       <c r="W56" s="31"/>
       <c r="X56" s="31"/>
       <c r="Y56" s="31"/>
       <c r="Z56" s="36"/>
       <c r="AA56" s="36"/>
       <c r="AB56" s="32"/>
       <c r="AC56" s="32"/>
       <c r="AD56" s="32"/>
     </row>
-    <row r="57" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A57" s="158">
+    <row r="57" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A57" s="167">
         <v>10</v>
       </c>
-      <c r="B57" s="158"/>
-[...15 lines deleted...]
-      <c r="R57" s="150"/>
+      <c r="B57" s="167"/>
+      <c r="C57" s="169"/>
+      <c r="D57" s="157"/>
+      <c r="E57" s="157"/>
+      <c r="F57" s="157"/>
+      <c r="G57" s="157"/>
+      <c r="H57" s="157"/>
+      <c r="I57" s="157"/>
+      <c r="J57" s="161"/>
+      <c r="K57" s="163"/>
+      <c r="L57" s="159"/>
+      <c r="M57" s="91"/>
+      <c r="N57" s="91"/>
+      <c r="O57" s="91"/>
+      <c r="P57" s="157"/>
+      <c r="Q57" s="157"/>
+      <c r="R57" s="159"/>
       <c r="S57" s="31"/>
       <c r="T57" s="31"/>
       <c r="U57" s="31"/>
       <c r="V57" s="31"/>
       <c r="W57" s="31"/>
       <c r="X57" s="31"/>
       <c r="Y57" s="31"/>
       <c r="Z57" s="35"/>
       <c r="AA57" s="35"/>
       <c r="AB57" s="32"/>
       <c r="AC57" s="32"/>
       <c r="AD57" s="32"/>
     </row>
-    <row r="58" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L58" s="151"/>
+    <row r="58" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="168"/>
+      <c r="B58" s="168"/>
+      <c r="C58" s="170"/>
+      <c r="D58" s="158"/>
+      <c r="E58" s="158"/>
+      <c r="F58" s="158"/>
+      <c r="G58" s="158"/>
+      <c r="H58" s="158"/>
+      <c r="I58" s="158"/>
+      <c r="J58" s="162"/>
+      <c r="K58" s="164"/>
+      <c r="L58" s="160"/>
       <c r="M58" s="33">
         <f>IF(AND(D57=$D$11,E57=$S$11),M57*$U$11,IF(AND(D57=$D$11,E57=$S$12),M57*$U$12,IF(AND(D57=$D$11,E57=$S$13),M57*$U$13,IF(AND(D57=$D$11,E57=$S$14),M57*$U$14,IF(AND(D57=$D$11,E57=$S$15),M57*$U$15,IF(AND(D57=$D$11,E57=$S$16),M57*$U$16,IF(AND(D57=$D$12,E57=$S$11),M57*$W$11,IF(AND(D57=$D$12,E57=$S$12),M57*$W$12,IF(AND(D57=$D$12,E57=$S$13),M57*$W$13,IF(AND(D57=$D$12,E57=$S$14),M57*$W$14,IF(AND(D57=$D$12,E57=$S$15),M57*$W$15,IF(AND(D57=$D$12,E57=$S$16),M57*$W$16,IF(AND(D57=$D$13,E57=$S$11),M57*$Y$11,IF(AND(D57=$D$13,E57=$S$12),M57*$Y$12,IF(AND(D57=$D$13,E57=$S$13),M57*$Y$13,IF(AND(D57=$D$13,E57=$S$14),M57*$Y$14,IF(AND(D57=$D$13,E57=$S$15),M57*$Y$15,IF(AND(D57=$D$13,E57=$S$16),M57*$Y$16,IF(AND(D57=$D$14,E57=$S$11),M57*$AA$11,IF(AND(D57=$D$14,E57=$S$12),M57*$AA$12,IF(AND(D57=$D$14,E57=$S$13),M57*$AA$13,IF(AND(D57=$D$14,E57=$S$14),M57*$AA$14,IF(AND(D57=$D$14,E57=$S$15),M57*$AA$15,IF(AND(D57=$D$14,E57=$S$16),M57*$AA$16,IF(AND(D57=$D$15,E57=$S$11),M57*$AC$11,IF(AND(D57=$D$15,E57=$S$12),M57*$AC$12,IF(AND(D57=$D$15,E57=$S$13),M57*$AC$13,IF(AND(D57=$D$15,E57=$S$14),M57*$AC$14,IF(AND(D57=$D$15,E57=$S$15),M57*$AC$15,IF(AND(D57=$D$15,E57=$S$16),M57*$AC$16,IF(AND(D57=$D$16,E57=$S$11),M57*$AE$11,IF(AND(D57=$D$16,E57=$S$12),M57*$AE$12,IF(AND(D57=$D$16,E57=$S$13),M57*$AE$13,IF(AND(D57=$D$16,E57=$S$14),M57*$AE$14,IF(AND(D57=$D$16,E57=$S$15),M57*$AE$15,IF(AND(D57=$D$16,E57=$S$16),M57*$AE$16,IF(AND(D57=$D$17,E57=$S$11),M57*$AG$11,IF(AND(D57=$D$17,E57=$S$12),M57*$AG$12,IF(AND(D57=$D$17,E57=$S$13),M57*$AG$13,IF(AND(D57=$D$17,E57=$S$14),M57*$AG$14,IF(AND(D57=$D$17,E57=$S$15),M57*$AG$15,IF(AND(D57=$D$17,E57=$S$16),M57*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N58" s="34">
         <f>IF(AND(D57=$D$11,E57=$S$11),N57*$U$11*K57,IF(AND(D57=$D$11,E57=$S$12),N57*$U$12*K57,IF(AND(D57=$D$11,E57=$S$13),N57*$U$13*K57,IF(AND(D57=$D$11,E57=$S$14),N57*$U$14*K57,IF(AND(D57=$D$11,E57=$S$15),N57*$U$15*K57,IF(AND(D57=$D$11,E57=$S$16),N57*$U$16*K57,IF(AND(D57=$D$12,E57=$S$11),N57*$W$11*K57,IF(AND(D57=$D$12,E57=$S$12),N57*$W$12*K57,IF(AND(D57=$D$12,E57=$S$13),N57*$W$13*K57,IF(AND(D57=$D$12,E57=$S$14),N57*$W$14*K57,IF(AND(D57=$D$12,E57=$S$15),N57*$W$15*K57,IF(AND(D57=$D$12,E57=$S$16),N57*$W$16*K57,IF(AND(D57=$D$13,E57=$S$11),N57*$Y$11*K57,IF(AND(D57=$D$13,E57=$S$12),N57*$Y$12*K57,IF(AND(D57=$D$13,E57=$S$13),N57*$Y$13*K57,IF(AND(D57=$D$13,E57=$S$14),N57*$Y$14*K57,IF(AND(D57=$D$13,E57=$S$15),N57*$Y$15*K57,IF(AND(D57=$D$13,E57=$S$16),N57*$Y$16*K57,IF(AND(D57=$D$14,E57=$S$11),N57*$AA$11*K57,IF(AND(D57=$D$14,E57=$S$12),N57*$AA$12*K57,IF(AND(D57=$D$14,E57=$S$13),N57*$AA$13*K57,IF(AND(D57=$D$14,E57=$S$14),N57*$AA$14*K57,IF(AND(D57=$D$14,E57=$S$15),N57*$AA$15*K57,IF(AND(D57=$D$14,E57=$S$16),N57*$AA$16*K57,IF(AND(D57=$D$15,E57=$S$11),N57*$AC$11*K57,IF(AND(D57=$D$15,E57=$S$12),N57*$AC$12*K57,IF(AND(D57=$D$15,E57=$S$13),N57*$AC$13*K57,IF(AND(D57=$D$15,E57=$S$14),N57*$AC$14*K57,IF(AND(D57=$DE1057=$S$15),N57*$AC$15*K57,IF(AND(D57=$D$15,E57=$S$16),N57*$AC$16*K57,IF(AND(D57=$D$16,E57=$S$11),N57*$AE$11*K57,IF(AND(D57=$D$16,E57=$S$12),N57*$AE$12*K57,IF(AND(D57=$D$16,E57=$S$13),N57*$AE$13*K57,IF(AND(D57=$D$16,E57=$S$14),N57*$AE$14*K57,IF(AND(D57=$D$16,E57=$S$15),N57*$AE$15*K57,IF(AND(D57=$D$16,E57=$S$16),N57*$AE$16*K57,IF(AND(D57=$D$17,E57=$S$11),N57*$AG$11*K57,IF(AND(D57=$D$17,E57=$S$12),N57*$AG$12*K57,IF(AND(D57=$D$17,E57=$S$13),N57*$AG$13*K57,IF(AND(D57=$D$17,E57=$S$14),N57*$AG$14*K57,IF(AND(D57=$D$17,E57=$S$15),N57*$AG$15*K57,IF(AND(D57=$D$17,E57=$S$16),N57*$AG$16*K57,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O58" s="58">
+      <c r="O58" s="57">
         <f>IF(AND(D57=$D$11,E57=$S$11),O57*$U$11*K57,IF(AND(D57=$D$11,E57=$S$12),O57*$U$12*K57,IF(AND(D57=$D$11,E57=$S$13),O57*$U$13*K57,IF(AND(D57=$D$11,E57=$S$14),O57*$U$14*K57,IF(AND(D57=$D$11,E57=$S$15),O57*$U$15*K57,IF(AND(D57=$D$11,E57=$S$16),O57*$U$16*K57,IF(AND(D57=$D$12,E57=$S$11),O57*$W$11*K57,IF(AND(D57=$D$12,E57=$S$12),O57*$W$12*K57,IF(AND(D57=$D$12,E57=$S$13),O57*$W$13*K57,IF(AND(D57=$D$12,E57=$S$14),O57*$W$14*K57,IF(AND(D57=$D$12,E57=$S$15),O57*$W$15*K57,IF(AND(D57=$D$12,E57=$S$16),O57*$W$16*K57,IF(AND(D57=$D$13,E57=$S$11),O57*$Y$11*K57,IF(AND(D57=$D$13,E57=$S$12),O57*$Y$12*K57,IF(AND(D57=$D$13,E57=$S$13),O57*$Y$13*K57,IF(AND(D57=$D$13,E57=$S$14),O57*$Y$14*K57,IF(AND(D57=$D$13,E57=$S$15),O57*$Y$15*K57,IF(AND(D57=$D$13,E57=$S$16),O57*$Y$16*K57,IF(AND(D57=$D$14,E57=$S$11),O57*$AA$11*K57,IF(AND(D57=$D$14,E57=$S$12),O57*$AA$12*K57,IF(AND(D57=$D$14,E57=$S$13),O57*$AA$13*K57,IF(AND(D57=$D$14,E57=$S$14),O57*$AA$14*K57,IF(AND(D57=$D$14,E57=$S$15),O57*$AA$15*K57,IF(AND(D57=$D$14,E57=$S$16),O57*$AA$16*K57,IF(AND(D57=$D$15,E57=$S$11),O57*$AC$11*K57,IF(AND(D57=$D$15,E57=$S$12),O57*$AC$12*K57,IF(AND(D57=$D$15,E57=$S$13),O57*$AC$13*K57,IF(AND(D57=$D$15,E57=$S$14),O57*$AC$14*K57,IF(AND(D57=$DE1057=$S$15),O57*$AC$15*K57,IF(AND(D57=$D$15,E57=$S$16),O57*$AC$16*K57,IF(AND(D57=$D$16,E57=$S$11),O57*$AE$11*K57,IF(AND(D57=$D$16,E57=$S$12),O57*$AE$12*K57,IF(AND(D57=$D$16,E57=$S$13),O57*$AE$13*K57,IF(AND(D57=$D$16,E57=$S$14),O57*$AE$14*K57,IF(AND(D57=$D$16,E57=$S$15),O57*$AE$15*K57,IF(AND(D57=$D$16,E57=$S$16),O57*$AE$16*K57,IF(AND(D57=$D$17,E57=$S$11),O57*$AG$11*K57,IF(AND(D57=$D$17,E57=$S$12),O57*$AG$12*K57,IF(AND(D57=$D$17,E57=$S$13),O57*$AG$13*K57,IF(AND(D57=$D$17,E57=$S$14),O57*$AG$14*K57,IF(AND(D57=$D$17,E57=$S$15),O57*$AG$15*K57,IF(AND(D57=$D$17,E57=$S$16),O57*$AG$16*K57,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P58" s="149"/>
-[...1 lines deleted...]
-      <c r="R58" s="151"/>
+      <c r="P58" s="158"/>
+      <c r="Q58" s="158"/>
+      <c r="R58" s="160"/>
       <c r="S58" s="31"/>
       <c r="T58" s="31"/>
       <c r="U58" s="31"/>
       <c r="V58" s="31"/>
       <c r="W58" s="31"/>
       <c r="X58" s="31"/>
       <c r="Y58" s="31"/>
       <c r="Z58" s="36"/>
       <c r="AA58" s="36"/>
       <c r="AB58" s="32"/>
       <c r="AC58" s="32"/>
       <c r="AD58" s="32"/>
     </row>
-    <row r="59" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A59" s="158">
+    <row r="59" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A59" s="167">
         <v>11</v>
       </c>
-      <c r="B59" s="158"/>
-[...15 lines deleted...]
-      <c r="R59" s="150"/>
+      <c r="B59" s="167"/>
+      <c r="C59" s="169"/>
+      <c r="D59" s="157"/>
+      <c r="E59" s="157"/>
+      <c r="F59" s="157"/>
+      <c r="G59" s="157"/>
+      <c r="H59" s="157"/>
+      <c r="I59" s="157"/>
+      <c r="J59" s="161"/>
+      <c r="K59" s="163"/>
+      <c r="L59" s="159"/>
+      <c r="M59" s="91"/>
+      <c r="N59" s="91"/>
+      <c r="O59" s="91"/>
+      <c r="P59" s="157"/>
+      <c r="Q59" s="157"/>
+      <c r="R59" s="159"/>
       <c r="S59" s="31"/>
       <c r="T59" s="31"/>
       <c r="U59" s="31"/>
       <c r="V59" s="31"/>
       <c r="W59" s="31"/>
       <c r="X59" s="31"/>
       <c r="Y59" s="31"/>
       <c r="Z59" s="35"/>
       <c r="AA59" s="35"/>
       <c r="AB59" s="32"/>
       <c r="AC59" s="32"/>
       <c r="AD59" s="32"/>
     </row>
-    <row r="60" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L60" s="151"/>
+    <row r="60" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="168"/>
+      <c r="B60" s="168"/>
+      <c r="C60" s="170"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="158"/>
+      <c r="F60" s="158"/>
+      <c r="G60" s="158"/>
+      <c r="H60" s="158"/>
+      <c r="I60" s="158"/>
+      <c r="J60" s="162"/>
+      <c r="K60" s="164"/>
+      <c r="L60" s="160"/>
       <c r="M60" s="33">
         <f>IF(AND(D59=$D$11,E59=$S$11),M59*$U$11,IF(AND(D59=$D$11,E59=$S$12),M59*$U$12,IF(AND(D59=$D$11,E59=$S$13),M59*$U$13,IF(AND(D59=$D$11,E59=$S$14),M59*$U$14,IF(AND(D59=$D$11,E59=$S$15),M59*$U$15,IF(AND(D59=$D$11,E59=$S$16),M59*$U$16,IF(AND(D59=$D$12,E59=$S$11),M59*$W$11,IF(AND(D59=$D$12,E59=$S$12),M59*$W$12,IF(AND(D59=$D$12,E59=$S$13),M59*$W$13,IF(AND(D59=$D$12,E59=$S$14),M59*$W$14,IF(AND(D59=$D$12,E59=$S$15),M59*$W$15,IF(AND(D59=$D$12,E59=$S$16),M59*$W$16,IF(AND(D59=$D$13,E59=$S$11),M59*$Y$11,IF(AND(D59=$D$13,E59=$S$12),M59*$Y$12,IF(AND(D59=$D$13,E59=$S$13),M59*$Y$13,IF(AND(D59=$D$13,E59=$S$14),M59*$Y$14,IF(AND(D59=$D$13,E59=$S$15),M59*$Y$15,IF(AND(D59=$D$13,E59=$S$16),M59*$Y$16,IF(AND(D59=$D$14,E59=$S$11),M59*$AA$11,IF(AND(D59=$D$14,E59=$S$12),M59*$AA$12,IF(AND(D59=$D$14,E59=$S$13),M59*$AA$13,IF(AND(D59=$D$14,E59=$S$14),M59*$AA$14,IF(AND(D59=$D$14,E59=$S$15),M59*$AA$15,IF(AND(D59=$D$14,E59=$S$16),M59*$AA$16,IF(AND(D59=$D$15,E59=$S$11),M59*$AC$11,IF(AND(D59=$D$15,E59=$S$12),M59*$AC$12,IF(AND(D59=$D$15,E59=$S$13),M59*$AC$13,IF(AND(D59=$D$15,E59=$S$14),M59*$AC$14,IF(AND(D59=$D$15,E59=$S$15),M59*$AC$15,IF(AND(D59=$D$15,E59=$S$16),M59*$AC$16,IF(AND(D59=$D$16,E59=$S$11),M59*$AE$11,IF(AND(D59=$D$16,E59=$S$12),M59*$AE$12,IF(AND(D59=$D$16,E59=$S$13),M59*$AE$13,IF(AND(D59=$D$16,E59=$S$14),M59*$AE$14,IF(AND(D59=$D$16,E59=$S$15),M59*$AE$15,IF(AND(D59=$D$16,E59=$S$16),M59*$AE$16,IF(AND(D59=$D$17,E59=$S$11),M59*$AG$11,IF(AND(D59=$D$17,E59=$S$12),M59*$AG$12,IF(AND(D59=$D$17,E59=$S$13),M59*$AG$13,IF(AND(D59=$D$17,E59=$S$14),M59*$AG$14,IF(AND(D59=$D$17,E59=$S$15),M59*$AG$15,IF(AND(D59=$D$17,E59=$S$16),M59*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N60" s="34">
         <f>IF(AND(D59=$D$11,E59=$S$11),N59*$U$11*K59,IF(AND(D59=$D$11,E59=$S$12),N59*$U$12*K59,IF(AND(D59=$D$11,E59=$S$13),N59*$U$13*K59,IF(AND(D59=$D$11,E59=$S$14),N59*$U$14*K59,IF(AND(D59=$D$11,E59=$S$15),N59*$U$15*K59,IF(AND(D59=$D$11,E59=$S$16),N59*$U$16*K59,IF(AND(D59=$D$12,E59=$S$11),N59*$W$11*K59,IF(AND(D59=$D$12,E59=$S$12),N59*$W$12*K59,IF(AND(D59=$D$12,E59=$S$13),N59*$W$13*K59,IF(AND(D59=$D$12,E59=$S$14),N59*$W$14*K59,IF(AND(D59=$D$12,E59=$S$15),N59*$W$15*K59,IF(AND(D59=$D$12,E59=$S$16),N59*$W$16*K59,IF(AND(D59=$D$13,E59=$S$11),N59*$Y$11*K59,IF(AND(D59=$D$13,E59=$S$12),N59*$Y$12*K59,IF(AND(D59=$D$13,E59=$S$13),N59*$Y$13*K59,IF(AND(D59=$D$13,E59=$S$14),N59*$Y$14*K59,IF(AND(D59=$D$13,E59=$S$15),N59*$Y$15*K59,IF(AND(D59=$D$13,E59=$S$16),N59*$Y$16*K59,IF(AND(D59=$D$14,E59=$S$11),N59*$AA$11*K59,IF(AND(D59=$D$14,E59=$S$12),N59*$AA$12*K59,IF(AND(D59=$D$14,E59=$S$13),N59*$AA$13*K59,IF(AND(D59=$D$14,E59=$S$14),N59*$AA$14*K59,IF(AND(D59=$D$14,E59=$S$15),N59*$AA$15*K59,IF(AND(D59=$D$14,E59=$S$16),N59*$AA$16*K59,IF(AND(D59=$D$15,E59=$S$11),N59*$AC$11*K59,IF(AND(D59=$D$15,E59=$S$12),N59*$AC$12*K59,IF(AND(D59=$D$15,E59=$S$13),N59*$AC$13*K59,IF(AND(D59=$D$15,E59=$S$14),N59*$AC$14*K59,IF(AND(D59=$DE1059=$S$15),N59*$AC$15*K59,IF(AND(D59=$D$15,E59=$S$16),N59*$AC$16*K59,IF(AND(D59=$D$16,E59=$S$11),N59*$AE$11*K59,IF(AND(D59=$D$16,E59=$S$12),N59*$AE$12*K59,IF(AND(D59=$D$16,E59=$S$13),N59*$AE$13*K59,IF(AND(D59=$D$16,E59=$S$14),N59*$AE$14*K59,IF(AND(D59=$D$16,E59=$S$15),N59*$AE$15*K59,IF(AND(D59=$D$16,E59=$S$16),N59*$AE$16*K59,IF(AND(D59=$D$17,E59=$S$11),N59*$AG$11*K59,IF(AND(D59=$D$17,E59=$S$12),N59*$AG$12*K59,IF(AND(D59=$D$17,E59=$S$13),N59*$AG$13*K59,IF(AND(D59=$D$17,E59=$S$14),N59*$AG$14*K59,IF(AND(D59=$D$17,E59=$S$15),N59*$AG$15*K59,IF(AND(D59=$D$17,E59=$S$16),N59*$AG$16*K59,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O60" s="58">
+      <c r="O60" s="57">
         <f>IF(AND(D59=$D$11,E59=$S$11),O59*$U$11*K59,IF(AND(D59=$D$11,E59=$S$12),O59*$U$12*K59,IF(AND(D59=$D$11,E59=$S$13),O59*$U$13*K59,IF(AND(D59=$D$11,E59=$S$14),O59*$U$14*K59,IF(AND(D59=$D$11,E59=$S$15),O59*$U$15*K59,IF(AND(D59=$D$11,E59=$S$16),O59*$U$16*K59,IF(AND(D59=$D$12,E59=$S$11),O59*$W$11*K59,IF(AND(D59=$D$12,E59=$S$12),O59*$W$12*K59,IF(AND(D59=$D$12,E59=$S$13),O59*$W$13*K59,IF(AND(D59=$D$12,E59=$S$14),O59*$W$14*K59,IF(AND(D59=$D$12,E59=$S$15),O59*$W$15*K59,IF(AND(D59=$D$12,E59=$S$16),O59*$W$16*K59,IF(AND(D59=$D$13,E59=$S$11),O59*$Y$11*K59,IF(AND(D59=$D$13,E59=$S$12),O59*$Y$12*K59,IF(AND(D59=$D$13,E59=$S$13),O59*$Y$13*K59,IF(AND(D59=$D$13,E59=$S$14),O59*$Y$14*K59,IF(AND(D59=$D$13,E59=$S$15),O59*$Y$15*K59,IF(AND(D59=$D$13,E59=$S$16),O59*$Y$16*K59,IF(AND(D59=$D$14,E59=$S$11),O59*$AA$11*K59,IF(AND(D59=$D$14,E59=$S$12),O59*$AA$12*K59,IF(AND(D59=$D$14,E59=$S$13),O59*$AA$13*K59,IF(AND(D59=$D$14,E59=$S$14),O59*$AA$14*K59,IF(AND(D59=$D$14,E59=$S$15),O59*$AA$15*K59,IF(AND(D59=$D$14,E59=$S$16),O59*$AA$16*K59,IF(AND(D59=$D$15,E59=$S$11),O59*$AC$11*K59,IF(AND(D59=$D$15,E59=$S$12),O59*$AC$12*K59,IF(AND(D59=$D$15,E59=$S$13),O59*$AC$13*K59,IF(AND(D59=$D$15,E59=$S$14),O59*$AC$14*K59,IF(AND(D59=$DE1059=$S$15),O59*$AC$15*K59,IF(AND(D59=$D$15,E59=$S$16),O59*$AC$16*K59,IF(AND(D59=$D$16,E59=$S$11),O59*$AE$11*K59,IF(AND(D59=$D$16,E59=$S$12),O59*$AE$12*K59,IF(AND(D59=$D$16,E59=$S$13),O59*$AE$13*K59,IF(AND(D59=$D$16,E59=$S$14),O59*$AE$14*K59,IF(AND(D59=$D$16,E59=$S$15),O59*$AE$15*K59,IF(AND(D59=$D$16,E59=$S$16),O59*$AE$16*K59,IF(AND(D59=$D$17,E59=$S$11),O59*$AG$11*K59,IF(AND(D59=$D$17,E59=$S$12),O59*$AG$12*K59,IF(AND(D59=$D$17,E59=$S$13),O59*$AG$13*K59,IF(AND(D59=$D$17,E59=$S$14),O59*$AG$14*K59,IF(AND(D59=$D$17,E59=$S$15),O59*$AG$15*K59,IF(AND(D59=$D$17,E59=$S$16),O59*$AG$16*K59,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P60" s="149"/>
-[...1 lines deleted...]
-      <c r="R60" s="151"/>
+      <c r="P60" s="158"/>
+      <c r="Q60" s="158"/>
+      <c r="R60" s="160"/>
       <c r="S60" s="31"/>
       <c r="T60" s="31"/>
       <c r="U60" s="31"/>
       <c r="V60" s="31"/>
       <c r="W60" s="31"/>
       <c r="X60" s="31"/>
       <c r="Y60" s="31"/>
       <c r="Z60" s="36"/>
       <c r="AA60" s="36"/>
       <c r="AB60" s="32"/>
       <c r="AC60" s="32"/>
       <c r="AD60" s="32"/>
     </row>
-    <row r="61" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A61" s="158">
+    <row r="61" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A61" s="167">
         <v>12</v>
       </c>
-      <c r="B61" s="158"/>
-[...15 lines deleted...]
-      <c r="R61" s="150"/>
+      <c r="B61" s="167"/>
+      <c r="C61" s="169"/>
+      <c r="D61" s="157"/>
+      <c r="E61" s="157"/>
+      <c r="F61" s="157"/>
+      <c r="G61" s="157"/>
+      <c r="H61" s="157"/>
+      <c r="I61" s="157"/>
+      <c r="J61" s="161"/>
+      <c r="K61" s="163"/>
+      <c r="L61" s="159"/>
+      <c r="M61" s="91"/>
+      <c r="N61" s="91"/>
+      <c r="O61" s="91"/>
+      <c r="P61" s="157"/>
+      <c r="Q61" s="157"/>
+      <c r="R61" s="159"/>
       <c r="S61" s="31"/>
       <c r="T61" s="31"/>
       <c r="U61" s="31"/>
       <c r="V61" s="31"/>
       <c r="W61" s="31"/>
       <c r="X61" s="31"/>
       <c r="Y61" s="31"/>
       <c r="Z61" s="35"/>
       <c r="AA61" s="35"/>
       <c r="AB61" s="32"/>
       <c r="AC61" s="32"/>
       <c r="AD61" s="32"/>
     </row>
-    <row r="62" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L62" s="151"/>
+    <row r="62" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="168"/>
+      <c r="B62" s="168"/>
+      <c r="C62" s="170"/>
+      <c r="D62" s="158"/>
+      <c r="E62" s="158"/>
+      <c r="F62" s="158"/>
+      <c r="G62" s="158"/>
+      <c r="H62" s="158"/>
+      <c r="I62" s="158"/>
+      <c r="J62" s="162"/>
+      <c r="K62" s="164"/>
+      <c r="L62" s="160"/>
       <c r="M62" s="33">
         <f>IF(AND(D61=$D$11,E61=$S$11),M61*$U$11,IF(AND(D61=$D$11,E61=$S$12),M61*$U$12,IF(AND(D61=$D$11,E61=$S$13),M61*$U$13,IF(AND(D61=$D$11,E61=$S$14),M61*$U$14,IF(AND(D61=$D$11,E61=$S$15),M61*$U$15,IF(AND(D61=$D$11,E61=$S$16),M61*$U$16,IF(AND(D61=$D$12,E61=$S$11),M61*$W$11,IF(AND(D61=$D$12,E61=$S$12),M61*$W$12,IF(AND(D61=$D$12,E61=$S$13),M61*$W$13,IF(AND(D61=$D$12,E61=$S$14),M61*$W$14,IF(AND(D61=$D$12,E61=$S$15),M61*$W$15,IF(AND(D61=$D$12,E61=$S$16),M61*$W$16,IF(AND(D61=$D$13,E61=$S$11),M61*$Y$11,IF(AND(D61=$D$13,E61=$S$12),M61*$Y$12,IF(AND(D61=$D$13,E61=$S$13),M61*$Y$13,IF(AND(D61=$D$13,E61=$S$14),M61*$Y$14,IF(AND(D61=$D$13,E61=$S$15),M61*$Y$15,IF(AND(D61=$D$13,E61=$S$16),M61*$Y$16,IF(AND(D61=$D$14,E61=$S$11),M61*$AA$11,IF(AND(D61=$D$14,E61=$S$12),M61*$AA$12,IF(AND(D61=$D$14,E61=$S$13),M61*$AA$13,IF(AND(D61=$D$14,E61=$S$14),M61*$AA$14,IF(AND(D61=$D$14,E61=$S$15),M61*$AA$15,IF(AND(D61=$D$14,E61=$S$16),M61*$AA$16,IF(AND(D61=$D$15,E61=$S$11),M61*$AC$11,IF(AND(D61=$D$15,E61=$S$12),M61*$AC$12,IF(AND(D61=$D$15,E61=$S$13),M61*$AC$13,IF(AND(D61=$D$15,E61=$S$14),M61*$AC$14,IF(AND(D61=$D$15,E61=$S$15),M61*$AC$15,IF(AND(D61=$D$15,E61=$S$16),M61*$AC$16,IF(AND(D61=$D$16,E61=$S$11),M61*$AE$11,IF(AND(D61=$D$16,E61=$S$12),M61*$AE$12,IF(AND(D61=$D$16,E61=$S$13),M61*$AE$13,IF(AND(D61=$D$16,E61=$S$14),M61*$AE$14,IF(AND(D61=$D$16,E61=$S$15),M61*$AE$15,IF(AND(D61=$D$16,E61=$S$16),M61*$AE$16,IF(AND(D61=$D$17,E61=$S$11),M61*$AG$11,IF(AND(D61=$D$17,E61=$S$12),M61*$AG$12,IF(AND(D61=$D$17,E61=$S$13),M61*$AG$13,IF(AND(D61=$D$17,E61=$S$14),M61*$AG$14,IF(AND(D61=$D$17,E61=$S$15),M61*$AG$15,IF(AND(D61=$D$17,E61=$S$16),M61*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N62" s="34">
         <f>IF(AND(D61=$D$11,E61=$S$11),N61*$U$11*K61,IF(AND(D61=$D$11,E61=$S$12),N61*$U$12*K61,IF(AND(D61=$D$11,E61=$S$13),N61*$U$13*K61,IF(AND(D61=$D$11,E61=$S$14),N61*$U$14*K61,IF(AND(D61=$D$11,E61=$S$15),N61*$U$15*K61,IF(AND(D61=$D$11,E61=$S$16),N61*$U$16*K61,IF(AND(D61=$D$12,E61=$S$11),N61*$W$11*K61,IF(AND(D61=$D$12,E61=$S$12),N61*$W$12*K61,IF(AND(D61=$D$12,E61=$S$13),N61*$W$13*K61,IF(AND(D61=$D$12,E61=$S$14),N61*$W$14*K61,IF(AND(D61=$D$12,E61=$S$15),N61*$W$15*K61,IF(AND(D61=$D$12,E61=$S$16),N61*$W$16*K61,IF(AND(D61=$D$13,E61=$S$11),N61*$Y$11*K61,IF(AND(D61=$D$13,E61=$S$12),N61*$Y$12*K61,IF(AND(D61=$D$13,E61=$S$13),N61*$Y$13*K61,IF(AND(D61=$D$13,E61=$S$14),N61*$Y$14*K61,IF(AND(D61=$D$13,E61=$S$15),N61*$Y$15*K61,IF(AND(D61=$D$13,E61=$S$16),N61*$Y$16*K61,IF(AND(D61=$D$14,E61=$S$11),N61*$AA$11*K61,IF(AND(D61=$D$14,E61=$S$12),N61*$AA$12*K61,IF(AND(D61=$D$14,E61=$S$13),N61*$AA$13*K61,IF(AND(D61=$D$14,E61=$S$14),N61*$AA$14*K61,IF(AND(D61=$D$14,E61=$S$15),N61*$AA$15*K61,IF(AND(D61=$D$14,E61=$S$16),N61*$AA$16*K61,IF(AND(D61=$D$15,E61=$S$11),N61*$AC$11*K61,IF(AND(D61=$D$15,E61=$S$12),N61*$AC$12*K61,IF(AND(D61=$D$15,E61=$S$13),N61*$AC$13*K61,IF(AND(D61=$D$15,E61=$S$14),N61*$AC$14*K61,IF(AND(D61=$DE1061=$S$15),N61*$AC$15*K61,IF(AND(D61=$D$15,E61=$S$16),N61*$AC$16*K61,IF(AND(D61=$D$16,E61=$S$11),N61*$AE$11*K61,IF(AND(D61=$D$16,E61=$S$12),N61*$AE$12*K61,IF(AND(D61=$D$16,E61=$S$13),N61*$AE$13*K61,IF(AND(D61=$D$16,E61=$S$14),N61*$AE$14*K61,IF(AND(D61=$D$16,E61=$S$15),N61*$AE$15*K61,IF(AND(D61=$D$16,E61=$S$16),N61*$AE$16*K61,IF(AND(D61=$D$17,E61=$S$11),N61*$AG$11*K61,IF(AND(D61=$D$17,E61=$S$12),N61*$AG$12*K61,IF(AND(D61=$D$17,E61=$S$13),N61*$AG$13*K61,IF(AND(D61=$D$17,E61=$S$14),N61*$AG$14*K61,IF(AND(D61=$D$17,E61=$S$15),N61*$AG$15*K61,IF(AND(D61=$D$17,E61=$S$16),N61*$AG$16*K61,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O62" s="58">
+      <c r="O62" s="57">
         <f>IF(AND(D61=$D$11,E61=$S$11),O61*$U$11*K61,IF(AND(D61=$D$11,E61=$S$12),O61*$U$12*K61,IF(AND(D61=$D$11,E61=$S$13),O61*$U$13*K61,IF(AND(D61=$D$11,E61=$S$14),O61*$U$14*K61,IF(AND(D61=$D$11,E61=$S$15),O61*$U$15*K61,IF(AND(D61=$D$11,E61=$S$16),O61*$U$16*K61,IF(AND(D61=$D$12,E61=$S$11),O61*$W$11*K61,IF(AND(D61=$D$12,E61=$S$12),O61*$W$12*K61,IF(AND(D61=$D$12,E61=$S$13),O61*$W$13*K61,IF(AND(D61=$D$12,E61=$S$14),O61*$W$14*K61,IF(AND(D61=$D$12,E61=$S$15),O61*$W$15*K61,IF(AND(D61=$D$12,E61=$S$16),O61*$W$16*K61,IF(AND(D61=$D$13,E61=$S$11),O61*$Y$11*K61,IF(AND(D61=$D$13,E61=$S$12),O61*$Y$12*K61,IF(AND(D61=$D$13,E61=$S$13),O61*$Y$13*K61,IF(AND(D61=$D$13,E61=$S$14),O61*$Y$14*K61,IF(AND(D61=$D$13,E61=$S$15),O61*$Y$15*K61,IF(AND(D61=$D$13,E61=$S$16),O61*$Y$16*K61,IF(AND(D61=$D$14,E61=$S$11),O61*$AA$11*K61,IF(AND(D61=$D$14,E61=$S$12),O61*$AA$12*K61,IF(AND(D61=$D$14,E61=$S$13),O61*$AA$13*K61,IF(AND(D61=$D$14,E61=$S$14),O61*$AA$14*K61,IF(AND(D61=$D$14,E61=$S$15),O61*$AA$15*K61,IF(AND(D61=$D$14,E61=$S$16),O61*$AA$16*K61,IF(AND(D61=$D$15,E61=$S$11),O61*$AC$11*K61,IF(AND(D61=$D$15,E61=$S$12),O61*$AC$12*K61,IF(AND(D61=$D$15,E61=$S$13),O61*$AC$13*K61,IF(AND(D61=$D$15,E61=$S$14),O61*$AC$14*K61,IF(AND(D61=$DE1061=$S$15),O61*$AC$15*K61,IF(AND(D61=$D$15,E61=$S$16),O61*$AC$16*K61,IF(AND(D61=$D$16,E61=$S$11),O61*$AE$11*K61,IF(AND(D61=$D$16,E61=$S$12),O61*$AE$12*K61,IF(AND(D61=$D$16,E61=$S$13),O61*$AE$13*K61,IF(AND(D61=$D$16,E61=$S$14),O61*$AE$14*K61,IF(AND(D61=$D$16,E61=$S$15),O61*$AE$15*K61,IF(AND(D61=$D$16,E61=$S$16),O61*$AE$16*K61,IF(AND(D61=$D$17,E61=$S$11),O61*$AG$11*K61,IF(AND(D61=$D$17,E61=$S$12),O61*$AG$12*K61,IF(AND(D61=$D$17,E61=$S$13),O61*$AG$13*K61,IF(AND(D61=$D$17,E61=$S$14),O61*$AG$14*K61,IF(AND(D61=$D$17,E61=$S$15),O61*$AG$15*K61,IF(AND(D61=$D$17,E61=$S$16),O61*$AG$16*K61,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P62" s="149"/>
-[...1 lines deleted...]
-      <c r="R62" s="151"/>
+      <c r="P62" s="158"/>
+      <c r="Q62" s="158"/>
+      <c r="R62" s="160"/>
       <c r="S62" s="31"/>
       <c r="T62" s="31"/>
       <c r="U62" s="31"/>
       <c r="V62" s="31"/>
       <c r="W62" s="31"/>
       <c r="X62" s="31"/>
       <c r="Y62" s="31"/>
       <c r="Z62" s="36"/>
       <c r="AA62" s="36"/>
       <c r="AB62" s="32"/>
       <c r="AC62" s="32"/>
       <c r="AD62" s="32"/>
     </row>
-    <row r="63" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A63" s="158">
+    <row r="63" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A63" s="167">
         <v>13</v>
       </c>
-      <c r="B63" s="158"/>
-[...15 lines deleted...]
-      <c r="R63" s="150"/>
+      <c r="B63" s="167"/>
+      <c r="C63" s="169"/>
+      <c r="D63" s="157"/>
+      <c r="E63" s="157"/>
+      <c r="F63" s="157"/>
+      <c r="G63" s="157"/>
+      <c r="H63" s="157"/>
+      <c r="I63" s="157"/>
+      <c r="J63" s="161"/>
+      <c r="K63" s="163"/>
+      <c r="L63" s="159"/>
+      <c r="M63" s="91"/>
+      <c r="N63" s="91"/>
+      <c r="O63" s="91"/>
+      <c r="P63" s="157"/>
+      <c r="Q63" s="157"/>
+      <c r="R63" s="159"/>
       <c r="S63" s="31"/>
       <c r="T63" s="31"/>
       <c r="U63" s="31"/>
       <c r="V63" s="31"/>
       <c r="W63" s="31"/>
       <c r="X63" s="31"/>
       <c r="Y63" s="31"/>
       <c r="Z63" s="35"/>
       <c r="AA63" s="35"/>
       <c r="AB63" s="32"/>
       <c r="AC63" s="32"/>
       <c r="AD63" s="32"/>
     </row>
-    <row r="64" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L64" s="151"/>
+    <row r="64" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="168"/>
+      <c r="B64" s="168"/>
+      <c r="C64" s="170"/>
+      <c r="D64" s="158"/>
+      <c r="E64" s="158"/>
+      <c r="F64" s="158"/>
+      <c r="G64" s="158"/>
+      <c r="H64" s="158"/>
+      <c r="I64" s="158"/>
+      <c r="J64" s="162"/>
+      <c r="K64" s="164"/>
+      <c r="L64" s="160"/>
       <c r="M64" s="33">
         <f>IF(AND(D63=$D$11,E63=$S$11),M63*$U$11,IF(AND(D63=$D$11,E63=$S$12),M63*$U$12,IF(AND(D63=$D$11,E63=$S$13),M63*$U$13,IF(AND(D63=$D$11,E63=$S$14),M63*$U$14,IF(AND(D63=$D$11,E63=$S$15),M63*$U$15,IF(AND(D63=$D$11,E63=$S$16),M63*$U$16,IF(AND(D63=$D$12,E63=$S$11),M63*$W$11,IF(AND(D63=$D$12,E63=$S$12),M63*$W$12,IF(AND(D63=$D$12,E63=$S$13),M63*$W$13,IF(AND(D63=$D$12,E63=$S$14),M63*$W$14,IF(AND(D63=$D$12,E63=$S$15),M63*$W$15,IF(AND(D63=$D$12,E63=$S$16),M63*$W$16,IF(AND(D63=$D$13,E63=$S$11),M63*$Y$11,IF(AND(D63=$D$13,E63=$S$12),M63*$Y$12,IF(AND(D63=$D$13,E63=$S$13),M63*$Y$13,IF(AND(D63=$D$13,E63=$S$14),M63*$Y$14,IF(AND(D63=$D$13,E63=$S$15),M63*$Y$15,IF(AND(D63=$D$13,E63=$S$16),M63*$Y$16,IF(AND(D63=$D$14,E63=$S$11),M63*$AA$11,IF(AND(D63=$D$14,E63=$S$12),M63*$AA$12,IF(AND(D63=$D$14,E63=$S$13),M63*$AA$13,IF(AND(D63=$D$14,E63=$S$14),M63*$AA$14,IF(AND(D63=$D$14,E63=$S$15),M63*$AA$15,IF(AND(D63=$D$14,E63=$S$16),M63*$AA$16,IF(AND(D63=$D$15,E63=$S$11),M63*$AC$11,IF(AND(D63=$D$15,E63=$S$12),M63*$AC$12,IF(AND(D63=$D$15,E63=$S$13),M63*$AC$13,IF(AND(D63=$D$15,E63=$S$14),M63*$AC$14,IF(AND(D63=$D$15,E63=$S$15),M63*$AC$15,IF(AND(D63=$D$15,E63=$S$16),M63*$AC$16,IF(AND(D63=$D$16,E63=$S$11),M63*$AE$11,IF(AND(D63=$D$16,E63=$S$12),M63*$AE$12,IF(AND(D63=$D$16,E63=$S$13),M63*$AE$13,IF(AND(D63=$D$16,E63=$S$14),M63*$AE$14,IF(AND(D63=$D$16,E63=$S$15),M63*$AE$15,IF(AND(D63=$D$16,E63=$S$16),M63*$AE$16,IF(AND(D63=$D$17,E63=$S$11),M63*$AG$11,IF(AND(D63=$D$17,E63=$S$12),M63*$AG$12,IF(AND(D63=$D$17,E63=$S$13),M63*$AG$13,IF(AND(D63=$D$17,E63=$S$14),M63*$AG$14,IF(AND(D63=$D$17,E63=$S$15),M63*$AG$15,IF(AND(D63=$D$17,E63=$S$16),M63*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N64" s="34">
         <f>IF(AND(D63=$D$11,E63=$S$11),N63*$U$11*K63,IF(AND(D63=$D$11,E63=$S$12),N63*$U$12*K63,IF(AND(D63=$D$11,E63=$S$13),N63*$U$13*K63,IF(AND(D63=$D$11,E63=$S$14),N63*$U$14*K63,IF(AND(D63=$D$11,E63=$S$15),N63*$U$15*K63,IF(AND(D63=$D$11,E63=$S$16),N63*$U$16*K63,IF(AND(D63=$D$12,E63=$S$11),N63*$W$11*K63,IF(AND(D63=$D$12,E63=$S$12),N63*$W$12*K63,IF(AND(D63=$D$12,E63=$S$13),N63*$W$13*K63,IF(AND(D63=$D$12,E63=$S$14),N63*$W$14*K63,IF(AND(D63=$D$12,E63=$S$15),N63*$W$15*K63,IF(AND(D63=$D$12,E63=$S$16),N63*$W$16*K63,IF(AND(D63=$D$13,E63=$S$11),N63*$Y$11*K63,IF(AND(D63=$D$13,E63=$S$12),N63*$Y$12*K63,IF(AND(D63=$D$13,E63=$S$13),N63*$Y$13*K63,IF(AND(D63=$D$13,E63=$S$14),N63*$Y$14*K63,IF(AND(D63=$D$13,E63=$S$15),N63*$Y$15*K63,IF(AND(D63=$D$13,E63=$S$16),N63*$Y$16*K63,IF(AND(D63=$D$14,E63=$S$11),N63*$AA$11*K63,IF(AND(D63=$D$14,E63=$S$12),N63*$AA$12*K63,IF(AND(D63=$D$14,E63=$S$13),N63*$AA$13*K63,IF(AND(D63=$D$14,E63=$S$14),N63*$AA$14*K63,IF(AND(D63=$D$14,E63=$S$15),N63*$AA$15*K63,IF(AND(D63=$D$14,E63=$S$16),N63*$AA$16*K63,IF(AND(D63=$D$15,E63=$S$11),N63*$AC$11*K63,IF(AND(D63=$D$15,E63=$S$12),N63*$AC$12*K63,IF(AND(D63=$D$15,E63=$S$13),N63*$AC$13*K63,IF(AND(D63=$D$15,E63=$S$14),N63*$AC$14*K63,IF(AND(D63=$DE1063=$S$15),N63*$AC$15*K63,IF(AND(D63=$D$15,E63=$S$16),N63*$AC$16*K63,IF(AND(D63=$D$16,E63=$S$11),N63*$AE$11*K63,IF(AND(D63=$D$16,E63=$S$12),N63*$AE$12*K63,IF(AND(D63=$D$16,E63=$S$13),N63*$AE$13*K63,IF(AND(D63=$D$16,E63=$S$14),N63*$AE$14*K63,IF(AND(D63=$D$16,E63=$S$15),N63*$AE$15*K63,IF(AND(D63=$D$16,E63=$S$16),N63*$AE$16*K63,IF(AND(D63=$D$17,E63=$S$11),N63*$AG$11*K63,IF(AND(D63=$D$17,E63=$S$12),N63*$AG$12*K63,IF(AND(D63=$D$17,E63=$S$13),N63*$AG$13*K63,IF(AND(D63=$D$17,E63=$S$14),N63*$AG$14*K63,IF(AND(D63=$D$17,E63=$S$15),N63*$AG$15*K63,IF(AND(D63=$D$17,E63=$S$16),N63*$AG$16*K63,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O64" s="58">
+      <c r="O64" s="57">
         <f>IF(AND(D63=$D$11,E63=$S$11),O63*$U$11*K63,IF(AND(D63=$D$11,E63=$S$12),O63*$U$12*K63,IF(AND(D63=$D$11,E63=$S$13),O63*$U$13*K63,IF(AND(D63=$D$11,E63=$S$14),O63*$U$14*K63,IF(AND(D63=$D$11,E63=$S$15),O63*$U$15*K63,IF(AND(D63=$D$11,E63=$S$16),O63*$U$16*K63,IF(AND(D63=$D$12,E63=$S$11),O63*$W$11*K63,IF(AND(D63=$D$12,E63=$S$12),O63*$W$12*K63,IF(AND(D63=$D$12,E63=$S$13),O63*$W$13*K63,IF(AND(D63=$D$12,E63=$S$14),O63*$W$14*K63,IF(AND(D63=$D$12,E63=$S$15),O63*$W$15*K63,IF(AND(D63=$D$12,E63=$S$16),O63*$W$16*K63,IF(AND(D63=$D$13,E63=$S$11),O63*$Y$11*K63,IF(AND(D63=$D$13,E63=$S$12),O63*$Y$12*K63,IF(AND(D63=$D$13,E63=$S$13),O63*$Y$13*K63,IF(AND(D63=$D$13,E63=$S$14),O63*$Y$14*K63,IF(AND(D63=$D$13,E63=$S$15),O63*$Y$15*K63,IF(AND(D63=$D$13,E63=$S$16),O63*$Y$16*K63,IF(AND(D63=$D$14,E63=$S$11),O63*$AA$11*K63,IF(AND(D63=$D$14,E63=$S$12),O63*$AA$12*K63,IF(AND(D63=$D$14,E63=$S$13),O63*$AA$13*K63,IF(AND(D63=$D$14,E63=$S$14),O63*$AA$14*K63,IF(AND(D63=$D$14,E63=$S$15),O63*$AA$15*K63,IF(AND(D63=$D$14,E63=$S$16),O63*$AA$16*K63,IF(AND(D63=$D$15,E63=$S$11),O63*$AC$11*K63,IF(AND(D63=$D$15,E63=$S$12),O63*$AC$12*K63,IF(AND(D63=$D$15,E63=$S$13),O63*$AC$13*K63,IF(AND(D63=$D$15,E63=$S$14),O63*$AC$14*K63,IF(AND(D63=$DE1063=$S$15),O63*$AC$15*K63,IF(AND(D63=$D$15,E63=$S$16),O63*$AC$16*K63,IF(AND(D63=$D$16,E63=$S$11),O63*$AE$11*K63,IF(AND(D63=$D$16,E63=$S$12),O63*$AE$12*K63,IF(AND(D63=$D$16,E63=$S$13),O63*$AE$13*K63,IF(AND(D63=$D$16,E63=$S$14),O63*$AE$14*K63,IF(AND(D63=$D$16,E63=$S$15),O63*$AE$15*K63,IF(AND(D63=$D$16,E63=$S$16),O63*$AE$16*K63,IF(AND(D63=$D$17,E63=$S$11),O63*$AG$11*K63,IF(AND(D63=$D$17,E63=$S$12),O63*$AG$12*K63,IF(AND(D63=$D$17,E63=$S$13),O63*$AG$13*K63,IF(AND(D63=$D$17,E63=$S$14),O63*$AG$14*K63,IF(AND(D63=$D$17,E63=$S$15),O63*$AG$15*K63,IF(AND(D63=$D$17,E63=$S$16),O63*$AG$16*K63,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P64" s="149"/>
-[...1 lines deleted...]
-      <c r="R64" s="151"/>
+      <c r="P64" s="158"/>
+      <c r="Q64" s="158"/>
+      <c r="R64" s="160"/>
       <c r="S64" s="31"/>
       <c r="T64" s="31"/>
       <c r="U64" s="31"/>
       <c r="V64" s="31"/>
       <c r="W64" s="31"/>
       <c r="X64" s="31"/>
       <c r="Y64" s="31"/>
       <c r="Z64" s="36"/>
       <c r="AA64" s="36"/>
       <c r="AB64" s="32"/>
       <c r="AC64" s="32"/>
       <c r="AD64" s="32"/>
     </row>
-    <row r="65" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A65" s="158">
+    <row r="65" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A65" s="167">
         <v>14</v>
       </c>
-      <c r="B65" s="158"/>
-[...15 lines deleted...]
-      <c r="R65" s="150"/>
+      <c r="B65" s="167"/>
+      <c r="C65" s="169"/>
+      <c r="D65" s="157"/>
+      <c r="E65" s="157"/>
+      <c r="F65" s="157"/>
+      <c r="G65" s="157"/>
+      <c r="H65" s="157"/>
+      <c r="I65" s="157"/>
+      <c r="J65" s="161"/>
+      <c r="K65" s="163"/>
+      <c r="L65" s="159"/>
+      <c r="M65" s="91"/>
+      <c r="N65" s="91"/>
+      <c r="O65" s="91"/>
+      <c r="P65" s="157"/>
+      <c r="Q65" s="157"/>
+      <c r="R65" s="159"/>
       <c r="S65" s="31"/>
       <c r="T65" s="31"/>
       <c r="U65" s="31"/>
       <c r="V65" s="31"/>
       <c r="W65" s="31"/>
       <c r="X65" s="31"/>
       <c r="Y65" s="31"/>
       <c r="Z65" s="35"/>
       <c r="AA65" s="35"/>
       <c r="AB65" s="32"/>
       <c r="AC65" s="32"/>
       <c r="AD65" s="32"/>
     </row>
-    <row r="66" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L66" s="151"/>
+    <row r="66" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="168"/>
+      <c r="B66" s="168"/>
+      <c r="C66" s="170"/>
+      <c r="D66" s="158"/>
+      <c r="E66" s="158"/>
+      <c r="F66" s="158"/>
+      <c r="G66" s="158"/>
+      <c r="H66" s="158"/>
+      <c r="I66" s="158"/>
+      <c r="J66" s="162"/>
+      <c r="K66" s="164"/>
+      <c r="L66" s="160"/>
       <c r="M66" s="33">
         <f>IF(AND(D65=$D$11,E65=$S$11),M65*$U$11,IF(AND(D65=$D$11,E65=$S$12),M65*$U$12,IF(AND(D65=$D$11,E65=$S$13),M65*$U$13,IF(AND(D65=$D$11,E65=$S$14),M65*$U$14,IF(AND(D65=$D$11,E65=$S$15),M65*$U$15,IF(AND(D65=$D$11,E65=$S$16),M65*$U$16,IF(AND(D65=$D$12,E65=$S$11),M65*$W$11,IF(AND(D65=$D$12,E65=$S$12),M65*$W$12,IF(AND(D65=$D$12,E65=$S$13),M65*$W$13,IF(AND(D65=$D$12,E65=$S$14),M65*$W$14,IF(AND(D65=$D$12,E65=$S$15),M65*$W$15,IF(AND(D65=$D$12,E65=$S$16),M65*$W$16,IF(AND(D65=$D$13,E65=$S$11),M65*$Y$11,IF(AND(D65=$D$13,E65=$S$12),M65*$Y$12,IF(AND(D65=$D$13,E65=$S$13),M65*$Y$13,IF(AND(D65=$D$13,E65=$S$14),M65*$Y$14,IF(AND(D65=$D$13,E65=$S$15),M65*$Y$15,IF(AND(D65=$D$13,E65=$S$16),M65*$Y$16,IF(AND(D65=$D$14,E65=$S$11),M65*$AA$11,IF(AND(D65=$D$14,E65=$S$12),M65*$AA$12,IF(AND(D65=$D$14,E65=$S$13),M65*$AA$13,IF(AND(D65=$D$14,E65=$S$14),M65*$AA$14,IF(AND(D65=$D$14,E65=$S$15),M65*$AA$15,IF(AND(D65=$D$14,E65=$S$16),M65*$AA$16,IF(AND(D65=$D$15,E65=$S$11),M65*$AC$11,IF(AND(D65=$D$15,E65=$S$12),M65*$AC$12,IF(AND(D65=$D$15,E65=$S$13),M65*$AC$13,IF(AND(D65=$D$15,E65=$S$14),M65*$AC$14,IF(AND(D65=$D$15,E65=$S$15),M65*$AC$15,IF(AND(D65=$D$15,E65=$S$16),M65*$AC$16,IF(AND(D65=$D$16,E65=$S$11),M65*$AE$11,IF(AND(D65=$D$16,E65=$S$12),M65*$AE$12,IF(AND(D65=$D$16,E65=$S$13),M65*$AE$13,IF(AND(D65=$D$16,E65=$S$14),M65*$AE$14,IF(AND(D65=$D$16,E65=$S$15),M65*$AE$15,IF(AND(D65=$D$16,E65=$S$16),M65*$AE$16,IF(AND(D65=$D$17,E65=$S$11),M65*$AG$11,IF(AND(D65=$D$17,E65=$S$12),M65*$AG$12,IF(AND(D65=$D$17,E65=$S$13),M65*$AG$13,IF(AND(D65=$D$17,E65=$S$14),M65*$AG$14,IF(AND(D65=$D$17,E65=$S$15),M65*$AG$15,IF(AND(D65=$D$17,E65=$S$16),M65*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N66" s="34">
         <f>IF(AND(D65=$D$11,E65=$S$11),N65*$U$11*K65,IF(AND(D65=$D$11,E65=$S$12),N65*$U$12*K65,IF(AND(D65=$D$11,E65=$S$13),N65*$U$13*K65,IF(AND(D65=$D$11,E65=$S$14),N65*$U$14*K65,IF(AND(D65=$D$11,E65=$S$15),N65*$U$15*K65,IF(AND(D65=$D$11,E65=$S$16),N65*$U$16*K65,IF(AND(D65=$D$12,E65=$S$11),N65*$W$11*K65,IF(AND(D65=$D$12,E65=$S$12),N65*$W$12*K65,IF(AND(D65=$D$12,E65=$S$13),N65*$W$13*K65,IF(AND(D65=$D$12,E65=$S$14),N65*$W$14*K65,IF(AND(D65=$D$12,E65=$S$15),N65*$W$15*K65,IF(AND(D65=$D$12,E65=$S$16),N65*$W$16*K65,IF(AND(D65=$D$13,E65=$S$11),N65*$Y$11*K65,IF(AND(D65=$D$13,E65=$S$12),N65*$Y$12*K65,IF(AND(D65=$D$13,E65=$S$13),N65*$Y$13*K65,IF(AND(D65=$D$13,E65=$S$14),N65*$Y$14*K65,IF(AND(D65=$D$13,E65=$S$15),N65*$Y$15*K65,IF(AND(D65=$D$13,E65=$S$16),N65*$Y$16*K65,IF(AND(D65=$D$14,E65=$S$11),N65*$AA$11*K65,IF(AND(D65=$D$14,E65=$S$12),N65*$AA$12*K65,IF(AND(D65=$D$14,E65=$S$13),N65*$AA$13*K65,IF(AND(D65=$D$14,E65=$S$14),N65*$AA$14*K65,IF(AND(D65=$D$14,E65=$S$15),N65*$AA$15*K65,IF(AND(D65=$D$14,E65=$S$16),N65*$AA$16*K65,IF(AND(D65=$D$15,E65=$S$11),N65*$AC$11*K65,IF(AND(D65=$D$15,E65=$S$12),N65*$AC$12*K65,IF(AND(D65=$D$15,E65=$S$13),N65*$AC$13*K65,IF(AND(D65=$D$15,E65=$S$14),N65*$AC$14*K65,IF(AND(D65=$DE1065=$S$15),N65*$AC$15*K65,IF(AND(D65=$D$15,E65=$S$16),N65*$AC$16*K65,IF(AND(D65=$D$16,E65=$S$11),N65*$AE$11*K65,IF(AND(D65=$D$16,E65=$S$12),N65*$AE$12*K65,IF(AND(D65=$D$16,E65=$S$13),N65*$AE$13*K65,IF(AND(D65=$D$16,E65=$S$14),N65*$AE$14*K65,IF(AND(D65=$D$16,E65=$S$15),N65*$AE$15*K65,IF(AND(D65=$D$16,E65=$S$16),N65*$AE$16*K65,IF(AND(D65=$D$17,E65=$S$11),N65*$AG$11*K65,IF(AND(D65=$D$17,E65=$S$12),N65*$AG$12*K65,IF(AND(D65=$D$17,E65=$S$13),N65*$AG$13*K65,IF(AND(D65=$D$17,E65=$S$14),N65*$AG$14*K65,IF(AND(D65=$D$17,E65=$S$15),N65*$AG$15*K65,IF(AND(D65=$D$17,E65=$S$16),N65*$AG$16*K65,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O66" s="58">
+      <c r="O66" s="57">
         <f>IF(AND(D65=$D$11,E65=$S$11),O65*$U$11*K65,IF(AND(D65=$D$11,E65=$S$12),O65*$U$12*K65,IF(AND(D65=$D$11,E65=$S$13),O65*$U$13*K65,IF(AND(D65=$D$11,E65=$S$14),O65*$U$14*K65,IF(AND(D65=$D$11,E65=$S$15),O65*$U$15*K65,IF(AND(D65=$D$11,E65=$S$16),O65*$U$16*K65,IF(AND(D65=$D$12,E65=$S$11),O65*$W$11*K65,IF(AND(D65=$D$12,E65=$S$12),O65*$W$12*K65,IF(AND(D65=$D$12,E65=$S$13),O65*$W$13*K65,IF(AND(D65=$D$12,E65=$S$14),O65*$W$14*K65,IF(AND(D65=$D$12,E65=$S$15),O65*$W$15*K65,IF(AND(D65=$D$12,E65=$S$16),O65*$W$16*K65,IF(AND(D65=$D$13,E65=$S$11),O65*$Y$11*K65,IF(AND(D65=$D$13,E65=$S$12),O65*$Y$12*K65,IF(AND(D65=$D$13,E65=$S$13),O65*$Y$13*K65,IF(AND(D65=$D$13,E65=$S$14),O65*$Y$14*K65,IF(AND(D65=$D$13,E65=$S$15),O65*$Y$15*K65,IF(AND(D65=$D$13,E65=$S$16),O65*$Y$16*K65,IF(AND(D65=$D$14,E65=$S$11),O65*$AA$11*K65,IF(AND(D65=$D$14,E65=$S$12),O65*$AA$12*K65,IF(AND(D65=$D$14,E65=$S$13),O65*$AA$13*K65,IF(AND(D65=$D$14,E65=$S$14),O65*$AA$14*K65,IF(AND(D65=$D$14,E65=$S$15),O65*$AA$15*K65,IF(AND(D65=$D$14,E65=$S$16),O65*$AA$16*K65,IF(AND(D65=$D$15,E65=$S$11),O65*$AC$11*K65,IF(AND(D65=$D$15,E65=$S$12),O65*$AC$12*K65,IF(AND(D65=$D$15,E65=$S$13),O65*$AC$13*K65,IF(AND(D65=$D$15,E65=$S$14),O65*$AC$14*K65,IF(AND(D65=$DE1065=$S$15),O65*$AC$15*K65,IF(AND(D65=$D$15,E65=$S$16),O65*$AC$16*K65,IF(AND(D65=$D$16,E65=$S$11),O65*$AE$11*K65,IF(AND(D65=$D$16,E65=$S$12),O65*$AE$12*K65,IF(AND(D65=$D$16,E65=$S$13),O65*$AE$13*K65,IF(AND(D65=$D$16,E65=$S$14),O65*$AE$14*K65,IF(AND(D65=$D$16,E65=$S$15),O65*$AE$15*K65,IF(AND(D65=$D$16,E65=$S$16),O65*$AE$16*K65,IF(AND(D65=$D$17,E65=$S$11),O65*$AG$11*K65,IF(AND(D65=$D$17,E65=$S$12),O65*$AG$12*K65,IF(AND(D65=$D$17,E65=$S$13),O65*$AG$13*K65,IF(AND(D65=$D$17,E65=$S$14),O65*$AG$14*K65,IF(AND(D65=$D$17,E65=$S$15),O65*$AG$15*K65,IF(AND(D65=$D$17,E65=$S$16),O65*$AG$16*K65,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P66" s="149"/>
-[...2 lines deleted...]
-      <c r="S66" s="98"/>
+      <c r="P66" s="158"/>
+      <c r="Q66" s="158"/>
+      <c r="R66" s="160"/>
+      <c r="S66" s="94"/>
       <c r="T66" s="31"/>
       <c r="U66" s="31"/>
       <c r="V66" s="31"/>
       <c r="W66" s="31"/>
       <c r="X66" s="31"/>
       <c r="Y66" s="31"/>
       <c r="Z66" s="36"/>
       <c r="AA66" s="36"/>
       <c r="AB66" s="32"/>
       <c r="AC66" s="32"/>
       <c r="AD66" s="32"/>
     </row>
-    <row r="67" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A67" s="158">
+    <row r="67" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A67" s="167">
         <v>15</v>
       </c>
-      <c r="B67" s="158"/>
-[...16 lines deleted...]
-      <c r="S67" s="98"/>
+      <c r="B67" s="167"/>
+      <c r="C67" s="169"/>
+      <c r="D67" s="157"/>
+      <c r="E67" s="157"/>
+      <c r="F67" s="157"/>
+      <c r="G67" s="157"/>
+      <c r="H67" s="157"/>
+      <c r="I67" s="157"/>
+      <c r="J67" s="161"/>
+      <c r="K67" s="163"/>
+      <c r="L67" s="159"/>
+      <c r="M67" s="91"/>
+      <c r="N67" s="91"/>
+      <c r="O67" s="91"/>
+      <c r="P67" s="157"/>
+      <c r="Q67" s="157"/>
+      <c r="R67" s="159"/>
+      <c r="S67" s="94"/>
       <c r="T67" s="31"/>
       <c r="U67" s="31"/>
       <c r="V67" s="31"/>
       <c r="W67" s="31"/>
       <c r="X67" s="31"/>
       <c r="Y67" s="31"/>
       <c r="Z67" s="35"/>
       <c r="AA67" s="35"/>
       <c r="AB67" s="32"/>
       <c r="AC67" s="32"/>
       <c r="AD67" s="32"/>
     </row>
-    <row r="68" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L68" s="151"/>
+    <row r="68" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="168"/>
+      <c r="B68" s="168"/>
+      <c r="C68" s="170"/>
+      <c r="D68" s="158"/>
+      <c r="E68" s="158"/>
+      <c r="F68" s="158"/>
+      <c r="G68" s="158"/>
+      <c r="H68" s="158"/>
+      <c r="I68" s="158"/>
+      <c r="J68" s="162"/>
+      <c r="K68" s="164"/>
+      <c r="L68" s="160"/>
       <c r="M68" s="33">
         <f>IF(AND(D67=$D$11,E67=$S$11),M67*$U$11,IF(AND(D67=$D$11,E67=$S$12),M67*$U$12,IF(AND(D67=$D$11,E67=$S$13),M67*$U$13,IF(AND(D67=$D$11,E67=$S$14),M67*$U$14,IF(AND(D67=$D$11,E67=$S$15),M67*$U$15,IF(AND(D67=$D$11,E67=$S$16),M67*$U$16,IF(AND(D67=$D$12,E67=$S$11),M67*$W$11,IF(AND(D67=$D$12,E67=$S$12),M67*$W$12,IF(AND(D67=$D$12,E67=$S$13),M67*$W$13,IF(AND(D67=$D$12,E67=$S$14),M67*$W$14,IF(AND(D67=$D$12,E67=$S$15),M67*$W$15,IF(AND(D67=$D$12,E67=$S$16),M67*$W$16,IF(AND(D67=$D$13,E67=$S$11),M67*$Y$11,IF(AND(D67=$D$13,E67=$S$12),M67*$Y$12,IF(AND(D67=$D$13,E67=$S$13),M67*$Y$13,IF(AND(D67=$D$13,E67=$S$14),M67*$Y$14,IF(AND(D67=$D$13,E67=$S$15),M67*$Y$15,IF(AND(D67=$D$13,E67=$S$16),M67*$Y$16,IF(AND(D67=$D$14,E67=$S$11),M67*$AA$11,IF(AND(D67=$D$14,E67=$S$12),M67*$AA$12,IF(AND(D67=$D$14,E67=$S$13),M67*$AA$13,IF(AND(D67=$D$14,E67=$S$14),M67*$AA$14,IF(AND(D67=$D$14,E67=$S$15),M67*$AA$15,IF(AND(D67=$D$14,E67=$S$16),M67*$AA$16,IF(AND(D67=$D$15,E67=$S$11),M67*$AC$11,IF(AND(D67=$D$15,E67=$S$12),M67*$AC$12,IF(AND(D67=$D$15,E67=$S$13),M67*$AC$13,IF(AND(D67=$D$15,E67=$S$14),M67*$AC$14,IF(AND(D67=$D$15,E67=$S$15),M67*$AC$15,IF(AND(D67=$D$15,E67=$S$16),M67*$AC$16,IF(AND(D67=$D$16,E67=$S$11),M67*$AE$11,IF(AND(D67=$D$16,E67=$S$12),M67*$AE$12,IF(AND(D67=$D$16,E67=$S$13),M67*$AE$13,IF(AND(D67=$D$16,E67=$S$14),M67*$AE$14,IF(AND(D67=$D$16,E67=$S$15),M67*$AE$15,IF(AND(D67=$D$16,E67=$S$16),M67*$AE$16,IF(AND(D67=$D$17,E67=$S$11),M67*$AG$11,IF(AND(D67=$D$17,E67=$S$12),M67*$AG$12,IF(AND(D67=$D$17,E67=$S$13),M67*$AG$13,IF(AND(D67=$D$17,E67=$S$14),M67*$AG$14,IF(AND(D67=$D$17,E67=$S$15),M67*$AG$15,IF(AND(D67=$D$17,E67=$S$16),M67*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N68" s="34">
         <f>IF(AND(D67=$D$11,E67=$S$11),N67*$U$11*K67,IF(AND(D67=$D$11,E67=$S$12),N67*$U$12*K67,IF(AND(D67=$D$11,E67=$S$13),N67*$U$13*K67,IF(AND(D67=$D$11,E67=$S$14),N67*$U$14*K67,IF(AND(D67=$D$11,E67=$S$15),N67*$U$15*K67,IF(AND(D67=$D$11,E67=$S$16),N67*$U$16*K67,IF(AND(D67=$D$12,E67=$S$11),N67*$W$11*K67,IF(AND(D67=$D$12,E67=$S$12),N67*$W$12*K67,IF(AND(D67=$D$12,E67=$S$13),N67*$W$13*K67,IF(AND(D67=$D$12,E67=$S$14),N67*$W$14*K67,IF(AND(D67=$D$12,E67=$S$15),N67*$W$15*K67,IF(AND(D67=$D$12,E67=$S$16),N67*$W$16*K67,IF(AND(D67=$D$13,E67=$S$11),N67*$Y$11*K67,IF(AND(D67=$D$13,E67=$S$12),N67*$Y$12*K67,IF(AND(D67=$D$13,E67=$S$13),N67*$Y$13*K67,IF(AND(D67=$D$13,E67=$S$14),N67*$Y$14*K67,IF(AND(D67=$D$13,E67=$S$15),N67*$Y$15*K67,IF(AND(D67=$D$13,E67=$S$16),N67*$Y$16*K67,IF(AND(D67=$D$14,E67=$S$11),N67*$AA$11*K67,IF(AND(D67=$D$14,E67=$S$12),N67*$AA$12*K67,IF(AND(D67=$D$14,E67=$S$13),N67*$AA$13*K67,IF(AND(D67=$D$14,E67=$S$14),N67*$AA$14*K67,IF(AND(D67=$D$14,E67=$S$15),N67*$AA$15*K67,IF(AND(D67=$D$14,E67=$S$16),N67*$AA$16*K67,IF(AND(D67=$D$15,E67=$S$11),N67*$AC$11*K67,IF(AND(D67=$D$15,E67=$S$12),N67*$AC$12*K67,IF(AND(D67=$D$15,E67=$S$13),N67*$AC$13*K67,IF(AND(D67=$D$15,E67=$S$14),N67*$AC$14*K67,IF(AND(D67=$DE1067=$S$15),N67*$AC$15*K67,IF(AND(D67=$D$15,E67=$S$16),N67*$AC$16*K67,IF(AND(D67=$D$16,E67=$S$11),N67*$AE$11*K67,IF(AND(D67=$D$16,E67=$S$12),N67*$AE$12*K67,IF(AND(D67=$D$16,E67=$S$13),N67*$AE$13*K67,IF(AND(D67=$D$16,E67=$S$14),N67*$AE$14*K67,IF(AND(D67=$D$16,E67=$S$15),N67*$AE$15*K67,IF(AND(D67=$D$16,E67=$S$16),N67*$AE$16*K67,IF(AND(D67=$D$17,E67=$S$11),N67*$AG$11*K67,IF(AND(D67=$D$17,E67=$S$12),N67*$AG$12*K67,IF(AND(D67=$D$17,E67=$S$13),N67*$AG$13*K67,IF(AND(D67=$D$17,E67=$S$14),N67*$AG$14*K67,IF(AND(D67=$D$17,E67=$S$15),N67*$AG$15*K67,IF(AND(D67=$D$17,E67=$S$16),N67*$AG$16*K67,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O68" s="58">
+      <c r="O68" s="57">
         <f>IF(AND(D67=$D$11,E67=$S$11),O67*$U$11*K67,IF(AND(D67=$D$11,E67=$S$12),O67*$U$12*K67,IF(AND(D67=$D$11,E67=$S$13),O67*$U$13*K67,IF(AND(D67=$D$11,E67=$S$14),O67*$U$14*K67,IF(AND(D67=$D$11,E67=$S$15),O67*$U$15*K67,IF(AND(D67=$D$11,E67=$S$16),O67*$U$16*K67,IF(AND(D67=$D$12,E67=$S$11),O67*$W$11*K67,IF(AND(D67=$D$12,E67=$S$12),O67*$W$12*K67,IF(AND(D67=$D$12,E67=$S$13),O67*$W$13*K67,IF(AND(D67=$D$12,E67=$S$14),O67*$W$14*K67,IF(AND(D67=$D$12,E67=$S$15),O67*$W$15*K67,IF(AND(D67=$D$12,E67=$S$16),O67*$W$16*K67,IF(AND(D67=$D$13,E67=$S$11),O67*$Y$11*K67,IF(AND(D67=$D$13,E67=$S$12),O67*$Y$12*K67,IF(AND(D67=$D$13,E67=$S$13),O67*$Y$13*K67,IF(AND(D67=$D$13,E67=$S$14),O67*$Y$14*K67,IF(AND(D67=$D$13,E67=$S$15),O67*$Y$15*K67,IF(AND(D67=$D$13,E67=$S$16),O67*$Y$16*K67,IF(AND(D67=$D$14,E67=$S$11),O67*$AA$11*K67,IF(AND(D67=$D$14,E67=$S$12),O67*$AA$12*K67,IF(AND(D67=$D$14,E67=$S$13),O67*$AA$13*K67,IF(AND(D67=$D$14,E67=$S$14),O67*$AA$14*K67,IF(AND(D67=$D$14,E67=$S$15),O67*$AA$15*K67,IF(AND(D67=$D$14,E67=$S$16),O67*$AA$16*K67,IF(AND(D67=$D$15,E67=$S$11),O67*$AC$11*K67,IF(AND(D67=$D$15,E67=$S$12),O67*$AC$12*K67,IF(AND(D67=$D$15,E67=$S$13),O67*$AC$13*K67,IF(AND(D67=$D$15,E67=$S$14),O67*$AC$14*K67,IF(AND(D67=$DE1067=$S$15),O67*$AC$15*K67,IF(AND(D67=$D$15,E67=$S$16),O67*$AC$16*K67,IF(AND(D67=$D$16,E67=$S$11),O67*$AE$11*K67,IF(AND(D67=$D$16,E67=$S$12),O67*$AE$12*K67,IF(AND(D67=$D$16,E67=$S$13),O67*$AE$13*K67,IF(AND(D67=$D$16,E67=$S$14),O67*$AE$14*K67,IF(AND(D67=$D$16,E67=$S$15),O67*$AE$15*K67,IF(AND(D67=$D$16,E67=$S$16),O67*$AE$16*K67,IF(AND(D67=$D$17,E67=$S$11),O67*$AG$11*K67,IF(AND(D67=$D$17,E67=$S$12),O67*$AG$12*K67,IF(AND(D67=$D$17,E67=$S$13),O67*$AG$13*K67,IF(AND(D67=$D$17,E67=$S$14),O67*$AG$14*K67,IF(AND(D67=$D$17,E67=$S$15),O67*$AG$15*K67,IF(AND(D67=$D$17,E67=$S$16),O67*$AG$16*K67,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P68" s="149"/>
-[...2 lines deleted...]
-      <c r="S68" s="98"/>
+      <c r="P68" s="158"/>
+      <c r="Q68" s="158"/>
+      <c r="R68" s="160"/>
+      <c r="S68" s="94"/>
       <c r="T68" s="31"/>
       <c r="U68" s="31"/>
       <c r="V68" s="31"/>
       <c r="W68" s="31"/>
       <c r="X68" s="31"/>
       <c r="Y68" s="31"/>
       <c r="Z68" s="36"/>
       <c r="AA68" s="36"/>
       <c r="AB68" s="32"/>
       <c r="AC68" s="32"/>
       <c r="AD68" s="32"/>
     </row>
-    <row r="69" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A69" s="158">
+    <row r="69" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A69" s="167">
         <v>16</v>
       </c>
-      <c r="B69" s="158"/>
-[...16 lines deleted...]
-      <c r="S69" s="98"/>
+      <c r="B69" s="167"/>
+      <c r="C69" s="169"/>
+      <c r="D69" s="157"/>
+      <c r="E69" s="157"/>
+      <c r="F69" s="157"/>
+      <c r="G69" s="157"/>
+      <c r="H69" s="157"/>
+      <c r="I69" s="157"/>
+      <c r="J69" s="161"/>
+      <c r="K69" s="163"/>
+      <c r="L69" s="159"/>
+      <c r="M69" s="91"/>
+      <c r="N69" s="91"/>
+      <c r="O69" s="91"/>
+      <c r="P69" s="157"/>
+      <c r="Q69" s="157"/>
+      <c r="R69" s="159"/>
+      <c r="S69" s="94"/>
       <c r="T69" s="31"/>
       <c r="U69" s="31"/>
       <c r="V69" s="31"/>
       <c r="W69" s="31"/>
       <c r="X69" s="31"/>
       <c r="Y69" s="31"/>
       <c r="Z69" s="35"/>
       <c r="AA69" s="35"/>
       <c r="AB69" s="32"/>
       <c r="AC69" s="32"/>
       <c r="AD69" s="32"/>
     </row>
-    <row r="70" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L70" s="151"/>
+    <row r="70" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="168"/>
+      <c r="B70" s="168"/>
+      <c r="C70" s="170"/>
+      <c r="D70" s="158"/>
+      <c r="E70" s="158"/>
+      <c r="F70" s="158"/>
+      <c r="G70" s="158"/>
+      <c r="H70" s="158"/>
+      <c r="I70" s="158"/>
+      <c r="J70" s="162"/>
+      <c r="K70" s="164"/>
+      <c r="L70" s="160"/>
       <c r="M70" s="33">
         <f>IF(AND(D69=$D$11,E69=$S$11),M69*$U$11,IF(AND(D69=$D$11,E69=$S$12),M69*$U$12,IF(AND(D69=$D$11,E69=$S$13),M69*$U$13,IF(AND(D69=$D$11,E69=$S$14),M69*$U$14,IF(AND(D69=$D$11,E69=$S$15),M69*$U$15,IF(AND(D69=$D$11,E69=$S$16),M69*$U$16,IF(AND(D69=$D$12,E69=$S$11),M69*$W$11,IF(AND(D69=$D$12,E69=$S$12),M69*$W$12,IF(AND(D69=$D$12,E69=$S$13),M69*$W$13,IF(AND(D69=$D$12,E69=$S$14),M69*$W$14,IF(AND(D69=$D$12,E69=$S$15),M69*$W$15,IF(AND(D69=$D$12,E69=$S$16),M69*$W$16,IF(AND(D69=$D$13,E69=$S$11),M69*$Y$11,IF(AND(D69=$D$13,E69=$S$12),M69*$Y$12,IF(AND(D69=$D$13,E69=$S$13),M69*$Y$13,IF(AND(D69=$D$13,E69=$S$14),M69*$Y$14,IF(AND(D69=$D$13,E69=$S$15),M69*$Y$15,IF(AND(D69=$D$13,E69=$S$16),M69*$Y$16,IF(AND(D69=$D$14,E69=$S$11),M69*$AA$11,IF(AND(D69=$D$14,E69=$S$12),M69*$AA$12,IF(AND(D69=$D$14,E69=$S$13),M69*$AA$13,IF(AND(D69=$D$14,E69=$S$14),M69*$AA$14,IF(AND(D69=$D$14,E69=$S$15),M69*$AA$15,IF(AND(D69=$D$14,E69=$S$16),M69*$AA$16,IF(AND(D69=$D$15,E69=$S$11),M69*$AC$11,IF(AND(D69=$D$15,E69=$S$12),M69*$AC$12,IF(AND(D69=$D$15,E69=$S$13),M69*$AC$13,IF(AND(D69=$D$15,E69=$S$14),M69*$AC$14,IF(AND(D69=$D$15,E69=$S$15),M69*$AC$15,IF(AND(D69=$D$15,E69=$S$16),M69*$AC$16,IF(AND(D69=$D$16,E69=$S$11),M69*$AE$11,IF(AND(D69=$D$16,E69=$S$12),M69*$AE$12,IF(AND(D69=$D$16,E69=$S$13),M69*$AE$13,IF(AND(D69=$D$16,E69=$S$14),M69*$AE$14,IF(AND(D69=$D$16,E69=$S$15),M69*$AE$15,IF(AND(D69=$D$16,E69=$S$16),M69*$AE$16,IF(AND(D69=$D$17,E69=$S$11),M69*$AG$11,IF(AND(D69=$D$17,E69=$S$12),M69*$AG$12,IF(AND(D69=$D$17,E69=$S$13),M69*$AG$13,IF(AND(D69=$D$17,E69=$S$14),M69*$AG$14,IF(AND(D69=$D$17,E69=$S$15),M69*$AG$15,IF(AND(D69=$D$17,E69=$S$16),M69*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N70" s="34">
         <f>IF(AND(D69=$D$11,E69=$S$11),N69*$U$11*K69,IF(AND(D69=$D$11,E69=$S$12),N69*$U$12*K69,IF(AND(D69=$D$11,E69=$S$13),N69*$U$13*K69,IF(AND(D69=$D$11,E69=$S$14),N69*$U$14*K69,IF(AND(D69=$D$11,E69=$S$15),N69*$U$15*K69,IF(AND(D69=$D$11,E69=$S$16),N69*$U$16*K69,IF(AND(D69=$D$12,E69=$S$11),N69*$W$11*K69,IF(AND(D69=$D$12,E69=$S$12),N69*$W$12*K69,IF(AND(D69=$D$12,E69=$S$13),N69*$W$13*K69,IF(AND(D69=$D$12,E69=$S$14),N69*$W$14*K69,IF(AND(D69=$D$12,E69=$S$15),N69*$W$15*K69,IF(AND(D69=$D$12,E69=$S$16),N69*$W$16*K69,IF(AND(D69=$D$13,E69=$S$11),N69*$Y$11*K69,IF(AND(D69=$D$13,E69=$S$12),N69*$Y$12*K69,IF(AND(D69=$D$13,E69=$S$13),N69*$Y$13*K69,IF(AND(D69=$D$13,E69=$S$14),N69*$Y$14*K69,IF(AND(D69=$D$13,E69=$S$15),N69*$Y$15*K69,IF(AND(D69=$D$13,E69=$S$16),N69*$Y$16*K69,IF(AND(D69=$D$14,E69=$S$11),N69*$AA$11*K69,IF(AND(D69=$D$14,E69=$S$12),N69*$AA$12*K69,IF(AND(D69=$D$14,E69=$S$13),N69*$AA$13*K69,IF(AND(D69=$D$14,E69=$S$14),N69*$AA$14*K69,IF(AND(D69=$D$14,E69=$S$15),N69*$AA$15*K69,IF(AND(D69=$D$14,E69=$S$16),N69*$AA$16*K69,IF(AND(D69=$D$15,E69=$S$11),N69*$AC$11*K69,IF(AND(D69=$D$15,E69=$S$12),N69*$AC$12*K69,IF(AND(D69=$D$15,E69=$S$13),N69*$AC$13*K69,IF(AND(D69=$D$15,E69=$S$14),N69*$AC$14*K69,IF(AND(D69=$DE1069=$S$15),N69*$AC$15*K69,IF(AND(D69=$D$15,E69=$S$16),N69*$AC$16*K69,IF(AND(D69=$D$16,E69=$S$11),N69*$AE$11*K69,IF(AND(D69=$D$16,E69=$S$12),N69*$AE$12*K69,IF(AND(D69=$D$16,E69=$S$13),N69*$AE$13*K69,IF(AND(D69=$D$16,E69=$S$14),N69*$AE$14*K69,IF(AND(D69=$D$16,E69=$S$15),N69*$AE$15*K69,IF(AND(D69=$D$16,E69=$S$16),N69*$AE$16*K69,IF(AND(D69=$D$17,E69=$S$11),N69*$AG$11*K69,IF(AND(D69=$D$17,E69=$S$12),N69*$AG$12*K69,IF(AND(D69=$D$17,E69=$S$13),N69*$AG$13*K69,IF(AND(D69=$D$17,E69=$S$14),N69*$AG$14*K69,IF(AND(D69=$D$17,E69=$S$15),N69*$AG$15*K69,IF(AND(D69=$D$17,E69=$S$16),N69*$AG$16*K69,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O70" s="58">
+      <c r="O70" s="57">
         <f>IF(AND(D69=$D$11,E69=$S$11),O69*$U$11*K69,IF(AND(D69=$D$11,E69=$S$12),O69*$U$12*K69,IF(AND(D69=$D$11,E69=$S$13),O69*$U$13*K69,IF(AND(D69=$D$11,E69=$S$14),O69*$U$14*K69,IF(AND(D69=$D$11,E69=$S$15),O69*$U$15*K69,IF(AND(D69=$D$11,E69=$S$16),O69*$U$16*K69,IF(AND(D69=$D$12,E69=$S$11),O69*$W$11*K69,IF(AND(D69=$D$12,E69=$S$12),O69*$W$12*K69,IF(AND(D69=$D$12,E69=$S$13),O69*$W$13*K69,IF(AND(D69=$D$12,E69=$S$14),O69*$W$14*K69,IF(AND(D69=$D$12,E69=$S$15),O69*$W$15*K69,IF(AND(D69=$D$12,E69=$S$16),O69*$W$16*K69,IF(AND(D69=$D$13,E69=$S$11),O69*$Y$11*K69,IF(AND(D69=$D$13,E69=$S$12),O69*$Y$12*K69,IF(AND(D69=$D$13,E69=$S$13),O69*$Y$13*K69,IF(AND(D69=$D$13,E69=$S$14),O69*$Y$14*K69,IF(AND(D69=$D$13,E69=$S$15),O69*$Y$15*K69,IF(AND(D69=$D$13,E69=$S$16),O69*$Y$16*K69,IF(AND(D69=$D$14,E69=$S$11),O69*$AA$11*K69,IF(AND(D69=$D$14,E69=$S$12),O69*$AA$12*K69,IF(AND(D69=$D$14,E69=$S$13),O69*$AA$13*K69,IF(AND(D69=$D$14,E69=$S$14),O69*$AA$14*K69,IF(AND(D69=$D$14,E69=$S$15),O69*$AA$15*K69,IF(AND(D69=$D$14,E69=$S$16),O69*$AA$16*K69,IF(AND(D69=$D$15,E69=$S$11),O69*$AC$11*K69,IF(AND(D69=$D$15,E69=$S$12),O69*$AC$12*K69,IF(AND(D69=$D$15,E69=$S$13),O69*$AC$13*K69,IF(AND(D69=$D$15,E69=$S$14),O69*$AC$14*K69,IF(AND(D69=$DE1069=$S$15),O69*$AC$15*K69,IF(AND(D69=$D$15,E69=$S$16),O69*$AC$16*K69,IF(AND(D69=$D$16,E69=$S$11),O69*$AE$11*K69,IF(AND(D69=$D$16,E69=$S$12),O69*$AE$12*K69,IF(AND(D69=$D$16,E69=$S$13),O69*$AE$13*K69,IF(AND(D69=$D$16,E69=$S$14),O69*$AE$14*K69,IF(AND(D69=$D$16,E69=$S$15),O69*$AE$15*K69,IF(AND(D69=$D$16,E69=$S$16),O69*$AE$16*K69,IF(AND(D69=$D$17,E69=$S$11),O69*$AG$11*K69,IF(AND(D69=$D$17,E69=$S$12),O69*$AG$12*K69,IF(AND(D69=$D$17,E69=$S$13),O69*$AG$13*K69,IF(AND(D69=$D$17,E69=$S$14),O69*$AG$14*K69,IF(AND(D69=$D$17,E69=$S$15),O69*$AG$15*K69,IF(AND(D69=$D$17,E69=$S$16),O69*$AG$16*K69,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P70" s="149"/>
-[...2 lines deleted...]
-      <c r="S70" s="98"/>
+      <c r="P70" s="158"/>
+      <c r="Q70" s="158"/>
+      <c r="R70" s="160"/>
+      <c r="S70" s="94"/>
       <c r="T70" s="31"/>
       <c r="U70" s="31"/>
       <c r="V70" s="31"/>
       <c r="W70" s="31"/>
       <c r="X70" s="31"/>
       <c r="Y70" s="31"/>
       <c r="Z70" s="36"/>
       <c r="AA70" s="36"/>
       <c r="AB70" s="32"/>
       <c r="AC70" s="32"/>
       <c r="AD70" s="32"/>
     </row>
-    <row r="71" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A71" s="158">
+    <row r="71" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A71" s="167">
         <v>17</v>
       </c>
-      <c r="B71" s="158"/>
-[...16 lines deleted...]
-      <c r="S71" s="98"/>
+      <c r="B71" s="167"/>
+      <c r="C71" s="169"/>
+      <c r="D71" s="157"/>
+      <c r="E71" s="157"/>
+      <c r="F71" s="157"/>
+      <c r="G71" s="157"/>
+      <c r="H71" s="157"/>
+      <c r="I71" s="157"/>
+      <c r="J71" s="161"/>
+      <c r="K71" s="163"/>
+      <c r="L71" s="159"/>
+      <c r="M71" s="91"/>
+      <c r="N71" s="91"/>
+      <c r="O71" s="91"/>
+      <c r="P71" s="157"/>
+      <c r="Q71" s="157"/>
+      <c r="R71" s="159"/>
+      <c r="S71" s="94"/>
       <c r="T71" s="31"/>
       <c r="U71" s="31"/>
       <c r="V71" s="31"/>
       <c r="W71" s="31"/>
       <c r="X71" s="31"/>
       <c r="Y71" s="31"/>
       <c r="Z71" s="35"/>
       <c r="AA71" s="35"/>
       <c r="AB71" s="32"/>
       <c r="AC71" s="32"/>
       <c r="AD71" s="32"/>
     </row>
-    <row r="72" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L72" s="151"/>
+    <row r="72" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="168"/>
+      <c r="B72" s="168"/>
+      <c r="C72" s="170"/>
+      <c r="D72" s="158"/>
+      <c r="E72" s="158"/>
+      <c r="F72" s="158"/>
+      <c r="G72" s="158"/>
+      <c r="H72" s="158"/>
+      <c r="I72" s="158"/>
+      <c r="J72" s="162"/>
+      <c r="K72" s="164"/>
+      <c r="L72" s="160"/>
       <c r="M72" s="33">
         <f>IF(AND(D71=$D$11,E71=$S$11),M71*$U$11,IF(AND(D71=$D$11,E71=$S$12),M71*$U$12,IF(AND(D71=$D$11,E71=$S$13),M71*$U$13,IF(AND(D71=$D$11,E71=$S$14),M71*$U$14,IF(AND(D71=$D$11,E71=$S$15),M71*$U$15,IF(AND(D71=$D$11,E71=$S$16),M71*$U$16,IF(AND(D71=$D$12,E71=$S$11),M71*$W$11,IF(AND(D71=$D$12,E71=$S$12),M71*$W$12,IF(AND(D71=$D$12,E71=$S$13),M71*$W$13,IF(AND(D71=$D$12,E71=$S$14),M71*$W$14,IF(AND(D71=$D$12,E71=$S$15),M71*$W$15,IF(AND(D71=$D$12,E71=$S$16),M71*$W$16,IF(AND(D71=$D$13,E71=$S$11),M71*$Y$11,IF(AND(D71=$D$13,E71=$S$12),M71*$Y$12,IF(AND(D71=$D$13,E71=$S$13),M71*$Y$13,IF(AND(D71=$D$13,E71=$S$14),M71*$Y$14,IF(AND(D71=$D$13,E71=$S$15),M71*$Y$15,IF(AND(D71=$D$13,E71=$S$16),M71*$Y$16,IF(AND(D71=$D$14,E71=$S$11),M71*$AA$11,IF(AND(D71=$D$14,E71=$S$12),M71*$AA$12,IF(AND(D71=$D$14,E71=$S$13),M71*$AA$13,IF(AND(D71=$D$14,E71=$S$14),M71*$AA$14,IF(AND(D71=$D$14,E71=$S$15),M71*$AA$15,IF(AND(D71=$D$14,E71=$S$16),M71*$AA$16,IF(AND(D71=$D$15,E71=$S$11),M71*$AC$11,IF(AND(D71=$D$15,E71=$S$12),M71*$AC$12,IF(AND(D71=$D$15,E71=$S$13),M71*$AC$13,IF(AND(D71=$D$15,E71=$S$14),M71*$AC$14,IF(AND(D71=$D$15,E71=$S$15),M71*$AC$15,IF(AND(D71=$D$15,E71=$S$16),M71*$AC$16,IF(AND(D71=$D$16,E71=$S$11),M71*$AE$11,IF(AND(D71=$D$16,E71=$S$12),M71*$AE$12,IF(AND(D71=$D$16,E71=$S$13),M71*$AE$13,IF(AND(D71=$D$16,E71=$S$14),M71*$AE$14,IF(AND(D71=$D$16,E71=$S$15),M71*$AE$15,IF(AND(D71=$D$16,E71=$S$16),M71*$AE$16,IF(AND(D71=$D$17,E71=$S$11),M71*$AG$11,IF(AND(D71=$D$17,E71=$S$12),M71*$AG$12,IF(AND(D71=$D$17,E71=$S$13),M71*$AG$13,IF(AND(D71=$D$17,E71=$S$14),M71*$AG$14,IF(AND(D71=$D$17,E71=$S$15),M71*$AG$15,IF(AND(D71=$D$17,E71=$S$16),M71*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N72" s="34">
         <f>IF(AND(D71=$D$11,E71=$S$11),N71*$U$11*K71,IF(AND(D71=$D$11,E71=$S$12),N71*$U$12*K71,IF(AND(D71=$D$11,E71=$S$13),N71*$U$13*K71,IF(AND(D71=$D$11,E71=$S$14),N71*$U$14*K71,IF(AND(D71=$D$11,E71=$S$15),N71*$U$15*K71,IF(AND(D71=$D$11,E71=$S$16),N71*$U$16*K71,IF(AND(D71=$D$12,E71=$S$11),N71*$W$11*K71,IF(AND(D71=$D$12,E71=$S$12),N71*$W$12*K71,IF(AND(D71=$D$12,E71=$S$13),N71*$W$13*K71,IF(AND(D71=$D$12,E71=$S$14),N71*$W$14*K71,IF(AND(D71=$D$12,E71=$S$15),N71*$W$15*K71,IF(AND(D71=$D$12,E71=$S$16),N71*$W$16*K71,IF(AND(D71=$D$13,E71=$S$11),N71*$Y$11*K71,IF(AND(D71=$D$13,E71=$S$12),N71*$Y$12*K71,IF(AND(D71=$D$13,E71=$S$13),N71*$Y$13*K71,IF(AND(D71=$D$13,E71=$S$14),N71*$Y$14*K71,IF(AND(D71=$D$13,E71=$S$15),N71*$Y$15*K71,IF(AND(D71=$D$13,E71=$S$16),N71*$Y$16*K71,IF(AND(D71=$D$14,E71=$S$11),N71*$AA$11*K71,IF(AND(D71=$D$14,E71=$S$12),N71*$AA$12*K71,IF(AND(D71=$D$14,E71=$S$13),N71*$AA$13*K71,IF(AND(D71=$D$14,E71=$S$14),N71*$AA$14*K71,IF(AND(D71=$D$14,E71=$S$15),N71*$AA$15*K71,IF(AND(D71=$D$14,E71=$S$16),N71*$AA$16*K71,IF(AND(D71=$D$15,E71=$S$11),N71*$AC$11*K71,IF(AND(D71=$D$15,E71=$S$12),N71*$AC$12*K71,IF(AND(D71=$D$15,E71=$S$13),N71*$AC$13*K71,IF(AND(D71=$D$15,E71=$S$14),N71*$AC$14*K71,IF(AND(D71=$DE1071=$S$15),N71*$AC$15*K71,IF(AND(D71=$D$15,E71=$S$16),N71*$AC$16*K71,IF(AND(D71=$D$16,E71=$S$11),N71*$AE$11*K71,IF(AND(D71=$D$16,E71=$S$12),N71*$AE$12*K71,IF(AND(D71=$D$16,E71=$S$13),N71*$AE$13*K71,IF(AND(D71=$D$16,E71=$S$14),N71*$AE$14*K71,IF(AND(D71=$D$16,E71=$S$15),N71*$AE$15*K71,IF(AND(D71=$D$16,E71=$S$16),N71*$AE$16*K71,IF(AND(D71=$D$17,E71=$S$11),N71*$AG$11*K71,IF(AND(D71=$D$17,E71=$S$12),N71*$AG$12*K71,IF(AND(D71=$D$17,E71=$S$13),N71*$AG$13*K71,IF(AND(D71=$D$17,E71=$S$14),N71*$AG$14*K71,IF(AND(D71=$D$17,E71=$S$15),N71*$AG$15*K71,IF(AND(D71=$D$17,E71=$S$16),N71*$AG$16*K71,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O72" s="58">
+      <c r="O72" s="57">
         <f>IF(AND(D71=$D$11,E71=$S$11),O71*$U$11*K71,IF(AND(D71=$D$11,E71=$S$12),O71*$U$12*K71,IF(AND(D71=$D$11,E71=$S$13),O71*$U$13*K71,IF(AND(D71=$D$11,E71=$S$14),O71*$U$14*K71,IF(AND(D71=$D$11,E71=$S$15),O71*$U$15*K71,IF(AND(D71=$D$11,E71=$S$16),O71*$U$16*K71,IF(AND(D71=$D$12,E71=$S$11),O71*$W$11*K71,IF(AND(D71=$D$12,E71=$S$12),O71*$W$12*K71,IF(AND(D71=$D$12,E71=$S$13),O71*$W$13*K71,IF(AND(D71=$D$12,E71=$S$14),O71*$W$14*K71,IF(AND(D71=$D$12,E71=$S$15),O71*$W$15*K71,IF(AND(D71=$D$12,E71=$S$16),O71*$W$16*K71,IF(AND(D71=$D$13,E71=$S$11),O71*$Y$11*K71,IF(AND(D71=$D$13,E71=$S$12),O71*$Y$12*K71,IF(AND(D71=$D$13,E71=$S$13),O71*$Y$13*K71,IF(AND(D71=$D$13,E71=$S$14),O71*$Y$14*K71,IF(AND(D71=$D$13,E71=$S$15),O71*$Y$15*K71,IF(AND(D71=$D$13,E71=$S$16),O71*$Y$16*K71,IF(AND(D71=$D$14,E71=$S$11),O71*$AA$11*K71,IF(AND(D71=$D$14,E71=$S$12),O71*$AA$12*K71,IF(AND(D71=$D$14,E71=$S$13),O71*$AA$13*K71,IF(AND(D71=$D$14,E71=$S$14),O71*$AA$14*K71,IF(AND(D71=$D$14,E71=$S$15),O71*$AA$15*K71,IF(AND(D71=$D$14,E71=$S$16),O71*$AA$16*K71,IF(AND(D71=$D$15,E71=$S$11),O71*$AC$11*K71,IF(AND(D71=$D$15,E71=$S$12),O71*$AC$12*K71,IF(AND(D71=$D$15,E71=$S$13),O71*$AC$13*K71,IF(AND(D71=$D$15,E71=$S$14),O71*$AC$14*K71,IF(AND(D71=$DE1071=$S$15),O71*$AC$15*K71,IF(AND(D71=$D$15,E71=$S$16),O71*$AC$16*K71,IF(AND(D71=$D$16,E71=$S$11),O71*$AE$11*K71,IF(AND(D71=$D$16,E71=$S$12),O71*$AE$12*K71,IF(AND(D71=$D$16,E71=$S$13),O71*$AE$13*K71,IF(AND(D71=$D$16,E71=$S$14),O71*$AE$14*K71,IF(AND(D71=$D$16,E71=$S$15),O71*$AE$15*K71,IF(AND(D71=$D$16,E71=$S$16),O71*$AE$16*K71,IF(AND(D71=$D$17,E71=$S$11),O71*$AG$11*K71,IF(AND(D71=$D$17,E71=$S$12),O71*$AG$12*K71,IF(AND(D71=$D$17,E71=$S$13),O71*$AG$13*K71,IF(AND(D71=$D$17,E71=$S$14),O71*$AG$14*K71,IF(AND(D71=$D$17,E71=$S$15),O71*$AG$15*K71,IF(AND(D71=$D$17,E71=$S$16),O71*$AG$16*K71,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P72" s="149"/>
-[...2 lines deleted...]
-      <c r="S72" s="98"/>
+      <c r="P72" s="158"/>
+      <c r="Q72" s="158"/>
+      <c r="R72" s="160"/>
+      <c r="S72" s="94"/>
       <c r="T72" s="31"/>
       <c r="U72" s="31"/>
       <c r="V72" s="31"/>
       <c r="W72" s="31"/>
       <c r="X72" s="31"/>
       <c r="Y72" s="31"/>
       <c r="Z72" s="36"/>
       <c r="AA72" s="36"/>
       <c r="AB72" s="32"/>
       <c r="AC72" s="32"/>
       <c r="AD72" s="32"/>
     </row>
-    <row r="73" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A73" s="158">
+    <row r="73" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A73" s="167">
         <v>18</v>
       </c>
-      <c r="B73" s="158"/>
-[...16 lines deleted...]
-      <c r="S73" s="98"/>
+      <c r="B73" s="167"/>
+      <c r="C73" s="169"/>
+      <c r="D73" s="157"/>
+      <c r="E73" s="157"/>
+      <c r="F73" s="157"/>
+      <c r="G73" s="157"/>
+      <c r="H73" s="157"/>
+      <c r="I73" s="157"/>
+      <c r="J73" s="161"/>
+      <c r="K73" s="163"/>
+      <c r="L73" s="159"/>
+      <c r="M73" s="91"/>
+      <c r="N73" s="91"/>
+      <c r="O73" s="91"/>
+      <c r="P73" s="157"/>
+      <c r="Q73" s="157"/>
+      <c r="R73" s="159"/>
+      <c r="S73" s="94"/>
       <c r="T73" s="31"/>
       <c r="U73" s="31"/>
       <c r="V73" s="31"/>
       <c r="W73" s="31"/>
       <c r="X73" s="31"/>
       <c r="Y73" s="31"/>
       <c r="Z73" s="35"/>
       <c r="AA73" s="35"/>
       <c r="AB73" s="32"/>
       <c r="AC73" s="32"/>
       <c r="AD73" s="32"/>
     </row>
-    <row r="74" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L74" s="151"/>
+    <row r="74" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="168"/>
+      <c r="B74" s="168"/>
+      <c r="C74" s="170"/>
+      <c r="D74" s="158"/>
+      <c r="E74" s="158"/>
+      <c r="F74" s="158"/>
+      <c r="G74" s="158"/>
+      <c r="H74" s="158"/>
+      <c r="I74" s="158"/>
+      <c r="J74" s="162"/>
+      <c r="K74" s="164"/>
+      <c r="L74" s="160"/>
       <c r="M74" s="33">
         <f>IF(AND(D73=$D$11,E73=$S$11),M73*$U$11,IF(AND(D73=$D$11,E73=$S$12),M73*$U$12,IF(AND(D73=$D$11,E73=$S$13),M73*$U$13,IF(AND(D73=$D$11,E73=$S$14),M73*$U$14,IF(AND(D73=$D$11,E73=$S$15),M73*$U$15,IF(AND(D73=$D$11,E73=$S$16),M73*$U$16,IF(AND(D73=$D$12,E73=$S$11),M73*$W$11,IF(AND(D73=$D$12,E73=$S$12),M73*$W$12,IF(AND(D73=$D$12,E73=$S$13),M73*$W$13,IF(AND(D73=$D$12,E73=$S$14),M73*$W$14,IF(AND(D73=$D$12,E73=$S$15),M73*$W$15,IF(AND(D73=$D$12,E73=$S$16),M73*$W$16,IF(AND(D73=$D$13,E73=$S$11),M73*$Y$11,IF(AND(D73=$D$13,E73=$S$12),M73*$Y$12,IF(AND(D73=$D$13,E73=$S$13),M73*$Y$13,IF(AND(D73=$D$13,E73=$S$14),M73*$Y$14,IF(AND(D73=$D$13,E73=$S$15),M73*$Y$15,IF(AND(D73=$D$13,E73=$S$16),M73*$Y$16,IF(AND(D73=$D$14,E73=$S$11),M73*$AA$11,IF(AND(D73=$D$14,E73=$S$12),M73*$AA$12,IF(AND(D73=$D$14,E73=$S$13),M73*$AA$13,IF(AND(D73=$D$14,E73=$S$14),M73*$AA$14,IF(AND(D73=$D$14,E73=$S$15),M73*$AA$15,IF(AND(D73=$D$14,E73=$S$16),M73*$AA$16,IF(AND(D73=$D$15,E73=$S$11),M73*$AC$11,IF(AND(D73=$D$15,E73=$S$12),M73*$AC$12,IF(AND(D73=$D$15,E73=$S$13),M73*$AC$13,IF(AND(D73=$D$15,E73=$S$14),M73*$AC$14,IF(AND(D73=$D$15,E73=$S$15),M73*$AC$15,IF(AND(D73=$D$15,E73=$S$16),M73*$AC$16,IF(AND(D73=$D$16,E73=$S$11),M73*$AE$11,IF(AND(D73=$D$16,E73=$S$12),M73*$AE$12,IF(AND(D73=$D$16,E73=$S$13),M73*$AE$13,IF(AND(D73=$D$16,E73=$S$14),M73*$AE$14,IF(AND(D73=$D$16,E73=$S$15),M73*$AE$15,IF(AND(D73=$D$16,E73=$S$16),M73*$AE$16,IF(AND(D73=$D$17,E73=$S$11),M73*$AG$11,IF(AND(D73=$D$17,E73=$S$12),M73*$AG$12,IF(AND(D73=$D$17,E73=$S$13),M73*$AG$13,IF(AND(D73=$D$17,E73=$S$14),M73*$AG$14,IF(AND(D73=$D$17,E73=$S$15),M73*$AG$15,IF(AND(D73=$D$17,E73=$S$16),M73*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N74" s="34">
         <f>IF(AND(D73=$D$11,E73=$S$11),N73*$U$11*K73,IF(AND(D73=$D$11,E73=$S$12),N73*$U$12*K73,IF(AND(D73=$D$11,E73=$S$13),N73*$U$13*K73,IF(AND(D73=$D$11,E73=$S$14),N73*$U$14*K73,IF(AND(D73=$D$11,E73=$S$15),N73*$U$15*K73,IF(AND(D73=$D$11,E73=$S$16),N73*$U$16*K73,IF(AND(D73=$D$12,E73=$S$11),N73*$W$11*K73,IF(AND(D73=$D$12,E73=$S$12),N73*$W$12*K73,IF(AND(D73=$D$12,E73=$S$13),N73*$W$13*K73,IF(AND(D73=$D$12,E73=$S$14),N73*$W$14*K73,IF(AND(D73=$D$12,E73=$S$15),N73*$W$15*K73,IF(AND(D73=$D$12,E73=$S$16),N73*$W$16*K73,IF(AND(D73=$D$13,E73=$S$11),N73*$Y$11*K73,IF(AND(D73=$D$13,E73=$S$12),N73*$Y$12*K73,IF(AND(D73=$D$13,E73=$S$13),N73*$Y$13*K73,IF(AND(D73=$D$13,E73=$S$14),N73*$Y$14*K73,IF(AND(D73=$D$13,E73=$S$15),N73*$Y$15*K73,IF(AND(D73=$D$13,E73=$S$16),N73*$Y$16*K73,IF(AND(D73=$D$14,E73=$S$11),N73*$AA$11*K73,IF(AND(D73=$D$14,E73=$S$12),N73*$AA$12*K73,IF(AND(D73=$D$14,E73=$S$13),N73*$AA$13*K73,IF(AND(D73=$D$14,E73=$S$14),N73*$AA$14*K73,IF(AND(D73=$D$14,E73=$S$15),N73*$AA$15*K73,IF(AND(D73=$D$14,E73=$S$16),N73*$AA$16*K73,IF(AND(D73=$D$15,E73=$S$11),N73*$AC$11*K73,IF(AND(D73=$D$15,E73=$S$12),N73*$AC$12*K73,IF(AND(D73=$D$15,E73=$S$13),N73*$AC$13*K73,IF(AND(D73=$D$15,E73=$S$14),N73*$AC$14*K73,IF(AND(D73=$DE1073=$S$15),N73*$AC$15*K73,IF(AND(D73=$D$15,E73=$S$16),N73*$AC$16*K73,IF(AND(D73=$D$16,E73=$S$11),N73*$AE$11*K73,IF(AND(D73=$D$16,E73=$S$12),N73*$AE$12*K73,IF(AND(D73=$D$16,E73=$S$13),N73*$AE$13*K73,IF(AND(D73=$D$16,E73=$S$14),N73*$AE$14*K73,IF(AND(D73=$D$16,E73=$S$15),N73*$AE$15*K73,IF(AND(D73=$D$16,E73=$S$16),N73*$AE$16*K73,IF(AND(D73=$D$17,E73=$S$11),N73*$AG$11*K73,IF(AND(D73=$D$17,E73=$S$12),N73*$AG$12*K73,IF(AND(D73=$D$17,E73=$S$13),N73*$AG$13*K73,IF(AND(D73=$D$17,E73=$S$14),N73*$AG$14*K73,IF(AND(D73=$D$17,E73=$S$15),N73*$AG$15*K73,IF(AND(D73=$D$17,E73=$S$16),N73*$AG$16*K73,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O74" s="58">
+      <c r="O74" s="57">
         <f>IF(AND(D73=$D$11,E73=$S$11),O73*$U$11*K73,IF(AND(D73=$D$11,E73=$S$12),O73*$U$12*K73,IF(AND(D73=$D$11,E73=$S$13),O73*$U$13*K73,IF(AND(D73=$D$11,E73=$S$14),O73*$U$14*K73,IF(AND(D73=$D$11,E73=$S$15),O73*$U$15*K73,IF(AND(D73=$D$11,E73=$S$16),O73*$U$16*K73,IF(AND(D73=$D$12,E73=$S$11),O73*$W$11*K73,IF(AND(D73=$D$12,E73=$S$12),O73*$W$12*K73,IF(AND(D73=$D$12,E73=$S$13),O73*$W$13*K73,IF(AND(D73=$D$12,E73=$S$14),O73*$W$14*K73,IF(AND(D73=$D$12,E73=$S$15),O73*$W$15*K73,IF(AND(D73=$D$12,E73=$S$16),O73*$W$16*K73,IF(AND(D73=$D$13,E73=$S$11),O73*$Y$11*K73,IF(AND(D73=$D$13,E73=$S$12),O73*$Y$12*K73,IF(AND(D73=$D$13,E73=$S$13),O73*$Y$13*K73,IF(AND(D73=$D$13,E73=$S$14),O73*$Y$14*K73,IF(AND(D73=$D$13,E73=$S$15),O73*$Y$15*K73,IF(AND(D73=$D$13,E73=$S$16),O73*$Y$16*K73,IF(AND(D73=$D$14,E73=$S$11),O73*$AA$11*K73,IF(AND(D73=$D$14,E73=$S$12),O73*$AA$12*K73,IF(AND(D73=$D$14,E73=$S$13),O73*$AA$13*K73,IF(AND(D73=$D$14,E73=$S$14),O73*$AA$14*K73,IF(AND(D73=$D$14,E73=$S$15),O73*$AA$15*K73,IF(AND(D73=$D$14,E73=$S$16),O73*$AA$16*K73,IF(AND(D73=$D$15,E73=$S$11),O73*$AC$11*K73,IF(AND(D73=$D$15,E73=$S$12),O73*$AC$12*K73,IF(AND(D73=$D$15,E73=$S$13),O73*$AC$13*K73,IF(AND(D73=$D$15,E73=$S$14),O73*$AC$14*K73,IF(AND(D73=$DE1073=$S$15),O73*$AC$15*K73,IF(AND(D73=$D$15,E73=$S$16),O73*$AC$16*K73,IF(AND(D73=$D$16,E73=$S$11),O73*$AE$11*K73,IF(AND(D73=$D$16,E73=$S$12),O73*$AE$12*K73,IF(AND(D73=$D$16,E73=$S$13),O73*$AE$13*K73,IF(AND(D73=$D$16,E73=$S$14),O73*$AE$14*K73,IF(AND(D73=$D$16,E73=$S$15),O73*$AE$15*K73,IF(AND(D73=$D$16,E73=$S$16),O73*$AE$16*K73,IF(AND(D73=$D$17,E73=$S$11),O73*$AG$11*K73,IF(AND(D73=$D$17,E73=$S$12),O73*$AG$12*K73,IF(AND(D73=$D$17,E73=$S$13),O73*$AG$13*K73,IF(AND(D73=$D$17,E73=$S$14),O73*$AG$14*K73,IF(AND(D73=$D$17,E73=$S$15),O73*$AG$15*K73,IF(AND(D73=$D$17,E73=$S$16),O73*$AG$16*K73,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P74" s="149"/>
-[...2 lines deleted...]
-      <c r="S74" s="98"/>
+      <c r="P74" s="158"/>
+      <c r="Q74" s="158"/>
+      <c r="R74" s="160"/>
+      <c r="S74" s="94"/>
       <c r="T74" s="31"/>
       <c r="U74" s="31"/>
       <c r="V74" s="31"/>
       <c r="W74" s="31"/>
       <c r="X74" s="31"/>
       <c r="Y74" s="31"/>
       <c r="Z74" s="36"/>
       <c r="AA74" s="36"/>
       <c r="AB74" s="32"/>
       <c r="AC74" s="32"/>
       <c r="AD74" s="32"/>
     </row>
-    <row r="75" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A75" s="158">
+    <row r="75" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A75" s="167">
         <v>19</v>
       </c>
-      <c r="B75" s="158"/>
-[...16 lines deleted...]
-      <c r="S75" s="98"/>
+      <c r="B75" s="167"/>
+      <c r="C75" s="169"/>
+      <c r="D75" s="157"/>
+      <c r="E75" s="157"/>
+      <c r="F75" s="157"/>
+      <c r="G75" s="157"/>
+      <c r="H75" s="157"/>
+      <c r="I75" s="157"/>
+      <c r="J75" s="161"/>
+      <c r="K75" s="163"/>
+      <c r="L75" s="159"/>
+      <c r="M75" s="91"/>
+      <c r="N75" s="91"/>
+      <c r="O75" s="91"/>
+      <c r="P75" s="157"/>
+      <c r="Q75" s="157"/>
+      <c r="R75" s="159"/>
+      <c r="S75" s="94"/>
       <c r="T75" s="31"/>
       <c r="U75" s="31"/>
       <c r="V75" s="31"/>
       <c r="W75" s="31"/>
       <c r="X75" s="31"/>
       <c r="Y75" s="31"/>
       <c r="Z75" s="35"/>
       <c r="AA75" s="35"/>
       <c r="AB75" s="32"/>
       <c r="AC75" s="32"/>
       <c r="AD75" s="32"/>
     </row>
-    <row r="76" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L76" s="151"/>
+    <row r="76" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="168"/>
+      <c r="B76" s="168"/>
+      <c r="C76" s="170"/>
+      <c r="D76" s="158"/>
+      <c r="E76" s="158"/>
+      <c r="F76" s="158"/>
+      <c r="G76" s="158"/>
+      <c r="H76" s="158"/>
+      <c r="I76" s="158"/>
+      <c r="J76" s="162"/>
+      <c r="K76" s="164"/>
+      <c r="L76" s="160"/>
       <c r="M76" s="33">
         <f>IF(AND(D75=$D$11,E75=$S$11),M75*$U$11,IF(AND(D75=$D$11,E75=$S$12),M75*$U$12,IF(AND(D75=$D$11,E75=$S$13),M75*$U$13,IF(AND(D75=$D$11,E75=$S$14),M75*$U$14,IF(AND(D75=$D$11,E75=$S$15),M75*$U$15,IF(AND(D75=$D$11,E75=$S$16),M75*$U$16,IF(AND(D75=$D$12,E75=$S$11),M75*$W$11,IF(AND(D75=$D$12,E75=$S$12),M75*$W$12,IF(AND(D75=$D$12,E75=$S$13),M75*$W$13,IF(AND(D75=$D$12,E75=$S$14),M75*$W$14,IF(AND(D75=$D$12,E75=$S$15),M75*$W$15,IF(AND(D75=$D$12,E75=$S$16),M75*$W$16,IF(AND(D75=$D$13,E75=$S$11),M75*$Y$11,IF(AND(D75=$D$13,E75=$S$12),M75*$Y$12,IF(AND(D75=$D$13,E75=$S$13),M75*$Y$13,IF(AND(D75=$D$13,E75=$S$14),M75*$Y$14,IF(AND(D75=$D$13,E75=$S$15),M75*$Y$15,IF(AND(D75=$D$13,E75=$S$16),M75*$Y$16,IF(AND(D75=$D$14,E75=$S$11),M75*$AA$11,IF(AND(D75=$D$14,E75=$S$12),M75*$AA$12,IF(AND(D75=$D$14,E75=$S$13),M75*$AA$13,IF(AND(D75=$D$14,E75=$S$14),M75*$AA$14,IF(AND(D75=$D$14,E75=$S$15),M75*$AA$15,IF(AND(D75=$D$14,E75=$S$16),M75*$AA$16,IF(AND(D75=$D$15,E75=$S$11),M75*$AC$11,IF(AND(D75=$D$15,E75=$S$12),M75*$AC$12,IF(AND(D75=$D$15,E75=$S$13),M75*$AC$13,IF(AND(D75=$D$15,E75=$S$14),M75*$AC$14,IF(AND(D75=$D$15,E75=$S$15),M75*$AC$15,IF(AND(D75=$D$15,E75=$S$16),M75*$AC$16,IF(AND(D75=$D$16,E75=$S$11),M75*$AE$11,IF(AND(D75=$D$16,E75=$S$12),M75*$AE$12,IF(AND(D75=$D$16,E75=$S$13),M75*$AE$13,IF(AND(D75=$D$16,E75=$S$14),M75*$AE$14,IF(AND(D75=$D$16,E75=$S$15),M75*$AE$15,IF(AND(D75=$D$16,E75=$S$16),M75*$AE$16,IF(AND(D75=$D$17,E75=$S$11),M75*$AG$11,IF(AND(D75=$D$17,E75=$S$12),M75*$AG$12,IF(AND(D75=$D$17,E75=$S$13),M75*$AG$13,IF(AND(D75=$D$17,E75=$S$14),M75*$AG$14,IF(AND(D75=$D$17,E75=$S$15),M75*$AG$15,IF(AND(D75=$D$17,E75=$S$16),M75*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N76" s="34">
         <f>IF(AND(D75=$D$11,E75=$S$11),N75*$U$11*K75,IF(AND(D75=$D$11,E75=$S$12),N75*$U$12*K75,IF(AND(D75=$D$11,E75=$S$13),N75*$U$13*K75,IF(AND(D75=$D$11,E75=$S$14),N75*$U$14*K75,IF(AND(D75=$D$11,E75=$S$15),N75*$U$15*K75,IF(AND(D75=$D$11,E75=$S$16),N75*$U$16*K75,IF(AND(D75=$D$12,E75=$S$11),N75*$W$11*K75,IF(AND(D75=$D$12,E75=$S$12),N75*$W$12*K75,IF(AND(D75=$D$12,E75=$S$13),N75*$W$13*K75,IF(AND(D75=$D$12,E75=$S$14),N75*$W$14*K75,IF(AND(D75=$D$12,E75=$S$15),N75*$W$15*K75,IF(AND(D75=$D$12,E75=$S$16),N75*$W$16*K75,IF(AND(D75=$D$13,E75=$S$11),N75*$Y$11*K75,IF(AND(D75=$D$13,E75=$S$12),N75*$Y$12*K75,IF(AND(D75=$D$13,E75=$S$13),N75*$Y$13*K75,IF(AND(D75=$D$13,E75=$S$14),N75*$Y$14*K75,IF(AND(D75=$D$13,E75=$S$15),N75*$Y$15*K75,IF(AND(D75=$D$13,E75=$S$16),N75*$Y$16*K75,IF(AND(D75=$D$14,E75=$S$11),N75*$AA$11*K75,IF(AND(D75=$D$14,E75=$S$12),N75*$AA$12*K75,IF(AND(D75=$D$14,E75=$S$13),N75*$AA$13*K75,IF(AND(D75=$D$14,E75=$S$14),N75*$AA$14*K75,IF(AND(D75=$D$14,E75=$S$15),N75*$AA$15*K75,IF(AND(D75=$D$14,E75=$S$16),N75*$AA$16*K75,IF(AND(D75=$D$15,E75=$S$11),N75*$AC$11*K75,IF(AND(D75=$D$15,E75=$S$12),N75*$AC$12*K75,IF(AND(D75=$D$15,E75=$S$13),N75*$AC$13*K75,IF(AND(D75=$D$15,E75=$S$14),N75*$AC$14*K75,IF(AND(D75=$DE1075=$S$15),N75*$AC$15*K75,IF(AND(D75=$D$15,E75=$S$16),N75*$AC$16*K75,IF(AND(D75=$D$16,E75=$S$11),N75*$AE$11*K75,IF(AND(D75=$D$16,E75=$S$12),N75*$AE$12*K75,IF(AND(D75=$D$16,E75=$S$13),N75*$AE$13*K75,IF(AND(D75=$D$16,E75=$S$14),N75*$AE$14*K75,IF(AND(D75=$D$16,E75=$S$15),N75*$AE$15*K75,IF(AND(D75=$D$16,E75=$S$16),N75*$AE$16*K75,IF(AND(D75=$D$17,E75=$S$11),N75*$AG$11*K75,IF(AND(D75=$D$17,E75=$S$12),N75*$AG$12*K75,IF(AND(D75=$D$17,E75=$S$13),N75*$AG$13*K75,IF(AND(D75=$D$17,E75=$S$14),N75*$AG$14*K75,IF(AND(D75=$D$17,E75=$S$15),N75*$AG$15*K75,IF(AND(D75=$D$17,E75=$S$16),N75*$AG$16*K75,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O76" s="58">
+      <c r="O76" s="57">
         <f>IF(AND(D75=$D$11,E75=$S$11),O75*$U$11*K75,IF(AND(D75=$D$11,E75=$S$12),O75*$U$12*K75,IF(AND(D75=$D$11,E75=$S$13),O75*$U$13*K75,IF(AND(D75=$D$11,E75=$S$14),O75*$U$14*K75,IF(AND(D75=$D$11,E75=$S$15),O75*$U$15*K75,IF(AND(D75=$D$11,E75=$S$16),O75*$U$16*K75,IF(AND(D75=$D$12,E75=$S$11),O75*$W$11*K75,IF(AND(D75=$D$12,E75=$S$12),O75*$W$12*K75,IF(AND(D75=$D$12,E75=$S$13),O75*$W$13*K75,IF(AND(D75=$D$12,E75=$S$14),O75*$W$14*K75,IF(AND(D75=$D$12,E75=$S$15),O75*$W$15*K75,IF(AND(D75=$D$12,E75=$S$16),O75*$W$16*K75,IF(AND(D75=$D$13,E75=$S$11),O75*$Y$11*K75,IF(AND(D75=$D$13,E75=$S$12),O75*$Y$12*K75,IF(AND(D75=$D$13,E75=$S$13),O75*$Y$13*K75,IF(AND(D75=$D$13,E75=$S$14),O75*$Y$14*K75,IF(AND(D75=$D$13,E75=$S$15),O75*$Y$15*K75,IF(AND(D75=$D$13,E75=$S$16),O75*$Y$16*K75,IF(AND(D75=$D$14,E75=$S$11),O75*$AA$11*K75,IF(AND(D75=$D$14,E75=$S$12),O75*$AA$12*K75,IF(AND(D75=$D$14,E75=$S$13),O75*$AA$13*K75,IF(AND(D75=$D$14,E75=$S$14),O75*$AA$14*K75,IF(AND(D75=$D$14,E75=$S$15),O75*$AA$15*K75,IF(AND(D75=$D$14,E75=$S$16),O75*$AA$16*K75,IF(AND(D75=$D$15,E75=$S$11),O75*$AC$11*K75,IF(AND(D75=$D$15,E75=$S$12),O75*$AC$12*K75,IF(AND(D75=$D$15,E75=$S$13),O75*$AC$13*K75,IF(AND(D75=$D$15,E75=$S$14),O75*$AC$14*K75,IF(AND(D75=$DE1075=$S$15),O75*$AC$15*K75,IF(AND(D75=$D$15,E75=$S$16),O75*$AC$16*K75,IF(AND(D75=$D$16,E75=$S$11),O75*$AE$11*K75,IF(AND(D75=$D$16,E75=$S$12),O75*$AE$12*K75,IF(AND(D75=$D$16,E75=$S$13),O75*$AE$13*K75,IF(AND(D75=$D$16,E75=$S$14),O75*$AE$14*K75,IF(AND(D75=$D$16,E75=$S$15),O75*$AE$15*K75,IF(AND(D75=$D$16,E75=$S$16),O75*$AE$16*K75,IF(AND(D75=$D$17,E75=$S$11),O75*$AG$11*K75,IF(AND(D75=$D$17,E75=$S$12),O75*$AG$12*K75,IF(AND(D75=$D$17,E75=$S$13),O75*$AG$13*K75,IF(AND(D75=$D$17,E75=$S$14),O75*$AG$14*K75,IF(AND(D75=$D$17,E75=$S$15),O75*$AG$15*K75,IF(AND(D75=$D$17,E75=$S$16),O75*$AG$16*K75,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P76" s="149"/>
-[...2 lines deleted...]
-      <c r="S76" s="98"/>
+      <c r="P76" s="158"/>
+      <c r="Q76" s="158"/>
+      <c r="R76" s="160"/>
+      <c r="S76" s="94"/>
       <c r="T76" s="31"/>
       <c r="U76" s="31"/>
       <c r="V76" s="31"/>
       <c r="W76" s="31"/>
       <c r="X76" s="31"/>
       <c r="Y76" s="31"/>
       <c r="Z76" s="36"/>
       <c r="AA76" s="36"/>
       <c r="AB76" s="32"/>
       <c r="AC76" s="32"/>
       <c r="AD76" s="32"/>
     </row>
-    <row r="77" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A77" s="158">
+    <row r="77" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A77" s="167">
         <v>20</v>
       </c>
-      <c r="B77" s="158"/>
-[...16 lines deleted...]
-      <c r="S77" s="98"/>
+      <c r="B77" s="167"/>
+      <c r="C77" s="169"/>
+      <c r="D77" s="157"/>
+      <c r="E77" s="157"/>
+      <c r="F77" s="157"/>
+      <c r="G77" s="157"/>
+      <c r="H77" s="157"/>
+      <c r="I77" s="157"/>
+      <c r="J77" s="161"/>
+      <c r="K77" s="163"/>
+      <c r="L77" s="159"/>
+      <c r="M77" s="91"/>
+      <c r="N77" s="91"/>
+      <c r="O77" s="91"/>
+      <c r="P77" s="157"/>
+      <c r="Q77" s="157"/>
+      <c r="R77" s="159"/>
+      <c r="S77" s="94"/>
       <c r="T77" s="31"/>
       <c r="U77" s="31"/>
       <c r="V77" s="31"/>
       <c r="W77" s="31"/>
       <c r="X77" s="31"/>
       <c r="Y77" s="31"/>
       <c r="Z77" s="35"/>
       <c r="AA77" s="35"/>
       <c r="AB77" s="32"/>
       <c r="AC77" s="32"/>
       <c r="AD77" s="32"/>
     </row>
-    <row r="78" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L78" s="151"/>
+    <row r="78" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="168"/>
+      <c r="B78" s="168"/>
+      <c r="C78" s="170"/>
+      <c r="D78" s="158"/>
+      <c r="E78" s="158"/>
+      <c r="F78" s="158"/>
+      <c r="G78" s="158"/>
+      <c r="H78" s="158"/>
+      <c r="I78" s="158"/>
+      <c r="J78" s="162"/>
+      <c r="K78" s="164"/>
+      <c r="L78" s="160"/>
       <c r="M78" s="33">
         <f>IF(AND(D77=$D$11,E77=$S$11),M77*$U$11,IF(AND(D77=$D$11,E77=$S$12),M77*$U$12,IF(AND(D77=$D$11,E77=$S$13),M77*$U$13,IF(AND(D77=$D$11,E77=$S$14),M77*$U$14,IF(AND(D77=$D$11,E77=$S$15),M77*$U$15,IF(AND(D77=$D$11,E77=$S$16),M77*$U$16,IF(AND(D77=$D$12,E77=$S$11),M77*$W$11,IF(AND(D77=$D$12,E77=$S$12),M77*$W$12,IF(AND(D77=$D$12,E77=$S$13),M77*$W$13,IF(AND(D77=$D$12,E77=$S$14),M77*$W$14,IF(AND(D77=$D$12,E77=$S$15),M77*$W$15,IF(AND(D77=$D$12,E77=$S$16),M77*$W$16,IF(AND(D77=$D$13,E77=$S$11),M77*$Y$11,IF(AND(D77=$D$13,E77=$S$12),M77*$Y$12,IF(AND(D77=$D$13,E77=$S$13),M77*$Y$13,IF(AND(D77=$D$13,E77=$S$14),M77*$Y$14,IF(AND(D77=$D$13,E77=$S$15),M77*$Y$15,IF(AND(D77=$D$13,E77=$S$16),M77*$Y$16,IF(AND(D77=$D$14,E77=$S$11),M77*$AA$11,IF(AND(D77=$D$14,E77=$S$12),M77*$AA$12,IF(AND(D77=$D$14,E77=$S$13),M77*$AA$13,IF(AND(D77=$D$14,E77=$S$14),M77*$AA$14,IF(AND(D77=$D$14,E77=$S$15),M77*$AA$15,IF(AND(D77=$D$14,E77=$S$16),M77*$AA$16,IF(AND(D77=$D$15,E77=$S$11),M77*$AC$11,IF(AND(D77=$D$15,E77=$S$12),M77*$AC$12,IF(AND(D77=$D$15,E77=$S$13),M77*$AC$13,IF(AND(D77=$D$15,E77=$S$14),M77*$AC$14,IF(AND(D77=$D$15,E77=$S$15),M77*$AC$15,IF(AND(D77=$D$15,E77=$S$16),M77*$AC$16,IF(AND(D77=$D$16,E77=$S$11),M77*$AE$11,IF(AND(D77=$D$16,E77=$S$12),M77*$AE$12,IF(AND(D77=$D$16,E77=$S$13),M77*$AE$13,IF(AND(D77=$D$16,E77=$S$14),M77*$AE$14,IF(AND(D77=$D$16,E77=$S$15),M77*$AE$15,IF(AND(D77=$D$16,E77=$S$16),M77*$AE$16,IF(AND(D77=$D$17,E77=$S$11),M77*$AG$11,IF(AND(D77=$D$17,E77=$S$12),M77*$AG$12,IF(AND(D77=$D$17,E77=$S$13),M77*$AG$13,IF(AND(D77=$D$17,E77=$S$14),M77*$AG$14,IF(AND(D77=$D$17,E77=$S$15),M77*$AG$15,IF(AND(D77=$D$17,E77=$S$16),M77*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N78" s="34">
         <f>IF(AND(D77=$D$11,E77=$S$11),N77*$U$11*K77,IF(AND(D77=$D$11,E77=$S$12),N77*$U$12*K77,IF(AND(D77=$D$11,E77=$S$13),N77*$U$13*K77,IF(AND(D77=$D$11,E77=$S$14),N77*$U$14*K77,IF(AND(D77=$D$11,E77=$S$15),N77*$U$15*K77,IF(AND(D77=$D$11,E77=$S$16),N77*$U$16*K77,IF(AND(D77=$D$12,E77=$S$11),N77*$W$11*K77,IF(AND(D77=$D$12,E77=$S$12),N77*$W$12*K77,IF(AND(D77=$D$12,E77=$S$13),N77*$W$13*K77,IF(AND(D77=$D$12,E77=$S$14),N77*$W$14*K77,IF(AND(D77=$D$12,E77=$S$15),N77*$W$15*K77,IF(AND(D77=$D$12,E77=$S$16),N77*$W$16*K77,IF(AND(D77=$D$13,E77=$S$11),N77*$Y$11*K77,IF(AND(D77=$D$13,E77=$S$12),N77*$Y$12*K77,IF(AND(D77=$D$13,E77=$S$13),N77*$Y$13*K77,IF(AND(D77=$D$13,E77=$S$14),N77*$Y$14*K77,IF(AND(D77=$D$13,E77=$S$15),N77*$Y$15*K77,IF(AND(D77=$D$13,E77=$S$16),N77*$Y$16*K77,IF(AND(D77=$D$14,E77=$S$11),N77*$AA$11*K77,IF(AND(D77=$D$14,E77=$S$12),N77*$AA$12*K77,IF(AND(D77=$D$14,E77=$S$13),N77*$AA$13*K77,IF(AND(D77=$D$14,E77=$S$14),N77*$AA$14*K77,IF(AND(D77=$D$14,E77=$S$15),N77*$AA$15*K77,IF(AND(D77=$D$14,E77=$S$16),N77*$AA$16*K77,IF(AND(D77=$D$15,E77=$S$11),N77*$AC$11*K77,IF(AND(D77=$D$15,E77=$S$12),N77*$AC$12*K77,IF(AND(D77=$D$15,E77=$S$13),N77*$AC$13*K77,IF(AND(D77=$D$15,E77=$S$14),N77*$AC$14*K77,IF(AND(D77=$DE1077=$S$15),N77*$AC$15*K77,IF(AND(D77=$D$15,E77=$S$16),N77*$AC$16*K77,IF(AND(D77=$D$16,E77=$S$11),N77*$AE$11*K77,IF(AND(D77=$D$16,E77=$S$12),N77*$AE$12*K77,IF(AND(D77=$D$16,E77=$S$13),N77*$AE$13*K77,IF(AND(D77=$D$16,E77=$S$14),N77*$AE$14*K77,IF(AND(D77=$D$16,E77=$S$15),N77*$AE$15*K77,IF(AND(D77=$D$16,E77=$S$16),N77*$AE$16*K77,IF(AND(D77=$D$17,E77=$S$11),N77*$AG$11*K77,IF(AND(D77=$D$17,E77=$S$12),N77*$AG$12*K77,IF(AND(D77=$D$17,E77=$S$13),N77*$AG$13*K77,IF(AND(D77=$D$17,E77=$S$14),N77*$AG$14*K77,IF(AND(D77=$D$17,E77=$S$15),N77*$AG$15*K77,IF(AND(D77=$D$17,E77=$S$16),N77*$AG$16*K77,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O78" s="58">
+      <c r="O78" s="57">
         <f>IF(AND(D77=$D$11,E77=$S$11),O77*$U$11*K77,IF(AND(D77=$D$11,E77=$S$12),O77*$U$12*K77,IF(AND(D77=$D$11,E77=$S$13),O77*$U$13*K77,IF(AND(D77=$D$11,E77=$S$14),O77*$U$14*K77,IF(AND(D77=$D$11,E77=$S$15),O77*$U$15*K77,IF(AND(D77=$D$11,E77=$S$16),O77*$U$16*K77,IF(AND(D77=$D$12,E77=$S$11),O77*$W$11*K77,IF(AND(D77=$D$12,E77=$S$12),O77*$W$12*K77,IF(AND(D77=$D$12,E77=$S$13),O77*$W$13*K77,IF(AND(D77=$D$12,E77=$S$14),O77*$W$14*K77,IF(AND(D77=$D$12,E77=$S$15),O77*$W$15*K77,IF(AND(D77=$D$12,E77=$S$16),O77*$W$16*K77,IF(AND(D77=$D$13,E77=$S$11),O77*$Y$11*K77,IF(AND(D77=$D$13,E77=$S$12),O77*$Y$12*K77,IF(AND(D77=$D$13,E77=$S$13),O77*$Y$13*K77,IF(AND(D77=$D$13,E77=$S$14),O77*$Y$14*K77,IF(AND(D77=$D$13,E77=$S$15),O77*$Y$15*K77,IF(AND(D77=$D$13,E77=$S$16),O77*$Y$16*K77,IF(AND(D77=$D$14,E77=$S$11),O77*$AA$11*K77,IF(AND(D77=$D$14,E77=$S$12),O77*$AA$12*K77,IF(AND(D77=$D$14,E77=$S$13),O77*$AA$13*K77,IF(AND(D77=$D$14,E77=$S$14),O77*$AA$14*K77,IF(AND(D77=$D$14,E77=$S$15),O77*$AA$15*K77,IF(AND(D77=$D$14,E77=$S$16),O77*$AA$16*K77,IF(AND(D77=$D$15,E77=$S$11),O77*$AC$11*K77,IF(AND(D77=$D$15,E77=$S$12),O77*$AC$12*K77,IF(AND(D77=$D$15,E77=$S$13),O77*$AC$13*K77,IF(AND(D77=$D$15,E77=$S$14),O77*$AC$14*K77,IF(AND(D77=$DE1077=$S$15),O77*$AC$15*K77,IF(AND(D77=$D$15,E77=$S$16),O77*$AC$16*K77,IF(AND(D77=$D$16,E77=$S$11),O77*$AE$11*K77,IF(AND(D77=$D$16,E77=$S$12),O77*$AE$12*K77,IF(AND(D77=$D$16,E77=$S$13),O77*$AE$13*K77,IF(AND(D77=$D$16,E77=$S$14),O77*$AE$14*K77,IF(AND(D77=$D$16,E77=$S$15),O77*$AE$15*K77,IF(AND(D77=$D$16,E77=$S$16),O77*$AE$16*K77,IF(AND(D77=$D$17,E77=$S$11),O77*$AG$11*K77,IF(AND(D77=$D$17,E77=$S$12),O77*$AG$12*K77,IF(AND(D77=$D$17,E77=$S$13),O77*$AG$13*K77,IF(AND(D77=$D$17,E77=$S$14),O77*$AG$14*K77,IF(AND(D77=$D$17,E77=$S$15),O77*$AG$15*K77,IF(AND(D77=$D$17,E77=$S$16),O77*$AG$16*K77,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P78" s="149"/>
-[...2 lines deleted...]
-      <c r="S78" s="98"/>
+      <c r="P78" s="158"/>
+      <c r="Q78" s="158"/>
+      <c r="R78" s="160"/>
+      <c r="S78" s="94"/>
       <c r="T78" s="31"/>
       <c r="U78" s="31"/>
       <c r="V78" s="31"/>
       <c r="W78" s="31"/>
       <c r="X78" s="31"/>
       <c r="Y78" s="31"/>
       <c r="Z78" s="36"/>
       <c r="AA78" s="36"/>
       <c r="AB78" s="32"/>
       <c r="AC78" s="32"/>
       <c r="AD78" s="32"/>
     </row>
-    <row r="79" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A79" s="158">
+    <row r="79" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A79" s="167">
         <v>21</v>
       </c>
-      <c r="B79" s="158"/>
-[...16 lines deleted...]
-      <c r="S79" s="98"/>
+      <c r="B79" s="167"/>
+      <c r="C79" s="169"/>
+      <c r="D79" s="157"/>
+      <c r="E79" s="157"/>
+      <c r="F79" s="157"/>
+      <c r="G79" s="157"/>
+      <c r="H79" s="157"/>
+      <c r="I79" s="157"/>
+      <c r="J79" s="161"/>
+      <c r="K79" s="163"/>
+      <c r="L79" s="159"/>
+      <c r="M79" s="91"/>
+      <c r="N79" s="91"/>
+      <c r="O79" s="91"/>
+      <c r="P79" s="157"/>
+      <c r="Q79" s="157"/>
+      <c r="R79" s="159"/>
+      <c r="S79" s="94"/>
       <c r="T79" s="31"/>
       <c r="U79" s="31"/>
       <c r="V79" s="31"/>
       <c r="W79" s="31"/>
       <c r="X79" s="31"/>
       <c r="Y79" s="31"/>
       <c r="Z79" s="35"/>
       <c r="AA79" s="35"/>
       <c r="AB79" s="32"/>
       <c r="AC79" s="32"/>
       <c r="AD79" s="32"/>
     </row>
-    <row r="80" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L80" s="151"/>
+    <row r="80" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="168"/>
+      <c r="B80" s="168"/>
+      <c r="C80" s="170"/>
+      <c r="D80" s="158"/>
+      <c r="E80" s="158"/>
+      <c r="F80" s="158"/>
+      <c r="G80" s="158"/>
+      <c r="H80" s="158"/>
+      <c r="I80" s="158"/>
+      <c r="J80" s="162"/>
+      <c r="K80" s="164"/>
+      <c r="L80" s="160"/>
       <c r="M80" s="33">
         <f>IF(AND(D79=$D$11,E79=$S$11),M79*$U$11,IF(AND(D79=$D$11,E79=$S$12),M79*$U$12,IF(AND(D79=$D$11,E79=$S$13),M79*$U$13,IF(AND(D79=$D$11,E79=$S$14),M79*$U$14,IF(AND(D79=$D$11,E79=$S$15),M79*$U$15,IF(AND(D79=$D$11,E79=$S$16),M79*$U$16,IF(AND(D79=$D$12,E79=$S$11),M79*$W$11,IF(AND(D79=$D$12,E79=$S$12),M79*$W$12,IF(AND(D79=$D$12,E79=$S$13),M79*$W$13,IF(AND(D79=$D$12,E79=$S$14),M79*$W$14,IF(AND(D79=$D$12,E79=$S$15),M79*$W$15,IF(AND(D79=$D$12,E79=$S$16),M79*$W$16,IF(AND(D79=$D$13,E79=$S$11),M79*$Y$11,IF(AND(D79=$D$13,E79=$S$12),M79*$Y$12,IF(AND(D79=$D$13,E79=$S$13),M79*$Y$13,IF(AND(D79=$D$13,E79=$S$14),M79*$Y$14,IF(AND(D79=$D$13,E79=$S$15),M79*$Y$15,IF(AND(D79=$D$13,E79=$S$16),M79*$Y$16,IF(AND(D79=$D$14,E79=$S$11),M79*$AA$11,IF(AND(D79=$D$14,E79=$S$12),M79*$AA$12,IF(AND(D79=$D$14,E79=$S$13),M79*$AA$13,IF(AND(D79=$D$14,E79=$S$14),M79*$AA$14,IF(AND(D79=$D$14,E79=$S$15),M79*$AA$15,IF(AND(D79=$D$14,E79=$S$16),M79*$AA$16,IF(AND(D79=$D$15,E79=$S$11),M79*$AC$11,IF(AND(D79=$D$15,E79=$S$12),M79*$AC$12,IF(AND(D79=$D$15,E79=$S$13),M79*$AC$13,IF(AND(D79=$D$15,E79=$S$14),M79*$AC$14,IF(AND(D79=$D$15,E79=$S$15),M79*$AC$15,IF(AND(D79=$D$15,E79=$S$16),M79*$AC$16,IF(AND(D79=$D$16,E79=$S$11),M79*$AE$11,IF(AND(D79=$D$16,E79=$S$12),M79*$AE$12,IF(AND(D79=$D$16,E79=$S$13),M79*$AE$13,IF(AND(D79=$D$16,E79=$S$14),M79*$AE$14,IF(AND(D79=$D$16,E79=$S$15),M79*$AE$15,IF(AND(D79=$D$16,E79=$S$16),M79*$AE$16,IF(AND(D79=$D$17,E79=$S$11),M79*$AG$11,IF(AND(D79=$D$17,E79=$S$12),M79*$AG$12,IF(AND(D79=$D$17,E79=$S$13),M79*$AG$13,IF(AND(D79=$D$17,E79=$S$14),M79*$AG$14,IF(AND(D79=$D$17,E79=$S$15),M79*$AG$15,IF(AND(D79=$D$17,E79=$S$16),M79*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N80" s="34">
         <f>IF(AND(D79=$D$11,E79=$S$11),N79*$U$11*K79,IF(AND(D79=$D$11,E79=$S$12),N79*$U$12*K79,IF(AND(D79=$D$11,E79=$S$13),N79*$U$13*K79,IF(AND(D79=$D$11,E79=$S$14),N79*$U$14*K79,IF(AND(D79=$D$11,E79=$S$15),N79*$U$15*K79,IF(AND(D79=$D$11,E79=$S$16),N79*$U$16*K79,IF(AND(D79=$D$12,E79=$S$11),N79*$W$11*K79,IF(AND(D79=$D$12,E79=$S$12),N79*$W$12*K79,IF(AND(D79=$D$12,E79=$S$13),N79*$W$13*K79,IF(AND(D79=$D$12,E79=$S$14),N79*$W$14*K79,IF(AND(D79=$D$12,E79=$S$15),N79*$W$15*K79,IF(AND(D79=$D$12,E79=$S$16),N79*$W$16*K79,IF(AND(D79=$D$13,E79=$S$11),N79*$Y$11*K79,IF(AND(D79=$D$13,E79=$S$12),N79*$Y$12*K79,IF(AND(D79=$D$13,E79=$S$13),N79*$Y$13*K79,IF(AND(D79=$D$13,E79=$S$14),N79*$Y$14*K79,IF(AND(D79=$D$13,E79=$S$15),N79*$Y$15*K79,IF(AND(D79=$D$13,E79=$S$16),N79*$Y$16*K79,IF(AND(D79=$D$14,E79=$S$11),N79*$AA$11*K79,IF(AND(D79=$D$14,E79=$S$12),N79*$AA$12*K79,IF(AND(D79=$D$14,E79=$S$13),N79*$AA$13*K79,IF(AND(D79=$D$14,E79=$S$14),N79*$AA$14*K79,IF(AND(D79=$D$14,E79=$S$15),N79*$AA$15*K79,IF(AND(D79=$D$14,E79=$S$16),N79*$AA$16*K79,IF(AND(D79=$D$15,E79=$S$11),N79*$AC$11*K79,IF(AND(D79=$D$15,E79=$S$12),N79*$AC$12*K79,IF(AND(D79=$D$15,E79=$S$13),N79*$AC$13*K79,IF(AND(D79=$D$15,E79=$S$14),N79*$AC$14*K79,IF(AND(D79=$DE1079=$S$15),N79*$AC$15*K79,IF(AND(D79=$D$15,E79=$S$16),N79*$AC$16*K79,IF(AND(D79=$D$16,E79=$S$11),N79*$AE$11*K79,IF(AND(D79=$D$16,E79=$S$12),N79*$AE$12*K79,IF(AND(D79=$D$16,E79=$S$13),N79*$AE$13*K79,IF(AND(D79=$D$16,E79=$S$14),N79*$AE$14*K79,IF(AND(D79=$D$16,E79=$S$15),N79*$AE$15*K79,IF(AND(D79=$D$16,E79=$S$16),N79*$AE$16*K79,IF(AND(D79=$D$17,E79=$S$11),N79*$AG$11*K79,IF(AND(D79=$D$17,E79=$S$12),N79*$AG$12*K79,IF(AND(D79=$D$17,E79=$S$13),N79*$AG$13*K79,IF(AND(D79=$D$17,E79=$S$14),N79*$AG$14*K79,IF(AND(D79=$D$17,E79=$S$15),N79*$AG$15*K79,IF(AND(D79=$D$17,E79=$S$16),N79*$AG$16*K79,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O80" s="58">
+      <c r="O80" s="57">
         <f>IF(AND(D79=$D$11,E79=$S$11),O79*$U$11*K79,IF(AND(D79=$D$11,E79=$S$12),O79*$U$12*K79,IF(AND(D79=$D$11,E79=$S$13),O79*$U$13*K79,IF(AND(D79=$D$11,E79=$S$14),O79*$U$14*K79,IF(AND(D79=$D$11,E79=$S$15),O79*$U$15*K79,IF(AND(D79=$D$11,E79=$S$16),O79*$U$16*K79,IF(AND(D79=$D$12,E79=$S$11),O79*$W$11*K79,IF(AND(D79=$D$12,E79=$S$12),O79*$W$12*K79,IF(AND(D79=$D$12,E79=$S$13),O79*$W$13*K79,IF(AND(D79=$D$12,E79=$S$14),O79*$W$14*K79,IF(AND(D79=$D$12,E79=$S$15),O79*$W$15*K79,IF(AND(D79=$D$12,E79=$S$16),O79*$W$16*K79,IF(AND(D79=$D$13,E79=$S$11),O79*$Y$11*K79,IF(AND(D79=$D$13,E79=$S$12),O79*$Y$12*K79,IF(AND(D79=$D$13,E79=$S$13),O79*$Y$13*K79,IF(AND(D79=$D$13,E79=$S$14),O79*$Y$14*K79,IF(AND(D79=$D$13,E79=$S$15),O79*$Y$15*K79,IF(AND(D79=$D$13,E79=$S$16),O79*$Y$16*K79,IF(AND(D79=$D$14,E79=$S$11),O79*$AA$11*K79,IF(AND(D79=$D$14,E79=$S$12),O79*$AA$12*K79,IF(AND(D79=$D$14,E79=$S$13),O79*$AA$13*K79,IF(AND(D79=$D$14,E79=$S$14),O79*$AA$14*K79,IF(AND(D79=$D$14,E79=$S$15),O79*$AA$15*K79,IF(AND(D79=$D$14,E79=$S$16),O79*$AA$16*K79,IF(AND(D79=$D$15,E79=$S$11),O79*$AC$11*K79,IF(AND(D79=$D$15,E79=$S$12),O79*$AC$12*K79,IF(AND(D79=$D$15,E79=$S$13),O79*$AC$13*K79,IF(AND(D79=$D$15,E79=$S$14),O79*$AC$14*K79,IF(AND(D79=$DE1079=$S$15),O79*$AC$15*K79,IF(AND(D79=$D$15,E79=$S$16),O79*$AC$16*K79,IF(AND(D79=$D$16,E79=$S$11),O79*$AE$11*K79,IF(AND(D79=$D$16,E79=$S$12),O79*$AE$12*K79,IF(AND(D79=$D$16,E79=$S$13),O79*$AE$13*K79,IF(AND(D79=$D$16,E79=$S$14),O79*$AE$14*K79,IF(AND(D79=$D$16,E79=$S$15),O79*$AE$15*K79,IF(AND(D79=$D$16,E79=$S$16),O79*$AE$16*K79,IF(AND(D79=$D$17,E79=$S$11),O79*$AG$11*K79,IF(AND(D79=$D$17,E79=$S$12),O79*$AG$12*K79,IF(AND(D79=$D$17,E79=$S$13),O79*$AG$13*K79,IF(AND(D79=$D$17,E79=$S$14),O79*$AG$14*K79,IF(AND(D79=$D$17,E79=$S$15),O79*$AG$15*K79,IF(AND(D79=$D$17,E79=$S$16),O79*$AG$16*K79,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P80" s="149"/>
-[...2 lines deleted...]
-      <c r="S80" s="98"/>
+      <c r="P80" s="158"/>
+      <c r="Q80" s="158"/>
+      <c r="R80" s="160"/>
+      <c r="S80" s="94"/>
       <c r="T80" s="31"/>
       <c r="U80" s="31"/>
       <c r="V80" s="31"/>
       <c r="W80" s="31"/>
       <c r="X80" s="31"/>
       <c r="Y80" s="31"/>
       <c r="Z80" s="36"/>
       <c r="AA80" s="36"/>
       <c r="AB80" s="32"/>
       <c r="AC80" s="32"/>
       <c r="AD80" s="32"/>
     </row>
-    <row r="81" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A81" s="158">
+    <row r="81" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A81" s="167">
         <v>22</v>
       </c>
-      <c r="B81" s="158"/>
-[...16 lines deleted...]
-      <c r="S81" s="98"/>
+      <c r="B81" s="167"/>
+      <c r="C81" s="169"/>
+      <c r="D81" s="157"/>
+      <c r="E81" s="157"/>
+      <c r="F81" s="157"/>
+      <c r="G81" s="157"/>
+      <c r="H81" s="157"/>
+      <c r="I81" s="157"/>
+      <c r="J81" s="161"/>
+      <c r="K81" s="163"/>
+      <c r="L81" s="159"/>
+      <c r="M81" s="91"/>
+      <c r="N81" s="91"/>
+      <c r="O81" s="91"/>
+      <c r="P81" s="157"/>
+      <c r="Q81" s="157"/>
+      <c r="R81" s="159"/>
+      <c r="S81" s="94"/>
       <c r="T81" s="31"/>
       <c r="U81" s="31"/>
       <c r="V81" s="31"/>
       <c r="W81" s="31"/>
       <c r="X81" s="31"/>
       <c r="Y81" s="31"/>
       <c r="Z81" s="35"/>
       <c r="AA81" s="35"/>
       <c r="AB81" s="32"/>
       <c r="AC81" s="32"/>
       <c r="AD81" s="32"/>
     </row>
-    <row r="82" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L82" s="151"/>
+    <row r="82" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="168"/>
+      <c r="B82" s="168"/>
+      <c r="C82" s="170"/>
+      <c r="D82" s="158"/>
+      <c r="E82" s="158"/>
+      <c r="F82" s="158"/>
+      <c r="G82" s="158"/>
+      <c r="H82" s="158"/>
+      <c r="I82" s="158"/>
+      <c r="J82" s="162"/>
+      <c r="K82" s="164"/>
+      <c r="L82" s="160"/>
       <c r="M82" s="33">
         <f>IF(AND(D81=$D$11,E81=$S$11),M81*$U$11,IF(AND(D81=$D$11,E81=$S$12),M81*$U$12,IF(AND(D81=$D$11,E81=$S$13),M81*$U$13,IF(AND(D81=$D$11,E81=$S$14),M81*$U$14,IF(AND(D81=$D$11,E81=$S$15),M81*$U$15,IF(AND(D81=$D$11,E81=$S$16),M81*$U$16,IF(AND(D81=$D$12,E81=$S$11),M81*$W$11,IF(AND(D81=$D$12,E81=$S$12),M81*$W$12,IF(AND(D81=$D$12,E81=$S$13),M81*$W$13,IF(AND(D81=$D$12,E81=$S$14),M81*$W$14,IF(AND(D81=$D$12,E81=$S$15),M81*$W$15,IF(AND(D81=$D$12,E81=$S$16),M81*$W$16,IF(AND(D81=$D$13,E81=$S$11),M81*$Y$11,IF(AND(D81=$D$13,E81=$S$12),M81*$Y$12,IF(AND(D81=$D$13,E81=$S$13),M81*$Y$13,IF(AND(D81=$D$13,E81=$S$14),M81*$Y$14,IF(AND(D81=$D$13,E81=$S$15),M81*$Y$15,IF(AND(D81=$D$13,E81=$S$16),M81*$Y$16,IF(AND(D81=$D$14,E81=$S$11),M81*$AA$11,IF(AND(D81=$D$14,E81=$S$12),M81*$AA$12,IF(AND(D81=$D$14,E81=$S$13),M81*$AA$13,IF(AND(D81=$D$14,E81=$S$14),M81*$AA$14,IF(AND(D81=$D$14,E81=$S$15),M81*$AA$15,IF(AND(D81=$D$14,E81=$S$16),M81*$AA$16,IF(AND(D81=$D$15,E81=$S$11),M81*$AC$11,IF(AND(D81=$D$15,E81=$S$12),M81*$AC$12,IF(AND(D81=$D$15,E81=$S$13),M81*$AC$13,IF(AND(D81=$D$15,E81=$S$14),M81*$AC$14,IF(AND(D81=$D$15,E81=$S$15),M81*$AC$15,IF(AND(D81=$D$15,E81=$S$16),M81*$AC$16,IF(AND(D81=$D$16,E81=$S$11),M81*$AE$11,IF(AND(D81=$D$16,E81=$S$12),M81*$AE$12,IF(AND(D81=$D$16,E81=$S$13),M81*$AE$13,IF(AND(D81=$D$16,E81=$S$14),M81*$AE$14,IF(AND(D81=$D$16,E81=$S$15),M81*$AE$15,IF(AND(D81=$D$16,E81=$S$16),M81*$AE$16,IF(AND(D81=$D$17,E81=$S$11),M81*$AG$11,IF(AND(D81=$D$17,E81=$S$12),M81*$AG$12,IF(AND(D81=$D$17,E81=$S$13),M81*$AG$13,IF(AND(D81=$D$17,E81=$S$14),M81*$AG$14,IF(AND(D81=$D$17,E81=$S$15),M81*$AG$15,IF(AND(D81=$D$17,E81=$S$16),M81*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N82" s="34">
         <f>IF(AND(D81=$D$11,E81=$S$11),N81*$U$11*K81,IF(AND(D81=$D$11,E81=$S$12),N81*$U$12*K81,IF(AND(D81=$D$11,E81=$S$13),N81*$U$13*K81,IF(AND(D81=$D$11,E81=$S$14),N81*$U$14*K81,IF(AND(D81=$D$11,E81=$S$15),N81*$U$15*K81,IF(AND(D81=$D$11,E81=$S$16),N81*$U$16*K81,IF(AND(D81=$D$12,E81=$S$11),N81*$W$11*K81,IF(AND(D81=$D$12,E81=$S$12),N81*$W$12*K81,IF(AND(D81=$D$12,E81=$S$13),N81*$W$13*K81,IF(AND(D81=$D$12,E81=$S$14),N81*$W$14*K81,IF(AND(D81=$D$12,E81=$S$15),N81*$W$15*K81,IF(AND(D81=$D$12,E81=$S$16),N81*$W$16*K81,IF(AND(D81=$D$13,E81=$S$11),N81*$Y$11*K81,IF(AND(D81=$D$13,E81=$S$12),N81*$Y$12*K81,IF(AND(D81=$D$13,E81=$S$13),N81*$Y$13*K81,IF(AND(D81=$D$13,E81=$S$14),N81*$Y$14*K81,IF(AND(D81=$D$13,E81=$S$15),N81*$Y$15*K81,IF(AND(D81=$D$13,E81=$S$16),N81*$Y$16*K81,IF(AND(D81=$D$14,E81=$S$11),N81*$AA$11*K81,IF(AND(D81=$D$14,E81=$S$12),N81*$AA$12*K81,IF(AND(D81=$D$14,E81=$S$13),N81*$AA$13*K81,IF(AND(D81=$D$14,E81=$S$14),N81*$AA$14*K81,IF(AND(D81=$D$14,E81=$S$15),N81*$AA$15*K81,IF(AND(D81=$D$14,E81=$S$16),N81*$AA$16*K81,IF(AND(D81=$D$15,E81=$S$11),N81*$AC$11*K81,IF(AND(D81=$D$15,E81=$S$12),N81*$AC$12*K81,IF(AND(D81=$D$15,E81=$S$13),N81*$AC$13*K81,IF(AND(D81=$D$15,E81=$S$14),N81*$AC$14*K81,IF(AND(D81=$DE1081=$S$15),N81*$AC$15*K81,IF(AND(D81=$D$15,E81=$S$16),N81*$AC$16*K81,IF(AND(D81=$D$16,E81=$S$11),N81*$AE$11*K81,IF(AND(D81=$D$16,E81=$S$12),N81*$AE$12*K81,IF(AND(D81=$D$16,E81=$S$13),N81*$AE$13*K81,IF(AND(D81=$D$16,E81=$S$14),N81*$AE$14*K81,IF(AND(D81=$D$16,E81=$S$15),N81*$AE$15*K81,IF(AND(D81=$D$16,E81=$S$16),N81*$AE$16*K81,IF(AND(D81=$D$17,E81=$S$11),N81*$AG$11*K81,IF(AND(D81=$D$17,E81=$S$12),N81*$AG$12*K81,IF(AND(D81=$D$17,E81=$S$13),N81*$AG$13*K81,IF(AND(D81=$D$17,E81=$S$14),N81*$AG$14*K81,IF(AND(D81=$D$17,E81=$S$15),N81*$AG$15*K81,IF(AND(D81=$D$17,E81=$S$16),N81*$AG$16*K81,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O82" s="58">
+      <c r="O82" s="57">
         <f>IF(AND(D81=$D$11,E81=$S$11),O81*$U$11*K81,IF(AND(D81=$D$11,E81=$S$12),O81*$U$12*K81,IF(AND(D81=$D$11,E81=$S$13),O81*$U$13*K81,IF(AND(D81=$D$11,E81=$S$14),O81*$U$14*K81,IF(AND(D81=$D$11,E81=$S$15),O81*$U$15*K81,IF(AND(D81=$D$11,E81=$S$16),O81*$U$16*K81,IF(AND(D81=$D$12,E81=$S$11),O81*$W$11*K81,IF(AND(D81=$D$12,E81=$S$12),O81*$W$12*K81,IF(AND(D81=$D$12,E81=$S$13),O81*$W$13*K81,IF(AND(D81=$D$12,E81=$S$14),O81*$W$14*K81,IF(AND(D81=$D$12,E81=$S$15),O81*$W$15*K81,IF(AND(D81=$D$12,E81=$S$16),O81*$W$16*K81,IF(AND(D81=$D$13,E81=$S$11),O81*$Y$11*K81,IF(AND(D81=$D$13,E81=$S$12),O81*$Y$12*K81,IF(AND(D81=$D$13,E81=$S$13),O81*$Y$13*K81,IF(AND(D81=$D$13,E81=$S$14),O81*$Y$14*K81,IF(AND(D81=$D$13,E81=$S$15),O81*$Y$15*K81,IF(AND(D81=$D$13,E81=$S$16),O81*$Y$16*K81,IF(AND(D81=$D$14,E81=$S$11),O81*$AA$11*K81,IF(AND(D81=$D$14,E81=$S$12),O81*$AA$12*K81,IF(AND(D81=$D$14,E81=$S$13),O81*$AA$13*K81,IF(AND(D81=$D$14,E81=$S$14),O81*$AA$14*K81,IF(AND(D81=$D$14,E81=$S$15),O81*$AA$15*K81,IF(AND(D81=$D$14,E81=$S$16),O81*$AA$16*K81,IF(AND(D81=$D$15,E81=$S$11),O81*$AC$11*K81,IF(AND(D81=$D$15,E81=$S$12),O81*$AC$12*K81,IF(AND(D81=$D$15,E81=$S$13),O81*$AC$13*K81,IF(AND(D81=$D$15,E81=$S$14),O81*$AC$14*K81,IF(AND(D81=$DE1081=$S$15),O81*$AC$15*K81,IF(AND(D81=$D$15,E81=$S$16),O81*$AC$16*K81,IF(AND(D81=$D$16,E81=$S$11),O81*$AE$11*K81,IF(AND(D81=$D$16,E81=$S$12),O81*$AE$12*K81,IF(AND(D81=$D$16,E81=$S$13),O81*$AE$13*K81,IF(AND(D81=$D$16,E81=$S$14),O81*$AE$14*K81,IF(AND(D81=$D$16,E81=$S$15),O81*$AE$15*K81,IF(AND(D81=$D$16,E81=$S$16),O81*$AE$16*K81,IF(AND(D81=$D$17,E81=$S$11),O81*$AG$11*K81,IF(AND(D81=$D$17,E81=$S$12),O81*$AG$12*K81,IF(AND(D81=$D$17,E81=$S$13),O81*$AG$13*K81,IF(AND(D81=$D$17,E81=$S$14),O81*$AG$14*K81,IF(AND(D81=$D$17,E81=$S$15),O81*$AG$15*K81,IF(AND(D81=$D$17,E81=$S$16),O81*$AG$16*K81,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P82" s="149"/>
-[...2 lines deleted...]
-      <c r="S82" s="98"/>
+      <c r="P82" s="158"/>
+      <c r="Q82" s="158"/>
+      <c r="R82" s="160"/>
+      <c r="S82" s="94"/>
       <c r="T82" s="31"/>
       <c r="U82" s="31"/>
       <c r="V82" s="31"/>
       <c r="W82" s="31"/>
       <c r="X82" s="31"/>
       <c r="Y82" s="31"/>
       <c r="Z82" s="36"/>
       <c r="AA82" s="36"/>
       <c r="AB82" s="32"/>
       <c r="AC82" s="32"/>
       <c r="AD82" s="32"/>
     </row>
-    <row r="83" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A83" s="158">
+    <row r="83" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A83" s="167">
         <v>23</v>
       </c>
-      <c r="B83" s="158"/>
-[...16 lines deleted...]
-      <c r="S83" s="98"/>
+      <c r="B83" s="167"/>
+      <c r="C83" s="169"/>
+      <c r="D83" s="157"/>
+      <c r="E83" s="157"/>
+      <c r="F83" s="157"/>
+      <c r="G83" s="157"/>
+      <c r="H83" s="157"/>
+      <c r="I83" s="157"/>
+      <c r="J83" s="161"/>
+      <c r="K83" s="163"/>
+      <c r="L83" s="159"/>
+      <c r="M83" s="91"/>
+      <c r="N83" s="91"/>
+      <c r="O83" s="91"/>
+      <c r="P83" s="157"/>
+      <c r="Q83" s="157"/>
+      <c r="R83" s="159"/>
+      <c r="S83" s="94"/>
       <c r="T83" s="31"/>
       <c r="U83" s="31"/>
       <c r="V83" s="31"/>
       <c r="W83" s="31"/>
       <c r="X83" s="31"/>
       <c r="Y83" s="31"/>
       <c r="Z83" s="35"/>
       <c r="AA83" s="35"/>
       <c r="AB83" s="32"/>
       <c r="AC83" s="32"/>
       <c r="AD83" s="32"/>
     </row>
-    <row r="84" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L84" s="151"/>
+    <row r="84" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="168"/>
+      <c r="B84" s="168"/>
+      <c r="C84" s="170"/>
+      <c r="D84" s="158"/>
+      <c r="E84" s="158"/>
+      <c r="F84" s="158"/>
+      <c r="G84" s="158"/>
+      <c r="H84" s="158"/>
+      <c r="I84" s="158"/>
+      <c r="J84" s="162"/>
+      <c r="K84" s="164"/>
+      <c r="L84" s="160"/>
       <c r="M84" s="33">
         <f>IF(AND(D83=$D$11,E83=$S$11),M83*$U$11,IF(AND(D83=$D$11,E83=$S$12),M83*$U$12,IF(AND(D83=$D$11,E83=$S$13),M83*$U$13,IF(AND(D83=$D$11,E83=$S$14),M83*$U$14,IF(AND(D83=$D$11,E83=$S$15),M83*$U$15,IF(AND(D83=$D$11,E83=$S$16),M83*$U$16,IF(AND(D83=$D$12,E83=$S$11),M83*$W$11,IF(AND(D83=$D$12,E83=$S$12),M83*$W$12,IF(AND(D83=$D$12,E83=$S$13),M83*$W$13,IF(AND(D83=$D$12,E83=$S$14),M83*$W$14,IF(AND(D83=$D$12,E83=$S$15),M83*$W$15,IF(AND(D83=$D$12,E83=$S$16),M83*$W$16,IF(AND(D83=$D$13,E83=$S$11),M83*$Y$11,IF(AND(D83=$D$13,E83=$S$12),M83*$Y$12,IF(AND(D83=$D$13,E83=$S$13),M83*$Y$13,IF(AND(D83=$D$13,E83=$S$14),M83*$Y$14,IF(AND(D83=$D$13,E83=$S$15),M83*$Y$15,IF(AND(D83=$D$13,E83=$S$16),M83*$Y$16,IF(AND(D83=$D$14,E83=$S$11),M83*$AA$11,IF(AND(D83=$D$14,E83=$S$12),M83*$AA$12,IF(AND(D83=$D$14,E83=$S$13),M83*$AA$13,IF(AND(D83=$D$14,E83=$S$14),M83*$AA$14,IF(AND(D83=$D$14,E83=$S$15),M83*$AA$15,IF(AND(D83=$D$14,E83=$S$16),M83*$AA$16,IF(AND(D83=$D$15,E83=$S$11),M83*$AC$11,IF(AND(D83=$D$15,E83=$S$12),M83*$AC$12,IF(AND(D83=$D$15,E83=$S$13),M83*$AC$13,IF(AND(D83=$D$15,E83=$S$14),M83*$AC$14,IF(AND(D83=$D$15,E83=$S$15),M83*$AC$15,IF(AND(D83=$D$15,E83=$S$16),M83*$AC$16,IF(AND(D83=$D$16,E83=$S$11),M83*$AE$11,IF(AND(D83=$D$16,E83=$S$12),M83*$AE$12,IF(AND(D83=$D$16,E83=$S$13),M83*$AE$13,IF(AND(D83=$D$16,E83=$S$14),M83*$AE$14,IF(AND(D83=$D$16,E83=$S$15),M83*$AE$15,IF(AND(D83=$D$16,E83=$S$16),M83*$AE$16,IF(AND(D83=$D$17,E83=$S$11),M83*$AG$11,IF(AND(D83=$D$17,E83=$S$12),M83*$AG$12,IF(AND(D83=$D$17,E83=$S$13),M83*$AG$13,IF(AND(D83=$D$17,E83=$S$14),M83*$AG$14,IF(AND(D83=$D$17,E83=$S$15),M83*$AG$15,IF(AND(D83=$D$17,E83=$S$16),M83*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N84" s="34">
         <f>IF(AND(D83=$D$11,E83=$S$11),N83*$U$11*K83,IF(AND(D83=$D$11,E83=$S$12),N83*$U$12*K83,IF(AND(D83=$D$11,E83=$S$13),N83*$U$13*K83,IF(AND(D83=$D$11,E83=$S$14),N83*$U$14*K83,IF(AND(D83=$D$11,E83=$S$15),N83*$U$15*K83,IF(AND(D83=$D$11,E83=$S$16),N83*$U$16*K83,IF(AND(D83=$D$12,E83=$S$11),N83*$W$11*K83,IF(AND(D83=$D$12,E83=$S$12),N83*$W$12*K83,IF(AND(D83=$D$12,E83=$S$13),N83*$W$13*K83,IF(AND(D83=$D$12,E83=$S$14),N83*$W$14*K83,IF(AND(D83=$D$12,E83=$S$15),N83*$W$15*K83,IF(AND(D83=$D$12,E83=$S$16),N83*$W$16*K83,IF(AND(D83=$D$13,E83=$S$11),N83*$Y$11*K83,IF(AND(D83=$D$13,E83=$S$12),N83*$Y$12*K83,IF(AND(D83=$D$13,E83=$S$13),N83*$Y$13*K83,IF(AND(D83=$D$13,E83=$S$14),N83*$Y$14*K83,IF(AND(D83=$D$13,E83=$S$15),N83*$Y$15*K83,IF(AND(D83=$D$13,E83=$S$16),N83*$Y$16*K83,IF(AND(D83=$D$14,E83=$S$11),N83*$AA$11*K83,IF(AND(D83=$D$14,E83=$S$12),N83*$AA$12*K83,IF(AND(D83=$D$14,E83=$S$13),N83*$AA$13*K83,IF(AND(D83=$D$14,E83=$S$14),N83*$AA$14*K83,IF(AND(D83=$D$14,E83=$S$15),N83*$AA$15*K83,IF(AND(D83=$D$14,E83=$S$16),N83*$AA$16*K83,IF(AND(D83=$D$15,E83=$S$11),N83*$AC$11*K83,IF(AND(D83=$D$15,E83=$S$12),N83*$AC$12*K83,IF(AND(D83=$D$15,E83=$S$13),N83*$AC$13*K83,IF(AND(D83=$D$15,E83=$S$14),N83*$AC$14*K83,IF(AND(D83=$DE1083=$S$15),N83*$AC$15*K83,IF(AND(D83=$D$15,E83=$S$16),N83*$AC$16*K83,IF(AND(D83=$D$16,E83=$S$11),N83*$AE$11*K83,IF(AND(D83=$D$16,E83=$S$12),N83*$AE$12*K83,IF(AND(D83=$D$16,E83=$S$13),N83*$AE$13*K83,IF(AND(D83=$D$16,E83=$S$14),N83*$AE$14*K83,IF(AND(D83=$D$16,E83=$S$15),N83*$AE$15*K83,IF(AND(D83=$D$16,E83=$S$16),N83*$AE$16*K83,IF(AND(D83=$D$17,E83=$S$11),N83*$AG$11*K83,IF(AND(D83=$D$17,E83=$S$12),N83*$AG$12*K83,IF(AND(D83=$D$17,E83=$S$13),N83*$AG$13*K83,IF(AND(D83=$D$17,E83=$S$14),N83*$AG$14*K83,IF(AND(D83=$D$17,E83=$S$15),N83*$AG$15*K83,IF(AND(D83=$D$17,E83=$S$16),N83*$AG$16*K83,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O84" s="58">
+      <c r="O84" s="57">
         <f>IF(AND(D83=$D$11,E83=$S$11),O83*$U$11*K83,IF(AND(D83=$D$11,E83=$S$12),O83*$U$12*K83,IF(AND(D83=$D$11,E83=$S$13),O83*$U$13*K83,IF(AND(D83=$D$11,E83=$S$14),O83*$U$14*K83,IF(AND(D83=$D$11,E83=$S$15),O83*$U$15*K83,IF(AND(D83=$D$11,E83=$S$16),O83*$U$16*K83,IF(AND(D83=$D$12,E83=$S$11),O83*$W$11*K83,IF(AND(D83=$D$12,E83=$S$12),O83*$W$12*K83,IF(AND(D83=$D$12,E83=$S$13),O83*$W$13*K83,IF(AND(D83=$D$12,E83=$S$14),O83*$W$14*K83,IF(AND(D83=$D$12,E83=$S$15),O83*$W$15*K83,IF(AND(D83=$D$12,E83=$S$16),O83*$W$16*K83,IF(AND(D83=$D$13,E83=$S$11),O83*$Y$11*K83,IF(AND(D83=$D$13,E83=$S$12),O83*$Y$12*K83,IF(AND(D83=$D$13,E83=$S$13),O83*$Y$13*K83,IF(AND(D83=$D$13,E83=$S$14),O83*$Y$14*K83,IF(AND(D83=$D$13,E83=$S$15),O83*$Y$15*K83,IF(AND(D83=$D$13,E83=$S$16),O83*$Y$16*K83,IF(AND(D83=$D$14,E83=$S$11),O83*$AA$11*K83,IF(AND(D83=$D$14,E83=$S$12),O83*$AA$12*K83,IF(AND(D83=$D$14,E83=$S$13),O83*$AA$13*K83,IF(AND(D83=$D$14,E83=$S$14),O83*$AA$14*K83,IF(AND(D83=$D$14,E83=$S$15),O83*$AA$15*K83,IF(AND(D83=$D$14,E83=$S$16),O83*$AA$16*K83,IF(AND(D83=$D$15,E83=$S$11),O83*$AC$11*K83,IF(AND(D83=$D$15,E83=$S$12),O83*$AC$12*K83,IF(AND(D83=$D$15,E83=$S$13),O83*$AC$13*K83,IF(AND(D83=$D$15,E83=$S$14),O83*$AC$14*K83,IF(AND(D83=$DE1083=$S$15),O83*$AC$15*K83,IF(AND(D83=$D$15,E83=$S$16),O83*$AC$16*K83,IF(AND(D83=$D$16,E83=$S$11),O83*$AE$11*K83,IF(AND(D83=$D$16,E83=$S$12),O83*$AE$12*K83,IF(AND(D83=$D$16,E83=$S$13),O83*$AE$13*K83,IF(AND(D83=$D$16,E83=$S$14),O83*$AE$14*K83,IF(AND(D83=$D$16,E83=$S$15),O83*$AE$15*K83,IF(AND(D83=$D$16,E83=$S$16),O83*$AE$16*K83,IF(AND(D83=$D$17,E83=$S$11),O83*$AG$11*K83,IF(AND(D83=$D$17,E83=$S$12),O83*$AG$12*K83,IF(AND(D83=$D$17,E83=$S$13),O83*$AG$13*K83,IF(AND(D83=$D$17,E83=$S$14),O83*$AG$14*K83,IF(AND(D83=$D$17,E83=$S$15),O83*$AG$15*K83,IF(AND(D83=$D$17,E83=$S$16),O83*$AG$16*K83,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P84" s="149"/>
-[...2 lines deleted...]
-      <c r="S84" s="98"/>
+      <c r="P84" s="158"/>
+      <c r="Q84" s="158"/>
+      <c r="R84" s="160"/>
+      <c r="S84" s="94"/>
       <c r="T84" s="31"/>
       <c r="U84" s="31"/>
       <c r="V84" s="31"/>
       <c r="W84" s="31"/>
       <c r="X84" s="31"/>
       <c r="Y84" s="31"/>
       <c r="Z84" s="36"/>
       <c r="AA84" s="36"/>
       <c r="AB84" s="32"/>
       <c r="AC84" s="32"/>
       <c r="AD84" s="32"/>
     </row>
-    <row r="85" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A85" s="158">
+    <row r="85" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A85" s="167">
         <v>24</v>
       </c>
-      <c r="B85" s="158"/>
-[...16 lines deleted...]
-      <c r="S85" s="98"/>
+      <c r="B85" s="167"/>
+      <c r="C85" s="169"/>
+      <c r="D85" s="157"/>
+      <c r="E85" s="157"/>
+      <c r="F85" s="157"/>
+      <c r="G85" s="157"/>
+      <c r="H85" s="157"/>
+      <c r="I85" s="157"/>
+      <c r="J85" s="161"/>
+      <c r="K85" s="163"/>
+      <c r="L85" s="159"/>
+      <c r="M85" s="91"/>
+      <c r="N85" s="91"/>
+      <c r="O85" s="91"/>
+      <c r="P85" s="157"/>
+      <c r="Q85" s="157"/>
+      <c r="R85" s="159"/>
+      <c r="S85" s="94"/>
       <c r="T85" s="31"/>
       <c r="U85" s="31"/>
       <c r="V85" s="31"/>
       <c r="W85" s="31"/>
       <c r="X85" s="31"/>
       <c r="Y85" s="31"/>
       <c r="Z85" s="35"/>
       <c r="AA85" s="35"/>
       <c r="AB85" s="32"/>
       <c r="AC85" s="32"/>
       <c r="AD85" s="32"/>
     </row>
-    <row r="86" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L86" s="151"/>
+    <row r="86" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="168"/>
+      <c r="B86" s="168"/>
+      <c r="C86" s="170"/>
+      <c r="D86" s="158"/>
+      <c r="E86" s="158"/>
+      <c r="F86" s="158"/>
+      <c r="G86" s="158"/>
+      <c r="H86" s="158"/>
+      <c r="I86" s="158"/>
+      <c r="J86" s="162"/>
+      <c r="K86" s="164"/>
+      <c r="L86" s="160"/>
       <c r="M86" s="33">
         <f>IF(AND(D85=$D$11,E85=$S$11),M85*$U$11,IF(AND(D85=$D$11,E85=$S$12),M85*$U$12,IF(AND(D85=$D$11,E85=$S$13),M85*$U$13,IF(AND(D85=$D$11,E85=$S$14),M85*$U$14,IF(AND(D85=$D$11,E85=$S$15),M85*$U$15,IF(AND(D85=$D$11,E85=$S$16),M85*$U$16,IF(AND(D85=$D$12,E85=$S$11),M85*$W$11,IF(AND(D85=$D$12,E85=$S$12),M85*$W$12,IF(AND(D85=$D$12,E85=$S$13),M85*$W$13,IF(AND(D85=$D$12,E85=$S$14),M85*$W$14,IF(AND(D85=$D$12,E85=$S$15),M85*$W$15,IF(AND(D85=$D$12,E85=$S$16),M85*$W$16,IF(AND(D85=$D$13,E85=$S$11),M85*$Y$11,IF(AND(D85=$D$13,E85=$S$12),M85*$Y$12,IF(AND(D85=$D$13,E85=$S$13),M85*$Y$13,IF(AND(D85=$D$13,E85=$S$14),M85*$Y$14,IF(AND(D85=$D$13,E85=$S$15),M85*$Y$15,IF(AND(D85=$D$13,E85=$S$16),M85*$Y$16,IF(AND(D85=$D$14,E85=$S$11),M85*$AA$11,IF(AND(D85=$D$14,E85=$S$12),M85*$AA$12,IF(AND(D85=$D$14,E85=$S$13),M85*$AA$13,IF(AND(D85=$D$14,E85=$S$14),M85*$AA$14,IF(AND(D85=$D$14,E85=$S$15),M85*$AA$15,IF(AND(D85=$D$14,E85=$S$16),M85*$AA$16,IF(AND(D85=$D$15,E85=$S$11),M85*$AC$11,IF(AND(D85=$D$15,E85=$S$12),M85*$AC$12,IF(AND(D85=$D$15,E85=$S$13),M85*$AC$13,IF(AND(D85=$D$15,E85=$S$14),M85*$AC$14,IF(AND(D85=$D$15,E85=$S$15),M85*$AC$15,IF(AND(D85=$D$15,E85=$S$16),M85*$AC$16,IF(AND(D85=$D$16,E85=$S$11),M85*$AE$11,IF(AND(D85=$D$16,E85=$S$12),M85*$AE$12,IF(AND(D85=$D$16,E85=$S$13),M85*$AE$13,IF(AND(D85=$D$16,E85=$S$14),M85*$AE$14,IF(AND(D85=$D$16,E85=$S$15),M85*$AE$15,IF(AND(D85=$D$16,E85=$S$16),M85*$AE$16,IF(AND(D85=$D$17,E85=$S$11),M85*$AG$11,IF(AND(D85=$D$17,E85=$S$12),M85*$AG$12,IF(AND(D85=$D$17,E85=$S$13),M85*$AG$13,IF(AND(D85=$D$17,E85=$S$14),M85*$AG$14,IF(AND(D85=$D$17,E85=$S$15),M85*$AG$15,IF(AND(D85=$D$17,E85=$S$16),M85*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N86" s="34">
         <f>IF(AND(D85=$D$11,E85=$S$11),N85*$U$11*K85,IF(AND(D85=$D$11,E85=$S$12),N85*$U$12*K85,IF(AND(D85=$D$11,E85=$S$13),N85*$U$13*K85,IF(AND(D85=$D$11,E85=$S$14),N85*$U$14*K85,IF(AND(D85=$D$11,E85=$S$15),N85*$U$15*K85,IF(AND(D85=$D$11,E85=$S$16),N85*$U$16*K85,IF(AND(D85=$D$12,E85=$S$11),N85*$W$11*K85,IF(AND(D85=$D$12,E85=$S$12),N85*$W$12*K85,IF(AND(D85=$D$12,E85=$S$13),N85*$W$13*K85,IF(AND(D85=$D$12,E85=$S$14),N85*$W$14*K85,IF(AND(D85=$D$12,E85=$S$15),N85*$W$15*K85,IF(AND(D85=$D$12,E85=$S$16),N85*$W$16*K85,IF(AND(D85=$D$13,E85=$S$11),N85*$Y$11*K85,IF(AND(D85=$D$13,E85=$S$12),N85*$Y$12*K85,IF(AND(D85=$D$13,E85=$S$13),N85*$Y$13*K85,IF(AND(D85=$D$13,E85=$S$14),N85*$Y$14*K85,IF(AND(D85=$D$13,E85=$S$15),N85*$Y$15*K85,IF(AND(D85=$D$13,E85=$S$16),N85*$Y$16*K85,IF(AND(D85=$D$14,E85=$S$11),N85*$AA$11*K85,IF(AND(D85=$D$14,E85=$S$12),N85*$AA$12*K85,IF(AND(D85=$D$14,E85=$S$13),N85*$AA$13*K85,IF(AND(D85=$D$14,E85=$S$14),N85*$AA$14*K85,IF(AND(D85=$D$14,E85=$S$15),N85*$AA$15*K85,IF(AND(D85=$D$14,E85=$S$16),N85*$AA$16*K85,IF(AND(D85=$D$15,E85=$S$11),N85*$AC$11*K85,IF(AND(D85=$D$15,E85=$S$12),N85*$AC$12*K85,IF(AND(D85=$D$15,E85=$S$13),N85*$AC$13*K85,IF(AND(D85=$D$15,E85=$S$14),N85*$AC$14*K85,IF(AND(D85=$DE1085=$S$15),N85*$AC$15*K85,IF(AND(D85=$D$15,E85=$S$16),N85*$AC$16*K85,IF(AND(D85=$D$16,E85=$S$11),N85*$AE$11*K85,IF(AND(D85=$D$16,E85=$S$12),N85*$AE$12*K85,IF(AND(D85=$D$16,E85=$S$13),N85*$AE$13*K85,IF(AND(D85=$D$16,E85=$S$14),N85*$AE$14*K85,IF(AND(D85=$D$16,E85=$S$15),N85*$AE$15*K85,IF(AND(D85=$D$16,E85=$S$16),N85*$AE$16*K85,IF(AND(D85=$D$17,E85=$S$11),N85*$AG$11*K85,IF(AND(D85=$D$17,E85=$S$12),N85*$AG$12*K85,IF(AND(D85=$D$17,E85=$S$13),N85*$AG$13*K85,IF(AND(D85=$D$17,E85=$S$14),N85*$AG$14*K85,IF(AND(D85=$D$17,E85=$S$15),N85*$AG$15*K85,IF(AND(D85=$D$17,E85=$S$16),N85*$AG$16*K85,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O86" s="58">
+      <c r="O86" s="57">
         <f>IF(AND(D85=$D$11,E85=$S$11),O85*$U$11*K85,IF(AND(D85=$D$11,E85=$S$12),O85*$U$12*K85,IF(AND(D85=$D$11,E85=$S$13),O85*$U$13*K85,IF(AND(D85=$D$11,E85=$S$14),O85*$U$14*K85,IF(AND(D85=$D$11,E85=$S$15),O85*$U$15*K85,IF(AND(D85=$D$11,E85=$S$16),O85*$U$16*K85,IF(AND(D85=$D$12,E85=$S$11),O85*$W$11*K85,IF(AND(D85=$D$12,E85=$S$12),O85*$W$12*K85,IF(AND(D85=$D$12,E85=$S$13),O85*$W$13*K85,IF(AND(D85=$D$12,E85=$S$14),O85*$W$14*K85,IF(AND(D85=$D$12,E85=$S$15),O85*$W$15*K85,IF(AND(D85=$D$12,E85=$S$16),O85*$W$16*K85,IF(AND(D85=$D$13,E85=$S$11),O85*$Y$11*K85,IF(AND(D85=$D$13,E85=$S$12),O85*$Y$12*K85,IF(AND(D85=$D$13,E85=$S$13),O85*$Y$13*K85,IF(AND(D85=$D$13,E85=$S$14),O85*$Y$14*K85,IF(AND(D85=$D$13,E85=$S$15),O85*$Y$15*K85,IF(AND(D85=$D$13,E85=$S$16),O85*$Y$16*K85,IF(AND(D85=$D$14,E85=$S$11),O85*$AA$11*K85,IF(AND(D85=$D$14,E85=$S$12),O85*$AA$12*K85,IF(AND(D85=$D$14,E85=$S$13),O85*$AA$13*K85,IF(AND(D85=$D$14,E85=$S$14),O85*$AA$14*K85,IF(AND(D85=$D$14,E85=$S$15),O85*$AA$15*K85,IF(AND(D85=$D$14,E85=$S$16),O85*$AA$16*K85,IF(AND(D85=$D$15,E85=$S$11),O85*$AC$11*K85,IF(AND(D85=$D$15,E85=$S$12),O85*$AC$12*K85,IF(AND(D85=$D$15,E85=$S$13),O85*$AC$13*K85,IF(AND(D85=$D$15,E85=$S$14),O85*$AC$14*K85,IF(AND(D85=$DE1085=$S$15),O85*$AC$15*K85,IF(AND(D85=$D$15,E85=$S$16),O85*$AC$16*K85,IF(AND(D85=$D$16,E85=$S$11),O85*$AE$11*K85,IF(AND(D85=$D$16,E85=$S$12),O85*$AE$12*K85,IF(AND(D85=$D$16,E85=$S$13),O85*$AE$13*K85,IF(AND(D85=$D$16,E85=$S$14),O85*$AE$14*K85,IF(AND(D85=$D$16,E85=$S$15),O85*$AE$15*K85,IF(AND(D85=$D$16,E85=$S$16),O85*$AE$16*K85,IF(AND(D85=$D$17,E85=$S$11),O85*$AG$11*K85,IF(AND(D85=$D$17,E85=$S$12),O85*$AG$12*K85,IF(AND(D85=$D$17,E85=$S$13),O85*$AG$13*K85,IF(AND(D85=$D$17,E85=$S$14),O85*$AG$14*K85,IF(AND(D85=$D$17,E85=$S$15),O85*$AG$15*K85,IF(AND(D85=$D$17,E85=$S$16),O85*$AG$16*K85,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P86" s="149"/>
-[...2 lines deleted...]
-      <c r="S86" s="98"/>
+      <c r="P86" s="158"/>
+      <c r="Q86" s="158"/>
+      <c r="R86" s="160"/>
+      <c r="S86" s="94"/>
       <c r="T86" s="31"/>
       <c r="U86" s="31"/>
       <c r="V86" s="31"/>
       <c r="W86" s="31"/>
       <c r="X86" s="31"/>
       <c r="Y86" s="31"/>
       <c r="Z86" s="36"/>
       <c r="AA86" s="36"/>
       <c r="AB86" s="32"/>
       <c r="AC86" s="32"/>
       <c r="AD86" s="32"/>
     </row>
-    <row r="87" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A87" s="158">
+    <row r="87" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A87" s="167">
         <v>25</v>
       </c>
-      <c r="B87" s="158"/>
-[...16 lines deleted...]
-      <c r="S87" s="98"/>
+      <c r="B87" s="167"/>
+      <c r="C87" s="169"/>
+      <c r="D87" s="157"/>
+      <c r="E87" s="157"/>
+      <c r="F87" s="157"/>
+      <c r="G87" s="157"/>
+      <c r="H87" s="157"/>
+      <c r="I87" s="157"/>
+      <c r="J87" s="161"/>
+      <c r="K87" s="163"/>
+      <c r="L87" s="159"/>
+      <c r="M87" s="91"/>
+      <c r="N87" s="91"/>
+      <c r="O87" s="91"/>
+      <c r="P87" s="157"/>
+      <c r="Q87" s="157"/>
+      <c r="R87" s="159"/>
+      <c r="S87" s="94"/>
       <c r="T87" s="31"/>
       <c r="U87" s="31"/>
       <c r="V87" s="31"/>
       <c r="W87" s="31"/>
       <c r="X87" s="31"/>
       <c r="Y87" s="31"/>
       <c r="Z87" s="35"/>
       <c r="AA87" s="35"/>
       <c r="AB87" s="32"/>
       <c r="AC87" s="32"/>
       <c r="AD87" s="32"/>
     </row>
-    <row r="88" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L88" s="151"/>
+    <row r="88" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="168"/>
+      <c r="B88" s="168"/>
+      <c r="C88" s="170"/>
+      <c r="D88" s="158"/>
+      <c r="E88" s="158"/>
+      <c r="F88" s="158"/>
+      <c r="G88" s="158"/>
+      <c r="H88" s="158"/>
+      <c r="I88" s="158"/>
+      <c r="J88" s="162"/>
+      <c r="K88" s="164"/>
+      <c r="L88" s="160"/>
       <c r="M88" s="33">
         <f>IF(AND(D87=$D$11,E87=$S$11),M87*$U$11,IF(AND(D87=$D$11,E87=$S$12),M87*$U$12,IF(AND(D87=$D$11,E87=$S$13),M87*$U$13,IF(AND(D87=$D$11,E87=$S$14),M87*$U$14,IF(AND(D87=$D$11,E87=$S$15),M87*$U$15,IF(AND(D87=$D$11,E87=$S$16),M87*$U$16,IF(AND(D87=$D$12,E87=$S$11),M87*$W$11,IF(AND(D87=$D$12,E87=$S$12),M87*$W$12,IF(AND(D87=$D$12,E87=$S$13),M87*$W$13,IF(AND(D87=$D$12,E87=$S$14),M87*$W$14,IF(AND(D87=$D$12,E87=$S$15),M87*$W$15,IF(AND(D87=$D$12,E87=$S$16),M87*$W$16,IF(AND(D87=$D$13,E87=$S$11),M87*$Y$11,IF(AND(D87=$D$13,E87=$S$12),M87*$Y$12,IF(AND(D87=$D$13,E87=$S$13),M87*$Y$13,IF(AND(D87=$D$13,E87=$S$14),M87*$Y$14,IF(AND(D87=$D$13,E87=$S$15),M87*$Y$15,IF(AND(D87=$D$13,E87=$S$16),M87*$Y$16,IF(AND(D87=$D$14,E87=$S$11),M87*$AA$11,IF(AND(D87=$D$14,E87=$S$12),M87*$AA$12,IF(AND(D87=$D$14,E87=$S$13),M87*$AA$13,IF(AND(D87=$D$14,E87=$S$14),M87*$AA$14,IF(AND(D87=$D$14,E87=$S$15),M87*$AA$15,IF(AND(D87=$D$14,E87=$S$16),M87*$AA$16,IF(AND(D87=$D$15,E87=$S$11),M87*$AC$11,IF(AND(D87=$D$15,E87=$S$12),M87*$AC$12,IF(AND(D87=$D$15,E87=$S$13),M87*$AC$13,IF(AND(D87=$D$15,E87=$S$14),M87*$AC$14,IF(AND(D87=$D$15,E87=$S$15),M87*$AC$15,IF(AND(D87=$D$15,E87=$S$16),M87*$AC$16,IF(AND(D87=$D$16,E87=$S$11),M87*$AE$11,IF(AND(D87=$D$16,E87=$S$12),M87*$AE$12,IF(AND(D87=$D$16,E87=$S$13),M87*$AE$13,IF(AND(D87=$D$16,E87=$S$14),M87*$AE$14,IF(AND(D87=$D$16,E87=$S$15),M87*$AE$15,IF(AND(D87=$D$16,E87=$S$16),M87*$AE$16,IF(AND(D87=$D$17,E87=$S$11),M87*$AG$11,IF(AND(D87=$D$17,E87=$S$12),M87*$AG$12,IF(AND(D87=$D$17,E87=$S$13),M87*$AG$13,IF(AND(D87=$D$17,E87=$S$14),M87*$AG$14,IF(AND(D87=$D$17,E87=$S$15),M87*$AG$15,IF(AND(D87=$D$17,E87=$S$16),M87*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N88" s="34">
         <f>IF(AND(D87=$D$11,E87=$S$11),N87*$U$11*K87,IF(AND(D87=$D$11,E87=$S$12),N87*$U$12*K87,IF(AND(D87=$D$11,E87=$S$13),N87*$U$13*K87,IF(AND(D87=$D$11,E87=$S$14),N87*$U$14*K87,IF(AND(D87=$D$11,E87=$S$15),N87*$U$15*K87,IF(AND(D87=$D$11,E87=$S$16),N87*$U$16*K87,IF(AND(D87=$D$12,E87=$S$11),N87*$W$11*K87,IF(AND(D87=$D$12,E87=$S$12),N87*$W$12*K87,IF(AND(D87=$D$12,E87=$S$13),N87*$W$13*K87,IF(AND(D87=$D$12,E87=$S$14),N87*$W$14*K87,IF(AND(D87=$D$12,E87=$S$15),N87*$W$15*K87,IF(AND(D87=$D$12,E87=$S$16),N87*$W$16*K87,IF(AND(D87=$D$13,E87=$S$11),N87*$Y$11*K87,IF(AND(D87=$D$13,E87=$S$12),N87*$Y$12*K87,IF(AND(D87=$D$13,E87=$S$13),N87*$Y$13*K87,IF(AND(D87=$D$13,E87=$S$14),N87*$Y$14*K87,IF(AND(D87=$D$13,E87=$S$15),N87*$Y$15*K87,IF(AND(D87=$D$13,E87=$S$16),N87*$Y$16*K87,IF(AND(D87=$D$14,E87=$S$11),N87*$AA$11*K87,IF(AND(D87=$D$14,E87=$S$12),N87*$AA$12*K87,IF(AND(D87=$D$14,E87=$S$13),N87*$AA$13*K87,IF(AND(D87=$D$14,E87=$S$14),N87*$AA$14*K87,IF(AND(D87=$D$14,E87=$S$15),N87*$AA$15*K87,IF(AND(D87=$D$14,E87=$S$16),N87*$AA$16*K87,IF(AND(D87=$D$15,E87=$S$11),N87*$AC$11*K87,IF(AND(D87=$D$15,E87=$S$12),N87*$AC$12*K87,IF(AND(D87=$D$15,E87=$S$13),N87*$AC$13*K87,IF(AND(D87=$D$15,E87=$S$14),N87*$AC$14*K87,IF(AND(D87=$DE1087=$S$15),N87*$AC$15*K87,IF(AND(D87=$D$15,E87=$S$16),N87*$AC$16*K87,IF(AND(D87=$D$16,E87=$S$11),N87*$AE$11*K87,IF(AND(D87=$D$16,E87=$S$12),N87*$AE$12*K87,IF(AND(D87=$D$16,E87=$S$13),N87*$AE$13*K87,IF(AND(D87=$D$16,E87=$S$14),N87*$AE$14*K87,IF(AND(D87=$D$16,E87=$S$15),N87*$AE$15*K87,IF(AND(D87=$D$16,E87=$S$16),N87*$AE$16*K87,IF(AND(D87=$D$17,E87=$S$11),N87*$AG$11*K87,IF(AND(D87=$D$17,E87=$S$12),N87*$AG$12*K87,IF(AND(D87=$D$17,E87=$S$13),N87*$AG$13*K87,IF(AND(D87=$D$17,E87=$S$14),N87*$AG$14*K87,IF(AND(D87=$D$17,E87=$S$15),N87*$AG$15*K87,IF(AND(D87=$D$17,E87=$S$16),N87*$AG$16*K87,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O88" s="58">
+      <c r="O88" s="57">
         <f>IF(AND(D87=$D$11,E87=$S$11),O87*$U$11*K87,IF(AND(D87=$D$11,E87=$S$12),O87*$U$12*K87,IF(AND(D87=$D$11,E87=$S$13),O87*$U$13*K87,IF(AND(D87=$D$11,E87=$S$14),O87*$U$14*K87,IF(AND(D87=$D$11,E87=$S$15),O87*$U$15*K87,IF(AND(D87=$D$11,E87=$S$16),O87*$U$16*K87,IF(AND(D87=$D$12,E87=$S$11),O87*$W$11*K87,IF(AND(D87=$D$12,E87=$S$12),O87*$W$12*K87,IF(AND(D87=$D$12,E87=$S$13),O87*$W$13*K87,IF(AND(D87=$D$12,E87=$S$14),O87*$W$14*K87,IF(AND(D87=$D$12,E87=$S$15),O87*$W$15*K87,IF(AND(D87=$D$12,E87=$S$16),O87*$W$16*K87,IF(AND(D87=$D$13,E87=$S$11),O87*$Y$11*K87,IF(AND(D87=$D$13,E87=$S$12),O87*$Y$12*K87,IF(AND(D87=$D$13,E87=$S$13),O87*$Y$13*K87,IF(AND(D87=$D$13,E87=$S$14),O87*$Y$14*K87,IF(AND(D87=$D$13,E87=$S$15),O87*$Y$15*K87,IF(AND(D87=$D$13,E87=$S$16),O87*$Y$16*K87,IF(AND(D87=$D$14,E87=$S$11),O87*$AA$11*K87,IF(AND(D87=$D$14,E87=$S$12),O87*$AA$12*K87,IF(AND(D87=$D$14,E87=$S$13),O87*$AA$13*K87,IF(AND(D87=$D$14,E87=$S$14),O87*$AA$14*K87,IF(AND(D87=$D$14,E87=$S$15),O87*$AA$15*K87,IF(AND(D87=$D$14,E87=$S$16),O87*$AA$16*K87,IF(AND(D87=$D$15,E87=$S$11),O87*$AC$11*K87,IF(AND(D87=$D$15,E87=$S$12),O87*$AC$12*K87,IF(AND(D87=$D$15,E87=$S$13),O87*$AC$13*K87,IF(AND(D87=$D$15,E87=$S$14),O87*$AC$14*K87,IF(AND(D87=$DE1087=$S$15),O87*$AC$15*K87,IF(AND(D87=$D$15,E87=$S$16),O87*$AC$16*K87,IF(AND(D87=$D$16,E87=$S$11),O87*$AE$11*K87,IF(AND(D87=$D$16,E87=$S$12),O87*$AE$12*K87,IF(AND(D87=$D$16,E87=$S$13),O87*$AE$13*K87,IF(AND(D87=$D$16,E87=$S$14),O87*$AE$14*K87,IF(AND(D87=$D$16,E87=$S$15),O87*$AE$15*K87,IF(AND(D87=$D$16,E87=$S$16),O87*$AE$16*K87,IF(AND(D87=$D$17,E87=$S$11),O87*$AG$11*K87,IF(AND(D87=$D$17,E87=$S$12),O87*$AG$12*K87,IF(AND(D87=$D$17,E87=$S$13),O87*$AG$13*K87,IF(AND(D87=$D$17,E87=$S$14),O87*$AG$14*K87,IF(AND(D87=$D$17,E87=$S$15),O87*$AG$15*K87,IF(AND(D87=$D$17,E87=$S$16),O87*$AG$16*K87,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P88" s="149"/>
-[...2 lines deleted...]
-      <c r="S88" s="98"/>
+      <c r="P88" s="158"/>
+      <c r="Q88" s="158"/>
+      <c r="R88" s="160"/>
+      <c r="S88" s="94"/>
       <c r="T88" s="31"/>
       <c r="U88" s="31"/>
       <c r="V88" s="31"/>
       <c r="W88" s="31"/>
       <c r="X88" s="31"/>
       <c r="Y88" s="31"/>
       <c r="Z88" s="36"/>
       <c r="AA88" s="36"/>
       <c r="AB88" s="32"/>
       <c r="AC88" s="32"/>
       <c r="AD88" s="32"/>
     </row>
-    <row r="89" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A89" s="158">
+    <row r="89" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A89" s="167">
         <v>26</v>
       </c>
-      <c r="B89" s="158"/>
-[...16 lines deleted...]
-      <c r="S89" s="98"/>
+      <c r="B89" s="167"/>
+      <c r="C89" s="169"/>
+      <c r="D89" s="157"/>
+      <c r="E89" s="157"/>
+      <c r="F89" s="157"/>
+      <c r="G89" s="157"/>
+      <c r="H89" s="157"/>
+      <c r="I89" s="157"/>
+      <c r="J89" s="161"/>
+      <c r="K89" s="163"/>
+      <c r="L89" s="159"/>
+      <c r="M89" s="91"/>
+      <c r="N89" s="91"/>
+      <c r="O89" s="91"/>
+      <c r="P89" s="157"/>
+      <c r="Q89" s="157"/>
+      <c r="R89" s="159"/>
+      <c r="S89" s="94"/>
       <c r="T89" s="31"/>
       <c r="U89" s="31"/>
       <c r="V89" s="31"/>
       <c r="W89" s="31"/>
       <c r="X89" s="31"/>
       <c r="Y89" s="31"/>
       <c r="Z89" s="35"/>
       <c r="AA89" s="35"/>
       <c r="AB89" s="32"/>
       <c r="AC89" s="32"/>
       <c r="AD89" s="32"/>
     </row>
-    <row r="90" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L90" s="151"/>
+    <row r="90" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="168"/>
+      <c r="B90" s="168"/>
+      <c r="C90" s="170"/>
+      <c r="D90" s="158"/>
+      <c r="E90" s="158"/>
+      <c r="F90" s="158"/>
+      <c r="G90" s="158"/>
+      <c r="H90" s="158"/>
+      <c r="I90" s="158"/>
+      <c r="J90" s="162"/>
+      <c r="K90" s="164"/>
+      <c r="L90" s="160"/>
       <c r="M90" s="33">
         <f>IF(AND(D89=$D$11,E89=$S$11),M89*$U$11,IF(AND(D89=$D$11,E89=$S$12),M89*$U$12,IF(AND(D89=$D$11,E89=$S$13),M89*$U$13,IF(AND(D89=$D$11,E89=$S$14),M89*$U$14,IF(AND(D89=$D$11,E89=$S$15),M89*$U$15,IF(AND(D89=$D$11,E89=$S$16),M89*$U$16,IF(AND(D89=$D$12,E89=$S$11),M89*$W$11,IF(AND(D89=$D$12,E89=$S$12),M89*$W$12,IF(AND(D89=$D$12,E89=$S$13),M89*$W$13,IF(AND(D89=$D$12,E89=$S$14),M89*$W$14,IF(AND(D89=$D$12,E89=$S$15),M89*$W$15,IF(AND(D89=$D$12,E89=$S$16),M89*$W$16,IF(AND(D89=$D$13,E89=$S$11),M89*$Y$11,IF(AND(D89=$D$13,E89=$S$12),M89*$Y$12,IF(AND(D89=$D$13,E89=$S$13),M89*$Y$13,IF(AND(D89=$D$13,E89=$S$14),M89*$Y$14,IF(AND(D89=$D$13,E89=$S$15),M89*$Y$15,IF(AND(D89=$D$13,E89=$S$16),M89*$Y$16,IF(AND(D89=$D$14,E89=$S$11),M89*$AA$11,IF(AND(D89=$D$14,E89=$S$12),M89*$AA$12,IF(AND(D89=$D$14,E89=$S$13),M89*$AA$13,IF(AND(D89=$D$14,E89=$S$14),M89*$AA$14,IF(AND(D89=$D$14,E89=$S$15),M89*$AA$15,IF(AND(D89=$D$14,E89=$S$16),M89*$AA$16,IF(AND(D89=$D$15,E89=$S$11),M89*$AC$11,IF(AND(D89=$D$15,E89=$S$12),M89*$AC$12,IF(AND(D89=$D$15,E89=$S$13),M89*$AC$13,IF(AND(D89=$D$15,E89=$S$14),M89*$AC$14,IF(AND(D89=$D$15,E89=$S$15),M89*$AC$15,IF(AND(D89=$D$15,E89=$S$16),M89*$AC$16,IF(AND(D89=$D$16,E89=$S$11),M89*$AE$11,IF(AND(D89=$D$16,E89=$S$12),M89*$AE$12,IF(AND(D89=$D$16,E89=$S$13),M89*$AE$13,IF(AND(D89=$D$16,E89=$S$14),M89*$AE$14,IF(AND(D89=$D$16,E89=$S$15),M89*$AE$15,IF(AND(D89=$D$16,E89=$S$16),M89*$AE$16,IF(AND(D89=$D$17,E89=$S$11),M89*$AG$11,IF(AND(D89=$D$17,E89=$S$12),M89*$AG$12,IF(AND(D89=$D$17,E89=$S$13),M89*$AG$13,IF(AND(D89=$D$17,E89=$S$14),M89*$AG$14,IF(AND(D89=$D$17,E89=$S$15),M89*$AG$15,IF(AND(D89=$D$17,E89=$S$16),M89*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N90" s="34">
         <f>IF(AND(D89=$D$11,E89=$S$11),N89*$U$11*K89,IF(AND(D89=$D$11,E89=$S$12),N89*$U$12*K89,IF(AND(D89=$D$11,E89=$S$13),N89*$U$13*K89,IF(AND(D89=$D$11,E89=$S$14),N89*$U$14*K89,IF(AND(D89=$D$11,E89=$S$15),N89*$U$15*K89,IF(AND(D89=$D$11,E89=$S$16),N89*$U$16*K89,IF(AND(D89=$D$12,E89=$S$11),N89*$W$11*K89,IF(AND(D89=$D$12,E89=$S$12),N89*$W$12*K89,IF(AND(D89=$D$12,E89=$S$13),N89*$W$13*K89,IF(AND(D89=$D$12,E89=$S$14),N89*$W$14*K89,IF(AND(D89=$D$12,E89=$S$15),N89*$W$15*K89,IF(AND(D89=$D$12,E89=$S$16),N89*$W$16*K89,IF(AND(D89=$D$13,E89=$S$11),N89*$Y$11*K89,IF(AND(D89=$D$13,E89=$S$12),N89*$Y$12*K89,IF(AND(D89=$D$13,E89=$S$13),N89*$Y$13*K89,IF(AND(D89=$D$13,E89=$S$14),N89*$Y$14*K89,IF(AND(D89=$D$13,E89=$S$15),N89*$Y$15*K89,IF(AND(D89=$D$13,E89=$S$16),N89*$Y$16*K89,IF(AND(D89=$D$14,E89=$S$11),N89*$AA$11*K89,IF(AND(D89=$D$14,E89=$S$12),N89*$AA$12*K89,IF(AND(D89=$D$14,E89=$S$13),N89*$AA$13*K89,IF(AND(D89=$D$14,E89=$S$14),N89*$AA$14*K89,IF(AND(D89=$D$14,E89=$S$15),N89*$AA$15*K89,IF(AND(D89=$D$14,E89=$S$16),N89*$AA$16*K89,IF(AND(D89=$D$15,E89=$S$11),N89*$AC$11*K89,IF(AND(D89=$D$15,E89=$S$12),N89*$AC$12*K89,IF(AND(D89=$D$15,E89=$S$13),N89*$AC$13*K89,IF(AND(D89=$D$15,E89=$S$14),N89*$AC$14*K89,IF(AND(D89=$DE1089=$S$15),N89*$AC$15*K89,IF(AND(D89=$D$15,E89=$S$16),N89*$AC$16*K89,IF(AND(D89=$D$16,E89=$S$11),N89*$AE$11*K89,IF(AND(D89=$D$16,E89=$S$12),N89*$AE$12*K89,IF(AND(D89=$D$16,E89=$S$13),N89*$AE$13*K89,IF(AND(D89=$D$16,E89=$S$14),N89*$AE$14*K89,IF(AND(D89=$D$16,E89=$S$15),N89*$AE$15*K89,IF(AND(D89=$D$16,E89=$S$16),N89*$AE$16*K89,IF(AND(D89=$D$17,E89=$S$11),N89*$AG$11*K89,IF(AND(D89=$D$17,E89=$S$12),N89*$AG$12*K89,IF(AND(D89=$D$17,E89=$S$13),N89*$AG$13*K89,IF(AND(D89=$D$17,E89=$S$14),N89*$AG$14*K89,IF(AND(D89=$D$17,E89=$S$15),N89*$AG$15*K89,IF(AND(D89=$D$17,E89=$S$16),N89*$AG$16*K89,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O90" s="58">
+      <c r="O90" s="57">
         <f>IF(AND(D89=$D$11,E89=$S$11),O89*$U$11*K89,IF(AND(D89=$D$11,E89=$S$12),O89*$U$12*K89,IF(AND(D89=$D$11,E89=$S$13),O89*$U$13*K89,IF(AND(D89=$D$11,E89=$S$14),O89*$U$14*K89,IF(AND(D89=$D$11,E89=$S$15),O89*$U$15*K89,IF(AND(D89=$D$11,E89=$S$16),O89*$U$16*K89,IF(AND(D89=$D$12,E89=$S$11),O89*$W$11*K89,IF(AND(D89=$D$12,E89=$S$12),O89*$W$12*K89,IF(AND(D89=$D$12,E89=$S$13),O89*$W$13*K89,IF(AND(D89=$D$12,E89=$S$14),O89*$W$14*K89,IF(AND(D89=$D$12,E89=$S$15),O89*$W$15*K89,IF(AND(D89=$D$12,E89=$S$16),O89*$W$16*K89,IF(AND(D89=$D$13,E89=$S$11),O89*$Y$11*K89,IF(AND(D89=$D$13,E89=$S$12),O89*$Y$12*K89,IF(AND(D89=$D$13,E89=$S$13),O89*$Y$13*K89,IF(AND(D89=$D$13,E89=$S$14),O89*$Y$14*K89,IF(AND(D89=$D$13,E89=$S$15),O89*$Y$15*K89,IF(AND(D89=$D$13,E89=$S$16),O89*$Y$16*K89,IF(AND(D89=$D$14,E89=$S$11),O89*$AA$11*K89,IF(AND(D89=$D$14,E89=$S$12),O89*$AA$12*K89,IF(AND(D89=$D$14,E89=$S$13),O89*$AA$13*K89,IF(AND(D89=$D$14,E89=$S$14),O89*$AA$14*K89,IF(AND(D89=$D$14,E89=$S$15),O89*$AA$15*K89,IF(AND(D89=$D$14,E89=$S$16),O89*$AA$16*K89,IF(AND(D89=$D$15,E89=$S$11),O89*$AC$11*K89,IF(AND(D89=$D$15,E89=$S$12),O89*$AC$12*K89,IF(AND(D89=$D$15,E89=$S$13),O89*$AC$13*K89,IF(AND(D89=$D$15,E89=$S$14),O89*$AC$14*K89,IF(AND(D89=$DE1089=$S$15),O89*$AC$15*K89,IF(AND(D89=$D$15,E89=$S$16),O89*$AC$16*K89,IF(AND(D89=$D$16,E89=$S$11),O89*$AE$11*K89,IF(AND(D89=$D$16,E89=$S$12),O89*$AE$12*K89,IF(AND(D89=$D$16,E89=$S$13),O89*$AE$13*K89,IF(AND(D89=$D$16,E89=$S$14),O89*$AE$14*K89,IF(AND(D89=$D$16,E89=$S$15),O89*$AE$15*K89,IF(AND(D89=$D$16,E89=$S$16),O89*$AE$16*K89,IF(AND(D89=$D$17,E89=$S$11),O89*$AG$11*K89,IF(AND(D89=$D$17,E89=$S$12),O89*$AG$12*K89,IF(AND(D89=$D$17,E89=$S$13),O89*$AG$13*K89,IF(AND(D89=$D$17,E89=$S$14),O89*$AG$14*K89,IF(AND(D89=$D$17,E89=$S$15),O89*$AG$15*K89,IF(AND(D89=$D$17,E89=$S$16),O89*$AG$16*K89,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P90" s="149"/>
-[...2 lines deleted...]
-      <c r="S90" s="98"/>
+      <c r="P90" s="158"/>
+      <c r="Q90" s="158"/>
+      <c r="R90" s="160"/>
+      <c r="S90" s="94"/>
       <c r="T90" s="31"/>
       <c r="U90" s="31"/>
       <c r="V90" s="31"/>
       <c r="W90" s="31"/>
       <c r="X90" s="31"/>
       <c r="Y90" s="31"/>
       <c r="Z90" s="36"/>
       <c r="AA90" s="36"/>
       <c r="AB90" s="32"/>
       <c r="AC90" s="32"/>
       <c r="AD90" s="32"/>
     </row>
-    <row r="91" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A91" s="158">
+    <row r="91" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A91" s="167">
         <v>27</v>
       </c>
-      <c r="B91" s="158"/>
-[...16 lines deleted...]
-      <c r="S91" s="98"/>
+      <c r="B91" s="167"/>
+      <c r="C91" s="169"/>
+      <c r="D91" s="157"/>
+      <c r="E91" s="157"/>
+      <c r="F91" s="157"/>
+      <c r="G91" s="157"/>
+      <c r="H91" s="157"/>
+      <c r="I91" s="157"/>
+      <c r="J91" s="161"/>
+      <c r="K91" s="163"/>
+      <c r="L91" s="159"/>
+      <c r="M91" s="91"/>
+      <c r="N91" s="91"/>
+      <c r="O91" s="91"/>
+      <c r="P91" s="157"/>
+      <c r="Q91" s="157"/>
+      <c r="R91" s="159"/>
+      <c r="S91" s="94"/>
       <c r="T91" s="31"/>
       <c r="U91" s="31"/>
       <c r="V91" s="31"/>
       <c r="W91" s="31"/>
       <c r="X91" s="31"/>
       <c r="Y91" s="31"/>
       <c r="Z91" s="35"/>
       <c r="AA91" s="35"/>
       <c r="AB91" s="32"/>
       <c r="AC91" s="32"/>
       <c r="AD91" s="32"/>
     </row>
-    <row r="92" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L92" s="151"/>
+    <row r="92" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="168"/>
+      <c r="B92" s="168"/>
+      <c r="C92" s="170"/>
+      <c r="D92" s="158"/>
+      <c r="E92" s="158"/>
+      <c r="F92" s="158"/>
+      <c r="G92" s="158"/>
+      <c r="H92" s="158"/>
+      <c r="I92" s="158"/>
+      <c r="J92" s="162"/>
+      <c r="K92" s="164"/>
+      <c r="L92" s="160"/>
       <c r="M92" s="33">
         <f>IF(AND(D91=$D$11,E91=$S$11),M91*$U$11,IF(AND(D91=$D$11,E91=$S$12),M91*$U$12,IF(AND(D91=$D$11,E91=$S$13),M91*$U$13,IF(AND(D91=$D$11,E91=$S$14),M91*$U$14,IF(AND(D91=$D$11,E91=$S$15),M91*$U$15,IF(AND(D91=$D$11,E91=$S$16),M91*$U$16,IF(AND(D91=$D$12,E91=$S$11),M91*$W$11,IF(AND(D91=$D$12,E91=$S$12),M91*$W$12,IF(AND(D91=$D$12,E91=$S$13),M91*$W$13,IF(AND(D91=$D$12,E91=$S$14),M91*$W$14,IF(AND(D91=$D$12,E91=$S$15),M91*$W$15,IF(AND(D91=$D$12,E91=$S$16),M91*$W$16,IF(AND(D91=$D$13,E91=$S$11),M91*$Y$11,IF(AND(D91=$D$13,E91=$S$12),M91*$Y$12,IF(AND(D91=$D$13,E91=$S$13),M91*$Y$13,IF(AND(D91=$D$13,E91=$S$14),M91*$Y$14,IF(AND(D91=$D$13,E91=$S$15),M91*$Y$15,IF(AND(D91=$D$13,E91=$S$16),M91*$Y$16,IF(AND(D91=$D$14,E91=$S$11),M91*$AA$11,IF(AND(D91=$D$14,E91=$S$12),M91*$AA$12,IF(AND(D91=$D$14,E91=$S$13),M91*$AA$13,IF(AND(D91=$D$14,E91=$S$14),M91*$AA$14,IF(AND(D91=$D$14,E91=$S$15),M91*$AA$15,IF(AND(D91=$D$14,E91=$S$16),M91*$AA$16,IF(AND(D91=$D$15,E91=$S$11),M91*$AC$11,IF(AND(D91=$D$15,E91=$S$12),M91*$AC$12,IF(AND(D91=$D$15,E91=$S$13),M91*$AC$13,IF(AND(D91=$D$15,E91=$S$14),M91*$AC$14,IF(AND(D91=$D$15,E91=$S$15),M91*$AC$15,IF(AND(D91=$D$15,E91=$S$16),M91*$AC$16,IF(AND(D91=$D$16,E91=$S$11),M91*$AE$11,IF(AND(D91=$D$16,E91=$S$12),M91*$AE$12,IF(AND(D91=$D$16,E91=$S$13),M91*$AE$13,IF(AND(D91=$D$16,E91=$S$14),M91*$AE$14,IF(AND(D91=$D$16,E91=$S$15),M91*$AE$15,IF(AND(D91=$D$16,E91=$S$16),M91*$AE$16,IF(AND(D91=$D$17,E91=$S$11),M91*$AG$11,IF(AND(D91=$D$17,E91=$S$12),M91*$AG$12,IF(AND(D91=$D$17,E91=$S$13),M91*$AG$13,IF(AND(D91=$D$17,E91=$S$14),M91*$AG$14,IF(AND(D91=$D$17,E91=$S$15),M91*$AG$15,IF(AND(D91=$D$17,E91=$S$16),M91*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N92" s="34">
         <f>IF(AND(D91=$D$11,E91=$S$11),N91*$U$11*K91,IF(AND(D91=$D$11,E91=$S$12),N91*$U$12*K91,IF(AND(D91=$D$11,E91=$S$13),N91*$U$13*K91,IF(AND(D91=$D$11,E91=$S$14),N91*$U$14*K91,IF(AND(D91=$D$11,E91=$S$15),N91*$U$15*K91,IF(AND(D91=$D$11,E91=$S$16),N91*$U$16*K91,IF(AND(D91=$D$12,E91=$S$11),N91*$W$11*K91,IF(AND(D91=$D$12,E91=$S$12),N91*$W$12*K91,IF(AND(D91=$D$12,E91=$S$13),N91*$W$13*K91,IF(AND(D91=$D$12,E91=$S$14),N91*$W$14*K91,IF(AND(D91=$D$12,E91=$S$15),N91*$W$15*K91,IF(AND(D91=$D$12,E91=$S$16),N91*$W$16*K91,IF(AND(D91=$D$13,E91=$S$11),N91*$Y$11*K91,IF(AND(D91=$D$13,E91=$S$12),N91*$Y$12*K91,IF(AND(D91=$D$13,E91=$S$13),N91*$Y$13*K91,IF(AND(D91=$D$13,E91=$S$14),N91*$Y$14*K91,IF(AND(D91=$D$13,E91=$S$15),N91*$Y$15*K91,IF(AND(D91=$D$13,E91=$S$16),N91*$Y$16*K91,IF(AND(D91=$D$14,E91=$S$11),N91*$AA$11*K91,IF(AND(D91=$D$14,E91=$S$12),N91*$AA$12*K91,IF(AND(D91=$D$14,E91=$S$13),N91*$AA$13*K91,IF(AND(D91=$D$14,E91=$S$14),N91*$AA$14*K91,IF(AND(D91=$D$14,E91=$S$15),N91*$AA$15*K91,IF(AND(D91=$D$14,E91=$S$16),N91*$AA$16*K91,IF(AND(D91=$D$15,E91=$S$11),N91*$AC$11*K91,IF(AND(D91=$D$15,E91=$S$12),N91*$AC$12*K91,IF(AND(D91=$D$15,E91=$S$13),N91*$AC$13*K91,IF(AND(D91=$D$15,E91=$S$14),N91*$AC$14*K91,IF(AND(D91=$DE1091=$S$15),N91*$AC$15*K91,IF(AND(D91=$D$15,E91=$S$16),N91*$AC$16*K91,IF(AND(D91=$D$16,E91=$S$11),N91*$AE$11*K91,IF(AND(D91=$D$16,E91=$S$12),N91*$AE$12*K91,IF(AND(D91=$D$16,E91=$S$13),N91*$AE$13*K91,IF(AND(D91=$D$16,E91=$S$14),N91*$AE$14*K91,IF(AND(D91=$D$16,E91=$S$15),N91*$AE$15*K91,IF(AND(D91=$D$16,E91=$S$16),N91*$AE$16*K91,IF(AND(D91=$D$17,E91=$S$11),N91*$AG$11*K91,IF(AND(D91=$D$17,E91=$S$12),N91*$AG$12*K91,IF(AND(D91=$D$17,E91=$S$13),N91*$AG$13*K91,IF(AND(D91=$D$17,E91=$S$14),N91*$AG$14*K91,IF(AND(D91=$D$17,E91=$S$15),N91*$AG$15*K91,IF(AND(D91=$D$17,E91=$S$16),N91*$AG$16*K91,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O92" s="58">
+      <c r="O92" s="57">
         <f>IF(AND(D91=$D$11,E91=$S$11),O91*$U$11*K91,IF(AND(D91=$D$11,E91=$S$12),O91*$U$12*K91,IF(AND(D91=$D$11,E91=$S$13),O91*$U$13*K91,IF(AND(D91=$D$11,E91=$S$14),O91*$U$14*K91,IF(AND(D91=$D$11,E91=$S$15),O91*$U$15*K91,IF(AND(D91=$D$11,E91=$S$16),O91*$U$16*K91,IF(AND(D91=$D$12,E91=$S$11),O91*$W$11*K91,IF(AND(D91=$D$12,E91=$S$12),O91*$W$12*K91,IF(AND(D91=$D$12,E91=$S$13),O91*$W$13*K91,IF(AND(D91=$D$12,E91=$S$14),O91*$W$14*K91,IF(AND(D91=$D$12,E91=$S$15),O91*$W$15*K91,IF(AND(D91=$D$12,E91=$S$16),O91*$W$16*K91,IF(AND(D91=$D$13,E91=$S$11),O91*$Y$11*K91,IF(AND(D91=$D$13,E91=$S$12),O91*$Y$12*K91,IF(AND(D91=$D$13,E91=$S$13),O91*$Y$13*K91,IF(AND(D91=$D$13,E91=$S$14),O91*$Y$14*K91,IF(AND(D91=$D$13,E91=$S$15),O91*$Y$15*K91,IF(AND(D91=$D$13,E91=$S$16),O91*$Y$16*K91,IF(AND(D91=$D$14,E91=$S$11),O91*$AA$11*K91,IF(AND(D91=$D$14,E91=$S$12),O91*$AA$12*K91,IF(AND(D91=$D$14,E91=$S$13),O91*$AA$13*K91,IF(AND(D91=$D$14,E91=$S$14),O91*$AA$14*K91,IF(AND(D91=$D$14,E91=$S$15),O91*$AA$15*K91,IF(AND(D91=$D$14,E91=$S$16),O91*$AA$16*K91,IF(AND(D91=$D$15,E91=$S$11),O91*$AC$11*K91,IF(AND(D91=$D$15,E91=$S$12),O91*$AC$12*K91,IF(AND(D91=$D$15,E91=$S$13),O91*$AC$13*K91,IF(AND(D91=$D$15,E91=$S$14),O91*$AC$14*K91,IF(AND(D91=$DE1091=$S$15),O91*$AC$15*K91,IF(AND(D91=$D$15,E91=$S$16),O91*$AC$16*K91,IF(AND(D91=$D$16,E91=$S$11),O91*$AE$11*K91,IF(AND(D91=$D$16,E91=$S$12),O91*$AE$12*K91,IF(AND(D91=$D$16,E91=$S$13),O91*$AE$13*K91,IF(AND(D91=$D$16,E91=$S$14),O91*$AE$14*K91,IF(AND(D91=$D$16,E91=$S$15),O91*$AE$15*K91,IF(AND(D91=$D$16,E91=$S$16),O91*$AE$16*K91,IF(AND(D91=$D$17,E91=$S$11),O91*$AG$11*K91,IF(AND(D91=$D$17,E91=$S$12),O91*$AG$12*K91,IF(AND(D91=$D$17,E91=$S$13),O91*$AG$13*K91,IF(AND(D91=$D$17,E91=$S$14),O91*$AG$14*K91,IF(AND(D91=$D$17,E91=$S$15),O91*$AG$15*K91,IF(AND(D91=$D$17,E91=$S$16),O91*$AG$16*K91,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P92" s="149"/>
-[...2 lines deleted...]
-      <c r="S92" s="98"/>
+      <c r="P92" s="158"/>
+      <c r="Q92" s="158"/>
+      <c r="R92" s="160"/>
+      <c r="S92" s="94"/>
       <c r="T92" s="31"/>
       <c r="U92" s="31"/>
       <c r="V92" s="31"/>
       <c r="W92" s="31"/>
       <c r="X92" s="31"/>
       <c r="Y92" s="31"/>
       <c r="Z92" s="36"/>
       <c r="AA92" s="36"/>
       <c r="AB92" s="32"/>
       <c r="AC92" s="32"/>
       <c r="AD92" s="32"/>
     </row>
-    <row r="93" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A93" s="158">
+    <row r="93" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A93" s="167">
         <v>28</v>
       </c>
-      <c r="B93" s="158"/>
-[...16 lines deleted...]
-      <c r="S93" s="98"/>
+      <c r="B93" s="167"/>
+      <c r="C93" s="169"/>
+      <c r="D93" s="157"/>
+      <c r="E93" s="157"/>
+      <c r="F93" s="157"/>
+      <c r="G93" s="157"/>
+      <c r="H93" s="157"/>
+      <c r="I93" s="157"/>
+      <c r="J93" s="161"/>
+      <c r="K93" s="163"/>
+      <c r="L93" s="159"/>
+      <c r="M93" s="91"/>
+      <c r="N93" s="91"/>
+      <c r="O93" s="91"/>
+      <c r="P93" s="157"/>
+      <c r="Q93" s="157"/>
+      <c r="R93" s="159"/>
+      <c r="S93" s="94"/>
       <c r="T93" s="31"/>
       <c r="U93" s="31"/>
       <c r="V93" s="31"/>
       <c r="W93" s="31"/>
       <c r="X93" s="31"/>
       <c r="Y93" s="31"/>
       <c r="Z93" s="35"/>
       <c r="AA93" s="35"/>
       <c r="AB93" s="32"/>
       <c r="AC93" s="32"/>
       <c r="AD93" s="32"/>
     </row>
-    <row r="94" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L94" s="151"/>
+    <row r="94" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="168"/>
+      <c r="B94" s="168"/>
+      <c r="C94" s="170"/>
+      <c r="D94" s="158"/>
+      <c r="E94" s="158"/>
+      <c r="F94" s="158"/>
+      <c r="G94" s="158"/>
+      <c r="H94" s="158"/>
+      <c r="I94" s="158"/>
+      <c r="J94" s="162"/>
+      <c r="K94" s="164"/>
+      <c r="L94" s="160"/>
       <c r="M94" s="33">
         <f>IF(AND(D93=$D$11,E93=$S$11),M93*$U$11,IF(AND(D93=$D$11,E93=$S$12),M93*$U$12,IF(AND(D93=$D$11,E93=$S$13),M93*$U$13,IF(AND(D93=$D$11,E93=$S$14),M93*$U$14,IF(AND(D93=$D$11,E93=$S$15),M93*$U$15,IF(AND(D93=$D$11,E93=$S$16),M93*$U$16,IF(AND(D93=$D$12,E93=$S$11),M93*$W$11,IF(AND(D93=$D$12,E93=$S$12),M93*$W$12,IF(AND(D93=$D$12,E93=$S$13),M93*$W$13,IF(AND(D93=$D$12,E93=$S$14),M93*$W$14,IF(AND(D93=$D$12,E93=$S$15),M93*$W$15,IF(AND(D93=$D$12,E93=$S$16),M93*$W$16,IF(AND(D93=$D$13,E93=$S$11),M93*$Y$11,IF(AND(D93=$D$13,E93=$S$12),M93*$Y$12,IF(AND(D93=$D$13,E93=$S$13),M93*$Y$13,IF(AND(D93=$D$13,E93=$S$14),M93*$Y$14,IF(AND(D93=$D$13,E93=$S$15),M93*$Y$15,IF(AND(D93=$D$13,E93=$S$16),M93*$Y$16,IF(AND(D93=$D$14,E93=$S$11),M93*$AA$11,IF(AND(D93=$D$14,E93=$S$12),M93*$AA$12,IF(AND(D93=$D$14,E93=$S$13),M93*$AA$13,IF(AND(D93=$D$14,E93=$S$14),M93*$AA$14,IF(AND(D93=$D$14,E93=$S$15),M93*$AA$15,IF(AND(D93=$D$14,E93=$S$16),M93*$AA$16,IF(AND(D93=$D$15,E93=$S$11),M93*$AC$11,IF(AND(D93=$D$15,E93=$S$12),M93*$AC$12,IF(AND(D93=$D$15,E93=$S$13),M93*$AC$13,IF(AND(D93=$D$15,E93=$S$14),M93*$AC$14,IF(AND(D93=$D$15,E93=$S$15),M93*$AC$15,IF(AND(D93=$D$15,E93=$S$16),M93*$AC$16,IF(AND(D93=$D$16,E93=$S$11),M93*$AE$11,IF(AND(D93=$D$16,E93=$S$12),M93*$AE$12,IF(AND(D93=$D$16,E93=$S$13),M93*$AE$13,IF(AND(D93=$D$16,E93=$S$14),M93*$AE$14,IF(AND(D93=$D$16,E93=$S$15),M93*$AE$15,IF(AND(D93=$D$16,E93=$S$16),M93*$AE$16,IF(AND(D93=$D$17,E93=$S$11),M93*$AG$11,IF(AND(D93=$D$17,E93=$S$12),M93*$AG$12,IF(AND(D93=$D$17,E93=$S$13),M93*$AG$13,IF(AND(D93=$D$17,E93=$S$14),M93*$AG$14,IF(AND(D93=$D$17,E93=$S$15),M93*$AG$15,IF(AND(D93=$D$17,E93=$S$16),M93*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N94" s="34">
         <f>IF(AND(D93=$D$11,E93=$S$11),N93*$U$11*K93,IF(AND(D93=$D$11,E93=$S$12),N93*$U$12*K93,IF(AND(D93=$D$11,E93=$S$13),N93*$U$13*K93,IF(AND(D93=$D$11,E93=$S$14),N93*$U$14*K93,IF(AND(D93=$D$11,E93=$S$15),N93*$U$15*K93,IF(AND(D93=$D$11,E93=$S$16),N93*$U$16*K93,IF(AND(D93=$D$12,E93=$S$11),N93*$W$11*K93,IF(AND(D93=$D$12,E93=$S$12),N93*$W$12*K93,IF(AND(D93=$D$12,E93=$S$13),N93*$W$13*K93,IF(AND(D93=$D$12,E93=$S$14),N93*$W$14*K93,IF(AND(D93=$D$12,E93=$S$15),N93*$W$15*K93,IF(AND(D93=$D$12,E93=$S$16),N93*$W$16*K93,IF(AND(D93=$D$13,E93=$S$11),N93*$Y$11*K93,IF(AND(D93=$D$13,E93=$S$12),N93*$Y$12*K93,IF(AND(D93=$D$13,E93=$S$13),N93*$Y$13*K93,IF(AND(D93=$D$13,E93=$S$14),N93*$Y$14*K93,IF(AND(D93=$D$13,E93=$S$15),N93*$Y$15*K93,IF(AND(D93=$D$13,E93=$S$16),N93*$Y$16*K93,IF(AND(D93=$D$14,E93=$S$11),N93*$AA$11*K93,IF(AND(D93=$D$14,E93=$S$12),N93*$AA$12*K93,IF(AND(D93=$D$14,E93=$S$13),N93*$AA$13*K93,IF(AND(D93=$D$14,E93=$S$14),N93*$AA$14*K93,IF(AND(D93=$D$14,E93=$S$15),N93*$AA$15*K93,IF(AND(D93=$D$14,E93=$S$16),N93*$AA$16*K93,IF(AND(D93=$D$15,E93=$S$11),N93*$AC$11*K93,IF(AND(D93=$D$15,E93=$S$12),N93*$AC$12*K93,IF(AND(D93=$D$15,E93=$S$13),N93*$AC$13*K93,IF(AND(D93=$D$15,E93=$S$14),N93*$AC$14*K93,IF(AND(D93=$DE1093=$S$15),N93*$AC$15*K93,IF(AND(D93=$D$15,E93=$S$16),N93*$AC$16*K93,IF(AND(D93=$D$16,E93=$S$11),N93*$AE$11*K93,IF(AND(D93=$D$16,E93=$S$12),N93*$AE$12*K93,IF(AND(D93=$D$16,E93=$S$13),N93*$AE$13*K93,IF(AND(D93=$D$16,E93=$S$14),N93*$AE$14*K93,IF(AND(D93=$D$16,E93=$S$15),N93*$AE$15*K93,IF(AND(D93=$D$16,E93=$S$16),N93*$AE$16*K93,IF(AND(D93=$D$17,E93=$S$11),N93*$AG$11*K93,IF(AND(D93=$D$17,E93=$S$12),N93*$AG$12*K93,IF(AND(D93=$D$17,E93=$S$13),N93*$AG$13*K93,IF(AND(D93=$D$17,E93=$S$14),N93*$AG$14*K93,IF(AND(D93=$D$17,E93=$S$15),N93*$AG$15*K93,IF(AND(D93=$D$17,E93=$S$16),N93*$AG$16*K93,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O94" s="58">
+      <c r="O94" s="57">
         <f>IF(AND(D93=$D$11,E93=$S$11),O93*$U$11*K93,IF(AND(D93=$D$11,E93=$S$12),O93*$U$12*K93,IF(AND(D93=$D$11,E93=$S$13),O93*$U$13*K93,IF(AND(D93=$D$11,E93=$S$14),O93*$U$14*K93,IF(AND(D93=$D$11,E93=$S$15),O93*$U$15*K93,IF(AND(D93=$D$11,E93=$S$16),O93*$U$16*K93,IF(AND(D93=$D$12,E93=$S$11),O93*$W$11*K93,IF(AND(D93=$D$12,E93=$S$12),O93*$W$12*K93,IF(AND(D93=$D$12,E93=$S$13),O93*$W$13*K93,IF(AND(D93=$D$12,E93=$S$14),O93*$W$14*K93,IF(AND(D93=$D$12,E93=$S$15),O93*$W$15*K93,IF(AND(D93=$D$12,E93=$S$16),O93*$W$16*K93,IF(AND(D93=$D$13,E93=$S$11),O93*$Y$11*K93,IF(AND(D93=$D$13,E93=$S$12),O93*$Y$12*K93,IF(AND(D93=$D$13,E93=$S$13),O93*$Y$13*K93,IF(AND(D93=$D$13,E93=$S$14),O93*$Y$14*K93,IF(AND(D93=$D$13,E93=$S$15),O93*$Y$15*K93,IF(AND(D93=$D$13,E93=$S$16),O93*$Y$16*K93,IF(AND(D93=$D$14,E93=$S$11),O93*$AA$11*K93,IF(AND(D93=$D$14,E93=$S$12),O93*$AA$12*K93,IF(AND(D93=$D$14,E93=$S$13),O93*$AA$13*K93,IF(AND(D93=$D$14,E93=$S$14),O93*$AA$14*K93,IF(AND(D93=$D$14,E93=$S$15),O93*$AA$15*K93,IF(AND(D93=$D$14,E93=$S$16),O93*$AA$16*K93,IF(AND(D93=$D$15,E93=$S$11),O93*$AC$11*K93,IF(AND(D93=$D$15,E93=$S$12),O93*$AC$12*K93,IF(AND(D93=$D$15,E93=$S$13),O93*$AC$13*K93,IF(AND(D93=$D$15,E93=$S$14),O93*$AC$14*K93,IF(AND(D93=$DE1093=$S$15),O93*$AC$15*K93,IF(AND(D93=$D$15,E93=$S$16),O93*$AC$16*K93,IF(AND(D93=$D$16,E93=$S$11),O93*$AE$11*K93,IF(AND(D93=$D$16,E93=$S$12),O93*$AE$12*K93,IF(AND(D93=$D$16,E93=$S$13),O93*$AE$13*K93,IF(AND(D93=$D$16,E93=$S$14),O93*$AE$14*K93,IF(AND(D93=$D$16,E93=$S$15),O93*$AE$15*K93,IF(AND(D93=$D$16,E93=$S$16),O93*$AE$16*K93,IF(AND(D93=$D$17,E93=$S$11),O93*$AG$11*K93,IF(AND(D93=$D$17,E93=$S$12),O93*$AG$12*K93,IF(AND(D93=$D$17,E93=$S$13),O93*$AG$13*K93,IF(AND(D93=$D$17,E93=$S$14),O93*$AG$14*K93,IF(AND(D93=$D$17,E93=$S$15),O93*$AG$15*K93,IF(AND(D93=$D$17,E93=$S$16),O93*$AG$16*K93,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P94" s="149"/>
-[...2 lines deleted...]
-      <c r="S94" s="98"/>
+      <c r="P94" s="158"/>
+      <c r="Q94" s="158"/>
+      <c r="R94" s="160"/>
+      <c r="S94" s="94"/>
       <c r="T94" s="31"/>
       <c r="U94" s="31"/>
       <c r="V94" s="31"/>
       <c r="W94" s="31"/>
       <c r="X94" s="31"/>
       <c r="Y94" s="31"/>
       <c r="Z94" s="36"/>
       <c r="AA94" s="36"/>
       <c r="AB94" s="32"/>
       <c r="AC94" s="32"/>
       <c r="AD94" s="32"/>
     </row>
-    <row r="95" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A95" s="158">
+    <row r="95" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A95" s="167">
         <v>29</v>
       </c>
-      <c r="B95" s="158"/>
-[...16 lines deleted...]
-      <c r="S95" s="98"/>
+      <c r="B95" s="167"/>
+      <c r="C95" s="169"/>
+      <c r="D95" s="157"/>
+      <c r="E95" s="157"/>
+      <c r="F95" s="157"/>
+      <c r="G95" s="157"/>
+      <c r="H95" s="157"/>
+      <c r="I95" s="157"/>
+      <c r="J95" s="161"/>
+      <c r="K95" s="163"/>
+      <c r="L95" s="159"/>
+      <c r="M95" s="91"/>
+      <c r="N95" s="91"/>
+      <c r="O95" s="91"/>
+      <c r="P95" s="157"/>
+      <c r="Q95" s="157"/>
+      <c r="R95" s="159"/>
+      <c r="S95" s="94"/>
       <c r="T95" s="31"/>
       <c r="U95" s="31"/>
       <c r="V95" s="31"/>
       <c r="W95" s="31"/>
       <c r="X95" s="31"/>
       <c r="Y95" s="31"/>
       <c r="Z95" s="35"/>
       <c r="AA95" s="35"/>
       <c r="AB95" s="32"/>
       <c r="AC95" s="32"/>
       <c r="AD95" s="32"/>
     </row>
-    <row r="96" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L96" s="151"/>
+    <row r="96" spans="1:30" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="168"/>
+      <c r="B96" s="168"/>
+      <c r="C96" s="170"/>
+      <c r="D96" s="158"/>
+      <c r="E96" s="158"/>
+      <c r="F96" s="158"/>
+      <c r="G96" s="158"/>
+      <c r="H96" s="158"/>
+      <c r="I96" s="158"/>
+      <c r="J96" s="162"/>
+      <c r="K96" s="164"/>
+      <c r="L96" s="160"/>
       <c r="M96" s="33">
         <f>IF(AND(D95=$D$11,E95=$S$11),M95*$U$11,IF(AND(D95=$D$11,E95=$S$12),M95*$U$12,IF(AND(D95=$D$11,E95=$S$13),M95*$U$13,IF(AND(D95=$D$11,E95=$S$14),M95*$U$14,IF(AND(D95=$D$11,E95=$S$15),M95*$U$15,IF(AND(D95=$D$11,E95=$S$16),M95*$U$16,IF(AND(D95=$D$12,E95=$S$11),M95*$W$11,IF(AND(D95=$D$12,E95=$S$12),M95*$W$12,IF(AND(D95=$D$12,E95=$S$13),M95*$W$13,IF(AND(D95=$D$12,E95=$S$14),M95*$W$14,IF(AND(D95=$D$12,E95=$S$15),M95*$W$15,IF(AND(D95=$D$12,E95=$S$16),M95*$W$16,IF(AND(D95=$D$13,E95=$S$11),M95*$Y$11,IF(AND(D95=$D$13,E95=$S$12),M95*$Y$12,IF(AND(D95=$D$13,E95=$S$13),M95*$Y$13,IF(AND(D95=$D$13,E95=$S$14),M95*$Y$14,IF(AND(D95=$D$13,E95=$S$15),M95*$Y$15,IF(AND(D95=$D$13,E95=$S$16),M95*$Y$16,IF(AND(D95=$D$14,E95=$S$11),M95*$AA$11,IF(AND(D95=$D$14,E95=$S$12),M95*$AA$12,IF(AND(D95=$D$14,E95=$S$13),M95*$AA$13,IF(AND(D95=$D$14,E95=$S$14),M95*$AA$14,IF(AND(D95=$D$14,E95=$S$15),M95*$AA$15,IF(AND(D95=$D$14,E95=$S$16),M95*$AA$16,IF(AND(D95=$D$15,E95=$S$11),M95*$AC$11,IF(AND(D95=$D$15,E95=$S$12),M95*$AC$12,IF(AND(D95=$D$15,E95=$S$13),M95*$AC$13,IF(AND(D95=$D$15,E95=$S$14),M95*$AC$14,IF(AND(D95=$D$15,E95=$S$15),M95*$AC$15,IF(AND(D95=$D$15,E95=$S$16),M95*$AC$16,IF(AND(D95=$D$16,E95=$S$11),M95*$AE$11,IF(AND(D95=$D$16,E95=$S$12),M95*$AE$12,IF(AND(D95=$D$16,E95=$S$13),M95*$AE$13,IF(AND(D95=$D$16,E95=$S$14),M95*$AE$14,IF(AND(D95=$D$16,E95=$S$15),M95*$AE$15,IF(AND(D95=$D$16,E95=$S$16),M95*$AE$16,IF(AND(D95=$D$17,E95=$S$11),M95*$AG$11,IF(AND(D95=$D$17,E95=$S$12),M95*$AG$12,IF(AND(D95=$D$17,E95=$S$13),M95*$AG$13,IF(AND(D95=$D$17,E95=$S$14),M95*$AG$14,IF(AND(D95=$D$17,E95=$S$15),M95*$AG$15,IF(AND(D95=$D$17,E95=$S$16),M95*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N96" s="34">
         <f>IF(AND(D95=$D$11,E95=$S$11),N95*$U$11*K95,IF(AND(D95=$D$11,E95=$S$12),N95*$U$12*K95,IF(AND(D95=$D$11,E95=$S$13),N95*$U$13*K95,IF(AND(D95=$D$11,E95=$S$14),N95*$U$14*K95,IF(AND(D95=$D$11,E95=$S$15),N95*$U$15*K95,IF(AND(D95=$D$11,E95=$S$16),N95*$U$16*K95,IF(AND(D95=$D$12,E95=$S$11),N95*$W$11*K95,IF(AND(D95=$D$12,E95=$S$12),N95*$W$12*K95,IF(AND(D95=$D$12,E95=$S$13),N95*$W$13*K95,IF(AND(D95=$D$12,E95=$S$14),N95*$W$14*K95,IF(AND(D95=$D$12,E95=$S$15),N95*$W$15*K95,IF(AND(D95=$D$12,E95=$S$16),N95*$W$16*K95,IF(AND(D95=$D$13,E95=$S$11),N95*$Y$11*K95,IF(AND(D95=$D$13,E95=$S$12),N95*$Y$12*K95,IF(AND(D95=$D$13,E95=$S$13),N95*$Y$13*K95,IF(AND(D95=$D$13,E95=$S$14),N95*$Y$14*K95,IF(AND(D95=$D$13,E95=$S$15),N95*$Y$15*K95,IF(AND(D95=$D$13,E95=$S$16),N95*$Y$16*K95,IF(AND(D95=$D$14,E95=$S$11),N95*$AA$11*K95,IF(AND(D95=$D$14,E95=$S$12),N95*$AA$12*K95,IF(AND(D95=$D$14,E95=$S$13),N95*$AA$13*K95,IF(AND(D95=$D$14,E95=$S$14),N95*$AA$14*K95,IF(AND(D95=$D$14,E95=$S$15),N95*$AA$15*K95,IF(AND(D95=$D$14,E95=$S$16),N95*$AA$16*K95,IF(AND(D95=$D$15,E95=$S$11),N95*$AC$11*K95,IF(AND(D95=$D$15,E95=$S$12),N95*$AC$12*K95,IF(AND(D95=$D$15,E95=$S$13),N95*$AC$13*K95,IF(AND(D95=$D$15,E95=$S$14),N95*$AC$14*K95,IF(AND(D95=$DE1095=$S$15),N95*$AC$15*K95,IF(AND(D95=$D$15,E95=$S$16),N95*$AC$16*K95,IF(AND(D95=$D$16,E95=$S$11),N95*$AE$11*K95,IF(AND(D95=$D$16,E95=$S$12),N95*$AE$12*K95,IF(AND(D95=$D$16,E95=$S$13),N95*$AE$13*K95,IF(AND(D95=$D$16,E95=$S$14),N95*$AE$14*K95,IF(AND(D95=$D$16,E95=$S$15),N95*$AE$15*K95,IF(AND(D95=$D$16,E95=$S$16),N95*$AE$16*K95,IF(AND(D95=$D$17,E95=$S$11),N95*$AG$11*K95,IF(AND(D95=$D$17,E95=$S$12),N95*$AG$12*K95,IF(AND(D95=$D$17,E95=$S$13),N95*$AG$13*K95,IF(AND(D95=$D$17,E95=$S$14),N95*$AG$14*K95,IF(AND(D95=$D$17,E95=$S$15),N95*$AG$15*K95,IF(AND(D95=$D$17,E95=$S$16),N95*$AG$16*K95,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O96" s="58">
+      <c r="O96" s="57">
         <f>IF(AND(D95=$D$11,E95=$S$11),O95*$U$11*K95,IF(AND(D95=$D$11,E95=$S$12),O95*$U$12*K95,IF(AND(D95=$D$11,E95=$S$13),O95*$U$13*K95,IF(AND(D95=$D$11,E95=$S$14),O95*$U$14*K95,IF(AND(D95=$D$11,E95=$S$15),O95*$U$15*K95,IF(AND(D95=$D$11,E95=$S$16),O95*$U$16*K95,IF(AND(D95=$D$12,E95=$S$11),O95*$W$11*K95,IF(AND(D95=$D$12,E95=$S$12),O95*$W$12*K95,IF(AND(D95=$D$12,E95=$S$13),O95*$W$13*K95,IF(AND(D95=$D$12,E95=$S$14),O95*$W$14*K95,IF(AND(D95=$D$12,E95=$S$15),O95*$W$15*K95,IF(AND(D95=$D$12,E95=$S$16),O95*$W$16*K95,IF(AND(D95=$D$13,E95=$S$11),O95*$Y$11*K95,IF(AND(D95=$D$13,E95=$S$12),O95*$Y$12*K95,IF(AND(D95=$D$13,E95=$S$13),O95*$Y$13*K95,IF(AND(D95=$D$13,E95=$S$14),O95*$Y$14*K95,IF(AND(D95=$D$13,E95=$S$15),O95*$Y$15*K95,IF(AND(D95=$D$13,E95=$S$16),O95*$Y$16*K95,IF(AND(D95=$D$14,E95=$S$11),O95*$AA$11*K95,IF(AND(D95=$D$14,E95=$S$12),O95*$AA$12*K95,IF(AND(D95=$D$14,E95=$S$13),O95*$AA$13*K95,IF(AND(D95=$D$14,E95=$S$14),O95*$AA$14*K95,IF(AND(D95=$D$14,E95=$S$15),O95*$AA$15*K95,IF(AND(D95=$D$14,E95=$S$16),O95*$AA$16*K95,IF(AND(D95=$D$15,E95=$S$11),O95*$AC$11*K95,IF(AND(D95=$D$15,E95=$S$12),O95*$AC$12*K95,IF(AND(D95=$D$15,E95=$S$13),O95*$AC$13*K95,IF(AND(D95=$D$15,E95=$S$14),O95*$AC$14*K95,IF(AND(D95=$DE1095=$S$15),O95*$AC$15*K95,IF(AND(D95=$D$15,E95=$S$16),O95*$AC$16*K95,IF(AND(D95=$D$16,E95=$S$11),O95*$AE$11*K95,IF(AND(D95=$D$16,E95=$S$12),O95*$AE$12*K95,IF(AND(D95=$D$16,E95=$S$13),O95*$AE$13*K95,IF(AND(D95=$D$16,E95=$S$14),O95*$AE$14*K95,IF(AND(D95=$D$16,E95=$S$15),O95*$AE$15*K95,IF(AND(D95=$D$16,E95=$S$16),O95*$AE$16*K95,IF(AND(D95=$D$17,E95=$S$11),O95*$AG$11*K95,IF(AND(D95=$D$17,E95=$S$12),O95*$AG$12*K95,IF(AND(D95=$D$17,E95=$S$13),O95*$AG$13*K95,IF(AND(D95=$D$17,E95=$S$14),O95*$AG$14*K95,IF(AND(D95=$D$17,E95=$S$15),O95*$AG$15*K95,IF(AND(D95=$D$17,E95=$S$16),O95*$AG$16*K95,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P96" s="149"/>
-[...2 lines deleted...]
-      <c r="S96" s="98"/>
+      <c r="P96" s="158"/>
+      <c r="Q96" s="158"/>
+      <c r="R96" s="160"/>
+      <c r="S96" s="94"/>
       <c r="T96" s="31"/>
       <c r="U96" s="31"/>
       <c r="V96" s="31"/>
       <c r="W96" s="31"/>
       <c r="X96" s="31"/>
       <c r="Y96" s="31"/>
       <c r="Z96" s="36"/>
       <c r="AA96" s="36"/>
       <c r="AB96" s="32"/>
       <c r="AC96" s="32"/>
       <c r="AD96" s="32"/>
     </row>
-    <row r="97" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="A97" s="158">
+    <row r="97" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A97" s="167">
         <v>30</v>
       </c>
-      <c r="B97" s="158"/>
-[...16 lines deleted...]
-      <c r="S97" s="98"/>
+      <c r="B97" s="167"/>
+      <c r="C97" s="169"/>
+      <c r="D97" s="157"/>
+      <c r="E97" s="157"/>
+      <c r="F97" s="157"/>
+      <c r="G97" s="157"/>
+      <c r="H97" s="157"/>
+      <c r="I97" s="157"/>
+      <c r="J97" s="161"/>
+      <c r="K97" s="163"/>
+      <c r="L97" s="159"/>
+      <c r="M97" s="91"/>
+      <c r="N97" s="91"/>
+      <c r="O97" s="91"/>
+      <c r="P97" s="157"/>
+      <c r="Q97" s="157"/>
+      <c r="R97" s="159"/>
+      <c r="S97" s="94"/>
       <c r="T97" s="31"/>
       <c r="U97" s="31"/>
       <c r="V97" s="31"/>
       <c r="W97" s="31"/>
       <c r="X97" s="31"/>
       <c r="Y97" s="31"/>
       <c r="Z97" s="35"/>
       <c r="AA97" s="35"/>
       <c r="AB97" s="32"/>
       <c r="AC97" s="32"/>
       <c r="AD97" s="32"/>
     </row>
-    <row r="98" spans="1:30" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L98" s="151"/>
+    <row r="98" spans="1:30" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="168"/>
+      <c r="B98" s="168"/>
+      <c r="C98" s="170"/>
+      <c r="D98" s="158"/>
+      <c r="E98" s="158"/>
+      <c r="F98" s="158"/>
+      <c r="G98" s="158"/>
+      <c r="H98" s="158"/>
+      <c r="I98" s="158"/>
+      <c r="J98" s="162"/>
+      <c r="K98" s="164"/>
+      <c r="L98" s="160"/>
       <c r="M98" s="33">
         <f>IF(AND(D97=$D$11,E97=$S$11),M97*$U$11,IF(AND(D97=$D$11,E97=$S$12),M97*$U$12,IF(AND(D97=$D$11,E97=$S$13),M97*$U$13,IF(AND(D97=$D$11,E97=$S$14),M97*$U$14,IF(AND(D97=$D$11,E97=$S$15),M97*$U$15,IF(AND(D97=$D$11,E97=$S$16),M97*$U$16,IF(AND(D97=$D$12,E97=$S$11),M97*$W$11,IF(AND(D97=$D$12,E97=$S$12),M97*$W$12,IF(AND(D97=$D$12,E97=$S$13),M97*$W$13,IF(AND(D97=$D$12,E97=$S$14),M97*$W$14,IF(AND(D97=$D$12,E97=$S$15),M97*$W$15,IF(AND(D97=$D$12,E97=$S$16),M97*$W$16,IF(AND(D97=$D$13,E97=$S$11),M97*$Y$11,IF(AND(D97=$D$13,E97=$S$12),M97*$Y$12,IF(AND(D97=$D$13,E97=$S$13),M97*$Y$13,IF(AND(D97=$D$13,E97=$S$14),M97*$Y$14,IF(AND(D97=$D$13,E97=$S$15),M97*$Y$15,IF(AND(D97=$D$13,E97=$S$16),M97*$Y$16,IF(AND(D97=$D$14,E97=$S$11),M97*$AA$11,IF(AND(D97=$D$14,E97=$S$12),M97*$AA$12,IF(AND(D97=$D$14,E97=$S$13),M97*$AA$13,IF(AND(D97=$D$14,E97=$S$14),M97*$AA$14,IF(AND(D97=$D$14,E97=$S$15),M97*$AA$15,IF(AND(D97=$D$14,E97=$S$16),M97*$AA$16,IF(AND(D97=$D$15,E97=$S$11),M97*$AC$11,IF(AND(D97=$D$15,E97=$S$12),M97*$AC$12,IF(AND(D97=$D$15,E97=$S$13),M97*$AC$13,IF(AND(D97=$D$15,E97=$S$14),M97*$AC$14,IF(AND(D97=$D$15,E97=$S$15),M97*$AC$15,IF(AND(D97=$D$15,E97=$S$16),M97*$AC$16,IF(AND(D97=$D$16,E97=$S$11),M97*$AE$11,IF(AND(D97=$D$16,E97=$S$12),M97*$AE$12,IF(AND(D97=$D$16,E97=$S$13),M97*$AE$13,IF(AND(D97=$D$16,E97=$S$14),M97*$AE$14,IF(AND(D97=$D$16,E97=$S$15),M97*$AE$15,IF(AND(D97=$D$16,E97=$S$16),M97*$AE$16,IF(AND(D97=$D$17,E97=$S$11),M97*$AG$11,IF(AND(D97=$D$17,E97=$S$12),M97*$AG$12,IF(AND(D97=$D$17,E97=$S$13),M97*$AG$13,IF(AND(D97=$D$17,E97=$S$14),M97*$AG$14,IF(AND(D97=$D$17,E97=$S$15),M97*$AG$15,IF(AND(D97=$D$17,E97=$S$16),M97*$AG$16,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
       <c r="N98" s="34">
         <f>IF(AND(D97=$D$11,E97=$S$11),N97*$U$11*K97,IF(AND(D97=$D$11,E97=$S$12),N97*$U$12*K97,IF(AND(D97=$D$11,E97=$S$13),N97*$U$13*K97,IF(AND(D97=$D$11,E97=$S$14),N97*$U$14*K97,IF(AND(D97=$D$11,E97=$S$15),N97*$U$15*K97,IF(AND(D97=$D$11,E97=$S$16),N97*$U$16*K97,IF(AND(D97=$D$12,E97=$S$11),N97*$W$11*K97,IF(AND(D97=$D$12,E97=$S$12),N97*$W$12*K97,IF(AND(D97=$D$12,E97=$S$13),N97*$W$13*K97,IF(AND(D97=$D$12,E97=$S$14),N97*$W$14*K97,IF(AND(D97=$D$12,E97=$S$15),N97*$W$15*K97,IF(AND(D97=$D$12,E97=$S$16),N97*$W$16*K97,IF(AND(D97=$D$13,E97=$S$11),N97*$Y$11*K97,IF(AND(D97=$D$13,E97=$S$12),N97*$Y$12*K97,IF(AND(D97=$D$13,E97=$S$13),N97*$Y$13*K97,IF(AND(D97=$D$13,E97=$S$14),N97*$Y$14*K97,IF(AND(D97=$D$13,E97=$S$15),N97*$Y$15*K97,IF(AND(D97=$D$13,E97=$S$16),N97*$Y$16*K97,IF(AND(D97=$D$14,E97=$S$11),N97*$AA$11*K97,IF(AND(D97=$D$14,E97=$S$12),N97*$AA$12*K97,IF(AND(D97=$D$14,E97=$S$13),N97*$AA$13*K97,IF(AND(D97=$D$14,E97=$S$14),N97*$AA$14*K97,IF(AND(D97=$D$14,E97=$S$15),N97*$AA$15*K97,IF(AND(D97=$D$14,E97=$S$16),N97*$AA$16*K97,IF(AND(D97=$D$15,E97=$S$11),N97*$AC$11*K97,IF(AND(D97=$D$15,E97=$S$12),N97*$AC$12*K97,IF(AND(D97=$D$15,E97=$S$13),N97*$AC$13*K97,IF(AND(D97=$D$15,E97=$S$14),N97*$AC$14*K97,IF(AND(D97=$DE1097=$S$15),N97*$AC$15*K97,IF(AND(D97=$D$15,E97=$S$16),N97*$AC$16*K97,IF(AND(D97=$D$16,E97=$S$11),N97*$AE$11*K97,IF(AND(D97=$D$16,E97=$S$12),N97*$AE$12*K97,IF(AND(D97=$D$16,E97=$S$13),N97*$AE$13*K97,IF(AND(D97=$D$16,E97=$S$14),N97*$AE$14*K97,IF(AND(D97=$D$16,E97=$S$15),N97*$AE$15*K97,IF(AND(D97=$D$16,E97=$S$16),N97*$AE$16*K97,IF(AND(D97=$D$17,E97=$S$11),N97*$AG$11*K97,IF(AND(D97=$D$17,E97=$S$12),N97*$AG$12*K97,IF(AND(D97=$D$17,E97=$S$13),N97*$AG$13*K97,IF(AND(D97=$D$17,E97=$S$14),N97*$AG$14*K97,IF(AND(D97=$D$17,E97=$S$15),N97*$AG$15*K97,IF(AND(D97=$D$17,E97=$S$16),N97*$AG$16*K97,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O98" s="58">
+      <c r="O98" s="57">
         <f>IF(AND(D97=$D$11,E97=$S$11),O97*$U$11*K97,IF(AND(D97=$D$11,E97=$S$12),O97*$U$12*K97,IF(AND(D97=$D$11,E97=$S$13),O97*$U$13*K97,IF(AND(D97=$D$11,E97=$S$14),O97*$U$14*K97,IF(AND(D97=$D$11,E97=$S$15),O97*$U$15*K97,IF(AND(D97=$D$11,E97=$S$16),O97*$U$16*K97,IF(AND(D97=$D$12,E97=$S$11),O97*$W$11*K97,IF(AND(D97=$D$12,E97=$S$12),O97*$W$12*K97,IF(AND(D97=$D$12,E97=$S$13),O97*$W$13*K97,IF(AND(D97=$D$12,E97=$S$14),O97*$W$14*K97,IF(AND(D97=$D$12,E97=$S$15),O97*$W$15*K97,IF(AND(D97=$D$12,E97=$S$16),O97*$W$16*K97,IF(AND(D97=$D$13,E97=$S$11),O97*$Y$11*K97,IF(AND(D97=$D$13,E97=$S$12),O97*$Y$12*K97,IF(AND(D97=$D$13,E97=$S$13),O97*$Y$13*K97,IF(AND(D97=$D$13,E97=$S$14),O97*$Y$14*K97,IF(AND(D97=$D$13,E97=$S$15),O97*$Y$15*K97,IF(AND(D97=$D$13,E97=$S$16),O97*$Y$16*K97,IF(AND(D97=$D$14,E97=$S$11),O97*$AA$11*K97,IF(AND(D97=$D$14,E97=$S$12),O97*$AA$12*K97,IF(AND(D97=$D$14,E97=$S$13),O97*$AA$13*K97,IF(AND(D97=$D$14,E97=$S$14),O97*$AA$14*K97,IF(AND(D97=$D$14,E97=$S$15),O97*$AA$15*K97,IF(AND(D97=$D$14,E97=$S$16),O97*$AA$16*K97,IF(AND(D97=$D$15,E97=$S$11),O97*$AC$11*K97,IF(AND(D97=$D$15,E97=$S$12),O97*$AC$12*K97,IF(AND(D97=$D$15,E97=$S$13),O97*$AC$13*K97,IF(AND(D97=$D$15,E97=$S$14),O97*$AC$14*K97,IF(AND(D97=$DE1097=$S$15),O97*$AC$15*K97,IF(AND(D97=$D$15,E97=$S$16),O97*$AC$16*K97,IF(AND(D97=$D$16,E97=$S$11),O97*$AE$11*K97,IF(AND(D97=$D$16,E97=$S$12),O97*$AE$12*K97,IF(AND(D97=$D$16,E97=$S$13),O97*$AE$13*K97,IF(AND(D97=$D$16,E97=$S$14),O97*$AE$14*K97,IF(AND(D97=$D$16,E97=$S$15),O97*$AE$15*K97,IF(AND(D97=$D$16,E97=$S$16),O97*$AE$16*K97,IF(AND(D97=$D$17,E97=$S$11),O97*$AG$11*K97,IF(AND(D97=$D$17,E97=$S$12),O97*$AG$12*K97,IF(AND(D97=$D$17,E97=$S$13),O97*$AG$13*K97,IF(AND(D97=$D$17,E97=$S$14),O97*$AG$14*K97,IF(AND(D97=$D$17,E97=$S$15),O97*$AG$15*K97,IF(AND(D97=$D$17,E97=$S$16),O97*$AG$16*K97,0))))))))))))))))))))))))))))))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="P98" s="174"/>
-[...2 lines deleted...]
-      <c r="S98" s="98"/>
+      <c r="P98" s="184"/>
+      <c r="Q98" s="158"/>
+      <c r="R98" s="160"/>
+      <c r="S98" s="94"/>
       <c r="T98" s="31"/>
       <c r="U98" s="31"/>
       <c r="V98" s="31"/>
       <c r="W98" s="31"/>
       <c r="X98" s="31"/>
       <c r="Y98" s="31"/>
       <c r="Z98" s="36"/>
       <c r="AA98" s="36"/>
       <c r="AB98" s="32"/>
       <c r="AC98" s="32"/>
       <c r="AD98" s="32"/>
     </row>
-    <row r="99" spans="1:30" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="S99" s="39"/>
+    <row r="99" spans="1:30" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="37"/>
+      <c r="B99" s="37"/>
+      <c r="C99" s="37"/>
+      <c r="D99" s="37"/>
+      <c r="E99" s="37"/>
+      <c r="F99" s="37"/>
+      <c r="G99" s="37"/>
+      <c r="H99" s="37"/>
+      <c r="I99" s="37"/>
+      <c r="J99" s="37"/>
+      <c r="K99" s="37"/>
+      <c r="L99" s="37"/>
+      <c r="M99" s="37"/>
+      <c r="N99" s="37"/>
+      <c r="O99" s="37"/>
+      <c r="P99" s="37"/>
+      <c r="Q99" s="37"/>
+      <c r="R99" s="37"/>
+      <c r="S99" s="38"/>
       <c r="T99" s="16"/>
       <c r="U99" s="16"/>
       <c r="V99" s="16"/>
       <c r="W99" s="16"/>
       <c r="X99" s="16"/>
       <c r="Y99" s="16"/>
       <c r="Z99" s="16"/>
       <c r="AA99" s="16"/>
       <c r="AB99" s="16"/>
       <c r="AC99" s="16"/>
       <c r="AD99" s="16"/>
     </row>
-    <row r="100" spans="1:30" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A100" s="17" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B100" s="17"/>
-      <c r="M100" s="40">
+      <c r="M100" s="39">
         <f>+M40+M42+M44+M46+M48+M50+M52+M54+M56+M58+M60+M62+M64+M66+M68+M70+M72+M74+M76+M78+M80+M82+M84+M86+M88+M90+M92+M94+M96+M98</f>
         <v>0.73855243722304276</v>
       </c>
-      <c r="N100" s="41">
+      <c r="N100" s="40">
         <f>+N40+N42+N44+N46+N48+N50+N52+N54+N56+N58+N60+N62+N64+N66+N68+N70+N72+N74+N76+N78+N80+N82+N84+N86+N88+N90+N92+N94+N96+N98</f>
         <v>0</v>
       </c>
-      <c r="O100" s="41">
+      <c r="O100" s="40">
         <f>+O40+O42+O44+O46+O48+O50+O52+O54+O56+O58+O60+O62+O64+O66+O68+O70+O72+O74+O76+O78+O80+O82+O84+O86+O88+O90+O92+O94+O96+O98</f>
         <v>0</v>
       </c>
-      <c r="S100" s="39"/>
+      <c r="S100" s="38"/>
       <c r="T100" s="16"/>
       <c r="U100" s="16"/>
       <c r="V100" s="16"/>
       <c r="W100" s="16"/>
       <c r="X100" s="16"/>
       <c r="Y100" s="16"/>
       <c r="Z100" s="16"/>
       <c r="AA100" s="16"/>
       <c r="AB100" s="16"/>
       <c r="AC100" s="16"/>
       <c r="AD100" s="16"/>
     </row>
-    <row r="101" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S101" s="39"/>
+    <row r="101" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S101" s="38"/>
       <c r="T101" s="16"/>
       <c r="U101" s="16"/>
       <c r="V101" s="16"/>
       <c r="W101" s="16"/>
       <c r="X101" s="16"/>
       <c r="Y101" s="16"/>
       <c r="Z101" s="16"/>
       <c r="AA101" s="16"/>
       <c r="AB101" s="16"/>
       <c r="AC101" s="16"/>
       <c r="AD101" s="16"/>
     </row>
-    <row r="102" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S102" s="39"/>
+    <row r="102" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S102" s="38"/>
       <c r="T102" s="16"/>
       <c r="U102" s="16"/>
       <c r="V102" s="16"/>
       <c r="W102" s="16"/>
       <c r="X102" s="16"/>
       <c r="Y102" s="16"/>
       <c r="Z102" s="16"/>
       <c r="AA102" s="16"/>
       <c r="AB102" s="16"/>
       <c r="AC102" s="16"/>
       <c r="AD102" s="16"/>
     </row>
-    <row r="103" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S103" s="39"/>
+    <row r="103" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S103" s="38"/>
       <c r="T103" s="16"/>
       <c r="U103" s="16"/>
       <c r="V103" s="16"/>
       <c r="W103" s="16"/>
       <c r="X103" s="16"/>
       <c r="Y103" s="16"/>
       <c r="Z103" s="16"/>
       <c r="AA103" s="16"/>
       <c r="AB103" s="16"/>
       <c r="AC103" s="16"/>
       <c r="AD103" s="16"/>
     </row>
-    <row r="104" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S104" s="39"/>
+    <row r="104" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S104" s="38"/>
       <c r="T104" s="16"/>
       <c r="U104" s="16"/>
       <c r="V104" s="16"/>
       <c r="W104" s="16"/>
       <c r="X104" s="16"/>
       <c r="Y104" s="16"/>
       <c r="Z104" s="16"/>
       <c r="AA104" s="16"/>
       <c r="AB104" s="16"/>
       <c r="AC104" s="16"/>
       <c r="AD104" s="16"/>
     </row>
-    <row r="105" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S105" s="39"/>
+    <row r="105" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S105" s="38"/>
       <c r="T105" s="16"/>
       <c r="U105" s="16"/>
       <c r="V105" s="16"/>
       <c r="W105" s="16"/>
       <c r="X105" s="16"/>
       <c r="Y105" s="16"/>
       <c r="Z105" s="16"/>
       <c r="AA105" s="16"/>
       <c r="AB105" s="16"/>
       <c r="AC105" s="16"/>
       <c r="AD105" s="16"/>
     </row>
-    <row r="106" spans="1:30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="S106" s="39"/>
+    <row r="106" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="M106" s="38"/>
+      <c r="S106" s="38"/>
       <c r="T106" s="16"/>
       <c r="U106" s="16"/>
       <c r="V106" s="16"/>
       <c r="W106" s="16"/>
       <c r="X106" s="16"/>
       <c r="Y106" s="16"/>
       <c r="Z106" s="16"/>
       <c r="AA106" s="16"/>
       <c r="AB106" s="16"/>
       <c r="AC106" s="16"/>
       <c r="AD106" s="16"/>
     </row>
-    <row r="107" spans="1:30" hidden="1" x14ac:dyDescent="0.25">
-      <c r="S107" s="39"/>
+    <row r="107" spans="1:30" hidden="1" x14ac:dyDescent="0.3">
+      <c r="S107" s="38"/>
       <c r="T107" s="16"/>
       <c r="U107" s="16"/>
       <c r="V107" s="16"/>
       <c r="W107" s="16"/>
       <c r="X107" s="16"/>
       <c r="Y107" s="16"/>
       <c r="Z107" s="16"/>
       <c r="AA107" s="16"/>
       <c r="AB107" s="16"/>
       <c r="AC107" s="16"/>
       <c r="AD107" s="16"/>
     </row>
-    <row r="108" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S108" s="39"/>
+    <row r="108" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S108" s="38"/>
       <c r="T108" s="16"/>
       <c r="U108" s="16"/>
       <c r="V108" s="16"/>
       <c r="W108" s="16"/>
       <c r="X108" s="16"/>
       <c r="Y108" s="16"/>
       <c r="Z108" s="16"/>
       <c r="AA108" s="16"/>
       <c r="AB108" s="16"/>
       <c r="AC108" s="16"/>
       <c r="AD108" s="16"/>
     </row>
-    <row r="109" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S109" s="39"/>
+    <row r="109" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S109" s="38"/>
       <c r="T109" s="16"/>
       <c r="U109" s="16"/>
       <c r="V109" s="16"/>
       <c r="W109" s="16"/>
       <c r="X109" s="16"/>
       <c r="Y109" s="16"/>
       <c r="Z109" s="16"/>
       <c r="AA109" s="16"/>
       <c r="AB109" s="16"/>
       <c r="AC109" s="16"/>
       <c r="AD109" s="16"/>
     </row>
-    <row r="110" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S110" s="39"/>
+    <row r="110" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S110" s="38"/>
       <c r="T110" s="16"/>
       <c r="U110" s="16"/>
       <c r="V110" s="16"/>
       <c r="W110" s="16"/>
       <c r="X110" s="16"/>
       <c r="Y110" s="16"/>
       <c r="Z110" s="16"/>
       <c r="AA110" s="16"/>
       <c r="AB110" s="16"/>
       <c r="AC110" s="16"/>
       <c r="AD110" s="16"/>
     </row>
-    <row r="111" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S111" s="39"/>
+    <row r="111" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S111" s="38"/>
       <c r="T111" s="16"/>
       <c r="U111" s="16"/>
       <c r="V111" s="16"/>
       <c r="W111" s="16"/>
       <c r="X111" s="16"/>
       <c r="Y111" s="16"/>
       <c r="Z111" s="16"/>
       <c r="AA111" s="16"/>
       <c r="AB111" s="16"/>
       <c r="AC111" s="16"/>
       <c r="AD111" s="16"/>
     </row>
-    <row r="112" spans="1:30" x14ac:dyDescent="0.25">
-      <c r="S112" s="39"/>
+    <row r="112" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="S112" s="38"/>
       <c r="T112" s="16"/>
       <c r="U112" s="16"/>
       <c r="V112" s="16"/>
       <c r="W112" s="16"/>
       <c r="X112" s="16"/>
       <c r="Y112" s="16"/>
       <c r="Z112" s="16"/>
       <c r="AA112" s="16"/>
       <c r="AB112" s="16"/>
       <c r="AC112" s="16"/>
       <c r="AD112" s="16"/>
     </row>
-    <row r="113" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S113" s="39"/>
+    <row r="113" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S113" s="38"/>
       <c r="T113" s="16"/>
       <c r="U113" s="16"/>
       <c r="V113" s="16"/>
       <c r="W113" s="16"/>
       <c r="X113" s="16"/>
       <c r="Y113" s="16"/>
       <c r="Z113" s="16"/>
       <c r="AA113" s="16"/>
       <c r="AB113" s="16"/>
       <c r="AC113" s="16"/>
       <c r="AD113" s="16"/>
     </row>
-    <row r="114" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S114" s="39"/>
+    <row r="114" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S114" s="38"/>
       <c r="T114" s="16"/>
       <c r="U114" s="16"/>
       <c r="V114" s="16"/>
       <c r="W114" s="16"/>
       <c r="X114" s="16"/>
       <c r="Y114" s="16"/>
       <c r="Z114" s="16"/>
       <c r="AA114" s="16"/>
       <c r="AB114" s="16"/>
       <c r="AC114" s="16"/>
       <c r="AD114" s="16"/>
     </row>
-    <row r="115" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S115" s="39"/>
+    <row r="115" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S115" s="38"/>
       <c r="T115" s="16"/>
       <c r="U115" s="16"/>
       <c r="V115" s="16"/>
       <c r="W115" s="16"/>
       <c r="X115" s="16"/>
       <c r="Y115" s="16"/>
       <c r="Z115" s="16"/>
       <c r="AA115" s="16"/>
       <c r="AB115" s="16"/>
       <c r="AC115" s="16"/>
       <c r="AD115" s="16"/>
     </row>
-    <row r="116" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S116" s="39"/>
+    <row r="116" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S116" s="38"/>
       <c r="T116" s="16"/>
       <c r="U116" s="16"/>
       <c r="V116" s="16"/>
       <c r="W116" s="16"/>
       <c r="X116" s="16"/>
       <c r="Y116" s="16"/>
       <c r="Z116" s="16"/>
       <c r="AA116" s="16"/>
       <c r="AB116" s="16"/>
       <c r="AC116" s="16"/>
       <c r="AD116" s="16"/>
     </row>
-    <row r="117" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S117" s="39"/>
+    <row r="117" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S117" s="38"/>
       <c r="T117" s="16"/>
       <c r="U117" s="16"/>
       <c r="V117" s="16"/>
       <c r="W117" s="16"/>
       <c r="X117" s="16"/>
       <c r="Y117" s="16"/>
       <c r="Z117" s="16"/>
       <c r="AA117" s="16"/>
       <c r="AB117" s="16"/>
       <c r="AC117" s="16"/>
       <c r="AD117" s="16"/>
     </row>
-    <row r="118" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S118" s="39"/>
+    <row r="118" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S118" s="38"/>
       <c r="T118" s="16"/>
       <c r="U118" s="16"/>
       <c r="V118" s="16"/>
       <c r="W118" s="16"/>
       <c r="X118" s="16"/>
       <c r="Y118" s="16"/>
       <c r="Z118" s="16"/>
       <c r="AA118" s="16"/>
       <c r="AB118" s="16"/>
       <c r="AC118" s="16"/>
       <c r="AD118" s="16"/>
     </row>
-    <row r="119" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S119" s="39"/>
+    <row r="119" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S119" s="38"/>
       <c r="T119" s="16"/>
       <c r="U119" s="16"/>
       <c r="V119" s="16"/>
       <c r="W119" s="16"/>
       <c r="X119" s="16"/>
       <c r="Y119" s="16"/>
       <c r="Z119" s="16"/>
       <c r="AA119" s="16"/>
       <c r="AB119" s="16"/>
       <c r="AC119" s="16"/>
       <c r="AD119" s="16"/>
     </row>
-    <row r="120" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S120" s="39"/>
+    <row r="120" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S120" s="38"/>
       <c r="T120" s="16"/>
       <c r="U120" s="16"/>
       <c r="V120" s="16"/>
       <c r="W120" s="16"/>
       <c r="X120" s="16"/>
       <c r="Y120" s="16"/>
       <c r="Z120" s="16"/>
       <c r="AA120" s="16"/>
       <c r="AB120" s="16"/>
       <c r="AC120" s="16"/>
       <c r="AD120" s="16"/>
     </row>
-    <row r="121" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S121" s="39"/>
+    <row r="121" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S121" s="38"/>
       <c r="T121" s="16"/>
       <c r="U121" s="16"/>
       <c r="V121" s="16"/>
       <c r="W121" s="16"/>
       <c r="X121" s="16"/>
       <c r="Y121" s="16"/>
       <c r="Z121" s="16"/>
       <c r="AA121" s="16"/>
       <c r="AB121" s="16"/>
       <c r="AC121" s="16"/>
       <c r="AD121" s="16"/>
     </row>
-    <row r="122" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S122" s="39"/>
+    <row r="122" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S122" s="38"/>
       <c r="T122" s="16"/>
       <c r="U122" s="16"/>
       <c r="V122" s="16"/>
       <c r="W122" s="16"/>
       <c r="X122" s="16"/>
       <c r="Y122" s="16"/>
       <c r="Z122" s="16"/>
       <c r="AA122" s="16"/>
       <c r="AB122" s="16"/>
       <c r="AC122" s="16"/>
       <c r="AD122" s="16"/>
     </row>
-    <row r="123" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S123" s="39"/>
+    <row r="123" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S123" s="38"/>
       <c r="T123" s="16"/>
       <c r="U123" s="16"/>
       <c r="V123" s="16"/>
       <c r="W123" s="16"/>
       <c r="X123" s="16"/>
       <c r="Y123" s="16"/>
       <c r="Z123" s="16"/>
       <c r="AA123" s="16"/>
       <c r="AB123" s="16"/>
       <c r="AC123" s="16"/>
       <c r="AD123" s="16"/>
     </row>
-    <row r="124" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S124" s="39"/>
+    <row r="124" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S124" s="38"/>
       <c r="T124" s="16"/>
       <c r="U124" s="16"/>
       <c r="V124" s="16"/>
       <c r="W124" s="16"/>
       <c r="X124" s="16"/>
       <c r="Y124" s="16"/>
       <c r="Z124" s="16"/>
       <c r="AA124" s="16"/>
       <c r="AB124" s="16"/>
       <c r="AC124" s="16"/>
       <c r="AD124" s="16"/>
     </row>
-    <row r="125" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S125" s="39"/>
+    <row r="125" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S125" s="38"/>
       <c r="T125" s="16"/>
       <c r="U125" s="16"/>
       <c r="V125" s="16"/>
       <c r="W125" s="16"/>
       <c r="X125" s="16"/>
       <c r="Y125" s="16"/>
       <c r="Z125" s="16"/>
       <c r="AA125" s="16"/>
       <c r="AB125" s="16"/>
       <c r="AC125" s="16"/>
       <c r="AD125" s="16"/>
     </row>
-    <row r="126" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S126" s="39"/>
+    <row r="126" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S126" s="38"/>
       <c r="T126" s="16"/>
       <c r="U126" s="16"/>
       <c r="V126" s="16"/>
       <c r="W126" s="16"/>
       <c r="X126" s="16"/>
       <c r="Y126" s="16"/>
       <c r="Z126" s="16"/>
       <c r="AA126" s="16"/>
       <c r="AB126" s="16"/>
       <c r="AC126" s="16"/>
       <c r="AD126" s="16"/>
     </row>
-    <row r="127" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S127" s="39"/>
+    <row r="127" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S127" s="38"/>
       <c r="T127" s="16"/>
       <c r="U127" s="16"/>
       <c r="V127" s="16"/>
       <c r="W127" s="16"/>
       <c r="X127" s="16"/>
       <c r="Y127" s="16"/>
       <c r="Z127" s="16"/>
       <c r="AA127" s="16"/>
       <c r="AB127" s="16"/>
       <c r="AC127" s="16"/>
       <c r="AD127" s="16"/>
     </row>
-    <row r="128" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S128" s="39"/>
+    <row r="128" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S128" s="38"/>
       <c r="T128" s="16"/>
       <c r="U128" s="16"/>
       <c r="V128" s="16"/>
       <c r="W128" s="16"/>
       <c r="X128" s="16"/>
       <c r="Y128" s="16"/>
       <c r="Z128" s="16"/>
       <c r="AA128" s="16"/>
       <c r="AB128" s="16"/>
       <c r="AC128" s="16"/>
       <c r="AD128" s="16"/>
     </row>
-    <row r="129" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S129" s="39"/>
+    <row r="129" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S129" s="38"/>
       <c r="T129" s="16"/>
       <c r="U129" s="16"/>
       <c r="V129" s="16"/>
       <c r="W129" s="16"/>
       <c r="X129" s="16"/>
       <c r="Y129" s="16"/>
       <c r="Z129" s="16"/>
       <c r="AA129" s="16"/>
       <c r="AB129" s="16"/>
       <c r="AC129" s="16"/>
       <c r="AD129" s="16"/>
     </row>
-    <row r="130" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S130" s="39"/>
+    <row r="130" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S130" s="38"/>
       <c r="T130" s="16"/>
       <c r="U130" s="16"/>
       <c r="V130" s="16"/>
       <c r="W130" s="16"/>
       <c r="X130" s="16"/>
       <c r="Y130" s="16"/>
       <c r="Z130" s="16"/>
       <c r="AA130" s="16"/>
       <c r="AB130" s="16"/>
       <c r="AC130" s="16"/>
       <c r="AD130" s="16"/>
     </row>
-    <row r="131" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S131" s="39"/>
+    <row r="131" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S131" s="38"/>
       <c r="T131" s="16"/>
       <c r="U131" s="16"/>
       <c r="V131" s="16"/>
       <c r="W131" s="16"/>
       <c r="X131" s="16"/>
       <c r="Y131" s="16"/>
       <c r="Z131" s="16"/>
       <c r="AA131" s="16"/>
       <c r="AB131" s="16"/>
       <c r="AC131" s="16"/>
       <c r="AD131" s="16"/>
     </row>
-    <row r="132" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S132" s="39"/>
+    <row r="132" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S132" s="38"/>
       <c r="T132" s="16"/>
       <c r="U132" s="16"/>
       <c r="V132" s="16"/>
       <c r="W132" s="16"/>
       <c r="X132" s="16"/>
       <c r="Y132" s="16"/>
       <c r="Z132" s="16"/>
       <c r="AA132" s="16"/>
       <c r="AB132" s="16"/>
       <c r="AC132" s="16"/>
       <c r="AD132" s="16"/>
     </row>
-    <row r="133" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S133" s="39"/>
+    <row r="133" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S133" s="38"/>
       <c r="T133" s="16"/>
       <c r="U133" s="16"/>
       <c r="V133" s="16"/>
       <c r="W133" s="16"/>
       <c r="X133" s="16"/>
       <c r="Y133" s="16"/>
       <c r="Z133" s="16"/>
       <c r="AA133" s="16"/>
       <c r="AB133" s="16"/>
       <c r="AC133" s="16"/>
       <c r="AD133" s="16"/>
     </row>
-    <row r="134" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S134" s="39"/>
+    <row r="134" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S134" s="38"/>
       <c r="T134" s="16"/>
       <c r="U134" s="16"/>
       <c r="V134" s="16"/>
       <c r="W134" s="16"/>
       <c r="X134" s="16"/>
       <c r="Y134" s="16"/>
       <c r="Z134" s="16"/>
       <c r="AA134" s="16"/>
       <c r="AB134" s="16"/>
       <c r="AC134" s="16"/>
       <c r="AD134" s="16"/>
     </row>
-    <row r="135" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S135" s="39"/>
+    <row r="135" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S135" s="38"/>
       <c r="T135" s="16"/>
       <c r="U135" s="16"/>
       <c r="V135" s="16"/>
       <c r="W135" s="16"/>
       <c r="X135" s="16"/>
       <c r="Y135" s="16"/>
       <c r="Z135" s="16"/>
       <c r="AA135" s="16"/>
       <c r="AB135" s="16"/>
       <c r="AC135" s="16"/>
       <c r="AD135" s="16"/>
     </row>
-    <row r="136" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S136" s="39"/>
+    <row r="136" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S136" s="38"/>
       <c r="T136" s="16"/>
       <c r="U136" s="16"/>
       <c r="V136" s="16"/>
       <c r="W136" s="16"/>
       <c r="X136" s="16"/>
       <c r="Y136" s="16"/>
       <c r="Z136" s="16"/>
       <c r="AA136" s="16"/>
       <c r="AB136" s="16"/>
       <c r="AC136" s="16"/>
       <c r="AD136" s="16"/>
     </row>
-    <row r="137" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S137" s="39"/>
+    <row r="137" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S137" s="38"/>
       <c r="T137" s="16"/>
       <c r="U137" s="16"/>
       <c r="V137" s="16"/>
       <c r="W137" s="16"/>
       <c r="X137" s="16"/>
       <c r="Y137" s="16"/>
       <c r="Z137" s="16"/>
       <c r="AA137" s="16"/>
       <c r="AB137" s="16"/>
       <c r="AC137" s="16"/>
       <c r="AD137" s="16"/>
     </row>
-    <row r="138" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S138" s="39"/>
+    <row r="138" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S138" s="38"/>
       <c r="T138" s="16"/>
       <c r="U138" s="16"/>
       <c r="V138" s="16"/>
       <c r="W138" s="16"/>
       <c r="X138" s="16"/>
       <c r="Y138" s="16"/>
       <c r="Z138" s="16"/>
       <c r="AA138" s="16"/>
       <c r="AB138" s="16"/>
       <c r="AC138" s="16"/>
       <c r="AD138" s="16"/>
     </row>
-    <row r="139" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S139" s="39"/>
+    <row r="139" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S139" s="38"/>
       <c r="T139" s="16"/>
       <c r="U139" s="16"/>
       <c r="V139" s="16"/>
       <c r="W139" s="16"/>
       <c r="X139" s="16"/>
       <c r="Y139" s="16"/>
       <c r="Z139" s="16"/>
       <c r="AA139" s="16"/>
       <c r="AB139" s="16"/>
       <c r="AC139" s="16"/>
       <c r="AD139" s="16"/>
     </row>
-    <row r="140" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S140" s="39"/>
+    <row r="140" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S140" s="38"/>
       <c r="T140" s="16"/>
       <c r="U140" s="16"/>
       <c r="V140" s="16"/>
       <c r="W140" s="16"/>
       <c r="X140" s="16"/>
       <c r="Y140" s="16"/>
       <c r="Z140" s="16"/>
       <c r="AA140" s="16"/>
       <c r="AB140" s="16"/>
       <c r="AC140" s="16"/>
       <c r="AD140" s="16"/>
     </row>
-    <row r="141" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S141" s="39"/>
+    <row r="141" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S141" s="38"/>
       <c r="T141" s="16"/>
       <c r="U141" s="16"/>
       <c r="V141" s="16"/>
       <c r="W141" s="16"/>
       <c r="X141" s="16"/>
       <c r="Y141" s="16"/>
       <c r="Z141" s="16"/>
       <c r="AA141" s="16"/>
       <c r="AB141" s="16"/>
       <c r="AC141" s="16"/>
       <c r="AD141" s="16"/>
     </row>
-    <row r="142" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S142" s="39"/>
+    <row r="142" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S142" s="38"/>
       <c r="T142" s="16"/>
       <c r="U142" s="16"/>
       <c r="V142" s="16"/>
       <c r="W142" s="16"/>
       <c r="X142" s="16"/>
       <c r="Y142" s="16"/>
       <c r="Z142" s="16"/>
       <c r="AA142" s="16"/>
       <c r="AB142" s="16"/>
       <c r="AC142" s="16"/>
       <c r="AD142" s="16"/>
     </row>
-    <row r="143" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S143" s="39"/>
+    <row r="143" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S143" s="38"/>
       <c r="T143" s="16"/>
       <c r="U143" s="16"/>
       <c r="V143" s="16"/>
       <c r="W143" s="16"/>
       <c r="X143" s="16"/>
       <c r="Y143" s="16"/>
       <c r="Z143" s="16"/>
       <c r="AA143" s="16"/>
       <c r="AB143" s="16"/>
       <c r="AC143" s="16"/>
       <c r="AD143" s="16"/>
     </row>
-    <row r="144" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S144" s="39"/>
+    <row r="144" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S144" s="38"/>
       <c r="T144" s="16"/>
       <c r="U144" s="16"/>
       <c r="V144" s="16"/>
       <c r="W144" s="16"/>
       <c r="X144" s="16"/>
       <c r="Y144" s="16"/>
       <c r="Z144" s="16"/>
       <c r="AA144" s="16"/>
       <c r="AB144" s="16"/>
       <c r="AC144" s="16"/>
       <c r="AD144" s="16"/>
     </row>
-    <row r="145" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S145" s="39"/>
+    <row r="145" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S145" s="38"/>
       <c r="T145" s="16"/>
       <c r="U145" s="16"/>
       <c r="V145" s="16"/>
       <c r="W145" s="16"/>
       <c r="X145" s="16"/>
       <c r="Y145" s="16"/>
       <c r="Z145" s="16"/>
       <c r="AA145" s="16"/>
       <c r="AB145" s="16"/>
       <c r="AC145" s="16"/>
       <c r="AD145" s="16"/>
     </row>
-    <row r="146" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S146" s="39"/>
+    <row r="146" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S146" s="38"/>
       <c r="T146" s="16"/>
       <c r="U146" s="16"/>
       <c r="V146" s="16"/>
       <c r="W146" s="16"/>
       <c r="X146" s="16"/>
       <c r="Y146" s="16"/>
       <c r="Z146" s="16"/>
       <c r="AA146" s="16"/>
       <c r="AB146" s="16"/>
       <c r="AC146" s="16"/>
       <c r="AD146" s="16"/>
     </row>
-    <row r="147" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S147" s="39"/>
+    <row r="147" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S147" s="38"/>
       <c r="T147" s="16"/>
       <c r="U147" s="16"/>
       <c r="V147" s="16"/>
       <c r="W147" s="16"/>
       <c r="X147" s="16"/>
       <c r="Y147" s="16"/>
       <c r="Z147" s="16"/>
       <c r="AA147" s="16"/>
       <c r="AB147" s="16"/>
       <c r="AC147" s="16"/>
       <c r="AD147" s="16"/>
     </row>
-    <row r="148" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S148" s="39"/>
+    <row r="148" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S148" s="38"/>
       <c r="T148" s="16"/>
       <c r="U148" s="16"/>
       <c r="V148" s="16"/>
       <c r="W148" s="16"/>
       <c r="X148" s="16"/>
       <c r="Y148" s="16"/>
       <c r="Z148" s="16"/>
       <c r="AA148" s="16"/>
       <c r="AB148" s="16"/>
       <c r="AC148" s="16"/>
       <c r="AD148" s="16"/>
     </row>
-    <row r="149" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S149" s="39"/>
+    <row r="149" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S149" s="38"/>
       <c r="T149" s="16"/>
       <c r="U149" s="16"/>
       <c r="V149" s="16"/>
       <c r="W149" s="16"/>
       <c r="X149" s="16"/>
       <c r="Y149" s="16"/>
       <c r="Z149" s="16"/>
       <c r="AA149" s="16"/>
       <c r="AB149" s="16"/>
       <c r="AC149" s="16"/>
       <c r="AD149" s="16"/>
     </row>
-    <row r="150" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S150" s="39"/>
+    <row r="150" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S150" s="38"/>
       <c r="T150" s="16"/>
       <c r="U150" s="16"/>
       <c r="V150" s="16"/>
       <c r="W150" s="16"/>
       <c r="X150" s="16"/>
       <c r="Y150" s="16"/>
       <c r="Z150" s="16"/>
       <c r="AA150" s="16"/>
       <c r="AB150" s="16"/>
       <c r="AC150" s="16"/>
       <c r="AD150" s="16"/>
     </row>
-    <row r="151" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S151" s="39"/>
+    <row r="151" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S151" s="38"/>
       <c r="T151" s="16"/>
       <c r="U151" s="16"/>
       <c r="V151" s="16"/>
       <c r="W151" s="16"/>
       <c r="X151" s="16"/>
       <c r="Y151" s="16"/>
       <c r="Z151" s="16"/>
       <c r="AA151" s="16"/>
       <c r="AB151" s="16"/>
       <c r="AC151" s="16"/>
       <c r="AD151" s="16"/>
     </row>
-    <row r="152" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S152" s="39"/>
+    <row r="152" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S152" s="38"/>
       <c r="T152" s="16"/>
       <c r="U152" s="16"/>
       <c r="V152" s="16"/>
       <c r="W152" s="16"/>
       <c r="X152" s="16"/>
       <c r="Y152" s="16"/>
       <c r="Z152" s="16"/>
       <c r="AA152" s="16"/>
       <c r="AB152" s="16"/>
       <c r="AC152" s="16"/>
       <c r="AD152" s="16"/>
     </row>
-    <row r="153" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S153" s="39"/>
+    <row r="153" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S153" s="38"/>
       <c r="T153" s="16"/>
       <c r="U153" s="16"/>
       <c r="V153" s="16"/>
       <c r="W153" s="16"/>
       <c r="X153" s="16"/>
       <c r="Y153" s="16"/>
       <c r="Z153" s="16"/>
       <c r="AA153" s="16"/>
       <c r="AB153" s="16"/>
       <c r="AC153" s="16"/>
       <c r="AD153" s="16"/>
     </row>
-    <row r="154" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S154" s="39"/>
+    <row r="154" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S154" s="38"/>
       <c r="T154" s="16"/>
       <c r="U154" s="16"/>
       <c r="V154" s="16"/>
       <c r="W154" s="16"/>
       <c r="X154" s="16"/>
       <c r="Y154" s="16"/>
       <c r="Z154" s="16"/>
       <c r="AA154" s="16"/>
       <c r="AB154" s="16"/>
       <c r="AC154" s="16"/>
       <c r="AD154" s="16"/>
     </row>
-    <row r="155" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S155" s="39"/>
+    <row r="155" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S155" s="38"/>
       <c r="T155" s="16"/>
       <c r="U155" s="16"/>
       <c r="V155" s="16"/>
       <c r="W155" s="16"/>
       <c r="X155" s="16"/>
       <c r="Y155" s="16"/>
       <c r="Z155" s="16"/>
       <c r="AA155" s="16"/>
       <c r="AB155" s="16"/>
       <c r="AC155" s="16"/>
       <c r="AD155" s="16"/>
     </row>
-    <row r="156" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S156" s="39"/>
+    <row r="156" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S156" s="38"/>
       <c r="T156" s="16"/>
       <c r="U156" s="16"/>
       <c r="V156" s="16"/>
       <c r="W156" s="16"/>
       <c r="X156" s="16"/>
       <c r="Y156" s="16"/>
       <c r="Z156" s="16"/>
       <c r="AA156" s="16"/>
       <c r="AB156" s="16"/>
       <c r="AC156" s="16"/>
       <c r="AD156" s="16"/>
     </row>
-    <row r="157" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S157" s="39"/>
+    <row r="157" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S157" s="38"/>
       <c r="T157" s="16"/>
       <c r="U157" s="16"/>
       <c r="V157" s="16"/>
       <c r="W157" s="16"/>
       <c r="X157" s="16"/>
       <c r="Y157" s="16"/>
       <c r="Z157" s="16"/>
       <c r="AA157" s="16"/>
       <c r="AB157" s="16"/>
       <c r="AC157" s="16"/>
       <c r="AD157" s="16"/>
     </row>
-    <row r="158" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S158" s="39"/>
+    <row r="158" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S158" s="38"/>
       <c r="T158" s="16"/>
       <c r="U158" s="16"/>
       <c r="V158" s="16"/>
       <c r="W158" s="16"/>
       <c r="X158" s="16"/>
       <c r="Y158" s="16"/>
       <c r="Z158" s="16"/>
       <c r="AA158" s="16"/>
       <c r="AB158" s="16"/>
       <c r="AC158" s="16"/>
       <c r="AD158" s="16"/>
     </row>
-    <row r="159" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S159" s="39"/>
+    <row r="159" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S159" s="38"/>
       <c r="T159" s="16"/>
       <c r="U159" s="16"/>
       <c r="V159" s="16"/>
       <c r="W159" s="16"/>
       <c r="X159" s="16"/>
       <c r="Y159" s="16"/>
       <c r="Z159" s="16"/>
       <c r="AA159" s="16"/>
       <c r="AB159" s="16"/>
       <c r="AC159" s="16"/>
       <c r="AD159" s="16"/>
     </row>
-    <row r="160" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S160" s="39"/>
+    <row r="160" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S160" s="38"/>
       <c r="T160" s="16"/>
       <c r="U160" s="16"/>
       <c r="V160" s="16"/>
       <c r="W160" s="16"/>
       <c r="X160" s="16"/>
       <c r="Y160" s="16"/>
       <c r="Z160" s="16"/>
       <c r="AA160" s="16"/>
       <c r="AB160" s="16"/>
       <c r="AC160" s="16"/>
       <c r="AD160" s="16"/>
     </row>
-    <row r="161" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S161" s="39"/>
+    <row r="161" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S161" s="38"/>
       <c r="T161" s="16"/>
       <c r="U161" s="16"/>
       <c r="V161" s="16"/>
       <c r="W161" s="16"/>
       <c r="X161" s="16"/>
       <c r="Y161" s="16"/>
       <c r="Z161" s="16"/>
       <c r="AA161" s="16"/>
       <c r="AB161" s="16"/>
       <c r="AC161" s="16"/>
       <c r="AD161" s="16"/>
     </row>
-    <row r="162" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S162" s="39"/>
+    <row r="162" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S162" s="38"/>
       <c r="T162" s="16"/>
       <c r="U162" s="16"/>
       <c r="V162" s="16"/>
       <c r="W162" s="16"/>
       <c r="X162" s="16"/>
       <c r="Y162" s="16"/>
       <c r="Z162" s="16"/>
       <c r="AA162" s="16"/>
       <c r="AB162" s="16"/>
       <c r="AC162" s="16"/>
       <c r="AD162" s="16"/>
     </row>
-    <row r="163" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S163" s="39"/>
+    <row r="163" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S163" s="38"/>
       <c r="T163" s="16"/>
       <c r="U163" s="16"/>
       <c r="V163" s="16"/>
       <c r="W163" s="16"/>
       <c r="X163" s="16"/>
       <c r="Y163" s="16"/>
       <c r="Z163" s="16"/>
       <c r="AA163" s="16"/>
       <c r="AB163" s="16"/>
       <c r="AC163" s="16"/>
       <c r="AD163" s="16"/>
     </row>
-    <row r="164" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S164" s="39"/>
+    <row r="164" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S164" s="38"/>
       <c r="T164" s="16"/>
       <c r="U164" s="16"/>
       <c r="V164" s="16"/>
       <c r="W164" s="16"/>
       <c r="X164" s="16"/>
       <c r="Y164" s="16"/>
       <c r="Z164" s="16"/>
       <c r="AA164" s="16"/>
       <c r="AB164" s="16"/>
       <c r="AC164" s="16"/>
       <c r="AD164" s="16"/>
     </row>
-    <row r="165" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S165" s="39"/>
+    <row r="165" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S165" s="38"/>
       <c r="T165" s="16"/>
       <c r="U165" s="16"/>
       <c r="V165" s="16"/>
       <c r="W165" s="16"/>
       <c r="X165" s="16"/>
       <c r="Y165" s="16"/>
       <c r="Z165" s="16"/>
       <c r="AA165" s="16"/>
       <c r="AB165" s="16"/>
       <c r="AC165" s="16"/>
       <c r="AD165" s="16"/>
     </row>
-    <row r="166" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S166" s="39"/>
+    <row r="166" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S166" s="38"/>
       <c r="T166" s="16"/>
       <c r="U166" s="16"/>
       <c r="V166" s="16"/>
       <c r="W166" s="16"/>
       <c r="X166" s="16"/>
       <c r="Y166" s="16"/>
       <c r="Z166" s="16"/>
       <c r="AA166" s="16"/>
       <c r="AB166" s="16"/>
       <c r="AC166" s="16"/>
       <c r="AD166" s="16"/>
     </row>
-    <row r="167" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S167" s="39"/>
+    <row r="167" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S167" s="38"/>
       <c r="T167" s="16"/>
       <c r="U167" s="16"/>
       <c r="V167" s="16"/>
       <c r="W167" s="16"/>
       <c r="X167" s="16"/>
       <c r="Y167" s="16"/>
       <c r="Z167" s="16"/>
       <c r="AA167" s="16"/>
       <c r="AB167" s="16"/>
       <c r="AC167" s="16"/>
       <c r="AD167" s="16"/>
     </row>
-    <row r="168" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S168" s="39"/>
+    <row r="168" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S168" s="38"/>
       <c r="T168" s="16"/>
       <c r="U168" s="16"/>
       <c r="V168" s="16"/>
       <c r="W168" s="16"/>
       <c r="X168" s="16"/>
       <c r="Y168" s="16"/>
       <c r="Z168" s="16"/>
       <c r="AA168" s="16"/>
       <c r="AB168" s="16"/>
       <c r="AC168" s="16"/>
       <c r="AD168" s="16"/>
     </row>
-    <row r="169" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S169" s="39"/>
+    <row r="169" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S169" s="38"/>
       <c r="T169" s="16"/>
       <c r="U169" s="16"/>
       <c r="V169" s="16"/>
       <c r="W169" s="16"/>
       <c r="X169" s="16"/>
       <c r="Y169" s="16"/>
       <c r="Z169" s="16"/>
       <c r="AA169" s="16"/>
       <c r="AB169" s="16"/>
       <c r="AC169" s="16"/>
       <c r="AD169" s="16"/>
     </row>
-    <row r="170" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S170" s="39"/>
+    <row r="170" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S170" s="38"/>
       <c r="T170" s="16"/>
       <c r="U170" s="16"/>
       <c r="V170" s="16"/>
       <c r="W170" s="16"/>
       <c r="X170" s="16"/>
       <c r="Y170" s="16"/>
       <c r="Z170" s="16"/>
       <c r="AA170" s="16"/>
       <c r="AB170" s="16"/>
       <c r="AC170" s="16"/>
       <c r="AD170" s="16"/>
     </row>
-    <row r="171" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S171" s="39"/>
+    <row r="171" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S171" s="38"/>
       <c r="T171" s="16"/>
       <c r="U171" s="16"/>
       <c r="V171" s="16"/>
       <c r="W171" s="16"/>
       <c r="X171" s="16"/>
       <c r="Y171" s="16"/>
       <c r="Z171" s="16"/>
       <c r="AA171" s="16"/>
       <c r="AB171" s="16"/>
       <c r="AC171" s="16"/>
       <c r="AD171" s="16"/>
     </row>
-    <row r="172" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S172" s="39"/>
+    <row r="172" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S172" s="38"/>
       <c r="T172" s="16"/>
       <c r="U172" s="16"/>
       <c r="V172" s="16"/>
       <c r="W172" s="16"/>
       <c r="X172" s="16"/>
       <c r="Y172" s="16"/>
       <c r="Z172" s="16"/>
       <c r="AA172" s="16"/>
       <c r="AB172" s="16"/>
       <c r="AC172" s="16"/>
       <c r="AD172" s="16"/>
     </row>
-    <row r="173" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S173" s="39"/>
+    <row r="173" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S173" s="38"/>
       <c r="T173" s="16"/>
       <c r="U173" s="16"/>
       <c r="V173" s="16"/>
       <c r="W173" s="16"/>
       <c r="X173" s="16"/>
       <c r="Y173" s="16"/>
       <c r="Z173" s="16"/>
       <c r="AA173" s="16"/>
       <c r="AB173" s="16"/>
       <c r="AC173" s="16"/>
       <c r="AD173" s="16"/>
     </row>
-    <row r="174" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S174" s="39"/>
+    <row r="174" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S174" s="38"/>
       <c r="T174" s="16"/>
       <c r="U174" s="16"/>
       <c r="V174" s="16"/>
       <c r="W174" s="16"/>
       <c r="X174" s="16"/>
       <c r="Y174" s="16"/>
       <c r="Z174" s="16"/>
       <c r="AA174" s="16"/>
       <c r="AB174" s="16"/>
       <c r="AC174" s="16"/>
       <c r="AD174" s="16"/>
     </row>
-    <row r="175" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S175" s="39"/>
+    <row r="175" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S175" s="38"/>
       <c r="T175" s="16"/>
       <c r="U175" s="16"/>
       <c r="V175" s="16"/>
       <c r="W175" s="16"/>
       <c r="X175" s="16"/>
       <c r="Y175" s="16"/>
       <c r="Z175" s="16"/>
       <c r="AA175" s="16"/>
       <c r="AB175" s="16"/>
       <c r="AC175" s="16"/>
       <c r="AD175" s="16"/>
     </row>
-    <row r="176" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S176" s="39"/>
+    <row r="176" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S176" s="38"/>
       <c r="T176" s="16"/>
       <c r="U176" s="16"/>
       <c r="V176" s="16"/>
       <c r="W176" s="16"/>
       <c r="X176" s="16"/>
       <c r="Y176" s="16"/>
       <c r="Z176" s="16"/>
       <c r="AA176" s="16"/>
       <c r="AB176" s="16"/>
       <c r="AC176" s="16"/>
       <c r="AD176" s="16"/>
     </row>
-    <row r="177" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S177" s="39"/>
+    <row r="177" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S177" s="38"/>
       <c r="T177" s="16"/>
       <c r="U177" s="16"/>
       <c r="V177" s="16"/>
       <c r="W177" s="16"/>
       <c r="X177" s="16"/>
       <c r="Y177" s="16"/>
       <c r="Z177" s="16"/>
       <c r="AA177" s="16"/>
       <c r="AB177" s="16"/>
       <c r="AC177" s="16"/>
       <c r="AD177" s="16"/>
     </row>
-    <row r="178" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S178" s="39"/>
+    <row r="178" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S178" s="38"/>
       <c r="T178" s="16"/>
       <c r="U178" s="16"/>
       <c r="V178" s="16"/>
       <c r="W178" s="16"/>
       <c r="X178" s="16"/>
       <c r="Y178" s="16"/>
       <c r="Z178" s="16"/>
       <c r="AA178" s="16"/>
       <c r="AB178" s="16"/>
       <c r="AC178" s="16"/>
       <c r="AD178" s="16"/>
     </row>
-    <row r="179" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S179" s="39"/>
+    <row r="179" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S179" s="38"/>
       <c r="T179" s="16"/>
       <c r="U179" s="16"/>
       <c r="V179" s="16"/>
       <c r="W179" s="16"/>
       <c r="X179" s="16"/>
       <c r="Y179" s="16"/>
       <c r="Z179" s="16"/>
       <c r="AA179" s="16"/>
       <c r="AB179" s="16"/>
       <c r="AC179" s="16"/>
       <c r="AD179" s="16"/>
     </row>
-    <row r="180" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S180" s="39"/>
+    <row r="180" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S180" s="38"/>
       <c r="T180" s="16"/>
       <c r="U180" s="16"/>
       <c r="V180" s="16"/>
       <c r="W180" s="16"/>
       <c r="X180" s="16"/>
       <c r="Y180" s="16"/>
       <c r="Z180" s="16"/>
       <c r="AA180" s="16"/>
       <c r="AB180" s="16"/>
       <c r="AC180" s="16"/>
       <c r="AD180" s="16"/>
     </row>
-    <row r="181" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S181" s="39"/>
+    <row r="181" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S181" s="38"/>
       <c r="T181" s="16"/>
       <c r="U181" s="16"/>
       <c r="V181" s="16"/>
       <c r="W181" s="16"/>
       <c r="X181" s="16"/>
       <c r="Y181" s="16"/>
       <c r="Z181" s="16"/>
       <c r="AA181" s="16"/>
       <c r="AB181" s="16"/>
       <c r="AC181" s="16"/>
       <c r="AD181" s="16"/>
     </row>
-    <row r="182" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S182" s="39"/>
+    <row r="182" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S182" s="38"/>
       <c r="T182" s="16"/>
       <c r="U182" s="16"/>
       <c r="V182" s="16"/>
       <c r="W182" s="16"/>
       <c r="X182" s="16"/>
       <c r="Y182" s="16"/>
       <c r="Z182" s="16"/>
       <c r="AA182" s="16"/>
       <c r="AB182" s="16"/>
       <c r="AC182" s="16"/>
       <c r="AD182" s="16"/>
     </row>
-    <row r="183" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S183" s="39"/>
+    <row r="183" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S183" s="38"/>
       <c r="T183" s="16"/>
       <c r="U183" s="16"/>
       <c r="V183" s="16"/>
       <c r="W183" s="16"/>
       <c r="X183" s="16"/>
       <c r="Y183" s="16"/>
       <c r="Z183" s="16"/>
       <c r="AA183" s="16"/>
       <c r="AB183" s="16"/>
       <c r="AC183" s="16"/>
       <c r="AD183" s="16"/>
     </row>
-    <row r="184" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S184" s="39"/>
+    <row r="184" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S184" s="38"/>
       <c r="T184" s="16"/>
       <c r="U184" s="16"/>
       <c r="V184" s="16"/>
       <c r="W184" s="16"/>
       <c r="X184" s="16"/>
       <c r="Y184" s="16"/>
       <c r="Z184" s="16"/>
       <c r="AA184" s="16"/>
       <c r="AB184" s="16"/>
       <c r="AC184" s="16"/>
       <c r="AD184" s="16"/>
     </row>
-    <row r="185" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S185" s="39"/>
+    <row r="185" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S185" s="38"/>
       <c r="T185" s="16"/>
       <c r="U185" s="16"/>
       <c r="V185" s="16"/>
       <c r="W185" s="16"/>
       <c r="X185" s="16"/>
       <c r="Y185" s="16"/>
       <c r="Z185" s="16"/>
       <c r="AA185" s="16"/>
       <c r="AB185" s="16"/>
       <c r="AC185" s="16"/>
       <c r="AD185" s="16"/>
     </row>
-    <row r="186" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S186" s="39"/>
+    <row r="186" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S186" s="38"/>
       <c r="T186" s="16"/>
       <c r="U186" s="16"/>
       <c r="V186" s="16"/>
       <c r="W186" s="16"/>
       <c r="X186" s="16"/>
       <c r="Y186" s="16"/>
       <c r="Z186" s="16"/>
       <c r="AA186" s="16"/>
       <c r="AB186" s="16"/>
       <c r="AC186" s="16"/>
       <c r="AD186" s="16"/>
     </row>
-    <row r="187" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S187" s="39"/>
+    <row r="187" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S187" s="38"/>
       <c r="T187" s="16"/>
       <c r="U187" s="16"/>
       <c r="V187" s="16"/>
       <c r="W187" s="16"/>
       <c r="X187" s="16"/>
       <c r="Y187" s="16"/>
       <c r="Z187" s="16"/>
       <c r="AA187" s="16"/>
       <c r="AB187" s="16"/>
       <c r="AC187" s="16"/>
       <c r="AD187" s="16"/>
     </row>
-    <row r="188" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S188" s="39"/>
+    <row r="188" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S188" s="38"/>
       <c r="T188" s="16"/>
       <c r="U188" s="16"/>
       <c r="V188" s="16"/>
       <c r="W188" s="16"/>
       <c r="X188" s="16"/>
       <c r="Y188" s="16"/>
       <c r="Z188" s="16"/>
       <c r="AA188" s="16"/>
       <c r="AB188" s="16"/>
       <c r="AC188" s="16"/>
       <c r="AD188" s="16"/>
     </row>
-    <row r="189" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S189" s="39"/>
+    <row r="189" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S189" s="38"/>
       <c r="T189" s="16"/>
       <c r="U189" s="16"/>
       <c r="V189" s="16"/>
       <c r="W189" s="16"/>
       <c r="X189" s="16"/>
       <c r="Y189" s="16"/>
       <c r="Z189" s="16"/>
       <c r="AA189" s="16"/>
       <c r="AB189" s="16"/>
       <c r="AC189" s="16"/>
       <c r="AD189" s="16"/>
     </row>
-    <row r="190" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S190" s="39"/>
+    <row r="190" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S190" s="38"/>
       <c r="T190" s="16"/>
       <c r="U190" s="16"/>
       <c r="V190" s="16"/>
       <c r="W190" s="16"/>
       <c r="X190" s="16"/>
       <c r="Y190" s="16"/>
       <c r="Z190" s="16"/>
       <c r="AA190" s="16"/>
       <c r="AB190" s="16"/>
       <c r="AC190" s="16"/>
       <c r="AD190" s="16"/>
     </row>
-    <row r="191" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S191" s="39"/>
+    <row r="191" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S191" s="38"/>
       <c r="T191" s="16"/>
       <c r="U191" s="16"/>
       <c r="V191" s="16"/>
       <c r="W191" s="16"/>
       <c r="X191" s="16"/>
       <c r="Y191" s="16"/>
       <c r="Z191" s="16"/>
       <c r="AA191" s="16"/>
       <c r="AB191" s="16"/>
       <c r="AC191" s="16"/>
       <c r="AD191" s="16"/>
     </row>
-    <row r="192" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S192" s="39"/>
+    <row r="192" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S192" s="38"/>
       <c r="T192" s="16"/>
       <c r="U192" s="16"/>
       <c r="V192" s="16"/>
       <c r="W192" s="16"/>
       <c r="X192" s="16"/>
       <c r="Y192" s="16"/>
       <c r="Z192" s="16"/>
       <c r="AA192" s="16"/>
       <c r="AB192" s="16"/>
       <c r="AC192" s="16"/>
       <c r="AD192" s="16"/>
     </row>
-    <row r="193" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S193" s="39"/>
+    <row r="193" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S193" s="38"/>
       <c r="T193" s="16"/>
       <c r="U193" s="16"/>
       <c r="V193" s="16"/>
       <c r="W193" s="16"/>
       <c r="X193" s="16"/>
       <c r="Y193" s="16"/>
       <c r="Z193" s="16"/>
       <c r="AA193" s="16"/>
       <c r="AB193" s="16"/>
       <c r="AC193" s="16"/>
       <c r="AD193" s="16"/>
     </row>
-    <row r="194" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S194" s="39"/>
+    <row r="194" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S194" s="38"/>
       <c r="T194" s="16"/>
       <c r="U194" s="16"/>
       <c r="V194" s="16"/>
       <c r="W194" s="16"/>
       <c r="X194" s="16"/>
       <c r="Y194" s="16"/>
       <c r="Z194" s="16"/>
       <c r="AA194" s="16"/>
       <c r="AB194" s="16"/>
       <c r="AC194" s="16"/>
       <c r="AD194" s="16"/>
     </row>
-    <row r="195" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S195" s="39"/>
+    <row r="195" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S195" s="38"/>
       <c r="T195" s="16"/>
       <c r="U195" s="16"/>
       <c r="V195" s="16"/>
       <c r="W195" s="16"/>
       <c r="X195" s="16"/>
       <c r="Y195" s="16"/>
       <c r="Z195" s="16"/>
       <c r="AA195" s="16"/>
       <c r="AB195" s="16"/>
       <c r="AC195" s="16"/>
       <c r="AD195" s="16"/>
     </row>
-    <row r="196" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S196" s="39"/>
+    <row r="196" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S196" s="38"/>
       <c r="T196" s="16"/>
       <c r="U196" s="16"/>
       <c r="V196" s="16"/>
       <c r="W196" s="16"/>
       <c r="X196" s="16"/>
       <c r="Y196" s="16"/>
       <c r="Z196" s="16"/>
       <c r="AA196" s="16"/>
       <c r="AB196" s="16"/>
       <c r="AC196" s="16"/>
       <c r="AD196" s="16"/>
     </row>
-    <row r="197" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S197" s="39"/>
+    <row r="197" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S197" s="38"/>
       <c r="T197" s="16"/>
       <c r="U197" s="16"/>
       <c r="V197" s="16"/>
       <c r="W197" s="16"/>
       <c r="X197" s="16"/>
       <c r="Y197" s="16"/>
       <c r="Z197" s="16"/>
       <c r="AA197" s="16"/>
       <c r="AB197" s="16"/>
       <c r="AC197" s="16"/>
       <c r="AD197" s="16"/>
     </row>
-    <row r="198" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S198" s="39"/>
+    <row r="198" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S198" s="38"/>
       <c r="T198" s="16"/>
       <c r="U198" s="16"/>
       <c r="V198" s="16"/>
       <c r="W198" s="16"/>
       <c r="X198" s="16"/>
       <c r="Y198" s="16"/>
       <c r="Z198" s="16"/>
       <c r="AA198" s="16"/>
       <c r="AB198" s="16"/>
       <c r="AC198" s="16"/>
       <c r="AD198" s="16"/>
     </row>
-    <row r="199" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S199" s="39"/>
+    <row r="199" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S199" s="38"/>
       <c r="T199" s="16"/>
       <c r="U199" s="16"/>
       <c r="V199" s="16"/>
       <c r="W199" s="16"/>
       <c r="X199" s="16"/>
       <c r="Y199" s="16"/>
       <c r="Z199" s="16"/>
       <c r="AA199" s="16"/>
       <c r="AB199" s="16"/>
       <c r="AC199" s="16"/>
       <c r="AD199" s="16"/>
     </row>
-    <row r="200" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S200" s="39"/>
+    <row r="200" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S200" s="38"/>
       <c r="T200" s="16"/>
       <c r="U200" s="16"/>
       <c r="V200" s="16"/>
       <c r="W200" s="16"/>
       <c r="X200" s="16"/>
       <c r="Y200" s="16"/>
       <c r="Z200" s="16"/>
       <c r="AA200" s="16"/>
       <c r="AB200" s="16"/>
       <c r="AC200" s="16"/>
       <c r="AD200" s="16"/>
     </row>
-    <row r="201" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S201" s="39"/>
+    <row r="201" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S201" s="38"/>
       <c r="T201" s="16"/>
       <c r="U201" s="16"/>
       <c r="V201" s="16"/>
       <c r="W201" s="16"/>
       <c r="X201" s="16"/>
       <c r="Y201" s="16"/>
       <c r="Z201" s="16"/>
       <c r="AA201" s="16"/>
       <c r="AB201" s="16"/>
       <c r="AC201" s="16"/>
       <c r="AD201" s="16"/>
     </row>
-    <row r="202" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S202" s="39"/>
+    <row r="202" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S202" s="38"/>
       <c r="T202" s="16"/>
       <c r="U202" s="16"/>
       <c r="V202" s="16"/>
       <c r="W202" s="16"/>
       <c r="X202" s="16"/>
       <c r="Y202" s="16"/>
       <c r="Z202" s="16"/>
       <c r="AA202" s="16"/>
       <c r="AB202" s="16"/>
       <c r="AC202" s="16"/>
       <c r="AD202" s="16"/>
     </row>
-    <row r="203" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S203" s="39"/>
+    <row r="203" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S203" s="38"/>
       <c r="T203" s="16"/>
       <c r="U203" s="16"/>
       <c r="V203" s="16"/>
       <c r="W203" s="16"/>
       <c r="X203" s="16"/>
       <c r="Y203" s="16"/>
       <c r="Z203" s="16"/>
       <c r="AA203" s="16"/>
       <c r="AB203" s="16"/>
       <c r="AC203" s="16"/>
       <c r="AD203" s="16"/>
     </row>
-    <row r="204" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S204" s="39"/>
+    <row r="204" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S204" s="38"/>
       <c r="T204" s="16"/>
       <c r="U204" s="16"/>
       <c r="V204" s="16"/>
       <c r="W204" s="16"/>
       <c r="X204" s="16"/>
       <c r="Y204" s="16"/>
       <c r="Z204" s="16"/>
       <c r="AA204" s="16"/>
       <c r="AB204" s="16"/>
       <c r="AC204" s="16"/>
       <c r="AD204" s="16"/>
     </row>
-    <row r="205" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S205" s="39"/>
+    <row r="205" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S205" s="38"/>
       <c r="T205" s="16"/>
       <c r="U205" s="16"/>
       <c r="V205" s="16"/>
       <c r="W205" s="16"/>
       <c r="X205" s="16"/>
       <c r="Y205" s="16"/>
       <c r="Z205" s="16"/>
       <c r="AA205" s="16"/>
       <c r="AB205" s="16"/>
       <c r="AC205" s="16"/>
       <c r="AD205" s="16"/>
     </row>
-    <row r="206" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S206" s="39"/>
+    <row r="206" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S206" s="38"/>
       <c r="T206" s="16"/>
       <c r="U206" s="16"/>
       <c r="V206" s="16"/>
       <c r="W206" s="16"/>
       <c r="X206" s="16"/>
       <c r="Y206" s="16"/>
       <c r="Z206" s="16"/>
       <c r="AA206" s="16"/>
       <c r="AB206" s="16"/>
       <c r="AC206" s="16"/>
       <c r="AD206" s="16"/>
     </row>
-    <row r="207" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S207" s="39"/>
+    <row r="207" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S207" s="38"/>
       <c r="T207" s="16"/>
       <c r="U207" s="16"/>
       <c r="V207" s="16"/>
       <c r="W207" s="16"/>
       <c r="X207" s="16"/>
       <c r="Y207" s="16"/>
       <c r="Z207" s="16"/>
       <c r="AA207" s="16"/>
       <c r="AB207" s="16"/>
       <c r="AC207" s="16"/>
       <c r="AD207" s="16"/>
     </row>
-    <row r="208" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S208" s="39"/>
+    <row r="208" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S208" s="38"/>
       <c r="T208" s="16"/>
       <c r="U208" s="16"/>
       <c r="V208" s="16"/>
       <c r="W208" s="16"/>
       <c r="X208" s="16"/>
       <c r="Y208" s="16"/>
       <c r="Z208" s="16"/>
       <c r="AA208" s="16"/>
       <c r="AB208" s="16"/>
       <c r="AC208" s="16"/>
       <c r="AD208" s="16"/>
     </row>
-    <row r="209" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S209" s="39"/>
+    <row r="209" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S209" s="38"/>
       <c r="T209" s="16"/>
       <c r="U209" s="16"/>
       <c r="V209" s="16"/>
       <c r="W209" s="16"/>
       <c r="X209" s="16"/>
       <c r="Y209" s="16"/>
       <c r="Z209" s="16"/>
       <c r="AA209" s="16"/>
       <c r="AB209" s="16"/>
       <c r="AC209" s="16"/>
       <c r="AD209" s="16"/>
     </row>
-    <row r="210" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S210" s="39"/>
+    <row r="210" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S210" s="38"/>
       <c r="T210" s="16"/>
       <c r="U210" s="16"/>
       <c r="V210" s="16"/>
       <c r="W210" s="16"/>
       <c r="X210" s="16"/>
       <c r="Y210" s="16"/>
       <c r="Z210" s="16"/>
       <c r="AA210" s="16"/>
       <c r="AB210" s="16"/>
       <c r="AC210" s="16"/>
       <c r="AD210" s="16"/>
     </row>
-    <row r="211" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S211" s="39"/>
+    <row r="211" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S211" s="38"/>
       <c r="T211" s="16"/>
       <c r="U211" s="16"/>
       <c r="V211" s="16"/>
       <c r="W211" s="16"/>
       <c r="X211" s="16"/>
       <c r="Y211" s="16"/>
       <c r="Z211" s="16"/>
       <c r="AA211" s="16"/>
       <c r="AB211" s="16"/>
       <c r="AC211" s="16"/>
       <c r="AD211" s="16"/>
     </row>
-    <row r="212" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S212" s="39"/>
+    <row r="212" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S212" s="38"/>
       <c r="T212" s="16"/>
       <c r="U212" s="16"/>
       <c r="V212" s="16"/>
       <c r="W212" s="16"/>
       <c r="X212" s="16"/>
       <c r="Y212" s="16"/>
       <c r="Z212" s="16"/>
       <c r="AA212" s="16"/>
       <c r="AB212" s="16"/>
       <c r="AC212" s="16"/>
       <c r="AD212" s="16"/>
     </row>
-    <row r="213" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S213" s="39"/>
+    <row r="213" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S213" s="38"/>
       <c r="T213" s="16"/>
       <c r="U213" s="16"/>
       <c r="V213" s="16"/>
       <c r="W213" s="16"/>
       <c r="X213" s="16"/>
       <c r="Y213" s="16"/>
       <c r="Z213" s="16"/>
       <c r="AA213" s="16"/>
       <c r="AB213" s="16"/>
       <c r="AC213" s="16"/>
       <c r="AD213" s="16"/>
     </row>
-    <row r="214" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S214" s="39"/>
+    <row r="214" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S214" s="38"/>
       <c r="T214" s="16"/>
       <c r="U214" s="16"/>
       <c r="V214" s="16"/>
       <c r="W214" s="16"/>
       <c r="X214" s="16"/>
       <c r="Y214" s="16"/>
       <c r="Z214" s="16"/>
       <c r="AA214" s="16"/>
       <c r="AB214" s="16"/>
       <c r="AC214" s="16"/>
       <c r="AD214" s="16"/>
     </row>
-    <row r="215" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S215" s="39"/>
+    <row r="215" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S215" s="38"/>
       <c r="T215" s="16"/>
       <c r="U215" s="16"/>
       <c r="V215" s="16"/>
       <c r="W215" s="16"/>
       <c r="X215" s="16"/>
       <c r="Y215" s="16"/>
       <c r="Z215" s="16"/>
       <c r="AA215" s="16"/>
       <c r="AB215" s="16"/>
       <c r="AC215" s="16"/>
       <c r="AD215" s="16"/>
     </row>
-    <row r="216" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S216" s="39"/>
+    <row r="216" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S216" s="38"/>
       <c r="T216" s="16"/>
       <c r="U216" s="16"/>
       <c r="V216" s="16"/>
       <c r="W216" s="16"/>
       <c r="X216" s="16"/>
       <c r="Y216" s="16"/>
       <c r="Z216" s="16"/>
       <c r="AA216" s="16"/>
       <c r="AB216" s="16"/>
       <c r="AC216" s="16"/>
       <c r="AD216" s="16"/>
     </row>
-    <row r="217" spans="19:30" x14ac:dyDescent="0.25">
-      <c r="S217" s="39"/>
+    <row r="217" spans="19:30" x14ac:dyDescent="0.3">
+      <c r="S217" s="38"/>
       <c r="T217" s="16"/>
       <c r="U217" s="16"/>
       <c r="V217" s="16"/>
       <c r="W217" s="16"/>
       <c r="X217" s="16"/>
       <c r="Y217" s="16"/>
       <c r="Z217" s="16"/>
       <c r="AA217" s="16"/>
       <c r="AB217" s="16"/>
       <c r="AC217" s="16"/>
       <c r="AD217" s="16"/>
     </row>
-    <row r="218" spans="19:30" x14ac:dyDescent="0.25">
+    <row r="218" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T218" s="16"/>
       <c r="U218" s="16"/>
       <c r="V218" s="16"/>
       <c r="W218" s="16"/>
       <c r="X218" s="16"/>
       <c r="Y218" s="16"/>
       <c r="Z218" s="16"/>
       <c r="AA218" s="16"/>
       <c r="AB218" s="16"/>
       <c r="AC218" s="16"/>
       <c r="AD218" s="16"/>
     </row>
-    <row r="219" spans="19:30" x14ac:dyDescent="0.25">
+    <row r="219" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T219" s="16"/>
       <c r="U219" s="16"/>
       <c r="V219" s="16"/>
       <c r="W219" s="16"/>
       <c r="X219" s="16"/>
       <c r="Y219" s="16"/>
       <c r="Z219" s="16"/>
       <c r="AA219" s="16"/>
       <c r="AB219" s="16"/>
       <c r="AC219" s="16"/>
       <c r="AD219" s="16"/>
     </row>
-    <row r="220" spans="19:30" x14ac:dyDescent="0.25">
+    <row r="220" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T220" s="16"/>
       <c r="U220" s="16"/>
       <c r="V220" s="16"/>
       <c r="W220" s="16"/>
       <c r="X220" s="16"/>
       <c r="Y220" s="16"/>
       <c r="Z220" s="16"/>
       <c r="AA220" s="16"/>
       <c r="AB220" s="16"/>
       <c r="AC220" s="16"/>
       <c r="AD220" s="16"/>
     </row>
-    <row r="221" spans="19:30" x14ac:dyDescent="0.25">
+    <row r="221" spans="19:30" x14ac:dyDescent="0.3">
       <c r="T221" s="16"/>
       <c r="U221" s="16"/>
       <c r="V221" s="16"/>
       <c r="W221" s="16"/>
       <c r="X221" s="16"/>
       <c r="Y221" s="16"/>
       <c r="Z221" s="16"/>
       <c r="AA221" s="16"/>
       <c r="AB221" s="16"/>
       <c r="AC221" s="16"/>
       <c r="AD221" s="16"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="M37:N37 M39:O39 M41:O41 M43:O43 M45:O45 M47:O47 M49:O49 M51:O51 M53:O53 M55:O55 M57:O57 M59:O59 M61:O61 M63:O63 M65:O65 M67:O67 M69:O69 M71:O71 M73:O73 M75:O75 M77:O77 M79:O79 M81:O81 M83:O83 M85:O85 M87:O87 M89:O89 M91:O91 M93:O93 M95:O95 M97:O97" name="Range1"/>
   </protectedRanges>
   <mergeCells count="469">
     <mergeCell ref="Q97:Q98"/>
     <mergeCell ref="R97:R98"/>
     <mergeCell ref="H97:H98"/>
     <mergeCell ref="I97:I98"/>
     <mergeCell ref="J97:J98"/>
     <mergeCell ref="K97:K98"/>
     <mergeCell ref="L97:L98"/>
     <mergeCell ref="P97:P98"/>
@@ -14632,2227 +15160,2241 @@
     <mergeCell ref="Z8:AA8"/>
     <mergeCell ref="AB8:AC8"/>
     <mergeCell ref="AD8:AE8"/>
     <mergeCell ref="AF8:AG8"/>
     <mergeCell ref="N35:O35"/>
     <mergeCell ref="P35:Q35"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="E37:E98">
       <formula1>$S$11:$S$16</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D37:D98">
       <formula1>$D$11:$D$17</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H37:I37 AC77:AD77 L37 Q61:R61 Q63:R63 Q65:R65 Q67:R67 Q69:R69 Q71:R71 Q73:R73 Q75:R75 Q77:R77 AC63:AD63 AC65:AD65 AC67:AD67 AC69:AD69 L39 AC71:AD71 AC73:AD73 H39:I39 AC75:AD75 AC39:AD39 AC41:AD41 AC43:AD43 AC45:AD45 AC47:AD47 AC49:AD49 AC51:AD51 AC53:AD53 AC55:AD55 AC57:AD57 AC59:AD59 AC61:AD61 Q39:R39 Q41:R41 Q43:R43 Q45:R45 Q47:R47 Q49:R49 Q51:R51 Q53:R53 Q55:R55 Q57:R57 Q59:R59 L41 L43 L45 L47 L49 L51 L53 L55 L57 L59 L61 L63 L65 L67 L69 L71 L73 L75 L77 L79 L81 L83 L85 L87 L89 L91 L93 L95 L97 H41:I41 H43:I43 H45:I45 H47:I47 H49:I49 H51:I51 H53:I53 H55:I55 H57:I57 H59:I59 H61:I61 H63:I63 H65:I65 H67:I67 H69:I69 H71:I71 H73:I73 H75:I75 H77:I77 H79:I79 H81:I81 H83:I83 H85:I85 H87:I87 H89:I89 H91:I91 H93:I93 H95:I95 H97:I97">
       <formula1>$H$11:$H$12</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G37:G98">
       <formula1>$G$11:$G$20</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B39 B41:B97">
       <formula1>$B$11:$B$13</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="42" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="37" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr codeName="Feuil5"/>
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1">
         <v>1737568675062</v>
       </c>
       <c r="B1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D1">
         <v>5</v>
       </c>
       <c r="E1">
         <v>1737636254908</v>
       </c>
       <c r="F1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="G1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="H1">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2">
         <v>1737568675212</v>
       </c>
       <c r="B2" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C2" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="D2" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3">
         <v>1737568675222</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C3" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4">
         <v>1737568675222</v>
       </c>
       <c r="B4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" t="s">
         <v>125</v>
       </c>
-      <c r="C4" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5">
         <v>1737568675222</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C5" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="D5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6">
         <v>1737568675222</v>
       </c>
       <c r="B6" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D6" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr codeName="Feuil6"/>
   <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1">
         <v>1737568675247</v>
       </c>
       <c r="B1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
       <c r="E1">
         <v>1737636254923</v>
       </c>
       <c r="F1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="G1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="H1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr codeName="Feuil7"/>
   <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1">
         <v>1737568675301</v>
       </c>
       <c r="B1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
       <c r="E1">
         <v>1737636254924</v>
       </c>
       <c r="F1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="G1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="H1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr codeName="Feuil8"/>
   <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1">
         <v>1737568675311</v>
       </c>
       <c r="B1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
       <c r="E1">
         <v>1737636254924</v>
       </c>
       <c r="F1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="G1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="H1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF67"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q3" sqref="Q3"/>
+    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="2"/>
+    <col min="1" max="1" width="9.109375" style="2"/>
     <col min="2" max="2" width="19" style="2" customWidth="1"/>
-    <col min="3" max="3" width="21.7109375" style="2" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="13" width="12.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="21.6640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="16.6640625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="13.44140625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="11.6640625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13.33203125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="14.44140625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10" max="11" width="19.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.33203125" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.44140625" style="2" customWidth="1"/>
     <col min="14" max="14" width="13" style="2" customWidth="1"/>
-    <col min="15" max="15" width="17.42578125" style="2" customWidth="1"/>
-[...268 lines deleted...]
-    <col min="16143" max="16384" width="11.42578125" style="2" customWidth="1"/>
+    <col min="15" max="15" width="17.44140625" style="2" customWidth="1"/>
+    <col min="16" max="16" width="15.88671875" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="14.44140625" style="2" customWidth="1"/>
+    <col min="18" max="18" width="8.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="8.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="8.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="7.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="8.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="7.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="8.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="11.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="32" max="259" width="11.44140625" style="2" customWidth="1"/>
+    <col min="260" max="260" width="51.6640625" style="2" customWidth="1"/>
+    <col min="261" max="261" width="14.109375" style="2" customWidth="1"/>
+    <col min="262" max="270" width="12.44140625" style="2" customWidth="1"/>
+    <col min="271" max="515" width="11.44140625" style="2" customWidth="1"/>
+    <col min="516" max="516" width="51.6640625" style="2" customWidth="1"/>
+    <col min="517" max="517" width="14.109375" style="2" customWidth="1"/>
+    <col min="518" max="526" width="12.44140625" style="2" customWidth="1"/>
+    <col min="527" max="771" width="11.44140625" style="2" customWidth="1"/>
+    <col min="772" max="772" width="51.6640625" style="2" customWidth="1"/>
+    <col min="773" max="773" width="14.109375" style="2" customWidth="1"/>
+    <col min="774" max="782" width="12.44140625" style="2" customWidth="1"/>
+    <col min="783" max="1027" width="11.44140625" style="2" customWidth="1"/>
+    <col min="1028" max="1028" width="51.6640625" style="2" customWidth="1"/>
+    <col min="1029" max="1029" width="14.109375" style="2" customWidth="1"/>
+    <col min="1030" max="1038" width="12.44140625" style="2" customWidth="1"/>
+    <col min="1039" max="1283" width="11.44140625" style="2" customWidth="1"/>
+    <col min="1284" max="1284" width="51.6640625" style="2" customWidth="1"/>
+    <col min="1285" max="1285" width="14.109375" style="2" customWidth="1"/>
+    <col min="1286" max="1294" width="12.44140625" style="2" customWidth="1"/>
+    <col min="1295" max="1539" width="11.44140625" style="2" customWidth="1"/>
+    <col min="1540" max="1540" width="51.6640625" style="2" customWidth="1"/>
+    <col min="1541" max="1541" width="14.109375" style="2" customWidth="1"/>
+    <col min="1542" max="1550" width="12.44140625" style="2" customWidth="1"/>
+    <col min="1551" max="1795" width="11.44140625" style="2" customWidth="1"/>
+    <col min="1796" max="1796" width="51.6640625" style="2" customWidth="1"/>
+    <col min="1797" max="1797" width="14.109375" style="2" customWidth="1"/>
+    <col min="1798" max="1806" width="12.44140625" style="2" customWidth="1"/>
+    <col min="1807" max="2051" width="11.44140625" style="2" customWidth="1"/>
+    <col min="2052" max="2052" width="51.6640625" style="2" customWidth="1"/>
+    <col min="2053" max="2053" width="14.109375" style="2" customWidth="1"/>
+    <col min="2054" max="2062" width="12.44140625" style="2" customWidth="1"/>
+    <col min="2063" max="2307" width="11.44140625" style="2" customWidth="1"/>
+    <col min="2308" max="2308" width="51.6640625" style="2" customWidth="1"/>
+    <col min="2309" max="2309" width="14.109375" style="2" customWidth="1"/>
+    <col min="2310" max="2318" width="12.44140625" style="2" customWidth="1"/>
+    <col min="2319" max="2563" width="11.44140625" style="2" customWidth="1"/>
+    <col min="2564" max="2564" width="51.6640625" style="2" customWidth="1"/>
+    <col min="2565" max="2565" width="14.109375" style="2" customWidth="1"/>
+    <col min="2566" max="2574" width="12.44140625" style="2" customWidth="1"/>
+    <col min="2575" max="2819" width="11.44140625" style="2" customWidth="1"/>
+    <col min="2820" max="2820" width="51.6640625" style="2" customWidth="1"/>
+    <col min="2821" max="2821" width="14.109375" style="2" customWidth="1"/>
+    <col min="2822" max="2830" width="12.44140625" style="2" customWidth="1"/>
+    <col min="2831" max="3075" width="11.44140625" style="2" customWidth="1"/>
+    <col min="3076" max="3076" width="51.6640625" style="2" customWidth="1"/>
+    <col min="3077" max="3077" width="14.109375" style="2" customWidth="1"/>
+    <col min="3078" max="3086" width="12.44140625" style="2" customWidth="1"/>
+    <col min="3087" max="3331" width="11.44140625" style="2" customWidth="1"/>
+    <col min="3332" max="3332" width="51.6640625" style="2" customWidth="1"/>
+    <col min="3333" max="3333" width="14.109375" style="2" customWidth="1"/>
+    <col min="3334" max="3342" width="12.44140625" style="2" customWidth="1"/>
+    <col min="3343" max="3587" width="11.44140625" style="2" customWidth="1"/>
+    <col min="3588" max="3588" width="51.6640625" style="2" customWidth="1"/>
+    <col min="3589" max="3589" width="14.109375" style="2" customWidth="1"/>
+    <col min="3590" max="3598" width="12.44140625" style="2" customWidth="1"/>
+    <col min="3599" max="3843" width="11.44140625" style="2" customWidth="1"/>
+    <col min="3844" max="3844" width="51.6640625" style="2" customWidth="1"/>
+    <col min="3845" max="3845" width="14.109375" style="2" customWidth="1"/>
+    <col min="3846" max="3854" width="12.44140625" style="2" customWidth="1"/>
+    <col min="3855" max="4099" width="11.44140625" style="2" customWidth="1"/>
+    <col min="4100" max="4100" width="51.6640625" style="2" customWidth="1"/>
+    <col min="4101" max="4101" width="14.109375" style="2" customWidth="1"/>
+    <col min="4102" max="4110" width="12.44140625" style="2" customWidth="1"/>
+    <col min="4111" max="4355" width="11.44140625" style="2" customWidth="1"/>
+    <col min="4356" max="4356" width="51.6640625" style="2" customWidth="1"/>
+    <col min="4357" max="4357" width="14.109375" style="2" customWidth="1"/>
+    <col min="4358" max="4366" width="12.44140625" style="2" customWidth="1"/>
+    <col min="4367" max="4611" width="11.44140625" style="2" customWidth="1"/>
+    <col min="4612" max="4612" width="51.6640625" style="2" customWidth="1"/>
+    <col min="4613" max="4613" width="14.109375" style="2" customWidth="1"/>
+    <col min="4614" max="4622" width="12.44140625" style="2" customWidth="1"/>
+    <col min="4623" max="4867" width="11.44140625" style="2" customWidth="1"/>
+    <col min="4868" max="4868" width="51.6640625" style="2" customWidth="1"/>
+    <col min="4869" max="4869" width="14.109375" style="2" customWidth="1"/>
+    <col min="4870" max="4878" width="12.44140625" style="2" customWidth="1"/>
+    <col min="4879" max="5123" width="11.44140625" style="2" customWidth="1"/>
+    <col min="5124" max="5124" width="51.6640625" style="2" customWidth="1"/>
+    <col min="5125" max="5125" width="14.109375" style="2" customWidth="1"/>
+    <col min="5126" max="5134" width="12.44140625" style="2" customWidth="1"/>
+    <col min="5135" max="5379" width="11.44140625" style="2" customWidth="1"/>
+    <col min="5380" max="5380" width="51.6640625" style="2" customWidth="1"/>
+    <col min="5381" max="5381" width="14.109375" style="2" customWidth="1"/>
+    <col min="5382" max="5390" width="12.44140625" style="2" customWidth="1"/>
+    <col min="5391" max="5635" width="11.44140625" style="2" customWidth="1"/>
+    <col min="5636" max="5636" width="51.6640625" style="2" customWidth="1"/>
+    <col min="5637" max="5637" width="14.109375" style="2" customWidth="1"/>
+    <col min="5638" max="5646" width="12.44140625" style="2" customWidth="1"/>
+    <col min="5647" max="5891" width="11.44140625" style="2" customWidth="1"/>
+    <col min="5892" max="5892" width="51.6640625" style="2" customWidth="1"/>
+    <col min="5893" max="5893" width="14.109375" style="2" customWidth="1"/>
+    <col min="5894" max="5902" width="12.44140625" style="2" customWidth="1"/>
+    <col min="5903" max="6147" width="11.44140625" style="2" customWidth="1"/>
+    <col min="6148" max="6148" width="51.6640625" style="2" customWidth="1"/>
+    <col min="6149" max="6149" width="14.109375" style="2" customWidth="1"/>
+    <col min="6150" max="6158" width="12.44140625" style="2" customWidth="1"/>
+    <col min="6159" max="6403" width="11.44140625" style="2" customWidth="1"/>
+    <col min="6404" max="6404" width="51.6640625" style="2" customWidth="1"/>
+    <col min="6405" max="6405" width="14.109375" style="2" customWidth="1"/>
+    <col min="6406" max="6414" width="12.44140625" style="2" customWidth="1"/>
+    <col min="6415" max="6659" width="11.44140625" style="2" customWidth="1"/>
+    <col min="6660" max="6660" width="51.6640625" style="2" customWidth="1"/>
+    <col min="6661" max="6661" width="14.109375" style="2" customWidth="1"/>
+    <col min="6662" max="6670" width="12.44140625" style="2" customWidth="1"/>
+    <col min="6671" max="6915" width="11.44140625" style="2" customWidth="1"/>
+    <col min="6916" max="6916" width="51.6640625" style="2" customWidth="1"/>
+    <col min="6917" max="6917" width="14.109375" style="2" customWidth="1"/>
+    <col min="6918" max="6926" width="12.44140625" style="2" customWidth="1"/>
+    <col min="6927" max="7171" width="11.44140625" style="2" customWidth="1"/>
+    <col min="7172" max="7172" width="51.6640625" style="2" customWidth="1"/>
+    <col min="7173" max="7173" width="14.109375" style="2" customWidth="1"/>
+    <col min="7174" max="7182" width="12.44140625" style="2" customWidth="1"/>
+    <col min="7183" max="7427" width="11.44140625" style="2" customWidth="1"/>
+    <col min="7428" max="7428" width="51.6640625" style="2" customWidth="1"/>
+    <col min="7429" max="7429" width="14.109375" style="2" customWidth="1"/>
+    <col min="7430" max="7438" width="12.44140625" style="2" customWidth="1"/>
+    <col min="7439" max="7683" width="11.44140625" style="2" customWidth="1"/>
+    <col min="7684" max="7684" width="51.6640625" style="2" customWidth="1"/>
+    <col min="7685" max="7685" width="14.109375" style="2" customWidth="1"/>
+    <col min="7686" max="7694" width="12.44140625" style="2" customWidth="1"/>
+    <col min="7695" max="7939" width="11.44140625" style="2" customWidth="1"/>
+    <col min="7940" max="7940" width="51.6640625" style="2" customWidth="1"/>
+    <col min="7941" max="7941" width="14.109375" style="2" customWidth="1"/>
+    <col min="7942" max="7950" width="12.44140625" style="2" customWidth="1"/>
+    <col min="7951" max="8195" width="11.44140625" style="2" customWidth="1"/>
+    <col min="8196" max="8196" width="51.6640625" style="2" customWidth="1"/>
+    <col min="8197" max="8197" width="14.109375" style="2" customWidth="1"/>
+    <col min="8198" max="8206" width="12.44140625" style="2" customWidth="1"/>
+    <col min="8207" max="8451" width="11.44140625" style="2" customWidth="1"/>
+    <col min="8452" max="8452" width="51.6640625" style="2" customWidth="1"/>
+    <col min="8453" max="8453" width="14.109375" style="2" customWidth="1"/>
+    <col min="8454" max="8462" width="12.44140625" style="2" customWidth="1"/>
+    <col min="8463" max="8707" width="11.44140625" style="2" customWidth="1"/>
+    <col min="8708" max="8708" width="51.6640625" style="2" customWidth="1"/>
+    <col min="8709" max="8709" width="14.109375" style="2" customWidth="1"/>
+    <col min="8710" max="8718" width="12.44140625" style="2" customWidth="1"/>
+    <col min="8719" max="8963" width="11.44140625" style="2" customWidth="1"/>
+    <col min="8964" max="8964" width="51.6640625" style="2" customWidth="1"/>
+    <col min="8965" max="8965" width="14.109375" style="2" customWidth="1"/>
+    <col min="8966" max="8974" width="12.44140625" style="2" customWidth="1"/>
+    <col min="8975" max="9219" width="11.44140625" style="2" customWidth="1"/>
+    <col min="9220" max="9220" width="51.6640625" style="2" customWidth="1"/>
+    <col min="9221" max="9221" width="14.109375" style="2" customWidth="1"/>
+    <col min="9222" max="9230" width="12.44140625" style="2" customWidth="1"/>
+    <col min="9231" max="9475" width="11.44140625" style="2" customWidth="1"/>
+    <col min="9476" max="9476" width="51.6640625" style="2" customWidth="1"/>
+    <col min="9477" max="9477" width="14.109375" style="2" customWidth="1"/>
+    <col min="9478" max="9486" width="12.44140625" style="2" customWidth="1"/>
+    <col min="9487" max="9731" width="11.44140625" style="2" customWidth="1"/>
+    <col min="9732" max="9732" width="51.6640625" style="2" customWidth="1"/>
+    <col min="9733" max="9733" width="14.109375" style="2" customWidth="1"/>
+    <col min="9734" max="9742" width="12.44140625" style="2" customWidth="1"/>
+    <col min="9743" max="9987" width="11.44140625" style="2" customWidth="1"/>
+    <col min="9988" max="9988" width="51.6640625" style="2" customWidth="1"/>
+    <col min="9989" max="9989" width="14.109375" style="2" customWidth="1"/>
+    <col min="9990" max="9998" width="12.44140625" style="2" customWidth="1"/>
+    <col min="9999" max="10243" width="11.44140625" style="2" customWidth="1"/>
+    <col min="10244" max="10244" width="51.6640625" style="2" customWidth="1"/>
+    <col min="10245" max="10245" width="14.109375" style="2" customWidth="1"/>
+    <col min="10246" max="10254" width="12.44140625" style="2" customWidth="1"/>
+    <col min="10255" max="10499" width="11.44140625" style="2" customWidth="1"/>
+    <col min="10500" max="10500" width="51.6640625" style="2" customWidth="1"/>
+    <col min="10501" max="10501" width="14.109375" style="2" customWidth="1"/>
+    <col min="10502" max="10510" width="12.44140625" style="2" customWidth="1"/>
+    <col min="10511" max="10755" width="11.44140625" style="2" customWidth="1"/>
+    <col min="10756" max="10756" width="51.6640625" style="2" customWidth="1"/>
+    <col min="10757" max="10757" width="14.109375" style="2" customWidth="1"/>
+    <col min="10758" max="10766" width="12.44140625" style="2" customWidth="1"/>
+    <col min="10767" max="11011" width="11.44140625" style="2" customWidth="1"/>
+    <col min="11012" max="11012" width="51.6640625" style="2" customWidth="1"/>
+    <col min="11013" max="11013" width="14.109375" style="2" customWidth="1"/>
+    <col min="11014" max="11022" width="12.44140625" style="2" customWidth="1"/>
+    <col min="11023" max="11267" width="11.44140625" style="2" customWidth="1"/>
+    <col min="11268" max="11268" width="51.6640625" style="2" customWidth="1"/>
+    <col min="11269" max="11269" width="14.109375" style="2" customWidth="1"/>
+    <col min="11270" max="11278" width="12.44140625" style="2" customWidth="1"/>
+    <col min="11279" max="11523" width="11.44140625" style="2" customWidth="1"/>
+    <col min="11524" max="11524" width="51.6640625" style="2" customWidth="1"/>
+    <col min="11525" max="11525" width="14.109375" style="2" customWidth="1"/>
+    <col min="11526" max="11534" width="12.44140625" style="2" customWidth="1"/>
+    <col min="11535" max="11779" width="11.44140625" style="2" customWidth="1"/>
+    <col min="11780" max="11780" width="51.6640625" style="2" customWidth="1"/>
+    <col min="11781" max="11781" width="14.109375" style="2" customWidth="1"/>
+    <col min="11782" max="11790" width="12.44140625" style="2" customWidth="1"/>
+    <col min="11791" max="12035" width="11.44140625" style="2" customWidth="1"/>
+    <col min="12036" max="12036" width="51.6640625" style="2" customWidth="1"/>
+    <col min="12037" max="12037" width="14.109375" style="2" customWidth="1"/>
+    <col min="12038" max="12046" width="12.44140625" style="2" customWidth="1"/>
+    <col min="12047" max="12291" width="11.44140625" style="2" customWidth="1"/>
+    <col min="12292" max="12292" width="51.6640625" style="2" customWidth="1"/>
+    <col min="12293" max="12293" width="14.109375" style="2" customWidth="1"/>
+    <col min="12294" max="12302" width="12.44140625" style="2" customWidth="1"/>
+    <col min="12303" max="12547" width="11.44140625" style="2" customWidth="1"/>
+    <col min="12548" max="12548" width="51.6640625" style="2" customWidth="1"/>
+    <col min="12549" max="12549" width="14.109375" style="2" customWidth="1"/>
+    <col min="12550" max="12558" width="12.44140625" style="2" customWidth="1"/>
+    <col min="12559" max="12803" width="11.44140625" style="2" customWidth="1"/>
+    <col min="12804" max="12804" width="51.6640625" style="2" customWidth="1"/>
+    <col min="12805" max="12805" width="14.109375" style="2" customWidth="1"/>
+    <col min="12806" max="12814" width="12.44140625" style="2" customWidth="1"/>
+    <col min="12815" max="13059" width="11.44140625" style="2" customWidth="1"/>
+    <col min="13060" max="13060" width="51.6640625" style="2" customWidth="1"/>
+    <col min="13061" max="13061" width="14.109375" style="2" customWidth="1"/>
+    <col min="13062" max="13070" width="12.44140625" style="2" customWidth="1"/>
+    <col min="13071" max="13315" width="11.44140625" style="2" customWidth="1"/>
+    <col min="13316" max="13316" width="51.6640625" style="2" customWidth="1"/>
+    <col min="13317" max="13317" width="14.109375" style="2" customWidth="1"/>
+    <col min="13318" max="13326" width="12.44140625" style="2" customWidth="1"/>
+    <col min="13327" max="13571" width="11.44140625" style="2" customWidth="1"/>
+    <col min="13572" max="13572" width="51.6640625" style="2" customWidth="1"/>
+    <col min="13573" max="13573" width="14.109375" style="2" customWidth="1"/>
+    <col min="13574" max="13582" width="12.44140625" style="2" customWidth="1"/>
+    <col min="13583" max="13827" width="11.44140625" style="2" customWidth="1"/>
+    <col min="13828" max="13828" width="51.6640625" style="2" customWidth="1"/>
+    <col min="13829" max="13829" width="14.109375" style="2" customWidth="1"/>
+    <col min="13830" max="13838" width="12.44140625" style="2" customWidth="1"/>
+    <col min="13839" max="14083" width="11.44140625" style="2" customWidth="1"/>
+    <col min="14084" max="14084" width="51.6640625" style="2" customWidth="1"/>
+    <col min="14085" max="14085" width="14.109375" style="2" customWidth="1"/>
+    <col min="14086" max="14094" width="12.44140625" style="2" customWidth="1"/>
+    <col min="14095" max="14339" width="11.44140625" style="2" customWidth="1"/>
+    <col min="14340" max="14340" width="51.6640625" style="2" customWidth="1"/>
+    <col min="14341" max="14341" width="14.109375" style="2" customWidth="1"/>
+    <col min="14342" max="14350" width="12.44140625" style="2" customWidth="1"/>
+    <col min="14351" max="14595" width="11.44140625" style="2" customWidth="1"/>
+    <col min="14596" max="14596" width="51.6640625" style="2" customWidth="1"/>
+    <col min="14597" max="14597" width="14.109375" style="2" customWidth="1"/>
+    <col min="14598" max="14606" width="12.44140625" style="2" customWidth="1"/>
+    <col min="14607" max="14851" width="11.44140625" style="2" customWidth="1"/>
+    <col min="14852" max="14852" width="51.6640625" style="2" customWidth="1"/>
+    <col min="14853" max="14853" width="14.109375" style="2" customWidth="1"/>
+    <col min="14854" max="14862" width="12.44140625" style="2" customWidth="1"/>
+    <col min="14863" max="15107" width="11.44140625" style="2" customWidth="1"/>
+    <col min="15108" max="15108" width="51.6640625" style="2" customWidth="1"/>
+    <col min="15109" max="15109" width="14.109375" style="2" customWidth="1"/>
+    <col min="15110" max="15118" width="12.44140625" style="2" customWidth="1"/>
+    <col min="15119" max="15363" width="11.44140625" style="2" customWidth="1"/>
+    <col min="15364" max="15364" width="51.6640625" style="2" customWidth="1"/>
+    <col min="15365" max="15365" width="14.109375" style="2" customWidth="1"/>
+    <col min="15366" max="15374" width="12.44140625" style="2" customWidth="1"/>
+    <col min="15375" max="15619" width="11.44140625" style="2" customWidth="1"/>
+    <col min="15620" max="15620" width="51.6640625" style="2" customWidth="1"/>
+    <col min="15621" max="15621" width="14.109375" style="2" customWidth="1"/>
+    <col min="15622" max="15630" width="12.44140625" style="2" customWidth="1"/>
+    <col min="15631" max="15875" width="11.44140625" style="2" customWidth="1"/>
+    <col min="15876" max="15876" width="51.6640625" style="2" customWidth="1"/>
+    <col min="15877" max="15877" width="14.109375" style="2" customWidth="1"/>
+    <col min="15878" max="15886" width="12.44140625" style="2" customWidth="1"/>
+    <col min="15887" max="16131" width="11.44140625" style="2" customWidth="1"/>
+    <col min="16132" max="16132" width="51.6640625" style="2" customWidth="1"/>
+    <col min="16133" max="16133" width="14.109375" style="2" customWidth="1"/>
+    <col min="16134" max="16142" width="12.44140625" style="2" customWidth="1"/>
+    <col min="16143" max="16384" width="11.44140625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32" ht="28.5" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-    <row r="2" spans="1:32" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:32" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="100" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2" spans="1:32" ht="21" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="106" t="s">
-        <v>103</v>
+      <c r="F2" s="101" t="s">
+        <v>101</v>
       </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-      <c r="Q2" s="79" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:32" ht="18.75" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:32" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
-      <c r="Q3" s="56"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:32" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="Q3" s="55"/>
+    </row>
+    <row r="4" spans="1:32" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
-      <c r="Q4" s="56"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:32" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="Q4" s="55"/>
+    </row>
+    <row r="5" spans="1:32" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
-      <c r="Q5" s="56"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:32" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="Q5" s="55"/>
+    </row>
+    <row r="6" spans="1:32" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
-      <c r="Q6" s="56"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:32" ht="18.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="Q6" s="55"/>
+    </row>
+    <row r="7" spans="1:32" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
-      <c r="Q7" s="56"/>
-[...3 lines deleted...]
-      <c r="R9" s="175">
+      <c r="Q7" s="55"/>
+    </row>
+    <row r="8" spans="1:32" hidden="1" x14ac:dyDescent="0.3"/>
+    <row r="9" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="R9" s="193">
+        <v>2019</v>
+      </c>
+      <c r="S9" s="193">
+        <v>2017</v>
+      </c>
+      <c r="T9" s="193">
+        <v>2020</v>
+      </c>
+      <c r="U9" s="193">
         <v>2018</v>
       </c>
-      <c r="S9" s="175">
-[...2 lines deleted...]
-      <c r="T9" s="175">
+      <c r="V9" s="193">
+        <v>2021</v>
+      </c>
+      <c r="W9" s="193">
         <v>2019</v>
       </c>
-      <c r="U9" s="175">
-[...2 lines deleted...]
-      <c r="V9" s="175">
+      <c r="X9" s="193">
+        <v>2022</v>
+      </c>
+      <c r="Y9" s="193">
         <v>2020</v>
       </c>
-      <c r="W9" s="175">
-[...2 lines deleted...]
-      <c r="X9" s="175">
+      <c r="Z9" s="193">
+        <v>2023</v>
+      </c>
+      <c r="AA9" s="193">
         <v>2021</v>
       </c>
-      <c r="Y9" s="175">
+      <c r="AB9" s="193">
+        <v>2024</v>
+      </c>
+      <c r="AC9" s="193"/>
+      <c r="AD9" s="185">
+        <v>2025</v>
+      </c>
+      <c r="AE9" s="185"/>
+    </row>
+    <row r="10" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="J10" s="60"/>
+      <c r="R10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="S10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="T10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="U10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="V10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="W10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="X10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB10" s="194" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC10" s="195" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD10" s="102" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE10" s="79" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="J11" s="60"/>
+      <c r="R11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="S11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="T11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="U11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="V11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="W11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="X11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="Z11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="AB11" s="196" t="s">
+        <v>0</v>
+      </c>
+      <c r="AC11" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="AD11" s="86" t="s">
+        <v>0</v>
+      </c>
+      <c r="AE11" s="80" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="77" t="s">
+        <v>70</v>
+      </c>
+      <c r="J12" s="60"/>
+      <c r="M12" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" s="7">
         <v>2019</v>
       </c>
-      <c r="Z9" s="175">
-[...117 lines deleted...]
-      <c r="O12" s="7" t="s">
+      <c r="Q12" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="P12" s="7">
-[...13 lines deleted...]
-      <c r="T12" s="89">
+      <c r="R12" s="198">
         <f>1/1.3</f>
         <v>0.76923076923076916</v>
       </c>
-      <c r="U12" s="82">
+      <c r="S12" s="199">
         <f>1/1.327</f>
         <v>0.75357950263752826</v>
       </c>
-      <c r="V12" s="88">
+      <c r="T12" s="198">
         <f>1/1.275</f>
         <v>0.78431372549019618</v>
       </c>
-      <c r="W12" s="82">
+      <c r="U12" s="199">
         <f>1/1.341</f>
         <v>0.74571215510812827</v>
       </c>
-      <c r="X12" s="89">
+      <c r="V12" s="198">
         <f>1/1.277</f>
         <v>0.78308535630383713</v>
       </c>
-      <c r="Y12" s="83">
+      <c r="W12" s="199">
         <f>1/1.254</f>
         <v>0.79744816586921852</v>
       </c>
-      <c r="Z12" s="89">
+      <c r="X12" s="198">
         <f>1/1.354</f>
         <v>0.73855243722304276</v>
       </c>
-      <c r="AA12" s="101">
+      <c r="Y12" s="200">
         <f>1/1.301</f>
         <v>0.76863950807071491</v>
       </c>
-      <c r="AB12" s="109">
+      <c r="Z12" s="201">
         <f>1/1.326</f>
         <v>0.75414781297134237</v>
       </c>
-      <c r="AC12" s="101">
+      <c r="AA12" s="200">
         <f>1/1.35</f>
         <v>0.7407407407407407</v>
       </c>
-      <c r="AD12" s="136">
+      <c r="AB12" s="202">
         <f>1/1.438</f>
         <v>0.69541029207232274</v>
       </c>
-      <c r="AE12" s="101">
+      <c r="AC12" s="200">
         <f>1/1.37</f>
         <v>0.72992700729927007</v>
       </c>
-      <c r="AF12" s="110"/>
-[...5 lines deleted...]
-      <c r="J13" s="61"/>
+      <c r="AD12" s="128">
+        <f>1/1.369</f>
+        <v>0.73046018991964934</v>
+      </c>
+      <c r="AE12" s="97">
+        <f>1/1.3973</f>
+        <v>0.7156659271452086</v>
+      </c>
+      <c r="AF12" s="104"/>
+    </row>
+    <row r="13" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="77" t="s">
+        <v>71</v>
+      </c>
+      <c r="J13" s="60"/>
       <c r="M13" s="7" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="N13" s="7" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="O13" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" s="7">
+        <f>P12+1</f>
+        <v>2020</v>
+      </c>
+      <c r="Q13" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="P13" s="7">
-[...5 lines deleted...]
-      <c r="R13" s="90">
+      <c r="R13" s="203">
         <v>1</v>
       </c>
-      <c r="S13" s="84">
+      <c r="S13" s="204">
         <v>1</v>
       </c>
-      <c r="T13" s="90">
+      <c r="T13" s="203">
         <v>1</v>
       </c>
-      <c r="U13" s="84">
+      <c r="U13" s="204">
         <v>1</v>
       </c>
-      <c r="V13" s="90">
+      <c r="V13" s="203">
         <v>1</v>
       </c>
-      <c r="W13" s="84">
+      <c r="W13" s="204">
         <v>1</v>
       </c>
-      <c r="X13" s="90">
+      <c r="X13" s="203">
         <v>1</v>
       </c>
-      <c r="Y13" s="84">
+      <c r="Y13" s="205">
         <v>1</v>
       </c>
-      <c r="Z13" s="90">
+      <c r="Z13" s="203">
         <v>1</v>
       </c>
-      <c r="AA13" s="103">
+      <c r="AA13" s="205">
         <v>1</v>
       </c>
-      <c r="AB13" s="90">
+      <c r="AB13" s="203">
         <v>1</v>
       </c>
-      <c r="AC13" s="103">
+      <c r="AC13" s="205">
         <v>1</v>
       </c>
-      <c r="AD13" s="90">
+      <c r="AD13" s="151">
         <v>1</v>
       </c>
-      <c r="AE13" s="103">
+      <c r="AE13" s="152">
         <v>1</v>
       </c>
-      <c r="AF13" s="91"/>
-[...5 lines deleted...]
-      <c r="J14" s="61"/>
+      <c r="AF13" s="87"/>
+    </row>
+    <row r="14" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="77" t="s">
+        <v>69</v>
+      </c>
+      <c r="J14" s="60"/>
       <c r="M14" s="7" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="P14" s="7">
-        <v>2020</v>
+        <f t="shared" ref="P14:P18" si="0">P13+1</f>
+        <v>2021</v>
       </c>
       <c r="S14" s="9"/>
       <c r="T14" s="9"/>
       <c r="U14" s="9"/>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
       <c r="Z14" s="9"/>
       <c r="AA14" s="9"/>
       <c r="AB14" s="9"/>
       <c r="AC14" s="9"/>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
     </row>
-    <row r="15" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-      <c r="J15" s="61"/>
+    <row r="15" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="J15" s="60"/>
       <c r="P15" s="7">
-        <v>2021</v>
+        <f t="shared" si="0"/>
+        <v>2022</v>
       </c>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
       <c r="Y15" s="9"/>
       <c r="Z15" s="9"/>
       <c r="AA15" s="9"/>
       <c r="AB15" s="9"/>
       <c r="AC15" s="9"/>
       <c r="AD15" s="9"/>
       <c r="AE15" s="9"/>
     </row>
-    <row r="16" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-      <c r="J16" s="61"/>
+    <row r="16" spans="1:32" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="J16" s="60"/>
       <c r="P16" s="7">
-        <v>2022</v>
+        <f t="shared" si="0"/>
+        <v>2023</v>
       </c>
       <c r="S16" s="9"/>
       <c r="T16" s="9"/>
       <c r="U16" s="9"/>
       <c r="V16" s="9"/>
       <c r="W16" s="9"/>
       <c r="X16" s="9"/>
       <c r="Y16" s="9"/>
       <c r="Z16" s="9"/>
       <c r="AA16" s="9"/>
       <c r="AB16" s="9"/>
       <c r="AC16" s="9"/>
       <c r="AD16" s="9"/>
       <c r="AE16" s="9"/>
     </row>
-    <row r="17" spans="1:22" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="J17" s="61"/>
+    <row r="17" spans="1:22" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="G17" s="61"/>
+      <c r="J17" s="60"/>
       <c r="P17" s="7">
-        <v>2023</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:22" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="P18" s="7">
-        <v>2024</v>
-[...21 lines deleted...]
-    <row r="26" spans="1:22" x14ac:dyDescent="0.25">
+        <f t="shared" si="0"/>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" s="7" customFormat="1" hidden="1" x14ac:dyDescent="0.3"/>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="I21" s="120"/>
+      <c r="J21" s="120"/>
+      <c r="K21" s="130"/>
+      <c r="N21" s="130"/>
+      <c r="O21" s="130"/>
+    </row>
+    <row r="22" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="P22" s="121" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="C24" s="54" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="C25" s="84" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" s="84"/>
+      <c r="E25" s="84"/>
+      <c r="R25" s="64"/>
+    </row>
+    <row r="26" spans="1:22" x14ac:dyDescent="0.3">
       <c r="C26" s="2" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-        <v>122</v>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22" ht="103.2" x14ac:dyDescent="0.3">
+      <c r="B29" s="126" t="s">
+        <v>116</v>
       </c>
       <c r="C29" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" s="25" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="127" t="s">
+        <v>130</v>
+      </c>
+      <c r="F29" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="G29" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="H29" s="114" t="s">
+        <v>114</v>
+      </c>
+      <c r="I29" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="J29" s="26" t="s">
         <v>26</v>
       </c>
-      <c r="D29" s="25" t="s">
-[...14 lines deleted...]
-      <c r="I29" s="26" t="s">
+      <c r="K29" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="J29" s="26" t="s">
+      <c r="L29" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="K29" s="26" t="s">
+      <c r="M29" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="L29" s="26" t="s">
+      <c r="N29" s="26" t="s">
         <v>30</v>
       </c>
-      <c r="M29" s="26" t="s">
+      <c r="O29" s="26" t="s">
         <v>31</v>
       </c>
-      <c r="N29" s="26" t="s">
+      <c r="P29" s="26" t="s">
         <v>32</v>
       </c>
-      <c r="O29" s="26" t="s">
+      <c r="Q29" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="P29" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R29" s="30"/>
-      <c r="V29" s="39"/>
-[...12 lines deleted...]
-      <c r="E30" s="119">
+      <c r="V29" s="38"/>
+    </row>
+    <row r="30" spans="1:22" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="62"/>
+      <c r="B30" s="181" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" s="188" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" s="188" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" s="111">
         <v>123456</v>
       </c>
-      <c r="F30" s="164">
-[...11 lines deleted...]
-      <c r="J30" s="113">
+      <c r="F30" s="173">
+        <v>2025</v>
+      </c>
+      <c r="G30" s="173" t="s">
+        <v>83</v>
+      </c>
+      <c r="H30" s="183" t="s">
+        <v>68</v>
+      </c>
+      <c r="I30" s="186">
+        <v>45731</v>
+      </c>
+      <c r="J30" s="105">
         <v>15750</v>
       </c>
-      <c r="K30" s="113">
+      <c r="K30" s="105">
         <v>18000</v>
       </c>
-      <c r="L30" s="113">
+      <c r="L30" s="105">
         <v>250</v>
       </c>
-      <c r="M30" s="113">
+      <c r="M30" s="105">
         <v>125</v>
       </c>
-      <c r="N30" s="113">
-[...5 lines deleted...]
-      <c r="P30" s="113">
+      <c r="N30" s="105">
+        <v>0</v>
+      </c>
+      <c r="O30" s="105">
+        <v>0</v>
+      </c>
+      <c r="P30" s="105">
         <v>6500</v>
       </c>
-      <c r="Q30" s="114">
+      <c r="Q30" s="106">
         <v>5000</v>
       </c>
       <c r="R30" s="30"/>
-      <c r="V30" s="39"/>
-[...11 lines deleted...]
-      <c r="J31" s="108">
+      <c r="V30" s="38"/>
+    </row>
+    <row r="31" spans="1:22" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="63"/>
+      <c r="B31" s="182"/>
+      <c r="C31" s="189"/>
+      <c r="D31" s="189"/>
+      <c r="E31" s="112"/>
+      <c r="F31" s="174"/>
+      <c r="G31" s="174"/>
+      <c r="H31" s="178"/>
+      <c r="I31" s="187"/>
+      <c r="J31" s="103">
         <f>IF(AND(C30=$N$12,F30=$P$12,G30=$Q$12),J30*#REF!,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$12),J30*$R$12,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$12),J30*$T$12,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$12),J30*$V$12,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$12),J30*$X$12,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$12),J30*$Z$12,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$12),J30*$AB$12,IF(AND(C30=$N$12,F30=$P$12,G30=$Q$13),J30*#REF!,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$13),J30*$R$13,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$13),J30*$T$13,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$13),J30*$V$13,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$13),J30*$X$13,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$13),J30*$Z$13,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$13),J30*$AB$13,"N/A"))))))))))))))</f>
-        <v>11877.828054298643</v>
-[...1 lines deleted...]
-      <c r="K31" s="108">
+        <v>10952.712100139082</v>
+      </c>
+      <c r="K31" s="103">
         <f>IF(AND(C30=$N$12,F30=$P$12,G30=$Q$12),K30*$R$12,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$12),K30*$T$12,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$12),K30*$V$12,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$12),K30*$X$12,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$12),K30*$Z$12,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$12),K30*$AB$12,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$12),K30*$AD$12,IF(AND(C30=$N$12,F30=$P$12,G30=$Q$13),K30*$R$13,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$13),K30*$T$13,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$13),K30*$V$13,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$13),K30*$X$13,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$13),K30*$Z$13,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$13),K30*$AB$13,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$13),K30*$AD$13,"N/A"))))))))))))))</f>
-        <v>12517.38525730181</v>
-[...1 lines deleted...]
-      <c r="L31" s="108">
+        <v>13148.283418553689</v>
+      </c>
+      <c r="L31" s="103">
         <f>IF(AND(F30=$P$12,G30=$Q$12),L30*$S$12,IF(AND(F30=$P$13,G30=$Q$12),L30*$U$12,IF(AND(F30=$P$14,G30=$Q$12),L30*$W$12,IF(AND(F30=$P$15,G30=$Q$12),L30*$Y$12,IF(AND(F30=$P$16,G30=$Q$12),L30*$AA$12,IF(AND(F30=$P$17,G30=$Q$12),L30*$AC$12,IF(AND(F30=$P$18,G30=$Q$12),L30*$AE$12,IF(AND(F30=$P$12,G30=$Q$13),L30*$S$13,IF(AND(F30=$P$13,G30=$Q$13),L30*$U$13,IF(AND(F30=$P$14,G30=$Q$13),L30*$W$13,IF(AND(F30=$P$15,G30=$Q$13),L30*$Y$13,IF(AND(F30=$P$16,G30=$Q$13),L30*$AA$13,IF(AND(F30=$P$17,G30=$Q$13),L30*$AC$13,IF(AND(F30=$P$18,G30=$Q$13),L30*$AE$13,0))))))))))))))</f>
-        <v>182.48175182481751</v>
-[...1 lines deleted...]
-      <c r="M31" s="108">
+        <v>178.91648178630214</v>
+      </c>
+      <c r="M31" s="103">
         <f>IF(AND(F30=$P$12,G30=$Q$12),M30*$S$12,IF(AND(F30=$P$13,G30=$Q$12),M30*$U$12,IF(AND(F30=$P$14,G30=$Q$12),M30*$W$12,IF(AND(F30=$P$15,G30=$Q$12),M30*$Y$12,IF(AND(F30=$P$16,G30=$Q$12),M30*$AA$12,IF(AND(F30=$P$17,G30=$Q$12),M30*$AC$12,IF(AND(F30=$P$18,G30=$Q$12),M30*$AE$12,IF(AND(F30=$P$12,G30=$Q$13),M30*$S$13,IF(AND(F30=$P$13,G30=$Q$13),M30*$U$13,IF(AND(F30=$P$14,G30=$Q$13),M30*$W$13,IF(AND(F30=$P$15,G30=$Q$13),M30*$Y$13,IF(AND(F30=$P$16,G30=$Q$13),M30*$AA$13,IF(AND(F30=$P$17,G30=$Q$13),M30*$AC$13,IF(AND(F30=$P$18,G30=$Q$13),M30*$AE$13,0))))))))))))))</f>
-        <v>91.240875912408754</v>
-[...1 lines deleted...]
-      <c r="N31" s="108">
+        <v>89.458240893151071</v>
+      </c>
+      <c r="N31" s="103">
         <f>IF(AND(F30=$P$12,G30=$Q$12),N30*$S$12,IF(AND(F30=$P$13,G30=$Q$12),N30*$U$12,IF(AND(F30=$P$14,G30=$Q$12),N30*$W$12,IF(AND(F30=$P$15,G30=$Q$12),N30*$Y$12,IF(AND(F30=$P$16,G30=$Q$12),N30*$AA$12,IF(AND(F30=$P$17,G30=$Q$12),N30*$AC$12,IF(AND(F30=$P$18,G30=$Q$12),N30*$AE$12,IF(AND(F30=$P$12,G30=$Q$13),N30*$S$13,IF(AND(F30=$P$13,G30=$Q$13),N30*$U$13,IF(AND(F30=$P$14,G30=$Q$13),N30*$W$13,IF(AND(F30=$P$15,G30=$Q$13),N30*$Y$13,IF(AND(F30=$P$16,G30=$Q$13),N30*$AA$13,IF(AND(F30=$P$17,G30=$Q$13),N30*$AC$13,IF(AND(F30=$P$18,G30=$Q$13),N30*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O31" s="108" t="str">
+      <c r="O31" s="103" t="str">
         <f>IF(AND(C30=$N$13,F30=$P$12,G30=$Q$12),O30*$U$12,IF(AND(C30=$N$13,F30=$P$13,G30=$Q$12),O30*$W$12,IF(AND(C30=$N$13,F30=$P$14,G30=$Q$12),O30*$Y$12,IF(AND(C30=$N$13,F30=$P$15,G30=$Q$12),O30*$AA$12,IF(AND(C30=$N$13,F30=$P$16,G30=$Q$12),O30*$AC$12,IF(AND(C30=$N$13,F30=$P$17,G30=$Q$12),O30*$AE$12,IF(AND(C30=$N$13,F30=$P$18,G30=$Q$12),O30*#REF!,IF(AND(C30=$N$13,F30=$P$12,G30=$Q$13),O30*$U$13,IF(AND(C30=$N$13,F30=$P$13,G30=$Q$13),O30*$W$13,IF(AND(C30=$N$13,F30=$P$14,G30=$Q$13),O30*$Y$13,IF(AND(C30=$N$13,F30=$P$15,G30=$Q$13),O30*$AA$13,IF(AND(C30=$N$13,F30=$P$16,G30=$Q$13),O30*$AC$13,IF(AND(C30=$N$13,F30=$P$17,G30=$Q$13),O30*$AE$13,IF(AND(C30=$N$13,F30=$P$18,G30=$Q$13),O30*#REF!,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P31" s="108">
+      <c r="P31" s="103">
         <f>IF(AND(C30=$N$12,F30=$P$12,G30=$Q$12),P30*$S$12,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$12),P30*$U$12,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$12),P30*$W$12,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$12),P30*$Y$12,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$12),P30*$AA$12,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$12),P30*$AC$12,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$12),P30*$AE$12,IF(AND(C30=$N$12,F30=$P$12,G30=$Q$13),P30*$S$13,IF(AND(C30=$N$12,F30=$P$13,G30=$Q$13),P30*$U$13,IF(AND(C30=$N$12,F30=$P$14,G30=$Q$13),P30*$W$13,IF(AND(C30=$N$12,F30=$P$15,G30=$Q$13),P30*$Y$13,IF(AND(C30=$N$12,F30=$P$16,G30=$Q$13),P30*$AA$13,IF(AND(C30=$N$12,F30=$P$17,G30=$Q$13),P30*$AC$13,IF(AND(C30=$N$12,F30=$P$18,G30=$Q$13),P30*$AE$13,"N/A"))))))))))))))</f>
-        <v>4744.5255474452551</v>
-[...1 lines deleted...]
-      <c r="Q31" s="108">
+        <v>4651.8285264438555</v>
+      </c>
+      <c r="Q31" s="103">
         <f>IF(AND(F30=$P$12,G30=$Q$12),Q30*$S$12,IF(AND(F30=$P$13,G30=$Q$12),Q30*$U$12,IF(AND(F30=$P$14,G30=$Q$12),Q30*$W$12,IF(AND(F30=$P$15,G30=$Q$12),Q30*$Y$12,IF(AND(F30=$P$16,G30=$Q$12),Q30*$AA$12,IF(AND(F30=$P$17,G30=$Q$12),Q30*$AC$12,IF(AND(F30=$P$18,G30=$Q$12),Q30*$AE$12,IF(AND(F30=$P$12,G30=$Q$13),Q30*$S$13,IF(AND(F30=$P$13,G30=$Q$13),Q30*$U$13,IF(AND(F30=$P$14,G30=$Q$13),Q30*$W$13,IF(AND(F30=$P$15,G30=$Q$13),Q30*$Y$13,IF(AND(F30=$P$16,G30=$Q$13),Q30*$AA$13,IF(AND(F30=$P$17,G30=$Q$13),Q30*$AC$13,IF(AND(F30=$P$18,G30=$Q$13),Q30*$AE$13,0))))))))))))))</f>
-        <v>3649.6350364963505</v>
+        <v>3578.3296357260429</v>
       </c>
       <c r="R31" s="30"/>
-      <c r="V31" s="39"/>
-[...2 lines deleted...]
-      <c r="A32" s="158">
+      <c r="V31" s="38"/>
+    </row>
+    <row r="32" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A32" s="167">
         <v>1</v>
       </c>
-      <c r="B32" s="158"/>
-[...27 lines deleted...]
-      <c r="J33" s="137" t="str">
+      <c r="B32" s="167"/>
+      <c r="C32" s="169"/>
+      <c r="D32" s="157"/>
+      <c r="E32" s="157"/>
+      <c r="F32" s="157"/>
+      <c r="G32" s="157"/>
+      <c r="H32" s="157"/>
+      <c r="I32" s="157"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="43"/>
+      <c r="P32" s="43"/>
+      <c r="Q32" s="43"/>
+      <c r="R32" s="41"/>
+    </row>
+    <row r="33" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="168"/>
+      <c r="B33" s="168"/>
+      <c r="C33" s="170"/>
+      <c r="D33" s="158"/>
+      <c r="E33" s="158"/>
+      <c r="F33" s="158"/>
+      <c r="G33" s="158"/>
+      <c r="H33" s="158"/>
+      <c r="I33" s="158"/>
+      <c r="J33" s="129" t="str">
         <f>IF(AND(C32=$N$12,F32=$P$12,G32=$Q$12),J32*$R$12,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$12),J32*$R$12,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$12),J32*$T$12,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$12),J32*$V$12,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$12),J32*$X$12,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$12),J32*$Z$12,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$12),J32*$AB$12,IF(AND(C32=$N$12,F32=$P$12,G32=$Q$13),J32*#REF!,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$13),J32*$R$13,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$13),J32*$T$13,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$13),J32*$V$13,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$13),J32*$X$13,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$13),J32*$Z$13,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$13),J32*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K33" s="137" t="str">
+      <c r="K33" s="129" t="str">
         <f>IF(AND(C32=$N$12,F32=$P$12,G32=$Q$12),K32*$R$12,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$12),K32*$T$12,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$12),K32*$V$12,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$12),K32*$X$12,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$12),K32*$Z$12,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$12),K32*$AB$12,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$12),K32*$AD$12,IF(AND(C32=$N$12,F32=$P$12,G32=$Q$13),K32*$R$13,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$13),K32*$T$13,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$13),K32*$V$13,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$13),K32*$X$13,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$13),K32*$Z$13,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$13),K32*$AB$13,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$13),K32*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L33" s="137">
+      <c r="L33" s="129">
         <f>IF(AND(F32=$P$12,G32=$Q$12),L32*$S$12,IF(AND(F32=$P$13,G32=$Q$12),L32*$U$12,IF(AND(F32=$P$14,G32=$Q$12),L32*$W$12,IF(AND(F32=$P$15,G32=$Q$12),L32*$Y$12,IF(AND(F32=$P$16,G32=$Q$12),L32*$AA$12,IF(AND(F32=$P$17,G32=$Q$12),L32*$AC$12,IF(AND(F32=$P$18,G32=$Q$12),L32*$AE$12,IF(AND(F32=$P$12,G32=$Q$13),L32*$S$13,IF(AND(F32=$P$13,G32=$Q$13),L32*$U$13,IF(AND(F32=$P$14,G32=$Q$13),L32*$W$13,IF(AND(F32=$P$15,G32=$Q$13),L32*$Y$13,IF(AND(F32=$P$16,G32=$Q$13),L32*$AA$13,IF(AND(F32=$P$17,G32=$Q$13),L32*$AC$13,IF(AND(F32=$P$18,G32=$Q$13),L32*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M33" s="137">
+      <c r="M33" s="129">
         <f>IF(AND(F32=$P$12,G32=$Q$12),M32*$S$12,IF(AND(F32=$P$13,G32=$Q$12),M32*$U$12,IF(AND(F32=$P$14,G32=$Q$12),M32*$W$12,IF(AND(F32=$P$15,G32=$Q$12),M32*$Y$12,IF(AND(F32=$P$16,G32=$Q$12),M32*$AA$12,IF(AND(F32=$P$17,G32=$Q$12),M32*$AC$12,IF(AND(F32=$P$18,G32=$Q$12),M32*$AE$12,IF(AND(F32=$P$12,G32=$Q$13),M32*$S$13,IF(AND(F32=$P$13,G32=$Q$13),M32*$U$13,IF(AND(F32=$P$14,G32=$Q$13),M32*$W$13,IF(AND(F32=$P$15,G32=$Q$13),M32*$Y$13,IF(AND(F32=$P$16,G32=$Q$13),M32*$AA$13,IF(AND(F32=$P$17,G32=$Q$13),M32*$AC$13,IF(AND(F32=$P$18,G32=$Q$13),M32*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N33" s="137">
+      <c r="N33" s="129">
         <f>IF(AND(F32=$P$12,G32=$Q$12),N32*$S$12,IF(AND(F32=$P$13,G32=$Q$12),N32*$U$12,IF(AND(F32=$P$14,G32=$Q$12),N32*$W$12,IF(AND(F32=$P$15,G32=$Q$12),N32*$Y$12,IF(AND(F32=$P$16,G32=$Q$12),N32*$AA$12,IF(AND(F32=$P$17,G32=$Q$12),N32*$AC$12,IF(AND(F32=$P$18,G32=$Q$12),N32*$AE$12,IF(AND(F32=$P$12,G32=$Q$13),N32*$S$13,IF(AND(F32=$P$13,G32=$Q$13),N32*$U$13,IF(AND(F32=$P$14,G32=$Q$13),N32*$W$13,IF(AND(F32=$P$15,G32=$Q$13),N32*$Y$13,IF(AND(F32=$P$16,G32=$Q$13),N32*$AA$13,IF(AND(F32=$P$17,G32=$Q$13),N32*$AC$13,IF(AND(F32=$P$18,G32=$Q$13),N32*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O33" s="137" t="str">
+      <c r="O33" s="129" t="str">
         <f>IF(AND(C32=$N$13,F32=$P$12,G32=$Q$12),O32*$S$12,IF(AND(C32=$N$13,F32=$P$13,G32=$Q$12),O32*$U$12,IF(AND(C32=$N$13,F32=$P$14,G32=$Q$12),O32*$W$12,IF(AND(C32=$N$13,F32=$P$15,G32=$Q$12),O32*$Y$12,IF(AND(C32=$N$13,F32=$P$16,G32=$Q$12),O32*$AA$12,IF(AND(C32=$N$13,F32=$P$17,G32=$Q$12),O32*$AC$12,IF(AND(C32=$N$13,F32=$P$18,G32=$Q$12),O32*$AE$12,IF(AND(C32=$N$13,F32=$P$12,G32=$Q$13),O32*$S$13,IF(AND(C32=$N$13,F32=$P$13,G32=$Q$13),O32*$U$13,IF(AND(C32=$N$13,F32=$P$14,G32=$Q$13),O32*$W$13,IF(AND(C32=$N$13,F32=$P$15,G32=$Q$13),O32*$Y$13,IF(AND(C32=$N$13,F32=$P$16,G32=$Q$13),O32*$AA$13,IF(AND(C32=$N$13,F32=$P$17,G32=$Q$13),O32*$AC$13,IF(AND(C32=$N$13,F32=$P$18,G32=$Q$13),O32*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P33" s="137" t="str">
+      <c r="P33" s="129" t="str">
         <f>IF(AND(C32=$N$12,F32=$P$12,G32=$Q$12),P32*$S$12,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$12),P32*$U$12,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$12),P32*$W$12,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$12),P32*$Y$12,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$12),P32*$AA$12,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$12),P32*$AC$12,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$12),P32*$AE$12,IF(AND(C32=$N$12,F32=$P$12,G32=$Q$13),P32*$S$13,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$13),P32*$U$13,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$13),P32*$W$13,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$13),P32*$Y$13,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$13),P32*$AA$13,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$13),P32*$AC$13,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$13),P32*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q33" s="137" t="str">
+      <c r="Q33" s="129" t="str">
         <f>IF(AND(C32=$N$12,F32=$P$12,G32=$Q$12),Q32*$S$12,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$12),Q32*$U$12,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$12),Q32*$W$12,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$12),Q32*$Y$12,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$12),Q32*$AA$12,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$12),Q32*$AC$12,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$12),Q32*$AE$12,IF(AND(C32=$N$12,F32=$P$12,G32=$Q$13),Q32*$S$13,IF(AND(C32=$N$12,F32=$P$13,G32=$Q$13),Q32*$U$13,IF(AND(C32=$N$12,F32=$P$14,G32=$Q$13),Q32*$W$13,IF(AND(C32=$N$12,F32=$P$15,G32=$Q$13),Q32*$Y$13,IF(AND(C32=$N$12,F32=$P$16,G32=$Q$13),Q32*$AA$13,IF(AND(C32=$N$12,F32=$P$17,G32=$Q$13),Q32*$AC$13,IF(AND(C32=$N$12,F32=$P$18,G32=$Q$13),Q32*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R33" s="43"/>
-[...2 lines deleted...]
-      <c r="A34" s="150">
+      <c r="R33" s="42"/>
+    </row>
+    <row r="34" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A34" s="159">
         <v>2</v>
       </c>
-      <c r="B34" s="158"/>
-[...27 lines deleted...]
-      <c r="J35" s="137" t="str">
+      <c r="B34" s="167"/>
+      <c r="C34" s="169"/>
+      <c r="D34" s="157"/>
+      <c r="E34" s="157"/>
+      <c r="F34" s="157"/>
+      <c r="G34" s="157"/>
+      <c r="H34" s="157"/>
+      <c r="I34" s="157"/>
+      <c r="J34" s="43"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="41"/>
+    </row>
+    <row r="35" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="160"/>
+      <c r="B35" s="168"/>
+      <c r="C35" s="170"/>
+      <c r="D35" s="158"/>
+      <c r="E35" s="158"/>
+      <c r="F35" s="158"/>
+      <c r="G35" s="158"/>
+      <c r="H35" s="158"/>
+      <c r="I35" s="158"/>
+      <c r="J35" s="129" t="str">
         <f>IF(AND(C34=$N$12,F34=$P$12,G34=$Q$12),J34*$R$12,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$12),J34*$R$12,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$12),J34*$T$12,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$12),J34*$V$12,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$12),J34*$X$12,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$12),J34*$Z$12,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$12),J34*$AB$12,IF(AND(C34=$N$12,F34=$P$12,G34=$Q$13),J34*#REF!,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$13),J34*$R$13,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$13),J34*$T$13,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$13),J34*$V$13,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$13),J34*$X$13,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$13),J34*$Z$13,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$13),J34*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K35" s="137" t="str">
+      <c r="K35" s="129" t="str">
         <f>IF(AND(C34=$N$12,F34=$P$12,G34=$Q$12),K34*$R$12,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$12),K34*$T$12,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$12),K34*$V$12,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$12),K34*$X$12,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$12),K34*$Z$12,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$12),K34*$AB$12,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$12),K34*$AD$12,IF(AND(C34=$N$12,F34=$P$12,G34=$Q$13),K34*$R$13,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$13),K34*$T$13,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$13),K34*$V$13,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$13),K34*$X$13,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$13),K34*$Z$13,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$13),K34*$AB$13,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$13),K34*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L35" s="137">
+      <c r="L35" s="129">
         <f>IF(AND(F34=$P$12,G34=$Q$12),L34*$S$12,IF(AND(F34=$P$13,G34=$Q$12),L34*$U$12,IF(AND(F34=$P$14,G34=$Q$12),L34*$W$12,IF(AND(F34=$P$15,G34=$Q$12),L34*$Y$12,IF(AND(F34=$P$16,G34=$Q$12),L34*$AA$12,IF(AND(F34=$P$17,G34=$Q$12),L34*$AC$12,IF(AND(F34=$P$18,G34=$Q$12),L34*$AE$12,IF(AND(F34=$P$12,G34=$Q$13),L34*$S$13,IF(AND(F34=$P$13,G34=$Q$13),L34*$U$13,IF(AND(F34=$P$14,G34=$Q$13),L34*$W$13,IF(AND(F34=$P$15,G34=$Q$13),L34*$Y$13,IF(AND(F34=$P$16,G34=$Q$13),L34*$AA$13,IF(AND(F34=$P$17,G34=$Q$13),L34*$AC$13,IF(AND(F34=$P$18,G34=$Q$13),L34*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M35" s="137">
+      <c r="M35" s="129">
         <f>IF(AND(F34=$P$12,G34=$Q$12),M34*$S$12,IF(AND(F34=$P$13,G34=$Q$12),M34*$U$12,IF(AND(F34=$P$14,G34=$Q$12),M34*$W$12,IF(AND(F34=$P$15,G34=$Q$12),M34*$Y$12,IF(AND(F34=$P$16,G34=$Q$12),M34*$AA$12,IF(AND(F34=$P$17,G34=$Q$12),M34*$AC$12,IF(AND(F34=$P$18,G34=$Q$12),M34*$AE$12,IF(AND(F34=$P$12,G34=$Q$13),M34*$S$13,IF(AND(F34=$P$13,G34=$Q$13),M34*$U$13,IF(AND(F34=$P$14,G34=$Q$13),M34*$W$13,IF(AND(F34=$P$15,G34=$Q$13),M34*$Y$13,IF(AND(F34=$P$16,G34=$Q$13),M34*$AA$13,IF(AND(F34=$P$17,G34=$Q$13),M34*$AC$13,IF(AND(F34=$P$18,G34=$Q$13),M34*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N35" s="137">
+      <c r="N35" s="129">
         <f>IF(AND(F34=$P$12,G34=$Q$12),N34*$S$12,IF(AND(F34=$P$13,G34=$Q$12),N34*$U$12,IF(AND(F34=$P$14,G34=$Q$12),N34*$W$12,IF(AND(F34=$P$15,G34=$Q$12),N34*$Y$12,IF(AND(F34=$P$16,G34=$Q$12),N34*$AA$12,IF(AND(F34=$P$17,G34=$Q$12),N34*$AC$12,IF(AND(F34=$P$18,G34=$Q$12),N34*$AE$12,IF(AND(F34=$P$12,G34=$Q$13),N34*$S$13,IF(AND(F34=$P$13,G34=$Q$13),N34*$U$13,IF(AND(F34=$P$14,G34=$Q$13),N34*$W$13,IF(AND(F34=$P$15,G34=$Q$13),N34*$Y$13,IF(AND(F34=$P$16,G34=$Q$13),N34*$AA$13,IF(AND(F34=$P$17,G34=$Q$13),N34*$AC$13,IF(AND(F34=$P$18,G34=$Q$13),N34*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O35" s="137" t="str">
+      <c r="O35" s="129" t="str">
         <f>IF(AND(C34=$N$13,F34=$P$12,G34=$Q$12),O34*$S$12,IF(AND(C34=$N$13,F34=$P$13,G34=$Q$12),O34*$U$12,IF(AND(C34=$N$13,F34=$P$14,G34=$Q$12),O34*$W$12,IF(AND(C34=$N$13,F34=$P$15,G34=$Q$12),O34*$Y$12,IF(AND(C34=$N$13,F34=$P$16,G34=$Q$12),O34*$AA$12,IF(AND(C34=$N$13,F34=$P$17,G34=$Q$12),O34*$AC$12,IF(AND(C34=$N$13,F34=$P$18,G34=$Q$12),O34*$AE$12,IF(AND(C34=$N$13,F34=$P$12,G34=$Q$13),O34*$S$13,IF(AND(C34=$N$13,F34=$P$13,G34=$Q$13),O34*$U$13,IF(AND(C34=$N$13,F34=$P$14,G34=$Q$13),O34*$W$13,IF(AND(C34=$N$13,F34=$P$15,G34=$Q$13),O34*$Y$13,IF(AND(C34=$N$13,F34=$P$16,G34=$Q$13),O34*$AA$13,IF(AND(C34=$N$13,F34=$P$17,G34=$Q$13),O34*$AC$13,IF(AND(C34=$N$13,F34=$P$18,G34=$Q$13),O34*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P35" s="137" t="str">
+      <c r="P35" s="129" t="str">
         <f>IF(AND(C34=$N$12,F34=$P$12,G34=$Q$12),P34*$S$12,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$12),P34*$U$12,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$12),P34*$W$12,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$12),P34*$Y$12,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$12),P34*$AA$12,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$12),P34*$AC$12,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$12),P34*$AE$12,IF(AND(C34=$N$12,F34=$P$12,G34=$Q$13),P34*$S$13,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$13),P34*$U$13,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$13),P34*$W$13,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$13),P34*$Y$13,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$13),P34*$AA$13,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$13),P34*$AC$13,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$13),P34*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q35" s="137" t="str">
+      <c r="Q35" s="129" t="str">
         <f>IF(AND(C34=$N$12,F34=$P$12,G34=$Q$12),Q34*$S$12,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$12),Q34*$U$12,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$12),Q34*$W$12,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$12),Q34*$Y$12,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$12),Q34*$AA$12,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$12),Q34*$AC$12,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$12),Q34*$AE$12,IF(AND(C34=$N$12,F34=$P$12,G34=$Q$13),Q34*$S$13,IF(AND(C34=$N$12,F34=$P$13,G34=$Q$13),Q34*$U$13,IF(AND(C34=$N$12,F34=$P$14,G34=$Q$13),Q34*$W$13,IF(AND(C34=$N$12,F34=$P$15,G34=$Q$13),Q34*$Y$13,IF(AND(C34=$N$12,F34=$P$16,G34=$Q$13),Q34*$AA$13,IF(AND(C34=$N$12,F34=$P$17,G34=$Q$13),Q34*$AC$13,IF(AND(C34=$N$12,F34=$P$18,G34=$Q$13),Q34*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R35" s="43"/>
-[...2 lines deleted...]
-      <c r="A36" s="150">
+      <c r="R35" s="42"/>
+    </row>
+    <row r="36" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A36" s="159">
         <v>3</v>
       </c>
-      <c r="B36" s="158"/>
-[...27 lines deleted...]
-      <c r="J37" s="137" t="str">
+      <c r="B36" s="167"/>
+      <c r="C36" s="169"/>
+      <c r="D36" s="157"/>
+      <c r="E36" s="157"/>
+      <c r="F36" s="157"/>
+      <c r="G36" s="157"/>
+      <c r="H36" s="157"/>
+      <c r="I36" s="157"/>
+      <c r="J36" s="43"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="43"/>
+      <c r="M36" s="43"/>
+      <c r="N36" s="43"/>
+      <c r="O36" s="43"/>
+      <c r="P36" s="43"/>
+      <c r="Q36" s="43"/>
+      <c r="R36" s="41"/>
+    </row>
+    <row r="37" spans="1:18" ht="14.4" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="160"/>
+      <c r="B37" s="168"/>
+      <c r="C37" s="170"/>
+      <c r="D37" s="158"/>
+      <c r="E37" s="158"/>
+      <c r="F37" s="158"/>
+      <c r="G37" s="158"/>
+      <c r="H37" s="158"/>
+      <c r="I37" s="158"/>
+      <c r="J37" s="129" t="str">
         <f>IF(AND(C36=$N$12,F36=$P$12,G36=$Q$12),J36*$R$12,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$12),J36*$R$12,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$12),J36*$T$12,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$12),J36*$V$12,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$12),J36*$X$12,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$12),J36*$Z$12,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$12),J36*$AB$12,IF(AND(C36=$N$12,F36=$P$12,G36=$Q$13),J36*#REF!,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$13),J36*$R$13,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$13),J36*$T$13,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$13),J36*$V$13,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$13),J36*$X$13,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$13),J36*$Z$13,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$13),J36*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K37" s="137" t="str">
+      <c r="K37" s="129" t="str">
         <f>IF(AND(C36=$N$12,F36=$P$12,G36=$Q$12),K36*$R$12,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$12),K36*$T$12,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$12),K36*$V$12,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$12),K36*$X$12,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$12),K36*$Z$12,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$12),K36*$AB$12,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$12),K36*$AD$12,IF(AND(C36=$N$12,F36=$P$12,G36=$Q$13),K36*$R$13,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$13),K36*$T$13,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$13),K36*$V$13,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$13),K36*$X$13,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$13),K36*$Z$13,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$13),K36*$AB$13,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$13),K36*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L37" s="137">
+      <c r="L37" s="129">
         <f>IF(AND(F36=$P$12,G36=$Q$12),L36*$S$12,IF(AND(F36=$P$13,G36=$Q$12),L36*$U$12,IF(AND(F36=$P$14,G36=$Q$12),L36*$W$12,IF(AND(F36=$P$15,G36=$Q$12),L36*$Y$12,IF(AND(F36=$P$16,G36=$Q$12),L36*$AA$12,IF(AND(F36=$P$17,G36=$Q$12),L36*$AC$12,IF(AND(F36=$P$18,G36=$Q$12),L36*$AE$12,IF(AND(F36=$P$12,G36=$Q$13),L36*$S$13,IF(AND(F36=$P$13,G36=$Q$13),L36*$U$13,IF(AND(F36=$P$14,G36=$Q$13),L36*$W$13,IF(AND(F36=$P$15,G36=$Q$13),L36*$Y$13,IF(AND(F36=$P$16,G36=$Q$13),L36*$AA$13,IF(AND(F36=$P$17,G36=$Q$13),L36*$AC$13,IF(AND(F36=$P$18,G36=$Q$13),L36*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M37" s="137">
+      <c r="M37" s="129">
         <f>IF(AND(F36=$P$12,G36=$Q$12),M36*$S$12,IF(AND(F36=$P$13,G36=$Q$12),M36*$U$12,IF(AND(F36=$P$14,G36=$Q$12),M36*$W$12,IF(AND(F36=$P$15,G36=$Q$12),M36*$Y$12,IF(AND(F36=$P$16,G36=$Q$12),M36*$AA$12,IF(AND(F36=$P$17,G36=$Q$12),M36*$AC$12,IF(AND(F36=$P$18,G36=$Q$12),M36*$AE$12,IF(AND(F36=$P$12,G36=$Q$13),M36*$S$13,IF(AND(F36=$P$13,G36=$Q$13),M36*$U$13,IF(AND(F36=$P$14,G36=$Q$13),M36*$W$13,IF(AND(F36=$P$15,G36=$Q$13),M36*$Y$13,IF(AND(F36=$P$16,G36=$Q$13),M36*$AA$13,IF(AND(F36=$P$17,G36=$Q$13),M36*$AC$13,IF(AND(F36=$P$18,G36=$Q$13),M36*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N37" s="137">
+      <c r="N37" s="129">
         <f>IF(AND(F36=$P$12,G36=$Q$12),N36*$S$12,IF(AND(F36=$P$13,G36=$Q$12),N36*$U$12,IF(AND(F36=$P$14,G36=$Q$12),N36*$W$12,IF(AND(F36=$P$15,G36=$Q$12),N36*$Y$12,IF(AND(F36=$P$16,G36=$Q$12),N36*$AA$12,IF(AND(F36=$P$17,G36=$Q$12),N36*$AC$12,IF(AND(F36=$P$18,G36=$Q$12),N36*$AE$12,IF(AND(F36=$P$12,G36=$Q$13),N36*$S$13,IF(AND(F36=$P$13,G36=$Q$13),N36*$U$13,IF(AND(F36=$P$14,G36=$Q$13),N36*$W$13,IF(AND(F36=$P$15,G36=$Q$13),N36*$Y$13,IF(AND(F36=$P$16,G36=$Q$13),N36*$AA$13,IF(AND(F36=$P$17,G36=$Q$13),N36*$AC$13,IF(AND(F36=$P$18,G36=$Q$13),N36*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O37" s="137" t="str">
+      <c r="O37" s="129" t="str">
         <f>IF(AND(C36=$N$13,F36=$P$12,G36=$Q$12),O36*$S$12,IF(AND(C36=$N$13,F36=$P$13,G36=$Q$12),O36*$U$12,IF(AND(C36=$N$13,F36=$P$14,G36=$Q$12),O36*$W$12,IF(AND(C36=$N$13,F36=$P$15,G36=$Q$12),O36*$Y$12,IF(AND(C36=$N$13,F36=$P$16,G36=$Q$12),O36*$AA$12,IF(AND(C36=$N$13,F36=$P$17,G36=$Q$12),O36*$AC$12,IF(AND(C36=$N$13,F36=$P$18,G36=$Q$12),O36*$AE$12,IF(AND(C36=$N$13,F36=$P$12,G36=$Q$13),O36*$S$13,IF(AND(C36=$N$13,F36=$P$13,G36=$Q$13),O36*$U$13,IF(AND(C36=$N$13,F36=$P$14,G36=$Q$13),O36*$W$13,IF(AND(C36=$N$13,F36=$P$15,G36=$Q$13),O36*$Y$13,IF(AND(C36=$N$13,F36=$P$16,G36=$Q$13),O36*$AA$13,IF(AND(C36=$N$13,F36=$P$17,G36=$Q$13),O36*$AC$13,IF(AND(C36=$N$13,F36=$P$18,G36=$Q$13),O36*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P37" s="137" t="str">
+      <c r="P37" s="129" t="str">
         <f>IF(AND(C36=$N$12,F36=$P$12,G36=$Q$12),P36*$S$12,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$12),P36*$U$12,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$12),P36*$W$12,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$12),P36*$Y$12,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$12),P36*$AA$12,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$12),P36*$AC$12,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$12),P36*$AE$12,IF(AND(C36=$N$12,F36=$P$12,G36=$Q$13),P36*$S$13,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$13),P36*$U$13,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$13),P36*$W$13,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$13),P36*$Y$13,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$13),P36*$AA$13,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$13),P36*$AC$13,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$13),P36*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q37" s="137" t="str">
+      <c r="Q37" s="129" t="str">
         <f>IF(AND(C36=$N$12,F36=$P$12,G36=$Q$12),Q36*$S$12,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$12),Q36*$U$12,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$12),Q36*$W$12,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$12),Q36*$Y$12,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$12),Q36*$AA$12,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$12),Q36*$AC$12,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$12),Q36*$AE$12,IF(AND(C36=$N$12,F36=$P$12,G36=$Q$13),Q36*$S$13,IF(AND(C36=$N$12,F36=$P$13,G36=$Q$13),Q36*$U$13,IF(AND(C36=$N$12,F36=$P$14,G36=$Q$13),Q36*$W$13,IF(AND(C36=$N$12,F36=$P$15,G36=$Q$13),Q36*$Y$13,IF(AND(C36=$N$12,F36=$P$16,G36=$Q$13),Q36*$AA$13,IF(AND(C36=$N$12,F36=$P$17,G36=$Q$13),Q36*$AC$13,IF(AND(C36=$N$12,F36=$P$18,G36=$Q$13),Q36*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R37" s="43"/>
-[...2 lines deleted...]
-      <c r="A38" s="158">
+      <c r="R37" s="42"/>
+    </row>
+    <row r="38" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A38" s="167">
         <v>4</v>
       </c>
-      <c r="B38" s="158"/>
-[...27 lines deleted...]
-      <c r="J39" s="137" t="str">
+      <c r="B38" s="167"/>
+      <c r="C38" s="169"/>
+      <c r="D38" s="157"/>
+      <c r="E38" s="157"/>
+      <c r="F38" s="157"/>
+      <c r="G38" s="157"/>
+      <c r="H38" s="157"/>
+      <c r="I38" s="157"/>
+      <c r="J38" s="43"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="43"/>
+      <c r="M38" s="43"/>
+      <c r="N38" s="43"/>
+      <c r="O38" s="43"/>
+      <c r="P38" s="43"/>
+      <c r="Q38" s="43"/>
+      <c r="R38" s="41"/>
+    </row>
+    <row r="39" spans="1:18" ht="14.4" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="168"/>
+      <c r="B39" s="168"/>
+      <c r="C39" s="170"/>
+      <c r="D39" s="158"/>
+      <c r="E39" s="158"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="158"/>
+      <c r="H39" s="158"/>
+      <c r="I39" s="158"/>
+      <c r="J39" s="129" t="str">
         <f>IF(AND(C38=$N$12,F38=$P$12,G38=$Q$12),J38*$R$12,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$12),J38*$R$12,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$12),J38*$T$12,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$12),J38*$V$12,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$12),J38*$X$12,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$12),J38*$Z$12,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$12),J38*$AB$12,IF(AND(C38=$N$12,F38=$P$12,G38=$Q$13),J38*#REF!,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$13),J38*$R$13,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$13),J38*$T$13,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$13),J38*$V$13,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$13),J38*$X$13,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$13),J38*$Z$13,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$13),J38*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K39" s="137" t="str">
+      <c r="K39" s="129" t="str">
         <f>IF(AND(C38=$N$12,F38=$P$12,G38=$Q$12),K38*$R$12,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$12),K38*$T$12,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$12),K38*$V$12,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$12),K38*$X$12,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$12),K38*$Z$12,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$12),K38*$AB$12,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$12),K38*$AD$12,IF(AND(C38=$N$12,F38=$P$12,G38=$Q$13),K38*$R$13,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$13),K38*$T$13,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$13),K38*$V$13,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$13),K38*$X$13,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$13),K38*$Z$13,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$13),K38*$AB$13,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$13),K38*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L39" s="137">
+      <c r="L39" s="129">
         <f>IF(AND(F38=$P$12,G38=$Q$12),L38*$S$12,IF(AND(F38=$P$13,G38=$Q$12),L38*$U$12,IF(AND(F38=$P$14,G38=$Q$12),L38*$W$12,IF(AND(F38=$P$15,G38=$Q$12),L38*$Y$12,IF(AND(F38=$P$16,G38=$Q$12),L38*$AA$12,IF(AND(F38=$P$17,G38=$Q$12),L38*$AC$12,IF(AND(F38=$P$18,G38=$Q$12),L38*$AE$12,IF(AND(F38=$P$12,G38=$Q$13),L38*$S$13,IF(AND(F38=$P$13,G38=$Q$13),L38*$U$13,IF(AND(F38=$P$14,G38=$Q$13),L38*$W$13,IF(AND(F38=$P$15,G38=$Q$13),L38*$Y$13,IF(AND(F38=$P$16,G38=$Q$13),L38*$AA$13,IF(AND(F38=$P$17,G38=$Q$13),L38*$AC$13,IF(AND(F38=$P$18,G38=$Q$13),L38*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M39" s="137">
+      <c r="M39" s="129">
         <f>IF(AND(F38=$P$12,G38=$Q$12),M38*$S$12,IF(AND(F38=$P$13,G38=$Q$12),M38*$U$12,IF(AND(F38=$P$14,G38=$Q$12),M38*$W$12,IF(AND(F38=$P$15,G38=$Q$12),M38*$Y$12,IF(AND(F38=$P$16,G38=$Q$12),M38*$AA$12,IF(AND(F38=$P$17,G38=$Q$12),M38*$AC$12,IF(AND(F38=$P$18,G38=$Q$12),M38*$AE$12,IF(AND(F38=$P$12,G38=$Q$13),M38*$S$13,IF(AND(F38=$P$13,G38=$Q$13),M38*$U$13,IF(AND(F38=$P$14,G38=$Q$13),M38*$W$13,IF(AND(F38=$P$15,G38=$Q$13),M38*$Y$13,IF(AND(F38=$P$16,G38=$Q$13),M38*$AA$13,IF(AND(F38=$P$17,G38=$Q$13),M38*$AC$13,IF(AND(F38=$P$18,G38=$Q$13),M38*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N39" s="137">
+      <c r="N39" s="129">
         <f>IF(AND(F38=$P$12,G38=$Q$12),N38*$S$12,IF(AND(F38=$P$13,G38=$Q$12),N38*$U$12,IF(AND(F38=$P$14,G38=$Q$12),N38*$W$12,IF(AND(F38=$P$15,G38=$Q$12),N38*$Y$12,IF(AND(F38=$P$16,G38=$Q$12),N38*$AA$12,IF(AND(F38=$P$17,G38=$Q$12),N38*$AC$12,IF(AND(F38=$P$18,G38=$Q$12),N38*$AE$12,IF(AND(F38=$P$12,G38=$Q$13),N38*$S$13,IF(AND(F38=$P$13,G38=$Q$13),N38*$U$13,IF(AND(F38=$P$14,G38=$Q$13),N38*$W$13,IF(AND(F38=$P$15,G38=$Q$13),N38*$Y$13,IF(AND(F38=$P$16,G38=$Q$13),N38*$AA$13,IF(AND(F38=$P$17,G38=$Q$13),N38*$AC$13,IF(AND(F38=$P$18,G38=$Q$13),N38*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O39" s="137" t="str">
+      <c r="O39" s="129" t="str">
         <f>IF(AND(C38=$N$13,F38=$P$12,G38=$Q$12),O38*$S$12,IF(AND(C38=$N$13,F38=$P$13,G38=$Q$12),O38*$U$12,IF(AND(C38=$N$13,F38=$P$14,G38=$Q$12),O38*$W$12,IF(AND(C38=$N$13,F38=$P$15,G38=$Q$12),O38*$Y$12,IF(AND(C38=$N$13,F38=$P$16,G38=$Q$12),O38*$AA$12,IF(AND(C38=$N$13,F38=$P$17,G38=$Q$12),O38*$AC$12,IF(AND(C38=$N$13,F38=$P$18,G38=$Q$12),O38*$AE$12,IF(AND(C38=$N$13,F38=$P$12,G38=$Q$13),O38*$S$13,IF(AND(C38=$N$13,F38=$P$13,G38=$Q$13),O38*$U$13,IF(AND(C38=$N$13,F38=$P$14,G38=$Q$13),O38*$W$13,IF(AND(C38=$N$13,F38=$P$15,G38=$Q$13),O38*$Y$13,IF(AND(C38=$N$13,F38=$P$16,G38=$Q$13),O38*$AA$13,IF(AND(C38=$N$13,F38=$P$17,G38=$Q$13),O38*$AC$13,IF(AND(C38=$N$13,F38=$P$18,G38=$Q$13),O38*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P39" s="137" t="str">
+      <c r="P39" s="129" t="str">
         <f>IF(AND(C38=$N$12,F38=$P$12,G38=$Q$12),P38*$S$12,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$12),P38*$U$12,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$12),P38*$W$12,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$12),P38*$Y$12,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$12),P38*$AA$12,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$12),P38*$AC$12,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$12),P38*$AE$12,IF(AND(C38=$N$12,F38=$P$12,G38=$Q$13),P38*$S$13,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$13),P38*$U$13,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$13),P38*$W$13,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$13),P38*$Y$13,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$13),P38*$AA$13,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$13),P38*$AC$13,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$13),P38*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q39" s="137" t="str">
+      <c r="Q39" s="129" t="str">
         <f>IF(AND(C38=$N$12,F38=$P$12,G38=$Q$12),Q38*$S$12,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$12),Q38*$U$12,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$12),Q38*$W$12,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$12),Q38*$Y$12,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$12),Q38*$AA$12,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$12),Q38*$AC$12,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$12),Q38*$AE$12,IF(AND(C38=$N$12,F38=$P$12,G38=$Q$13),Q38*$S$13,IF(AND(C38=$N$12,F38=$P$13,G38=$Q$13),Q38*$U$13,IF(AND(C38=$N$12,F38=$P$14,G38=$Q$13),Q38*$W$13,IF(AND(C38=$N$12,F38=$P$15,G38=$Q$13),Q38*$Y$13,IF(AND(C38=$N$12,F38=$P$16,G38=$Q$13),Q38*$AA$13,IF(AND(C38=$N$12,F38=$P$17,G38=$Q$13),Q38*$AC$13,IF(AND(C38=$N$12,F38=$P$18,G38=$Q$13),Q38*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R39" s="43"/>
-[...2 lines deleted...]
-      <c r="A40" s="150">
+      <c r="R39" s="42"/>
+    </row>
+    <row r="40" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A40" s="159">
         <v>5</v>
       </c>
-      <c r="B40" s="158"/>
-[...27 lines deleted...]
-      <c r="J41" s="137" t="str">
+      <c r="B40" s="167"/>
+      <c r="C40" s="169"/>
+      <c r="D40" s="157"/>
+      <c r="E40" s="157"/>
+      <c r="F40" s="157"/>
+      <c r="G40" s="157"/>
+      <c r="H40" s="157"/>
+      <c r="I40" s="157"/>
+      <c r="J40" s="43"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43"/>
+      <c r="N40" s="43"/>
+      <c r="O40" s="43"/>
+      <c r="P40" s="43"/>
+      <c r="Q40" s="43"/>
+      <c r="R40" s="41"/>
+    </row>
+    <row r="41" spans="1:18" s="44" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="160"/>
+      <c r="B41" s="168"/>
+      <c r="C41" s="170"/>
+      <c r="D41" s="158"/>
+      <c r="E41" s="158"/>
+      <c r="F41" s="158"/>
+      <c r="G41" s="158"/>
+      <c r="H41" s="158"/>
+      <c r="I41" s="158"/>
+      <c r="J41" s="129" t="str">
         <f>IF(AND(C40=$N$12,F40=$P$12,G40=$Q$12),J40*$R$12,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$12),J40*$R$12,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$12),J40*$T$12,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$12),J40*$V$12,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$12),J40*$X$12,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$12),J40*$Z$12,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$12),J40*$AB$12,IF(AND(C40=$N$12,F40=$P$12,G40=$Q$13),J40*#REF!,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$13),J40*$R$13,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$13),J40*$T$13,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$13),J40*$V$13,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$13),J40*$X$13,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$13),J40*$Z$13,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$13),J40*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K41" s="137" t="str">
+      <c r="K41" s="129" t="str">
         <f>IF(AND(C40=$N$12,F40=$P$12,G40=$Q$12),K40*$R$12,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$12),K40*$T$12,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$12),K40*$V$12,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$12),K40*$X$12,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$12),K40*$Z$12,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$12),K40*$AB$12,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$12),K40*$AD$12,IF(AND(C40=$N$12,F40=$P$12,G40=$Q$13),K40*$R$13,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$13),K40*$T$13,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$13),K40*$V$13,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$13),K40*$X$13,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$13),K40*$Z$13,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$13),K40*$AB$13,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$13),K40*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L41" s="137">
+      <c r="L41" s="129">
         <f>IF(AND(F40=$P$12,G40=$Q$12),L40*$S$12,IF(AND(F40=$P$13,G40=$Q$12),L40*$U$12,IF(AND(F40=$P$14,G40=$Q$12),L40*$W$12,IF(AND(F40=$P$15,G40=$Q$12),L40*$Y$12,IF(AND(F40=$P$16,G40=$Q$12),L40*$AA$12,IF(AND(F40=$P$17,G40=$Q$12),L40*$AC$12,IF(AND(F40=$P$18,G40=$Q$12),L40*$AE$12,IF(AND(F40=$P$12,G40=$Q$13),L40*$S$13,IF(AND(F40=$P$13,G40=$Q$13),L40*$U$13,IF(AND(F40=$P$14,G40=$Q$13),L40*$W$13,IF(AND(F40=$P$15,G40=$Q$13),L40*$Y$13,IF(AND(F40=$P$16,G40=$Q$13),L40*$AA$13,IF(AND(F40=$P$17,G40=$Q$13),L40*$AC$13,IF(AND(F40=$P$18,G40=$Q$13),L40*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M41" s="137">
+      <c r="M41" s="129">
         <f>IF(AND(F40=$P$12,G40=$Q$12),M40*$S$12,IF(AND(F40=$P$13,G40=$Q$12),M40*$U$12,IF(AND(F40=$P$14,G40=$Q$12),M40*$W$12,IF(AND(F40=$P$15,G40=$Q$12),M40*$Y$12,IF(AND(F40=$P$16,G40=$Q$12),M40*$AA$12,IF(AND(F40=$P$17,G40=$Q$12),M40*$AC$12,IF(AND(F40=$P$18,G40=$Q$12),M40*$AE$12,IF(AND(F40=$P$12,G40=$Q$13),M40*$S$13,IF(AND(F40=$P$13,G40=$Q$13),M40*$U$13,IF(AND(F40=$P$14,G40=$Q$13),M40*$W$13,IF(AND(F40=$P$15,G40=$Q$13),M40*$Y$13,IF(AND(F40=$P$16,G40=$Q$13),M40*$AA$13,IF(AND(F40=$P$17,G40=$Q$13),M40*$AC$13,IF(AND(F40=$P$18,G40=$Q$13),M40*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N41" s="137">
+      <c r="N41" s="129">
         <f>IF(AND(F40=$P$12,G40=$Q$12),N40*$S$12,IF(AND(F40=$P$13,G40=$Q$12),N40*$U$12,IF(AND(F40=$P$14,G40=$Q$12),N40*$W$12,IF(AND(F40=$P$15,G40=$Q$12),N40*$Y$12,IF(AND(F40=$P$16,G40=$Q$12),N40*$AA$12,IF(AND(F40=$P$17,G40=$Q$12),N40*$AC$12,IF(AND(F40=$P$18,G40=$Q$12),N40*$AE$12,IF(AND(F40=$P$12,G40=$Q$13),N40*$S$13,IF(AND(F40=$P$13,G40=$Q$13),N40*$U$13,IF(AND(F40=$P$14,G40=$Q$13),N40*$W$13,IF(AND(F40=$P$15,G40=$Q$13),N40*$Y$13,IF(AND(F40=$P$16,G40=$Q$13),N40*$AA$13,IF(AND(F40=$P$17,G40=$Q$13),N40*$AC$13,IF(AND(F40=$P$18,G40=$Q$13),N40*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O41" s="137" t="str">
+      <c r="O41" s="129" t="str">
         <f>IF(AND(C40=$N$13,F40=$P$12,G40=$Q$12),O40*$S$12,IF(AND(C40=$N$13,F40=$P$13,G40=$Q$12),O40*$U$12,IF(AND(C40=$N$13,F40=$P$14,G40=$Q$12),O40*$W$12,IF(AND(C40=$N$13,F40=$P$15,G40=$Q$12),O40*$Y$12,IF(AND(C40=$N$13,F40=$P$16,G40=$Q$12),O40*$AA$12,IF(AND(C40=$N$13,F40=$P$17,G40=$Q$12),O40*$AC$12,IF(AND(C40=$N$13,F40=$P$18,G40=$Q$12),O40*$AE$12,IF(AND(C40=$N$13,F40=$P$12,G40=$Q$13),O40*$S$13,IF(AND(C40=$N$13,F40=$P$13,G40=$Q$13),O40*$U$13,IF(AND(C40=$N$13,F40=$P$14,G40=$Q$13),O40*$W$13,IF(AND(C40=$N$13,F40=$P$15,G40=$Q$13),O40*$Y$13,IF(AND(C40=$N$13,F40=$P$16,G40=$Q$13),O40*$AA$13,IF(AND(C40=$N$13,F40=$P$17,G40=$Q$13),O40*$AC$13,IF(AND(C40=$N$13,F40=$P$18,G40=$Q$13),O40*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P41" s="137" t="str">
+      <c r="P41" s="129" t="str">
         <f>IF(AND(C40=$N$12,F40=$P$12,G40=$Q$12),P40*$S$12,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$12),P40*$U$12,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$12),P40*$W$12,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$12),P40*$Y$12,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$12),P40*$AA$12,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$12),P40*$AC$12,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$12),P40*$AE$12,IF(AND(C40=$N$12,F40=$P$12,G40=$Q$13),P40*$S$13,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$13),P40*$U$13,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$13),P40*$W$13,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$13),P40*$Y$13,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$13),P40*$AA$13,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$13),P40*$AC$13,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$13),P40*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q41" s="137" t="str">
+      <c r="Q41" s="129" t="str">
         <f>IF(AND(C40=$N$12,F40=$P$12,G40=$Q$12),Q40*$S$12,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$12),Q40*$U$12,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$12),Q40*$W$12,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$12),Q40*$Y$12,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$12),Q40*$AA$12,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$12),Q40*$AC$12,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$12),Q40*$AE$12,IF(AND(C40=$N$12,F40=$P$12,G40=$Q$13),Q40*$S$13,IF(AND(C40=$N$12,F40=$P$13,G40=$Q$13),Q40*$U$13,IF(AND(C40=$N$12,F40=$P$14,G40=$Q$13),Q40*$W$13,IF(AND(C40=$N$12,F40=$P$15,G40=$Q$13),Q40*$Y$13,IF(AND(C40=$N$12,F40=$P$16,G40=$Q$13),Q40*$AA$13,IF(AND(C40=$N$12,F40=$P$17,G40=$Q$13),Q40*$AC$13,IF(AND(C40=$N$12,F40=$P$18,G40=$Q$13),Q40*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R41" s="43"/>
-[...2 lines deleted...]
-      <c r="A42" s="150">
+      <c r="R41" s="42"/>
+    </row>
+    <row r="42" spans="1:18" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="159">
         <v>6</v>
       </c>
-      <c r="B42" s="158"/>
-[...27 lines deleted...]
-      <c r="J43" s="137" t="str">
+      <c r="B42" s="167"/>
+      <c r="C42" s="169"/>
+      <c r="D42" s="157"/>
+      <c r="E42" s="157"/>
+      <c r="F42" s="157"/>
+      <c r="G42" s="157"/>
+      <c r="H42" s="157"/>
+      <c r="I42" s="157"/>
+      <c r="J42" s="43"/>
+      <c r="K42" s="43"/>
+      <c r="L42" s="43"/>
+      <c r="M42" s="43"/>
+      <c r="N42" s="43"/>
+      <c r="O42" s="43"/>
+      <c r="P42" s="43"/>
+      <c r="Q42" s="43"/>
+      <c r="R42" s="41"/>
+    </row>
+    <row r="43" spans="1:18" s="44" customFormat="1" ht="14.4" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="160"/>
+      <c r="B43" s="168"/>
+      <c r="C43" s="170"/>
+      <c r="D43" s="158"/>
+      <c r="E43" s="158"/>
+      <c r="F43" s="158"/>
+      <c r="G43" s="158"/>
+      <c r="H43" s="158"/>
+      <c r="I43" s="158"/>
+      <c r="J43" s="129" t="str">
         <f>IF(AND(C42=$N$12,F42=$P$12,G42=$Q$12),J42*$R$12,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$12),J42*$R$12,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$12),J42*$T$12,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$12),J42*$V$12,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$12),J42*$X$12,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$12),J42*$Z$12,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$12),J42*$AB$12,IF(AND(C42=$N$12,F42=$P$12,G42=$Q$13),J42*#REF!,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$13),J42*$R$13,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$13),J42*$T$13,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$13),J42*$V$13,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$13),J42*$X$13,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$13),J42*$Z$13,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$13),J42*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K43" s="137" t="str">
+      <c r="K43" s="129" t="str">
         <f>IF(AND(C42=$N$12,F42=$P$12,G42=$Q$12),K42*$R$12,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$12),K42*$T$12,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$12),K42*$V$12,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$12),K42*$X$12,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$12),K42*$Z$12,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$12),K42*$AB$12,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$12),K42*$AD$12,IF(AND(C42=$N$12,F42=$P$12,G42=$Q$13),K42*$R$13,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$13),K42*$T$13,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$13),K42*$V$13,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$13),K42*$X$13,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$13),K42*$Z$13,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$13),K42*$AB$13,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$13),K42*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L43" s="137">
+      <c r="L43" s="129">
         <f>IF(AND(F42=$P$12,G42=$Q$12),L42*$S$12,IF(AND(F42=$P$13,G42=$Q$12),L42*$U$12,IF(AND(F42=$P$14,G42=$Q$12),L42*$W$12,IF(AND(F42=$P$15,G42=$Q$12),L42*$Y$12,IF(AND(F42=$P$16,G42=$Q$12),L42*$AA$12,IF(AND(F42=$P$17,G42=$Q$12),L42*$AC$12,IF(AND(F42=$P$18,G42=$Q$12),L42*$AE$12,IF(AND(F42=$P$12,G42=$Q$13),L42*$S$13,IF(AND(F42=$P$13,G42=$Q$13),L42*$U$13,IF(AND(F42=$P$14,G42=$Q$13),L42*$W$13,IF(AND(F42=$P$15,G42=$Q$13),L42*$Y$13,IF(AND(F42=$P$16,G42=$Q$13),L42*$AA$13,IF(AND(F42=$P$17,G42=$Q$13),L42*$AC$13,IF(AND(F42=$P$18,G42=$Q$13),L42*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M43" s="137">
+      <c r="M43" s="129">
         <f>IF(AND(F42=$P$12,G42=$Q$12),M42*$S$12,IF(AND(F42=$P$13,G42=$Q$12),M42*$U$12,IF(AND(F42=$P$14,G42=$Q$12),M42*$W$12,IF(AND(F42=$P$15,G42=$Q$12),M42*$Y$12,IF(AND(F42=$P$16,G42=$Q$12),M42*$AA$12,IF(AND(F42=$P$17,G42=$Q$12),M42*$AC$12,IF(AND(F42=$P$18,G42=$Q$12),M42*$AE$12,IF(AND(F42=$P$12,G42=$Q$13),M42*$S$13,IF(AND(F42=$P$13,G42=$Q$13),M42*$U$13,IF(AND(F42=$P$14,G42=$Q$13),M42*$W$13,IF(AND(F42=$P$15,G42=$Q$13),M42*$Y$13,IF(AND(F42=$P$16,G42=$Q$13),M42*$AA$13,IF(AND(F42=$P$17,G42=$Q$13),M42*$AC$13,IF(AND(F42=$P$18,G42=$Q$13),M42*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N43" s="137">
+      <c r="N43" s="129">
         <f>IF(AND(F42=$P$12,G42=$Q$12),N42*$S$12,IF(AND(F42=$P$13,G42=$Q$12),N42*$U$12,IF(AND(F42=$P$14,G42=$Q$12),N42*$W$12,IF(AND(F42=$P$15,G42=$Q$12),N42*$Y$12,IF(AND(F42=$P$16,G42=$Q$12),N42*$AA$12,IF(AND(F42=$P$17,G42=$Q$12),N42*$AC$12,IF(AND(F42=$P$18,G42=$Q$12),N42*$AE$12,IF(AND(F42=$P$12,G42=$Q$13),N42*$S$13,IF(AND(F42=$P$13,G42=$Q$13),N42*$U$13,IF(AND(F42=$P$14,G42=$Q$13),N42*$W$13,IF(AND(F42=$P$15,G42=$Q$13),N42*$Y$13,IF(AND(F42=$P$16,G42=$Q$13),N42*$AA$13,IF(AND(F42=$P$17,G42=$Q$13),N42*$AC$13,IF(AND(F42=$P$18,G42=$Q$13),N42*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O43" s="137" t="str">
+      <c r="O43" s="129" t="str">
         <f>IF(AND(C42=$N$13,F42=$P$12,G42=$Q$12),O42*$S$12,IF(AND(C42=$N$13,F42=$P$13,G42=$Q$12),O42*$U$12,IF(AND(C42=$N$13,F42=$P$14,G42=$Q$12),O42*$W$12,IF(AND(C42=$N$13,F42=$P$15,G42=$Q$12),O42*$Y$12,IF(AND(C42=$N$13,F42=$P$16,G42=$Q$12),O42*$AA$12,IF(AND(C42=$N$13,F42=$P$17,G42=$Q$12),O42*$AC$12,IF(AND(C42=$N$13,F42=$P$18,G42=$Q$12),O42*$AE$12,IF(AND(C42=$N$13,F42=$P$12,G42=$Q$13),O42*$S$13,IF(AND(C42=$N$13,F42=$P$13,G42=$Q$13),O42*$U$13,IF(AND(C42=$N$13,F42=$P$14,G42=$Q$13),O42*$W$13,IF(AND(C42=$N$13,F42=$P$15,G42=$Q$13),O42*$Y$13,IF(AND(C42=$N$13,F42=$P$16,G42=$Q$13),O42*$AA$13,IF(AND(C42=$N$13,F42=$P$17,G42=$Q$13),O42*$AC$13,IF(AND(C42=$N$13,F42=$P$18,G42=$Q$13),O42*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P43" s="137" t="str">
+      <c r="P43" s="129" t="str">
         <f>IF(AND(C42=$N$12,F42=$P$12,G42=$Q$12),P42*$S$12,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$12),P42*$U$12,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$12),P42*$W$12,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$12),P42*$Y$12,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$12),P42*$AA$12,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$12),P42*$AC$12,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$12),P42*$AE$12,IF(AND(C42=$N$12,F42=$P$12,G42=$Q$13),P42*$S$13,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$13),P42*$U$13,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$13),P42*$W$13,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$13),P42*$Y$13,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$13),P42*$AA$13,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$13),P42*$AC$13,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$13),P42*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q43" s="137" t="str">
+      <c r="Q43" s="129" t="str">
         <f>IF(AND(C42=$N$12,F42=$P$12,G42=$Q$12),Q42*$S$12,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$12),Q42*$U$12,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$12),Q42*$W$12,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$12),Q42*$Y$12,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$12),Q42*$AA$12,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$12),Q42*$AC$12,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$12),Q42*$AE$12,IF(AND(C42=$N$12,F42=$P$12,G42=$Q$13),Q42*$S$13,IF(AND(C42=$N$12,F42=$P$13,G42=$Q$13),Q42*$U$13,IF(AND(C42=$N$12,F42=$P$14,G42=$Q$13),Q42*$W$13,IF(AND(C42=$N$12,F42=$P$15,G42=$Q$13),Q42*$Y$13,IF(AND(C42=$N$12,F42=$P$16,G42=$Q$13),Q42*$AA$13,IF(AND(C42=$N$12,F42=$P$17,G42=$Q$13),Q42*$AC$13,IF(AND(C42=$N$12,F42=$P$18,G42=$Q$13),Q42*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R43" s="43"/>
-[...2 lines deleted...]
-      <c r="A44" s="158">
+      <c r="R43" s="42"/>
+    </row>
+    <row r="44" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A44" s="167">
         <v>7</v>
       </c>
-      <c r="B44" s="158"/>
-[...27 lines deleted...]
-      <c r="J45" s="137" t="str">
+      <c r="B44" s="167"/>
+      <c r="C44" s="169"/>
+      <c r="D44" s="157"/>
+      <c r="E44" s="157"/>
+      <c r="F44" s="157"/>
+      <c r="G44" s="157"/>
+      <c r="H44" s="157"/>
+      <c r="I44" s="157"/>
+      <c r="J44" s="43"/>
+      <c r="K44" s="43"/>
+      <c r="L44" s="43"/>
+      <c r="M44" s="43"/>
+      <c r="N44" s="43"/>
+      <c r="O44" s="43"/>
+      <c r="P44" s="43"/>
+      <c r="Q44" s="43"/>
+      <c r="R44" s="41"/>
+    </row>
+    <row r="45" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="168"/>
+      <c r="B45" s="168"/>
+      <c r="C45" s="170"/>
+      <c r="D45" s="158"/>
+      <c r="E45" s="158"/>
+      <c r="F45" s="158"/>
+      <c r="G45" s="158"/>
+      <c r="H45" s="158"/>
+      <c r="I45" s="158"/>
+      <c r="J45" s="129" t="str">
         <f>IF(AND(C44=$N$12,F44=$P$12,G44=$Q$12),J44*$R$12,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$12),J44*$R$12,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$12),J44*$T$12,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$12),J44*$V$12,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$12),J44*$X$12,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$12),J44*$Z$12,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$12),J44*$AB$12,IF(AND(C44=$N$12,F44=$P$12,G44=$Q$13),J44*#REF!,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$13),J44*$R$13,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$13),J44*$T$13,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$13),J44*$V$13,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$13),J44*$X$13,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$13),J44*$Z$13,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$13),J44*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K45" s="137" t="str">
+      <c r="K45" s="129" t="str">
         <f>IF(AND(C44=$N$12,F44=$P$12,G44=$Q$12),K44*$R$12,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$12),K44*$T$12,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$12),K44*$V$12,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$12),K44*$X$12,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$12),K44*$Z$12,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$12),K44*$AB$12,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$12),K44*$AD$12,IF(AND(C44=$N$12,F44=$P$12,G44=$Q$13),K44*$R$13,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$13),K44*$T$13,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$13),K44*$V$13,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$13),K44*$X$13,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$13),K44*$Z$13,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$13),K44*$AB$13,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$13),K44*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L45" s="137">
+      <c r="L45" s="129">
         <f>IF(AND(F44=$P$12,G44=$Q$12),L44*$S$12,IF(AND(F44=$P$13,G44=$Q$12),L44*$U$12,IF(AND(F44=$P$14,G44=$Q$12),L44*$W$12,IF(AND(F44=$P$15,G44=$Q$12),L44*$Y$12,IF(AND(F44=$P$16,G44=$Q$12),L44*$AA$12,IF(AND(F44=$P$17,G44=$Q$12),L44*$AC$12,IF(AND(F44=$P$18,G44=$Q$12),L44*$AE$12,IF(AND(F44=$P$12,G44=$Q$13),L44*$S$13,IF(AND(F44=$P$13,G44=$Q$13),L44*$U$13,IF(AND(F44=$P$14,G44=$Q$13),L44*$W$13,IF(AND(F44=$P$15,G44=$Q$13),L44*$Y$13,IF(AND(F44=$P$16,G44=$Q$13),L44*$AA$13,IF(AND(F44=$P$17,G44=$Q$13),L44*$AC$13,IF(AND(F44=$P$18,G44=$Q$13),L44*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M45" s="137">
+      <c r="M45" s="129">
         <f>IF(AND(F44=$P$12,G44=$Q$12),M44*$S$12,IF(AND(F44=$P$13,G44=$Q$12),M44*$U$12,IF(AND(F44=$P$14,G44=$Q$12),M44*$W$12,IF(AND(F44=$P$15,G44=$Q$12),M44*$Y$12,IF(AND(F44=$P$16,G44=$Q$12),M44*$AA$12,IF(AND(F44=$P$17,G44=$Q$12),M44*$AC$12,IF(AND(F44=$P$18,G44=$Q$12),M44*$AE$12,IF(AND(F44=$P$12,G44=$Q$13),M44*$S$13,IF(AND(F44=$P$13,G44=$Q$13),M44*$U$13,IF(AND(F44=$P$14,G44=$Q$13),M44*$W$13,IF(AND(F44=$P$15,G44=$Q$13),M44*$Y$13,IF(AND(F44=$P$16,G44=$Q$13),M44*$AA$13,IF(AND(F44=$P$17,G44=$Q$13),M44*$AC$13,IF(AND(F44=$P$18,G44=$Q$13),M44*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N45" s="137">
+      <c r="N45" s="129">
         <f>IF(AND(F44=$P$12,G44=$Q$12),N44*$S$12,IF(AND(F44=$P$13,G44=$Q$12),N44*$U$12,IF(AND(F44=$P$14,G44=$Q$12),N44*$W$12,IF(AND(F44=$P$15,G44=$Q$12),N44*$Y$12,IF(AND(F44=$P$16,G44=$Q$12),N44*$AA$12,IF(AND(F44=$P$17,G44=$Q$12),N44*$AC$12,IF(AND(F44=$P$18,G44=$Q$12),N44*$AE$12,IF(AND(F44=$P$12,G44=$Q$13),N44*$S$13,IF(AND(F44=$P$13,G44=$Q$13),N44*$U$13,IF(AND(F44=$P$14,G44=$Q$13),N44*$W$13,IF(AND(F44=$P$15,G44=$Q$13),N44*$Y$13,IF(AND(F44=$P$16,G44=$Q$13),N44*$AA$13,IF(AND(F44=$P$17,G44=$Q$13),N44*$AC$13,IF(AND(F44=$P$18,G44=$Q$13),N44*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O45" s="137" t="str">
+      <c r="O45" s="129" t="str">
         <f>IF(AND(C44=$N$13,F44=$P$12,G44=$Q$12),O44*$S$12,IF(AND(C44=$N$13,F44=$P$13,G44=$Q$12),O44*$U$12,IF(AND(C44=$N$13,F44=$P$14,G44=$Q$12),O44*$W$12,IF(AND(C44=$N$13,F44=$P$15,G44=$Q$12),O44*$Y$12,IF(AND(C44=$N$13,F44=$P$16,G44=$Q$12),O44*$AA$12,IF(AND(C44=$N$13,F44=$P$17,G44=$Q$12),O44*$AC$12,IF(AND(C44=$N$13,F44=$P$18,G44=$Q$12),O44*$AE$12,IF(AND(C44=$N$13,F44=$P$12,G44=$Q$13),O44*$S$13,IF(AND(C44=$N$13,F44=$P$13,G44=$Q$13),O44*$U$13,IF(AND(C44=$N$13,F44=$P$14,G44=$Q$13),O44*$W$13,IF(AND(C44=$N$13,F44=$P$15,G44=$Q$13),O44*$Y$13,IF(AND(C44=$N$13,F44=$P$16,G44=$Q$13),O44*$AA$13,IF(AND(C44=$N$13,F44=$P$17,G44=$Q$13),O44*$AC$13,IF(AND(C44=$N$13,F44=$P$18,G44=$Q$13),O44*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P45" s="137" t="str">
+      <c r="P45" s="129" t="str">
         <f>IF(AND(C44=$N$12,F44=$P$12,G44=$Q$12),P44*$S$12,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$12),P44*$U$12,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$12),P44*$W$12,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$12),P44*$Y$12,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$12),P44*$AA$12,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$12),P44*$AC$12,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$12),P44*$AE$12,IF(AND(C44=$N$12,F44=$P$12,G44=$Q$13),P44*$S$13,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$13),P44*$U$13,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$13),P44*$W$13,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$13),P44*$Y$13,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$13),P44*$AA$13,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$13),P44*$AC$13,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$13),P44*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q45" s="137" t="str">
+      <c r="Q45" s="129" t="str">
         <f>IF(AND(C44=$N$12,F44=$P$12,G44=$Q$12),Q44*$S$12,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$12),Q44*$U$12,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$12),Q44*$W$12,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$12),Q44*$Y$12,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$12),Q44*$AA$12,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$12),Q44*$AC$12,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$12),Q44*$AE$12,IF(AND(C44=$N$12,F44=$P$12,G44=$Q$13),Q44*$S$13,IF(AND(C44=$N$12,F44=$P$13,G44=$Q$13),Q44*$U$13,IF(AND(C44=$N$12,F44=$P$14,G44=$Q$13),Q44*$W$13,IF(AND(C44=$N$12,F44=$P$15,G44=$Q$13),Q44*$Y$13,IF(AND(C44=$N$12,F44=$P$16,G44=$Q$13),Q44*$AA$13,IF(AND(C44=$N$12,F44=$P$17,G44=$Q$13),Q44*$AC$13,IF(AND(C44=$N$12,F44=$P$18,G44=$Q$13),Q44*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R45" s="43"/>
-[...2 lines deleted...]
-      <c r="A46" s="150">
+      <c r="R45" s="42"/>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A46" s="159">
         <v>8</v>
       </c>
-      <c r="B46" s="158"/>
-[...27 lines deleted...]
-      <c r="J47" s="137" t="str">
+      <c r="B46" s="167"/>
+      <c r="C46" s="169"/>
+      <c r="D46" s="157"/>
+      <c r="E46" s="157"/>
+      <c r="F46" s="157"/>
+      <c r="G46" s="157"/>
+      <c r="H46" s="157"/>
+      <c r="I46" s="157"/>
+      <c r="J46" s="43"/>
+      <c r="K46" s="43"/>
+      <c r="L46" s="43"/>
+      <c r="M46" s="43"/>
+      <c r="N46" s="43"/>
+      <c r="O46" s="43"/>
+      <c r="P46" s="43"/>
+      <c r="Q46" s="43"/>
+      <c r="R46" s="41"/>
+    </row>
+    <row r="47" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="160"/>
+      <c r="B47" s="168"/>
+      <c r="C47" s="170"/>
+      <c r="D47" s="158"/>
+      <c r="E47" s="158"/>
+      <c r="F47" s="158"/>
+      <c r="G47" s="158"/>
+      <c r="H47" s="158"/>
+      <c r="I47" s="158"/>
+      <c r="J47" s="129" t="str">
         <f>IF(AND(C46=$N$12,F46=$P$12,G46=$Q$12),J46*$R$12,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$12),J46*$R$12,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$12),J46*$T$12,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$12),J46*$V$12,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$12),J46*$X$12,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$12),J46*$Z$12,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$12),J46*$AB$12,IF(AND(C46=$N$12,F46=$P$12,G46=$Q$13),J46*#REF!,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$13),J46*$R$13,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$13),J46*$T$13,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$13),J46*$V$13,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$13),J46*$X$13,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$13),J46*$Z$13,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$13),J46*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K47" s="137" t="str">
+      <c r="K47" s="129" t="str">
         <f>IF(AND(C46=$N$12,F46=$P$12,G46=$Q$12),K46*$R$12,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$12),K46*$T$12,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$12),K46*$V$12,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$12),K46*$X$12,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$12),K46*$Z$12,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$12),K46*$AB$12,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$12),K46*$AD$12,IF(AND(C46=$N$12,F46=$P$12,G46=$Q$13),K46*$R$13,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$13),K46*$T$13,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$13),K46*$V$13,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$13),K46*$X$13,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$13),K46*$Z$13,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$13),K46*$AB$13,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$13),K46*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L47" s="137">
+      <c r="L47" s="129">
         <f>IF(AND(F46=$P$12,G46=$Q$12),L46*$S$12,IF(AND(F46=$P$13,G46=$Q$12),L46*$U$12,IF(AND(F46=$P$14,G46=$Q$12),L46*$W$12,IF(AND(F46=$P$15,G46=$Q$12),L46*$Y$12,IF(AND(F46=$P$16,G46=$Q$12),L46*$AA$12,IF(AND(F46=$P$17,G46=$Q$12),L46*$AC$12,IF(AND(F46=$P$18,G46=$Q$12),L46*$AE$12,IF(AND(F46=$P$12,G46=$Q$13),L46*$S$13,IF(AND(F46=$P$13,G46=$Q$13),L46*$U$13,IF(AND(F46=$P$14,G46=$Q$13),L46*$W$13,IF(AND(F46=$P$15,G46=$Q$13),L46*$Y$13,IF(AND(F46=$P$16,G46=$Q$13),L46*$AA$13,IF(AND(F46=$P$17,G46=$Q$13),L46*$AC$13,IF(AND(F46=$P$18,G46=$Q$13),L46*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M47" s="137">
+      <c r="M47" s="129">
         <f>IF(AND(F46=$P$12,G46=$Q$12),M46*$S$12,IF(AND(F46=$P$13,G46=$Q$12),M46*$U$12,IF(AND(F46=$P$14,G46=$Q$12),M46*$W$12,IF(AND(F46=$P$15,G46=$Q$12),M46*$Y$12,IF(AND(F46=$P$16,G46=$Q$12),M46*$AA$12,IF(AND(F46=$P$17,G46=$Q$12),M46*$AC$12,IF(AND(F46=$P$18,G46=$Q$12),M46*$AE$12,IF(AND(F46=$P$12,G46=$Q$13),M46*$S$13,IF(AND(F46=$P$13,G46=$Q$13),M46*$U$13,IF(AND(F46=$P$14,G46=$Q$13),M46*$W$13,IF(AND(F46=$P$15,G46=$Q$13),M46*$Y$13,IF(AND(F46=$P$16,G46=$Q$13),M46*$AA$13,IF(AND(F46=$P$17,G46=$Q$13),M46*$AC$13,IF(AND(F46=$P$18,G46=$Q$13),M46*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N47" s="137">
+      <c r="N47" s="129">
         <f>IF(AND(F46=$P$12,G46=$Q$12),N46*$S$12,IF(AND(F46=$P$13,G46=$Q$12),N46*$U$12,IF(AND(F46=$P$14,G46=$Q$12),N46*$W$12,IF(AND(F46=$P$15,G46=$Q$12),N46*$Y$12,IF(AND(F46=$P$16,G46=$Q$12),N46*$AA$12,IF(AND(F46=$P$17,G46=$Q$12),N46*$AC$12,IF(AND(F46=$P$18,G46=$Q$12),N46*$AE$12,IF(AND(F46=$P$12,G46=$Q$13),N46*$S$13,IF(AND(F46=$P$13,G46=$Q$13),N46*$U$13,IF(AND(F46=$P$14,G46=$Q$13),N46*$W$13,IF(AND(F46=$P$15,G46=$Q$13),N46*$Y$13,IF(AND(F46=$P$16,G46=$Q$13),N46*$AA$13,IF(AND(F46=$P$17,G46=$Q$13),N46*$AC$13,IF(AND(F46=$P$18,G46=$Q$13),N46*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O47" s="137" t="str">
+      <c r="O47" s="129" t="str">
         <f>IF(AND(C46=$N$13,F46=$P$12,G46=$Q$12),O46*$S$12,IF(AND(C46=$N$13,F46=$P$13,G46=$Q$12),O46*$U$12,IF(AND(C46=$N$13,F46=$P$14,G46=$Q$12),O46*$W$12,IF(AND(C46=$N$13,F46=$P$15,G46=$Q$12),O46*$Y$12,IF(AND(C46=$N$13,F46=$P$16,G46=$Q$12),O46*$AA$12,IF(AND(C46=$N$13,F46=$P$17,G46=$Q$12),O46*$AC$12,IF(AND(C46=$N$13,F46=$P$18,G46=$Q$12),O46*$AE$12,IF(AND(C46=$N$13,F46=$P$12,G46=$Q$13),O46*$S$13,IF(AND(C46=$N$13,F46=$P$13,G46=$Q$13),O46*$U$13,IF(AND(C46=$N$13,F46=$P$14,G46=$Q$13),O46*$W$13,IF(AND(C46=$N$13,F46=$P$15,G46=$Q$13),O46*$Y$13,IF(AND(C46=$N$13,F46=$P$16,G46=$Q$13),O46*$AA$13,IF(AND(C46=$N$13,F46=$P$17,G46=$Q$13),O46*$AC$13,IF(AND(C46=$N$13,F46=$P$18,G46=$Q$13),O46*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P47" s="137" t="str">
+      <c r="P47" s="129" t="str">
         <f>IF(AND(C46=$N$12,F46=$P$12,G46=$Q$12),P46*$S$12,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$12),P46*$U$12,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$12),P46*$W$12,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$12),P46*$Y$12,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$12),P46*$AA$12,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$12),P46*$AC$12,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$12),P46*$AE$12,IF(AND(C46=$N$12,F46=$P$12,G46=$Q$13),P46*$S$13,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$13),P46*$U$13,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$13),P46*$W$13,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$13),P46*$Y$13,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$13),P46*$AA$13,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$13),P46*$AC$13,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$13),P46*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q47" s="137" t="str">
+      <c r="Q47" s="129" t="str">
         <f>IF(AND(C46=$N$12,F46=$P$12,G46=$Q$12),Q46*$S$12,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$12),Q46*$U$12,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$12),Q46*$W$12,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$12),Q46*$Y$12,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$12),Q46*$AA$12,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$12),Q46*$AC$12,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$12),Q46*$AE$12,IF(AND(C46=$N$12,F46=$P$12,G46=$Q$13),Q46*$S$13,IF(AND(C46=$N$12,F46=$P$13,G46=$Q$13),Q46*$U$13,IF(AND(C46=$N$12,F46=$P$14,G46=$Q$13),Q46*$W$13,IF(AND(C46=$N$12,F46=$P$15,G46=$Q$13),Q46*$Y$13,IF(AND(C46=$N$12,F46=$P$16,G46=$Q$13),Q46*$AA$13,IF(AND(C46=$N$12,F46=$P$17,G46=$Q$13),Q46*$AC$13,IF(AND(C46=$N$12,F46=$P$18,G46=$Q$13),Q46*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R47" s="43"/>
-[...2 lines deleted...]
-      <c r="A48" s="150">
+      <c r="R47" s="42"/>
+    </row>
+    <row r="48" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A48" s="159">
         <v>9</v>
       </c>
-      <c r="B48" s="158"/>
-[...27 lines deleted...]
-      <c r="J49" s="137" t="str">
+      <c r="B48" s="167"/>
+      <c r="C48" s="169"/>
+      <c r="D48" s="157"/>
+      <c r="E48" s="157"/>
+      <c r="F48" s="157"/>
+      <c r="G48" s="157"/>
+      <c r="H48" s="157"/>
+      <c r="I48" s="157"/>
+      <c r="J48" s="43"/>
+      <c r="K48" s="43"/>
+      <c r="L48" s="43"/>
+      <c r="M48" s="43"/>
+      <c r="N48" s="43"/>
+      <c r="O48" s="43"/>
+      <c r="P48" s="43"/>
+      <c r="Q48" s="43"/>
+      <c r="R48" s="41"/>
+    </row>
+    <row r="49" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="160"/>
+      <c r="B49" s="168"/>
+      <c r="C49" s="170"/>
+      <c r="D49" s="158"/>
+      <c r="E49" s="158"/>
+      <c r="F49" s="158"/>
+      <c r="G49" s="158"/>
+      <c r="H49" s="158"/>
+      <c r="I49" s="158"/>
+      <c r="J49" s="129" t="str">
         <f>IF(AND(C48=$N$12,F48=$P$12,G48=$Q$12),J48*$R$12,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$12),J48*$R$12,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$12),J48*$T$12,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$12),J48*$V$12,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$12),J48*$X$12,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$12),J48*$Z$12,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$12),J48*$AB$12,IF(AND(C48=$N$12,F48=$P$12,G48=$Q$13),J48*#REF!,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$13),J48*$R$13,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$13),J48*$T$13,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$13),J48*$V$13,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$13),J48*$X$13,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$13),J48*$Z$13,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$13),J48*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K49" s="137" t="str">
+      <c r="K49" s="129" t="str">
         <f>IF(AND(C48=$N$12,F48=$P$12,G48=$Q$12),K48*$R$12,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$12),K48*$T$12,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$12),K48*$V$12,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$12),K48*$X$12,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$12),K48*$Z$12,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$12),K48*$AB$12,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$12),K48*$AD$12,IF(AND(C48=$N$12,F48=$P$12,G48=$Q$13),K48*$R$13,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$13),K48*$T$13,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$13),K48*$V$13,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$13),K48*$X$13,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$13),K48*$Z$13,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$13),K48*$AB$13,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$13),K48*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L49" s="137">
+      <c r="L49" s="129">
         <f>IF(AND(F48=$P$12,G48=$Q$12),L48*$S$12,IF(AND(F48=$P$13,G48=$Q$12),L48*$U$12,IF(AND(F48=$P$14,G48=$Q$12),L48*$W$12,IF(AND(F48=$P$15,G48=$Q$12),L48*$Y$12,IF(AND(F48=$P$16,G48=$Q$12),L48*$AA$12,IF(AND(F48=$P$17,G48=$Q$12),L48*$AC$12,IF(AND(F48=$P$18,G48=$Q$12),L48*$AE$12,IF(AND(F48=$P$12,G48=$Q$13),L48*$S$13,IF(AND(F48=$P$13,G48=$Q$13),L48*$U$13,IF(AND(F48=$P$14,G48=$Q$13),L48*$W$13,IF(AND(F48=$P$15,G48=$Q$13),L48*$Y$13,IF(AND(F48=$P$16,G48=$Q$13),L48*$AA$13,IF(AND(F48=$P$17,G48=$Q$13),L48*$AC$13,IF(AND(F48=$P$18,G48=$Q$13),L48*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M49" s="137">
+      <c r="M49" s="129">
         <f>IF(AND(F48=$P$12,G48=$Q$12),M48*$S$12,IF(AND(F48=$P$13,G48=$Q$12),M48*$U$12,IF(AND(F48=$P$14,G48=$Q$12),M48*$W$12,IF(AND(F48=$P$15,G48=$Q$12),M48*$Y$12,IF(AND(F48=$P$16,G48=$Q$12),M48*$AA$12,IF(AND(F48=$P$17,G48=$Q$12),M48*$AC$12,IF(AND(F48=$P$18,G48=$Q$12),M48*$AE$12,IF(AND(F48=$P$12,G48=$Q$13),M48*$S$13,IF(AND(F48=$P$13,G48=$Q$13),M48*$U$13,IF(AND(F48=$P$14,G48=$Q$13),M48*$W$13,IF(AND(F48=$P$15,G48=$Q$13),M48*$Y$13,IF(AND(F48=$P$16,G48=$Q$13),M48*$AA$13,IF(AND(F48=$P$17,G48=$Q$13),M48*$AC$13,IF(AND(F48=$P$18,G48=$Q$13),M48*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N49" s="137">
+      <c r="N49" s="129">
         <f>IF(AND(F48=$P$12,G48=$Q$12),N48*$S$12,IF(AND(F48=$P$13,G48=$Q$12),N48*$U$12,IF(AND(F48=$P$14,G48=$Q$12),N48*$W$12,IF(AND(F48=$P$15,G48=$Q$12),N48*$Y$12,IF(AND(F48=$P$16,G48=$Q$12),N48*$AA$12,IF(AND(F48=$P$17,G48=$Q$12),N48*$AC$12,IF(AND(F48=$P$18,G48=$Q$12),N48*$AE$12,IF(AND(F48=$P$12,G48=$Q$13),N48*$S$13,IF(AND(F48=$P$13,G48=$Q$13),N48*$U$13,IF(AND(F48=$P$14,G48=$Q$13),N48*$W$13,IF(AND(F48=$P$15,G48=$Q$13),N48*$Y$13,IF(AND(F48=$P$16,G48=$Q$13),N48*$AA$13,IF(AND(F48=$P$17,G48=$Q$13),N48*$AC$13,IF(AND(F48=$P$18,G48=$Q$13),N48*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O49" s="137" t="str">
+      <c r="O49" s="129" t="str">
         <f>IF(AND(C48=$N$13,F48=$P$12,G48=$Q$12),O48*$S$12,IF(AND(C48=$N$13,F48=$P$13,G48=$Q$12),O48*$U$12,IF(AND(C48=$N$13,F48=$P$14,G48=$Q$12),O48*$W$12,IF(AND(C48=$N$13,F48=$P$15,G48=$Q$12),O48*$Y$12,IF(AND(C48=$N$13,F48=$P$16,G48=$Q$12),O48*$AA$12,IF(AND(C48=$N$13,F48=$P$17,G48=$Q$12),O48*$AC$12,IF(AND(C48=$N$13,F48=$P$18,G48=$Q$12),O48*$AE$12,IF(AND(C48=$N$13,F48=$P$12,G48=$Q$13),O48*$S$13,IF(AND(C48=$N$13,F48=$P$13,G48=$Q$13),O48*$U$13,IF(AND(C48=$N$13,F48=$P$14,G48=$Q$13),O48*$W$13,IF(AND(C48=$N$13,F48=$P$15,G48=$Q$13),O48*$Y$13,IF(AND(C48=$N$13,F48=$P$16,G48=$Q$13),O48*$AA$13,IF(AND(C48=$N$13,F48=$P$17,G48=$Q$13),O48*$AC$13,IF(AND(C48=$N$13,F48=$P$18,G48=$Q$13),O48*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P49" s="137" t="str">
+      <c r="P49" s="129" t="str">
         <f>IF(AND(C48=$N$12,F48=$P$12,G48=$Q$12),P48*$S$12,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$12),P48*$U$12,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$12),P48*$W$12,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$12),P48*$Y$12,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$12),P48*$AA$12,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$12),P48*$AC$12,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$12),P48*$AE$12,IF(AND(C48=$N$12,F48=$P$12,G48=$Q$13),P48*$S$13,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$13),P48*$U$13,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$13),P48*$W$13,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$13),P48*$Y$13,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$13),P48*$AA$13,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$13),P48*$AC$13,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$13),P48*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q49" s="137" t="str">
+      <c r="Q49" s="129" t="str">
         <f>IF(AND(C48=$N$12,F48=$P$12,G48=$Q$12),Q48*$S$12,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$12),Q48*$U$12,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$12),Q48*$W$12,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$12),Q48*$Y$12,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$12),Q48*$AA$12,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$12),Q48*$AC$12,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$12),Q48*$AE$12,IF(AND(C48=$N$12,F48=$P$12,G48=$Q$13),Q48*$S$13,IF(AND(C48=$N$12,F48=$P$13,G48=$Q$13),Q48*$U$13,IF(AND(C48=$N$12,F48=$P$14,G48=$Q$13),Q48*$W$13,IF(AND(C48=$N$12,F48=$P$15,G48=$Q$13),Q48*$Y$13,IF(AND(C48=$N$12,F48=$P$16,G48=$Q$13),Q48*$AA$13,IF(AND(C48=$N$12,F48=$P$17,G48=$Q$13),Q48*$AC$13,IF(AND(C48=$N$12,F48=$P$18,G48=$Q$13),Q48*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R49" s="43"/>
-[...2 lines deleted...]
-      <c r="A50" s="158">
+      <c r="R49" s="42"/>
+    </row>
+    <row r="50" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A50" s="167">
         <v>10</v>
       </c>
-      <c r="B50" s="158"/>
-[...27 lines deleted...]
-      <c r="J51" s="137" t="str">
+      <c r="B50" s="167"/>
+      <c r="C50" s="169"/>
+      <c r="D50" s="157"/>
+      <c r="E50" s="157"/>
+      <c r="F50" s="157"/>
+      <c r="G50" s="157"/>
+      <c r="H50" s="157"/>
+      <c r="I50" s="157"/>
+      <c r="J50" s="43"/>
+      <c r="K50" s="43"/>
+      <c r="L50" s="43"/>
+      <c r="M50" s="43"/>
+      <c r="N50" s="43"/>
+      <c r="O50" s="43"/>
+      <c r="P50" s="43"/>
+      <c r="Q50" s="43"/>
+      <c r="R50" s="41"/>
+    </row>
+    <row r="51" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="168"/>
+      <c r="B51" s="168"/>
+      <c r="C51" s="170"/>
+      <c r="D51" s="158"/>
+      <c r="E51" s="158"/>
+      <c r="F51" s="158"/>
+      <c r="G51" s="158"/>
+      <c r="H51" s="158"/>
+      <c r="I51" s="158"/>
+      <c r="J51" s="129" t="str">
         <f>IF(AND(C50=$N$12,F50=$P$12,G50=$Q$12),J50*$R$12,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$12),J50*$R$12,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$12),J50*$T$12,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$12),J50*$V$12,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$12),J50*$X$12,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$12),J50*$Z$12,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$12),J50*$AB$12,IF(AND(C50=$N$12,F50=$P$12,G50=$Q$13),J50*#REF!,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$13),J50*$R$13,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$13),J50*$T$13,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$13),J50*$V$13,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$13),J50*$X$13,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$13),J50*$Z$13,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$13),J50*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K51" s="137" t="str">
+      <c r="K51" s="129" t="str">
         <f>IF(AND(C50=$N$12,F50=$P$12,G50=$Q$12),K50*$R$12,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$12),K50*$T$12,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$12),K50*$V$12,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$12),K50*$X$12,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$12),K50*$Z$12,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$12),K50*$AB$12,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$12),K50*$AD$12,IF(AND(C50=$N$12,F50=$P$12,G50=$Q$13),K50*$R$13,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$13),K50*$T$13,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$13),K50*$V$13,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$13),K50*$X$13,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$13),K50*$Z$13,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$13),K50*$AB$13,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$13),K50*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L51" s="137">
+      <c r="L51" s="129">
         <f>IF(AND(F50=$P$12,G50=$Q$12),L50*$S$12,IF(AND(F50=$P$13,G50=$Q$12),L50*$U$12,IF(AND(F50=$P$14,G50=$Q$12),L50*$W$12,IF(AND(F50=$P$15,G50=$Q$12),L50*$Y$12,IF(AND(F50=$P$16,G50=$Q$12),L50*$AA$12,IF(AND(F50=$P$17,G50=$Q$12),L50*$AC$12,IF(AND(F50=$P$18,G50=$Q$12),L50*$AE$12,IF(AND(F50=$P$12,G50=$Q$13),L50*$S$13,IF(AND(F50=$P$13,G50=$Q$13),L50*$U$13,IF(AND(F50=$P$14,G50=$Q$13),L50*$W$13,IF(AND(F50=$P$15,G50=$Q$13),L50*$Y$13,IF(AND(F50=$P$16,G50=$Q$13),L50*$AA$13,IF(AND(F50=$P$17,G50=$Q$13),L50*$AC$13,IF(AND(F50=$P$18,G50=$Q$13),L50*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M51" s="137">
+      <c r="M51" s="129">
         <f>IF(AND(F50=$P$12,G50=$Q$12),M50*$S$12,IF(AND(F50=$P$13,G50=$Q$12),M50*$U$12,IF(AND(F50=$P$14,G50=$Q$12),M50*$W$12,IF(AND(F50=$P$15,G50=$Q$12),M50*$Y$12,IF(AND(F50=$P$16,G50=$Q$12),M50*$AA$12,IF(AND(F50=$P$17,G50=$Q$12),M50*$AC$12,IF(AND(F50=$P$18,G50=$Q$12),M50*$AE$12,IF(AND(F50=$P$12,G50=$Q$13),M50*$S$13,IF(AND(F50=$P$13,G50=$Q$13),M50*$U$13,IF(AND(F50=$P$14,G50=$Q$13),M50*$W$13,IF(AND(F50=$P$15,G50=$Q$13),M50*$Y$13,IF(AND(F50=$P$16,G50=$Q$13),M50*$AA$13,IF(AND(F50=$P$17,G50=$Q$13),M50*$AC$13,IF(AND(F50=$P$18,G50=$Q$13),M50*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N51" s="137">
+      <c r="N51" s="129">
         <f>IF(AND(F50=$P$12,G50=$Q$12),N50*$S$12,IF(AND(F50=$P$13,G50=$Q$12),N50*$U$12,IF(AND(F50=$P$14,G50=$Q$12),N50*$W$12,IF(AND(F50=$P$15,G50=$Q$12),N50*$Y$12,IF(AND(F50=$P$16,G50=$Q$12),N50*$AA$12,IF(AND(F50=$P$17,G50=$Q$12),N50*$AC$12,IF(AND(F50=$P$18,G50=$Q$12),N50*$AE$12,IF(AND(F50=$P$12,G50=$Q$13),N50*$S$13,IF(AND(F50=$P$13,G50=$Q$13),N50*$U$13,IF(AND(F50=$P$14,G50=$Q$13),N50*$W$13,IF(AND(F50=$P$15,G50=$Q$13),N50*$Y$13,IF(AND(F50=$P$16,G50=$Q$13),N50*$AA$13,IF(AND(F50=$P$17,G50=$Q$13),N50*$AC$13,IF(AND(F50=$P$18,G50=$Q$13),N50*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O51" s="137" t="str">
+      <c r="O51" s="129" t="str">
         <f>IF(AND(C50=$N$13,F50=$P$12,G50=$Q$12),O50*$S$12,IF(AND(C50=$N$13,F50=$P$13,G50=$Q$12),O50*$U$12,IF(AND(C50=$N$13,F50=$P$14,G50=$Q$12),O50*$W$12,IF(AND(C50=$N$13,F50=$P$15,G50=$Q$12),O50*$Y$12,IF(AND(C50=$N$13,F50=$P$16,G50=$Q$12),O50*$AA$12,IF(AND(C50=$N$13,F50=$P$17,G50=$Q$12),O50*$AC$12,IF(AND(C50=$N$13,F50=$P$18,G50=$Q$12),O50*$AE$12,IF(AND(C50=$N$13,F50=$P$12,G50=$Q$13),O50*$S$13,IF(AND(C50=$N$13,F50=$P$13,G50=$Q$13),O50*$U$13,IF(AND(C50=$N$13,F50=$P$14,G50=$Q$13),O50*$W$13,IF(AND(C50=$N$13,F50=$P$15,G50=$Q$13),O50*$Y$13,IF(AND(C50=$N$13,F50=$P$16,G50=$Q$13),O50*$AA$13,IF(AND(C50=$N$13,F50=$P$17,G50=$Q$13),O50*$AC$13,IF(AND(C50=$N$13,F50=$P$18,G50=$Q$13),O50*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P51" s="137" t="str">
+      <c r="P51" s="129" t="str">
         <f>IF(AND(C50=$N$12,F50=$P$12,G50=$Q$12),P50*$S$12,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$12),P50*$U$12,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$12),P50*$W$12,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$12),P50*$Y$12,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$12),P50*$AA$12,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$12),P50*$AC$12,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$12),P50*$AE$12,IF(AND(C50=$N$12,F50=$P$12,G50=$Q$13),P50*$S$13,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$13),P50*$U$13,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$13),P50*$W$13,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$13),P50*$Y$13,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$13),P50*$AA$13,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$13),P50*$AC$13,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$13),P50*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q51" s="137" t="str">
+      <c r="Q51" s="129" t="str">
         <f>IF(AND(C50=$N$12,F50=$P$12,G50=$Q$12),Q50*$S$12,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$12),Q50*$U$12,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$12),Q50*$W$12,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$12),Q50*$Y$12,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$12),Q50*$AA$12,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$12),Q50*$AC$12,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$12),Q50*$AE$12,IF(AND(C50=$N$12,F50=$P$12,G50=$Q$13),Q50*$S$13,IF(AND(C50=$N$12,F50=$P$13,G50=$Q$13),Q50*$U$13,IF(AND(C50=$N$12,F50=$P$14,G50=$Q$13),Q50*$W$13,IF(AND(C50=$N$12,F50=$P$15,G50=$Q$13),Q50*$Y$13,IF(AND(C50=$N$12,F50=$P$16,G50=$Q$13),Q50*$AA$13,IF(AND(C50=$N$12,F50=$P$17,G50=$Q$13),Q50*$AC$13,IF(AND(C50=$N$12,F50=$P$18,G50=$Q$13),Q50*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R51" s="43"/>
-[...2 lines deleted...]
-      <c r="A52" s="150">
+      <c r="R51" s="42"/>
+    </row>
+    <row r="52" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A52" s="159">
         <v>11</v>
       </c>
-      <c r="B52" s="158"/>
-[...27 lines deleted...]
-      <c r="J53" s="137" t="str">
+      <c r="B52" s="167"/>
+      <c r="C52" s="169"/>
+      <c r="D52" s="157"/>
+      <c r="E52" s="157"/>
+      <c r="F52" s="157"/>
+      <c r="G52" s="157"/>
+      <c r="H52" s="157"/>
+      <c r="I52" s="157"/>
+      <c r="J52" s="43"/>
+      <c r="K52" s="43"/>
+      <c r="L52" s="43"/>
+      <c r="M52" s="43"/>
+      <c r="N52" s="43"/>
+      <c r="O52" s="43"/>
+      <c r="P52" s="43"/>
+      <c r="Q52" s="43"/>
+      <c r="R52" s="41"/>
+    </row>
+    <row r="53" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="160"/>
+      <c r="B53" s="168"/>
+      <c r="C53" s="170"/>
+      <c r="D53" s="158"/>
+      <c r="E53" s="158"/>
+      <c r="F53" s="158"/>
+      <c r="G53" s="158"/>
+      <c r="H53" s="158"/>
+      <c r="I53" s="158"/>
+      <c r="J53" s="129" t="str">
         <f>IF(AND(C52=$N$12,F52=$P$12,G52=$Q$12),J52*$R$12,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$12),J52*$R$12,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$12),J52*$T$12,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$12),J52*$V$12,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$12),J52*$X$12,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$12),J52*$Z$12,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$12),J52*$AB$12,IF(AND(C52=$N$12,F52=$P$12,G52=$Q$13),J52*#REF!,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$13),J52*$R$13,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$13),J52*$T$13,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$13),J52*$V$13,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$13),J52*$X$13,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$13),J52*$Z$13,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$13),J52*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K53" s="137" t="str">
+      <c r="K53" s="129" t="str">
         <f>IF(AND(C52=$N$12,F52=$P$12,G52=$Q$12),K52*$R$12,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$12),K52*$T$12,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$12),K52*$V$12,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$12),K52*$X$12,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$12),K52*$Z$12,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$12),K52*$AB$12,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$12),K52*$AD$12,IF(AND(C52=$N$12,F52=$P$12,G52=$Q$13),K52*$R$13,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$13),K52*$T$13,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$13),K52*$V$13,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$13),K52*$X$13,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$13),K52*$Z$13,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$13),K52*$AB$13,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$13),K52*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L53" s="137">
+      <c r="L53" s="129">
         <f>IF(AND(F52=$P$12,G52=$Q$12),L52*$S$12,IF(AND(F52=$P$13,G52=$Q$12),L52*$U$12,IF(AND(F52=$P$14,G52=$Q$12),L52*$W$12,IF(AND(F52=$P$15,G52=$Q$12),L52*$Y$12,IF(AND(F52=$P$16,G52=$Q$12),L52*$AA$12,IF(AND(F52=$P$17,G52=$Q$12),L52*$AC$12,IF(AND(F52=$P$18,G52=$Q$12),L52*$AE$12,IF(AND(F52=$P$12,G52=$Q$13),L52*$S$13,IF(AND(F52=$P$13,G52=$Q$13),L52*$U$13,IF(AND(F52=$P$14,G52=$Q$13),L52*$W$13,IF(AND(F52=$P$15,G52=$Q$13),L52*$Y$13,IF(AND(F52=$P$16,G52=$Q$13),L52*$AA$13,IF(AND(F52=$P$17,G52=$Q$13),L52*$AC$13,IF(AND(F52=$P$18,G52=$Q$13),L52*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M53" s="137">
+      <c r="M53" s="129">
         <f>IF(AND(F52=$P$12,G52=$Q$12),M52*$S$12,IF(AND(F52=$P$13,G52=$Q$12),M52*$U$12,IF(AND(F52=$P$14,G52=$Q$12),M52*$W$12,IF(AND(F52=$P$15,G52=$Q$12),M52*$Y$12,IF(AND(F52=$P$16,G52=$Q$12),M52*$AA$12,IF(AND(F52=$P$17,G52=$Q$12),M52*$AC$12,IF(AND(F52=$P$18,G52=$Q$12),M52*$AE$12,IF(AND(F52=$P$12,G52=$Q$13),M52*$S$13,IF(AND(F52=$P$13,G52=$Q$13),M52*$U$13,IF(AND(F52=$P$14,G52=$Q$13),M52*$W$13,IF(AND(F52=$P$15,G52=$Q$13),M52*$Y$13,IF(AND(F52=$P$16,G52=$Q$13),M52*$AA$13,IF(AND(F52=$P$17,G52=$Q$13),M52*$AC$13,IF(AND(F52=$P$18,G52=$Q$13),M52*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N53" s="137">
+      <c r="N53" s="129">
         <f>IF(AND(F52=$P$12,G52=$Q$12),N52*$S$12,IF(AND(F52=$P$13,G52=$Q$12),N52*$U$12,IF(AND(F52=$P$14,G52=$Q$12),N52*$W$12,IF(AND(F52=$P$15,G52=$Q$12),N52*$Y$12,IF(AND(F52=$P$16,G52=$Q$12),N52*$AA$12,IF(AND(F52=$P$17,G52=$Q$12),N52*$AC$12,IF(AND(F52=$P$18,G52=$Q$12),N52*$AE$12,IF(AND(F52=$P$12,G52=$Q$13),N52*$S$13,IF(AND(F52=$P$13,G52=$Q$13),N52*$U$13,IF(AND(F52=$P$14,G52=$Q$13),N52*$W$13,IF(AND(F52=$P$15,G52=$Q$13),N52*$Y$13,IF(AND(F52=$P$16,G52=$Q$13),N52*$AA$13,IF(AND(F52=$P$17,G52=$Q$13),N52*$AC$13,IF(AND(F52=$P$18,G52=$Q$13),N52*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O53" s="137" t="str">
+      <c r="O53" s="129" t="str">
         <f>IF(AND(C52=$N$13,F52=$P$12,G52=$Q$12),O52*$S$12,IF(AND(C52=$N$13,F52=$P$13,G52=$Q$12),O52*$U$12,IF(AND(C52=$N$13,F52=$P$14,G52=$Q$12),O52*$W$12,IF(AND(C52=$N$13,F52=$P$15,G52=$Q$12),O52*$Y$12,IF(AND(C52=$N$13,F52=$P$16,G52=$Q$12),O52*$AA$12,IF(AND(C52=$N$13,F52=$P$17,G52=$Q$12),O52*$AC$12,IF(AND(C52=$N$13,F52=$P$18,G52=$Q$12),O52*$AE$12,IF(AND(C52=$N$13,F52=$P$12,G52=$Q$13),O52*$S$13,IF(AND(C52=$N$13,F52=$P$13,G52=$Q$13),O52*$U$13,IF(AND(C52=$N$13,F52=$P$14,G52=$Q$13),O52*$W$13,IF(AND(C52=$N$13,F52=$P$15,G52=$Q$13),O52*$Y$13,IF(AND(C52=$N$13,F52=$P$16,G52=$Q$13),O52*$AA$13,IF(AND(C52=$N$13,F52=$P$17,G52=$Q$13),O52*$AC$13,IF(AND(C52=$N$13,F52=$P$18,G52=$Q$13),O52*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P53" s="137" t="str">
+      <c r="P53" s="129" t="str">
         <f>IF(AND(C52=$N$12,F52=$P$12,G52=$Q$12),P52*$S$12,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$12),P52*$U$12,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$12),P52*$W$12,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$12),P52*$Y$12,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$12),P52*$AA$12,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$12),P52*$AC$12,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$12),P52*$AE$12,IF(AND(C52=$N$12,F52=$P$12,G52=$Q$13),P52*$S$13,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$13),P52*$U$13,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$13),P52*$W$13,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$13),P52*$Y$13,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$13),P52*$AA$13,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$13),P52*$AC$13,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$13),P52*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q53" s="137" t="str">
+      <c r="Q53" s="129" t="str">
         <f>IF(AND(C52=$N$12,F52=$P$12,G52=$Q$12),Q52*$S$12,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$12),Q52*$U$12,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$12),Q52*$W$12,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$12),Q52*$Y$12,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$12),Q52*$AA$12,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$12),Q52*$AC$12,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$12),Q52*$AE$12,IF(AND(C52=$N$12,F52=$P$12,G52=$Q$13),Q52*$S$13,IF(AND(C52=$N$12,F52=$P$13,G52=$Q$13),Q52*$U$13,IF(AND(C52=$N$12,F52=$P$14,G52=$Q$13),Q52*$W$13,IF(AND(C52=$N$12,F52=$P$15,G52=$Q$13),Q52*$Y$13,IF(AND(C52=$N$12,F52=$P$16,G52=$Q$13),Q52*$AA$13,IF(AND(C52=$N$12,F52=$P$17,G52=$Q$13),Q52*$AC$13,IF(AND(C52=$N$12,F52=$P$18,G52=$Q$13),Q52*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R53" s="43"/>
-[...2 lines deleted...]
-      <c r="A54" s="150">
+      <c r="R53" s="42"/>
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A54" s="159">
         <v>12</v>
       </c>
-      <c r="B54" s="158"/>
-[...27 lines deleted...]
-      <c r="J55" s="137" t="str">
+      <c r="B54" s="167"/>
+      <c r="C54" s="169"/>
+      <c r="D54" s="157"/>
+      <c r="E54" s="157"/>
+      <c r="F54" s="157"/>
+      <c r="G54" s="157"/>
+      <c r="H54" s="157"/>
+      <c r="I54" s="157"/>
+      <c r="J54" s="43"/>
+      <c r="K54" s="43"/>
+      <c r="L54" s="43"/>
+      <c r="M54" s="43"/>
+      <c r="N54" s="43"/>
+      <c r="O54" s="43"/>
+      <c r="P54" s="43"/>
+      <c r="Q54" s="43"/>
+      <c r="R54" s="41"/>
+    </row>
+    <row r="55" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="160"/>
+      <c r="B55" s="168"/>
+      <c r="C55" s="170"/>
+      <c r="D55" s="158"/>
+      <c r="E55" s="158"/>
+      <c r="F55" s="158"/>
+      <c r="G55" s="158"/>
+      <c r="H55" s="158"/>
+      <c r="I55" s="158"/>
+      <c r="J55" s="129" t="str">
         <f>IF(AND(C54=$N$12,F54=$P$12,G54=$Q$12),J54*$R$12,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$12),J54*$R$12,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$12),J54*$T$12,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$12),J54*$V$12,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$12),J54*$X$12,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$12),J54*$Z$12,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$12),J54*$AB$12,IF(AND(C54=$N$12,F54=$P$12,G54=$Q$13),J54*#REF!,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$13),J54*$R$13,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$13),J54*$T$13,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$13),J54*$V$13,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$13),J54*$X$13,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$13),J54*$Z$13,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$13),J54*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K55" s="137" t="str">
+      <c r="K55" s="129" t="str">
         <f>IF(AND(C54=$N$12,F54=$P$12,G54=$Q$12),K54*$R$12,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$12),K54*$T$12,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$12),K54*$V$12,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$12),K54*$X$12,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$12),K54*$Z$12,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$12),K54*$AB$12,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$12),K54*$AD$12,IF(AND(C54=$N$12,F54=$P$12,G54=$Q$13),K54*$R$13,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$13),K54*$T$13,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$13),K54*$V$13,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$13),K54*$X$13,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$13),K54*$Z$13,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$13),K54*$AB$13,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$13),K54*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L55" s="137">
+      <c r="L55" s="129">
         <f>IF(AND(F54=$P$12,G54=$Q$12),L54*$S$12,IF(AND(F54=$P$13,G54=$Q$12),L54*$U$12,IF(AND(F54=$P$14,G54=$Q$12),L54*$W$12,IF(AND(F54=$P$15,G54=$Q$12),L54*$Y$12,IF(AND(F54=$P$16,G54=$Q$12),L54*$AA$12,IF(AND(F54=$P$17,G54=$Q$12),L54*$AC$12,IF(AND(F54=$P$18,G54=$Q$12),L54*$AE$12,IF(AND(F54=$P$12,G54=$Q$13),L54*$S$13,IF(AND(F54=$P$13,G54=$Q$13),L54*$U$13,IF(AND(F54=$P$14,G54=$Q$13),L54*$W$13,IF(AND(F54=$P$15,G54=$Q$13),L54*$Y$13,IF(AND(F54=$P$16,G54=$Q$13),L54*$AA$13,IF(AND(F54=$P$17,G54=$Q$13),L54*$AC$13,IF(AND(F54=$P$18,G54=$Q$13),L54*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M55" s="137">
+      <c r="M55" s="129">
         <f>IF(AND(F54=$P$12,G54=$Q$12),M54*$S$12,IF(AND(F54=$P$13,G54=$Q$12),M54*$U$12,IF(AND(F54=$P$14,G54=$Q$12),M54*$W$12,IF(AND(F54=$P$15,G54=$Q$12),M54*$Y$12,IF(AND(F54=$P$16,G54=$Q$12),M54*$AA$12,IF(AND(F54=$P$17,G54=$Q$12),M54*$AC$12,IF(AND(F54=$P$18,G54=$Q$12),M54*$AE$12,IF(AND(F54=$P$12,G54=$Q$13),M54*$S$13,IF(AND(F54=$P$13,G54=$Q$13),M54*$U$13,IF(AND(F54=$P$14,G54=$Q$13),M54*$W$13,IF(AND(F54=$P$15,G54=$Q$13),M54*$Y$13,IF(AND(F54=$P$16,G54=$Q$13),M54*$AA$13,IF(AND(F54=$P$17,G54=$Q$13),M54*$AC$13,IF(AND(F54=$P$18,G54=$Q$13),M54*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N55" s="137">
+      <c r="N55" s="129">
         <f>IF(AND(F54=$P$12,G54=$Q$12),N54*$S$12,IF(AND(F54=$P$13,G54=$Q$12),N54*$U$12,IF(AND(F54=$P$14,G54=$Q$12),N54*$W$12,IF(AND(F54=$P$15,G54=$Q$12),N54*$Y$12,IF(AND(F54=$P$16,G54=$Q$12),N54*$AA$12,IF(AND(F54=$P$17,G54=$Q$12),N54*$AC$12,IF(AND(F54=$P$18,G54=$Q$12),N54*$AE$12,IF(AND(F54=$P$12,G54=$Q$13),N54*$S$13,IF(AND(F54=$P$13,G54=$Q$13),N54*$U$13,IF(AND(F54=$P$14,G54=$Q$13),N54*$W$13,IF(AND(F54=$P$15,G54=$Q$13),N54*$Y$13,IF(AND(F54=$P$16,G54=$Q$13),N54*$AA$13,IF(AND(F54=$P$17,G54=$Q$13),N54*$AC$13,IF(AND(F54=$P$18,G54=$Q$13),N54*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O55" s="137" t="str">
+      <c r="O55" s="129" t="str">
         <f>IF(AND(C54=$N$13,F54=$P$12,G54=$Q$12),O54*$S$12,IF(AND(C54=$N$13,F54=$P$13,G54=$Q$12),O54*$U$12,IF(AND(C54=$N$13,F54=$P$14,G54=$Q$12),O54*$W$12,IF(AND(C54=$N$13,F54=$P$15,G54=$Q$12),O54*$Y$12,IF(AND(C54=$N$13,F54=$P$16,G54=$Q$12),O54*$AA$12,IF(AND(C54=$N$13,F54=$P$17,G54=$Q$12),O54*$AC$12,IF(AND(C54=$N$13,F54=$P$18,G54=$Q$12),O54*$AE$12,IF(AND(C54=$N$13,F54=$P$12,G54=$Q$13),O54*$S$13,IF(AND(C54=$N$13,F54=$P$13,G54=$Q$13),O54*$U$13,IF(AND(C54=$N$13,F54=$P$14,G54=$Q$13),O54*$W$13,IF(AND(C54=$N$13,F54=$P$15,G54=$Q$13),O54*$Y$13,IF(AND(C54=$N$13,F54=$P$16,G54=$Q$13),O54*$AA$13,IF(AND(C54=$N$13,F54=$P$17,G54=$Q$13),O54*$AC$13,IF(AND(C54=$N$13,F54=$P$18,G54=$Q$13),O54*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P55" s="137" t="str">
+      <c r="P55" s="129" t="str">
         <f>IF(AND(C54=$N$12,F54=$P$12,G54=$Q$12),P54*$S$12,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$12),P54*$U$12,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$12),P54*$W$12,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$12),P54*$Y$12,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$12),P54*$AA$12,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$12),P54*$AC$12,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$12),P54*$AE$12,IF(AND(C54=$N$12,F54=$P$12,G54=$Q$13),P54*$S$13,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$13),P54*$U$13,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$13),P54*$W$13,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$13),P54*$Y$13,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$13),P54*$AA$13,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$13),P54*$AC$13,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$13),P54*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q55" s="137" t="str">
+      <c r="Q55" s="129" t="str">
         <f>IF(AND(C54=$N$12,F54=$P$12,G54=$Q$12),Q54*$S$12,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$12),Q54*$U$12,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$12),Q54*$W$12,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$12),Q54*$Y$12,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$12),Q54*$AA$12,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$12),Q54*$AC$12,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$12),Q54*$AE$12,IF(AND(C54=$N$12,F54=$P$12,G54=$Q$13),Q54*$S$13,IF(AND(C54=$N$12,F54=$P$13,G54=$Q$13),Q54*$U$13,IF(AND(C54=$N$12,F54=$P$14,G54=$Q$13),Q54*$W$13,IF(AND(C54=$N$12,F54=$P$15,G54=$Q$13),Q54*$Y$13,IF(AND(C54=$N$12,F54=$P$16,G54=$Q$13),Q54*$AA$13,IF(AND(C54=$N$12,F54=$P$17,G54=$Q$13),Q54*$AC$13,IF(AND(C54=$N$12,F54=$P$18,G54=$Q$13),Q54*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R55" s="43"/>
-[...2 lines deleted...]
-      <c r="A56" s="158">
+      <c r="R55" s="42"/>
+    </row>
+    <row r="56" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A56" s="167">
         <v>13</v>
       </c>
-      <c r="B56" s="158"/>
-[...27 lines deleted...]
-      <c r="J57" s="137" t="str">
+      <c r="B56" s="167"/>
+      <c r="C56" s="169"/>
+      <c r="D56" s="157"/>
+      <c r="E56" s="157"/>
+      <c r="F56" s="157"/>
+      <c r="G56" s="157"/>
+      <c r="H56" s="157"/>
+      <c r="I56" s="157"/>
+      <c r="J56" s="43"/>
+      <c r="K56" s="43"/>
+      <c r="L56" s="43"/>
+      <c r="M56" s="43"/>
+      <c r="N56" s="43"/>
+      <c r="O56" s="43"/>
+      <c r="P56" s="43"/>
+      <c r="Q56" s="43"/>
+      <c r="R56" s="41"/>
+    </row>
+    <row r="57" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="168"/>
+      <c r="B57" s="168"/>
+      <c r="C57" s="170"/>
+      <c r="D57" s="158"/>
+      <c r="E57" s="158"/>
+      <c r="F57" s="158"/>
+      <c r="G57" s="158"/>
+      <c r="H57" s="158"/>
+      <c r="I57" s="158"/>
+      <c r="J57" s="129" t="str">
         <f>IF(AND(C56=$N$12,F56=$P$12,G56=$Q$12),J56*$R$12,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$12),J56*$R$12,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$12),J56*$T$12,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$12),J56*$V$12,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$12),J56*$X$12,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$12),J56*$Z$12,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$12),J56*$AB$12,IF(AND(C56=$N$12,F56=$P$12,G56=$Q$13),J56*#REF!,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$13),J56*$R$13,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$13),J56*$T$13,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$13),J56*$V$13,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$13),J56*$X$13,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$13),J56*$Z$13,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$13),J56*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K57" s="137" t="str">
+      <c r="K57" s="129" t="str">
         <f>IF(AND(C56=$N$12,F56=$P$12,G56=$Q$12),K56*$R$12,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$12),K56*$T$12,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$12),K56*$V$12,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$12),K56*$X$12,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$12),K56*$Z$12,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$12),K56*$AB$12,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$12),K56*$AD$12,IF(AND(C56=$N$12,F56=$P$12,G56=$Q$13),K56*$R$13,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$13),K56*$T$13,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$13),K56*$V$13,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$13),K56*$X$13,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$13),K56*$Z$13,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$13),K56*$AB$13,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$13),K56*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L57" s="137">
+      <c r="L57" s="129">
         <f>IF(AND(F56=$P$12,G56=$Q$12),L56*$S$12,IF(AND(F56=$P$13,G56=$Q$12),L56*$U$12,IF(AND(F56=$P$14,G56=$Q$12),L56*$W$12,IF(AND(F56=$P$15,G56=$Q$12),L56*$Y$12,IF(AND(F56=$P$16,G56=$Q$12),L56*$AA$12,IF(AND(F56=$P$17,G56=$Q$12),L56*$AC$12,IF(AND(F56=$P$18,G56=$Q$12),L56*$AE$12,IF(AND(F56=$P$12,G56=$Q$13),L56*$S$13,IF(AND(F56=$P$13,G56=$Q$13),L56*$U$13,IF(AND(F56=$P$14,G56=$Q$13),L56*$W$13,IF(AND(F56=$P$15,G56=$Q$13),L56*$Y$13,IF(AND(F56=$P$16,G56=$Q$13),L56*$AA$13,IF(AND(F56=$P$17,G56=$Q$13),L56*$AC$13,IF(AND(F56=$P$18,G56=$Q$13),L56*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M57" s="137">
+      <c r="M57" s="129">
         <f>IF(AND(F56=$P$12,G56=$Q$12),M56*$S$12,IF(AND(F56=$P$13,G56=$Q$12),M56*$U$12,IF(AND(F56=$P$14,G56=$Q$12),M56*$W$12,IF(AND(F56=$P$15,G56=$Q$12),M56*$Y$12,IF(AND(F56=$P$16,G56=$Q$12),M56*$AA$12,IF(AND(F56=$P$17,G56=$Q$12),M56*$AC$12,IF(AND(F56=$P$18,G56=$Q$12),M56*$AE$12,IF(AND(F56=$P$12,G56=$Q$13),M56*$S$13,IF(AND(F56=$P$13,G56=$Q$13),M56*$U$13,IF(AND(F56=$P$14,G56=$Q$13),M56*$W$13,IF(AND(F56=$P$15,G56=$Q$13),M56*$Y$13,IF(AND(F56=$P$16,G56=$Q$13),M56*$AA$13,IF(AND(F56=$P$17,G56=$Q$13),M56*$AC$13,IF(AND(F56=$P$18,G56=$Q$13),M56*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N57" s="137">
+      <c r="N57" s="129">
         <f>IF(AND(F56=$P$12,G56=$Q$12),N56*$S$12,IF(AND(F56=$P$13,G56=$Q$12),N56*$U$12,IF(AND(F56=$P$14,G56=$Q$12),N56*$W$12,IF(AND(F56=$P$15,G56=$Q$12),N56*$Y$12,IF(AND(F56=$P$16,G56=$Q$12),N56*$AA$12,IF(AND(F56=$P$17,G56=$Q$12),N56*$AC$12,IF(AND(F56=$P$18,G56=$Q$12),N56*$AE$12,IF(AND(F56=$P$12,G56=$Q$13),N56*$S$13,IF(AND(F56=$P$13,G56=$Q$13),N56*$U$13,IF(AND(F56=$P$14,G56=$Q$13),N56*$W$13,IF(AND(F56=$P$15,G56=$Q$13),N56*$Y$13,IF(AND(F56=$P$16,G56=$Q$13),N56*$AA$13,IF(AND(F56=$P$17,G56=$Q$13),N56*$AC$13,IF(AND(F56=$P$18,G56=$Q$13),N56*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O57" s="137" t="str">
+      <c r="O57" s="129" t="str">
         <f>IF(AND(C56=$N$13,F56=$P$12,G56=$Q$12),O56*$S$12,IF(AND(C56=$N$13,F56=$P$13,G56=$Q$12),O56*$U$12,IF(AND(C56=$N$13,F56=$P$14,G56=$Q$12),O56*$W$12,IF(AND(C56=$N$13,F56=$P$15,G56=$Q$12),O56*$Y$12,IF(AND(C56=$N$13,F56=$P$16,G56=$Q$12),O56*$AA$12,IF(AND(C56=$N$13,F56=$P$17,G56=$Q$12),O56*$AC$12,IF(AND(C56=$N$13,F56=$P$18,G56=$Q$12),O56*$AE$12,IF(AND(C56=$N$13,F56=$P$12,G56=$Q$13),O56*$S$13,IF(AND(C56=$N$13,F56=$P$13,G56=$Q$13),O56*$U$13,IF(AND(C56=$N$13,F56=$P$14,G56=$Q$13),O56*$W$13,IF(AND(C56=$N$13,F56=$P$15,G56=$Q$13),O56*$Y$13,IF(AND(C56=$N$13,F56=$P$16,G56=$Q$13),O56*$AA$13,IF(AND(C56=$N$13,F56=$P$17,G56=$Q$13),O56*$AC$13,IF(AND(C56=$N$13,F56=$P$18,G56=$Q$13),O56*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P57" s="137" t="str">
+      <c r="P57" s="129" t="str">
         <f>IF(AND(C56=$N$12,F56=$P$12,G56=$Q$12),P56*$S$12,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$12),P56*$U$12,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$12),P56*$W$12,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$12),P56*$Y$12,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$12),P56*$AA$12,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$12),P56*$AC$12,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$12),P56*$AE$12,IF(AND(C56=$N$12,F56=$P$12,G56=$Q$13),P56*$S$13,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$13),P56*$U$13,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$13),P56*$W$13,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$13),P56*$Y$13,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$13),P56*$AA$13,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$13),P56*$AC$13,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$13),P56*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q57" s="137" t="str">
+      <c r="Q57" s="129" t="str">
         <f>IF(AND(C56=$N$12,F56=$P$12,G56=$Q$12),Q56*$S$12,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$12),Q56*$U$12,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$12),Q56*$W$12,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$12),Q56*$Y$12,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$12),Q56*$AA$12,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$12),Q56*$AC$12,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$12),Q56*$AE$12,IF(AND(C56=$N$12,F56=$P$12,G56=$Q$13),Q56*$S$13,IF(AND(C56=$N$12,F56=$P$13,G56=$Q$13),Q56*$U$13,IF(AND(C56=$N$12,F56=$P$14,G56=$Q$13),Q56*$W$13,IF(AND(C56=$N$12,F56=$P$15,G56=$Q$13),Q56*$Y$13,IF(AND(C56=$N$12,F56=$P$16,G56=$Q$13),Q56*$AA$13,IF(AND(C56=$N$12,F56=$P$17,G56=$Q$13),Q56*$AC$13,IF(AND(C56=$N$12,F56=$P$18,G56=$Q$13),Q56*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R57" s="43"/>
-[...2 lines deleted...]
-      <c r="A58" s="150">
+      <c r="R57" s="42"/>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A58" s="159">
         <v>14</v>
       </c>
-      <c r="B58" s="158"/>
-[...27 lines deleted...]
-      <c r="J59" s="137" t="str">
+      <c r="B58" s="167"/>
+      <c r="C58" s="169"/>
+      <c r="D58" s="157"/>
+      <c r="E58" s="157"/>
+      <c r="F58" s="157"/>
+      <c r="G58" s="157"/>
+      <c r="H58" s="157"/>
+      <c r="I58" s="157"/>
+      <c r="J58" s="43"/>
+      <c r="K58" s="43"/>
+      <c r="L58" s="43"/>
+      <c r="M58" s="43"/>
+      <c r="N58" s="43"/>
+      <c r="O58" s="43"/>
+      <c r="P58" s="43"/>
+      <c r="Q58" s="43"/>
+      <c r="R58" s="41"/>
+    </row>
+    <row r="59" spans="1:18" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="160"/>
+      <c r="B59" s="168"/>
+      <c r="C59" s="170"/>
+      <c r="D59" s="158"/>
+      <c r="E59" s="158"/>
+      <c r="F59" s="158"/>
+      <c r="G59" s="158"/>
+      <c r="H59" s="158"/>
+      <c r="I59" s="158"/>
+      <c r="J59" s="129" t="str">
         <f>IF(AND(C58=$N$12,F58=$P$12,G58=$Q$12),J58*$R$12,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$12),J58*$R$12,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$12),J58*$T$12,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$12),J58*$V$12,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$12),J58*$X$12,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$12),J58*$Z$12,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$12),J58*$AB$12,IF(AND(C58=$N$12,F58=$P$12,G58=$Q$13),J58*#REF!,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$13),J58*$R$13,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$13),J58*$T$13,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$13),J58*$V$13,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$13),J58*$X$13,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$13),J58*$Z$13,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$13),J58*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K59" s="137" t="str">
+      <c r="K59" s="129" t="str">
         <f>IF(AND(C58=$N$12,F58=$P$12,G58=$Q$12),K58*$R$12,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$12),K58*$T$12,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$12),K58*$V$12,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$12),K58*$X$12,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$12),K58*$Z$12,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$12),K58*$AB$12,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$12),K58*$AD$12,IF(AND(C58=$N$12,F58=$P$12,G58=$Q$13),K58*$R$13,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$13),K58*$T$13,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$13),K58*$V$13,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$13),K58*$X$13,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$13),K58*$Z$13,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$13),K58*$AB$13,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$13),K58*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L59" s="137">
+      <c r="L59" s="129">
         <f>IF(AND(F58=$P$12,G58=$Q$12),L58*$S$12,IF(AND(F58=$P$13,G58=$Q$12),L58*$U$12,IF(AND(F58=$P$14,G58=$Q$12),L58*$W$12,IF(AND(F58=$P$15,G58=$Q$12),L58*$Y$12,IF(AND(F58=$P$16,G58=$Q$12),L58*$AA$12,IF(AND(F58=$P$17,G58=$Q$12),L58*$AC$12,IF(AND(F58=$P$18,G58=$Q$12),L58*$AE$12,IF(AND(F58=$P$12,G58=$Q$13),L58*$S$13,IF(AND(F58=$P$13,G58=$Q$13),L58*$U$13,IF(AND(F58=$P$14,G58=$Q$13),L58*$W$13,IF(AND(F58=$P$15,G58=$Q$13),L58*$Y$13,IF(AND(F58=$P$16,G58=$Q$13),L58*$AA$13,IF(AND(F58=$P$17,G58=$Q$13),L58*$AC$13,IF(AND(F58=$P$18,G58=$Q$13),L58*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M59" s="137">
+      <c r="M59" s="129">
         <f>IF(AND(F58=$P$12,G58=$Q$12),M58*$S$12,IF(AND(F58=$P$13,G58=$Q$12),M58*$U$12,IF(AND(F58=$P$14,G58=$Q$12),M58*$W$12,IF(AND(F58=$P$15,G58=$Q$12),M58*$Y$12,IF(AND(F58=$P$16,G58=$Q$12),M58*$AA$12,IF(AND(F58=$P$17,G58=$Q$12),M58*$AC$12,IF(AND(F58=$P$18,G58=$Q$12),M58*$AE$12,IF(AND(F58=$P$12,G58=$Q$13),M58*$S$13,IF(AND(F58=$P$13,G58=$Q$13),M58*$U$13,IF(AND(F58=$P$14,G58=$Q$13),M58*$W$13,IF(AND(F58=$P$15,G58=$Q$13),M58*$Y$13,IF(AND(F58=$P$16,G58=$Q$13),M58*$AA$13,IF(AND(F58=$P$17,G58=$Q$13),M58*$AC$13,IF(AND(F58=$P$18,G58=$Q$13),M58*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N59" s="137">
+      <c r="N59" s="129">
         <f>IF(AND(F58=$P$12,G58=$Q$12),N58*$S$12,IF(AND(F58=$P$13,G58=$Q$12),N58*$U$12,IF(AND(F58=$P$14,G58=$Q$12),N58*$W$12,IF(AND(F58=$P$15,G58=$Q$12),N58*$Y$12,IF(AND(F58=$P$16,G58=$Q$12),N58*$AA$12,IF(AND(F58=$P$17,G58=$Q$12),N58*$AC$12,IF(AND(F58=$P$18,G58=$Q$12),N58*$AE$12,IF(AND(F58=$P$12,G58=$Q$13),N58*$S$13,IF(AND(F58=$P$13,G58=$Q$13),N58*$U$13,IF(AND(F58=$P$14,G58=$Q$13),N58*$W$13,IF(AND(F58=$P$15,G58=$Q$13),N58*$Y$13,IF(AND(F58=$P$16,G58=$Q$13),N58*$AA$13,IF(AND(F58=$P$17,G58=$Q$13),N58*$AC$13,IF(AND(F58=$P$18,G58=$Q$13),N58*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O59" s="137" t="str">
+      <c r="O59" s="129" t="str">
         <f>IF(AND(C58=$N$13,F58=$P$12,G58=$Q$12),O58*$S$12,IF(AND(C58=$N$13,F58=$P$13,G58=$Q$12),O58*$U$12,IF(AND(C58=$N$13,F58=$P$14,G58=$Q$12),O58*$W$12,IF(AND(C58=$N$13,F58=$P$15,G58=$Q$12),O58*$Y$12,IF(AND(C58=$N$13,F58=$P$16,G58=$Q$12),O58*$AA$12,IF(AND(C58=$N$13,F58=$P$17,G58=$Q$12),O58*$AC$12,IF(AND(C58=$N$13,F58=$P$18,G58=$Q$12),O58*$AE$12,IF(AND(C58=$N$13,F58=$P$12,G58=$Q$13),O58*$S$13,IF(AND(C58=$N$13,F58=$P$13,G58=$Q$13),O58*$U$13,IF(AND(C58=$N$13,F58=$P$14,G58=$Q$13),O58*$W$13,IF(AND(C58=$N$13,F58=$P$15,G58=$Q$13),O58*$Y$13,IF(AND(C58=$N$13,F58=$P$16,G58=$Q$13),O58*$AA$13,IF(AND(C58=$N$13,F58=$P$17,G58=$Q$13),O58*$AC$13,IF(AND(C58=$N$13,F58=$P$18,G58=$Q$13),O58*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P59" s="137" t="str">
+      <c r="P59" s="129" t="str">
         <f>IF(AND(C58=$N$12,F58=$P$12,G58=$Q$12),P58*$S$12,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$12),P58*$U$12,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$12),P58*$W$12,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$12),P58*$Y$12,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$12),P58*$AA$12,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$12),P58*$AC$12,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$12),P58*$AE$12,IF(AND(C58=$N$12,F58=$P$12,G58=$Q$13),P58*$S$13,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$13),P58*$U$13,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$13),P58*$W$13,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$13),P58*$Y$13,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$13),P58*$AA$13,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$13),P58*$AC$13,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$13),P58*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q59" s="137" t="str">
+      <c r="Q59" s="129" t="str">
         <f>IF(AND(C58=$N$12,F58=$P$12,G58=$Q$12),Q58*$S$12,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$12),Q58*$U$12,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$12),Q58*$W$12,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$12),Q58*$Y$12,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$12),Q58*$AA$12,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$12),Q58*$AC$12,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$12),Q58*$AE$12,IF(AND(C58=$N$12,F58=$P$12,G58=$Q$13),Q58*$S$13,IF(AND(C58=$N$12,F58=$P$13,G58=$Q$13),Q58*$U$13,IF(AND(C58=$N$12,F58=$P$14,G58=$Q$13),Q58*$W$13,IF(AND(C58=$N$12,F58=$P$15,G58=$Q$13),Q58*$Y$13,IF(AND(C58=$N$12,F58=$P$16,G58=$Q$13),Q58*$AA$13,IF(AND(C58=$N$12,F58=$P$17,G58=$Q$13),Q58*$AC$13,IF(AND(C58=$N$12,F58=$P$18,G58=$Q$13),Q58*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R59" s="43"/>
-[...2 lines deleted...]
-      <c r="A60" s="150">
+      <c r="R59" s="42"/>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A60" s="159">
         <v>15</v>
       </c>
-      <c r="B60" s="158"/>
-[...27 lines deleted...]
-      <c r="J61" s="137" t="str">
+      <c r="B60" s="167"/>
+      <c r="C60" s="169"/>
+      <c r="D60" s="157"/>
+      <c r="E60" s="157"/>
+      <c r="F60" s="157"/>
+      <c r="G60" s="157"/>
+      <c r="H60" s="157"/>
+      <c r="I60" s="157"/>
+      <c r="J60" s="43"/>
+      <c r="K60" s="43"/>
+      <c r="L60" s="43"/>
+      <c r="M60" s="43"/>
+      <c r="N60" s="43"/>
+      <c r="O60" s="43"/>
+      <c r="P60" s="43"/>
+      <c r="Q60" s="43"/>
+      <c r="R60" s="41"/>
+    </row>
+    <row r="61" spans="1:18" ht="14.4" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="160"/>
+      <c r="B61" s="168"/>
+      <c r="C61" s="170"/>
+      <c r="D61" s="158"/>
+      <c r="E61" s="158"/>
+      <c r="F61" s="158"/>
+      <c r="G61" s="158"/>
+      <c r="H61" s="158"/>
+      <c r="I61" s="158"/>
+      <c r="J61" s="129" t="str">
         <f>IF(AND(C60=$N$12,F60=$P$12,G60=$Q$12),J60*$R$12,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$12),J60*$R$12,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$12),J60*$T$12,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$12),J60*$V$12,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$12),J60*$X$12,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$12),J60*$Z$12,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$12),J60*$AB$12,IF(AND(C60=$N$12,F60=$P$12,G60=$Q$13),J60*#REF!,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$13),J60*$R$13,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$13),J60*$T$13,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$13),J60*$V$13,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$13),J60*$X$13,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$13),J60*$Z$13,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$13),J60*$AB$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="K61" s="137" t="str">
+      <c r="K61" s="129" t="str">
         <f>IF(AND(C60=$N$12,F60=$P$12,G60=$Q$12),K60*$R$12,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$12),K60*$T$12,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$12),K60*$V$12,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$12),K60*$X$12,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$12),K60*$Z$12,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$12),K60*$AB$12,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$12),K60*$AD$12,IF(AND(C60=$N$12,F60=$P$12,G60=$Q$13),K60*$R$13,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$13),K60*$T$13,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$13),K60*$V$13,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$13),K60*$X$13,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$13),K60*$Z$13,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$13),K60*$AB$13,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$13),K60*$AD$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="L61" s="137">
+      <c r="L61" s="129">
         <f>IF(AND(F60=$P$12,G60=$Q$12),L60*$S$12,IF(AND(F60=$P$13,G60=$Q$12),L60*$U$12,IF(AND(F60=$P$14,G60=$Q$12),L60*$W$12,IF(AND(F60=$P$15,G60=$Q$12),L60*$Y$12,IF(AND(F60=$P$16,G60=$Q$12),L60*$AA$12,IF(AND(F60=$P$17,G60=$Q$12),L60*$AC$12,IF(AND(F60=$P$18,G60=$Q$12),L60*$AE$12,IF(AND(F60=$P$12,G60=$Q$13),L60*$S$13,IF(AND(F60=$P$13,G60=$Q$13),L60*$U$13,IF(AND(F60=$P$14,G60=$Q$13),L60*$W$13,IF(AND(F60=$P$15,G60=$Q$13),L60*$Y$13,IF(AND(F60=$P$16,G60=$Q$13),L60*$AA$13,IF(AND(F60=$P$17,G60=$Q$13),L60*$AC$13,IF(AND(F60=$P$18,G60=$Q$13),L60*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="M61" s="137">
+      <c r="M61" s="129">
         <f>IF(AND(F60=$P$12,G60=$Q$12),M60*$S$12,IF(AND(F60=$P$13,G60=$Q$12),M60*$U$12,IF(AND(F60=$P$14,G60=$Q$12),M60*$W$12,IF(AND(F60=$P$15,G60=$Q$12),M60*$Y$12,IF(AND(F60=$P$16,G60=$Q$12),M60*$AA$12,IF(AND(F60=$P$17,G60=$Q$12),M60*$AC$12,IF(AND(F60=$P$18,G60=$Q$12),M60*$AE$12,IF(AND(F60=$P$12,G60=$Q$13),M60*$S$13,IF(AND(F60=$P$13,G60=$Q$13),M60*$U$13,IF(AND(F60=$P$14,G60=$Q$13),M60*$W$13,IF(AND(F60=$P$15,G60=$Q$13),M60*$Y$13,IF(AND(F60=$P$16,G60=$Q$13),M60*$AA$13,IF(AND(F60=$P$17,G60=$Q$13),M60*$AC$13,IF(AND(F60=$P$18,G60=$Q$13),M60*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="N61" s="137">
+      <c r="N61" s="129">
         <f>IF(AND(F60=$P$12,G60=$Q$12),N60*$S$12,IF(AND(F60=$P$13,G60=$Q$12),N60*$U$12,IF(AND(F60=$P$14,G60=$Q$12),N60*$W$12,IF(AND(F60=$P$15,G60=$Q$12),N60*$Y$12,IF(AND(F60=$P$16,G60=$Q$12),N60*$AA$12,IF(AND(F60=$P$17,G60=$Q$12),N60*$AC$12,IF(AND(F60=$P$18,G60=$Q$12),N60*$AE$12,IF(AND(F60=$P$12,G60=$Q$13),N60*$S$13,IF(AND(F60=$P$13,G60=$Q$13),N60*$U$13,IF(AND(F60=$P$14,G60=$Q$13),N60*$W$13,IF(AND(F60=$P$15,G60=$Q$13),N60*$Y$13,IF(AND(F60=$P$16,G60=$Q$13),N60*$AA$13,IF(AND(F60=$P$17,G60=$Q$13),N60*$AC$13,IF(AND(F60=$P$18,G60=$Q$13),N60*$AE$13,0))))))))))))))</f>
         <v>0</v>
       </c>
-      <c r="O61" s="137" t="str">
+      <c r="O61" s="129" t="str">
         <f>IF(AND(C60=$N$13,F60=$P$12,G60=$Q$12),O60*$S$12,IF(AND(C60=$N$13,F60=$P$13,G60=$Q$12),O60*$U$12,IF(AND(C60=$N$13,F60=$P$14,G60=$Q$12),O60*$W$12,IF(AND(C60=$N$13,F60=$P$15,G60=$Q$12),O60*$Y$12,IF(AND(C60=$N$13,F60=$P$16,G60=$Q$12),O60*$AA$12,IF(AND(C60=$N$13,F60=$P$17,G60=$Q$12),O60*$AC$12,IF(AND(C60=$N$13,F60=$P$18,G60=$Q$12),O60*$AE$12,IF(AND(C60=$N$13,F60=$P$12,G60=$Q$13),O60*$S$13,IF(AND(C60=$N$13,F60=$P$13,G60=$Q$13),O60*$U$13,IF(AND(C60=$N$13,F60=$P$14,G60=$Q$13),O60*$W$13,IF(AND(C60=$N$13,F60=$P$15,G60=$Q$13),O60*$Y$13,IF(AND(C60=$N$13,F60=$P$16,G60=$Q$13),O60*$AA$13,IF(AND(C60=$N$13,F60=$P$17,G60=$Q$13),O60*$AC$13,IF(AND(C60=$N$13,F60=$P$18,G60=$Q$13),O60*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="P61" s="137" t="str">
+      <c r="P61" s="129" t="str">
         <f>IF(AND(C60=$N$12,F60=$P$12,G60=$Q$12),P60*$S$12,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$12),P60*$U$12,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$12),P60*$W$12,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$12),P60*$Y$12,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$12),P60*$AA$12,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$12),P60*$AC$12,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$12),P60*$AE$12,IF(AND(C60=$N$12,F60=$P$12,G60=$Q$13),P60*$S$13,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$13),P60*$U$13,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$13),P60*$W$13,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$13),P60*$Y$13,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$13),P60*$AA$13,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$13),P60*$AC$13,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$13),P60*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="Q61" s="137" t="str">
+      <c r="Q61" s="129" t="str">
         <f>IF(AND(C60=$N$12,F60=$P$12,G60=$Q$12),Q60*$S$12,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$12),Q60*$U$12,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$12),Q60*$W$12,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$12),Q60*$Y$12,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$12),Q60*$AA$12,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$12),Q60*$AC$12,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$12),Q60*$AE$12,IF(AND(C60=$N$12,F60=$P$12,G60=$Q$13),Q60*$S$13,IF(AND(C60=$N$12,F60=$P$13,G60=$Q$13),Q60*$U$13,IF(AND(C60=$N$12,F60=$P$14,G60=$Q$13),Q60*$W$13,IF(AND(C60=$N$12,F60=$P$15,G60=$Q$13),Q60*$Y$13,IF(AND(C60=$N$12,F60=$P$16,G60=$Q$13),Q60*$AA$13,IF(AND(C60=$N$12,F60=$P$17,G60=$Q$13),Q60*$AC$13,IF(AND(C60=$N$12,F60=$P$18,G60=$Q$13),Q60*$AE$13,"N/A"))))))))))))))</f>
         <v>N/A</v>
       </c>
-      <c r="R61" s="43"/>
-[...20 lines deleted...]
-    <row r="67" hidden="1" x14ac:dyDescent="0.25"/>
+      <c r="R61" s="42"/>
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A62" s="37"/>
+      <c r="B62" s="37"/>
+      <c r="C62" s="37"/>
+      <c r="D62" s="37"/>
+      <c r="E62" s="37"/>
+      <c r="F62" s="37"/>
+      <c r="G62" s="37"/>
+      <c r="H62" s="37"/>
+      <c r="I62" s="37"/>
+      <c r="J62" s="37"/>
+      <c r="K62" s="37"/>
+      <c r="L62" s="37"/>
+      <c r="M62" s="37"/>
+      <c r="N62" s="37"/>
+      <c r="O62" s="37"/>
+      <c r="P62" s="37"/>
+      <c r="Q62" s="37"/>
+    </row>
+    <row r="67" hidden="1" x14ac:dyDescent="0.3"/>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="TrRRaifTaJbFC39YVP+7khycodlQ/fsrjQpye1XIkHwIzMnQuJqOagPT0GWfmIJ1lYIRgKSsRzBay+Js/d1l0Q==" saltValue="yCK5mT4FEvHdAIMTCsO4YQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="149">
-    <mergeCell ref="T9:U9"/>
-[...2 lines deleted...]
-    <mergeCell ref="Z9:AA9"/>
     <mergeCell ref="AB9:AC9"/>
     <mergeCell ref="AD9:AE9"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C32:C33"/>
     <mergeCell ref="F32:F33"/>
     <mergeCell ref="G32:G33"/>
     <mergeCell ref="I32:I33"/>
     <mergeCell ref="H32:H33"/>
     <mergeCell ref="I30:I31"/>
     <mergeCell ref="H30:H31"/>
     <mergeCell ref="G30:G31"/>
     <mergeCell ref="F30:F31"/>
     <mergeCell ref="C30:C31"/>
     <mergeCell ref="B30:B31"/>
-    <mergeCell ref="R9:S9"/>
     <mergeCell ref="D32:D33"/>
     <mergeCell ref="D30:D31"/>
     <mergeCell ref="E32:E33"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="Z9:AA9"/>
     <mergeCell ref="I36:I37"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="B34:B35"/>
     <mergeCell ref="C34:C35"/>
     <mergeCell ref="F34:F35"/>
     <mergeCell ref="G34:G35"/>
     <mergeCell ref="I34:I35"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="C36:C37"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="G36:G37"/>
     <mergeCell ref="H34:H35"/>
     <mergeCell ref="H36:H37"/>
     <mergeCell ref="D34:D35"/>
     <mergeCell ref="D36:D37"/>
     <mergeCell ref="E34:E35"/>
     <mergeCell ref="E36:E37"/>
     <mergeCell ref="I40:I41"/>
     <mergeCell ref="A38:A39"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="F38:F39"/>
     <mergeCell ref="G38:G39"/>
     <mergeCell ref="I38:I39"/>
@@ -16936,474 +17478,486 @@
     <mergeCell ref="F54:F55"/>
     <mergeCell ref="G54:G55"/>
     <mergeCell ref="D54:D55"/>
     <mergeCell ref="D56:D57"/>
     <mergeCell ref="E54:E55"/>
     <mergeCell ref="E56:E57"/>
     <mergeCell ref="I60:I61"/>
     <mergeCell ref="A58:A59"/>
     <mergeCell ref="B58:B59"/>
     <mergeCell ref="C58:C59"/>
     <mergeCell ref="F58:F59"/>
     <mergeCell ref="G58:G59"/>
     <mergeCell ref="I58:I59"/>
     <mergeCell ref="A60:A61"/>
     <mergeCell ref="B60:B61"/>
     <mergeCell ref="C60:C61"/>
     <mergeCell ref="F60:F61"/>
     <mergeCell ref="G60:G61"/>
     <mergeCell ref="H58:H59"/>
     <mergeCell ref="H60:H61"/>
     <mergeCell ref="D58:D59"/>
     <mergeCell ref="D60:D61"/>
     <mergeCell ref="E58:E59"/>
     <mergeCell ref="E60:E61"/>
   </mergeCells>
-  <dataValidations count="6">
+  <dataValidations count="5">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B32 B34:B60">
       <formula1>$B$12:$B$14</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G30:G61">
       <formula1>$Q$12:$Q$13</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>$P$12:$P$18</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C30 C32:C61">
       <formula1>$N$12:$N$13</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H30:H32 H60 H56 H54 H52 H50 H48 H46 H44 H42 H40 H38 H36 H58 H34">
       <formula1>$O$12:$O$13</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D30:D61 E31">
       <formula1>$M$12:$M$14</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="51" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+          <x14:formula1>
+            <xm:f>FBAR!$D$15:$D$21</xm:f>
+          </x14:formula1>
+          <xm:sqref>F30:F61</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil4"/>
   <dimension ref="A2:L36"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E38" sqref="E38"/>
+    <sheetView topLeftCell="A13" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="J20" sqref="J20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="25.85546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.88671875" customWidth="1"/>
+    <col min="2" max="2" width="23.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.109375" customWidth="1"/>
+    <col min="4" max="4" width="14.109375" customWidth="1"/>
+    <col min="5" max="5" width="14.44140625" customWidth="1"/>
+    <col min="6" max="6" width="13.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="10" max="10" width="12" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="23.42578125" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="23.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="C2" s="46" t="s">
+    <row r="2" spans="1:12" s="7" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="C2" s="45" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" s="191">
+        <v>8938</v>
+      </c>
+      <c r="E2" s="191"/>
+      <c r="F2" s="191"/>
+      <c r="G2" s="191"/>
+      <c r="J2" s="46"/>
+      <c r="K2" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="L2" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="D2" s="181">
-[...6 lines deleted...]
-      <c r="K2" s="48" t="s">
+    </row>
+    <row r="3" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="D3" s="192" t="s">
         <v>37</v>
       </c>
-      <c r="L2" s="48" t="s">
+      <c r="E3" s="192"/>
+      <c r="F3" s="192" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D3" s="182" t="s">
+      <c r="G3" s="192"/>
+      <c r="K3" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="E3" s="182"/>
-      <c r="F3" s="182" t="s">
+      <c r="L3" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="C4" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="G3" s="182"/>
-      <c r="K3" s="7" t="s">
+      <c r="D4" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="L3" s="7" t="s">
-[...4 lines deleted...]
-      <c r="C4" s="8" t="s">
+      <c r="F4" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="L4" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" s="48">
+        <v>10000</v>
+      </c>
+      <c r="D5" s="48">
+        <v>75000</v>
+      </c>
+      <c r="E5" s="48">
+        <v>50000</v>
+      </c>
+      <c r="F5" s="48">
+        <v>300000</v>
+      </c>
+      <c r="G5" s="48">
+        <v>200000</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" s="48">
+        <v>10000</v>
+      </c>
+      <c r="D6" s="48">
+        <v>150000</v>
+      </c>
+      <c r="E6" s="48">
+        <v>100000</v>
+      </c>
+      <c r="F6" s="48">
+        <v>600000</v>
+      </c>
+      <c r="G6" s="48">
+        <v>400000</v>
+      </c>
+      <c r="K6" s="7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...19 lines deleted...]
-      <c r="C5" s="49">
+      <c r="C7" s="48">
         <v>10000</v>
       </c>
-      <c r="D5" s="49">
+      <c r="D7" s="48">
         <v>75000</v>
       </c>
-      <c r="E5" s="49">
+      <c r="E7" s="48">
         <v>50000</v>
       </c>
-      <c r="F5" s="49">
+      <c r="F7" s="48">
         <v>300000</v>
       </c>
-      <c r="G5" s="49">
+      <c r="G7" s="48">
         <v>200000</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="H7" s="48"/>
+      <c r="K7" s="7" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="6" spans="1:12" s="7" customFormat="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="K6" s="7" t="s">
+    <row r="10" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="190" t="s">
         <v>48</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="K7" s="7" t="s">
+      <c r="B10" s="190"/>
+    </row>
+    <row r="11" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="49" t="s">
         <v>49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="180" t="s">
+      <c r="B11" s="2"/>
+    </row>
+    <row r="12" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="49" t="s">
         <v>50</v>
       </c>
-      <c r="B10" s="180"/>
-[...2 lines deleted...]
-      <c r="A11" s="50" t="s">
+      <c r="B12" s="50"/>
+    </row>
+    <row r="13" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="49"/>
+      <c r="B13" s="51"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A14" s="52" t="s">
         <v>51</v>
       </c>
-      <c r="B11" s="2"/>
-[...2 lines deleted...]
-      <c r="A12" s="50" t="s">
+      <c r="B14" s="53" t="str">
+        <f>(IF(AND(B11=K3,B12=L3,FBAR!N108&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND(B11=K3,B12=L3,FBAR!O108&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K5,B12=L3,FBAR!N108&gt;'Filing threshold'!D6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,B12=L3,FBAR!O108&gt;'Filing threshold'!E6),"Must file Form 8938",IF(AND(B11=K4,B12=L3,FBAR!N108&gt;'Filing threshold'!D7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,B12=L3,FBAR!O108&gt;'Filing threshold'!E7),"Must file Form 8938",IF(AND(B11=K6,'Filing threshold'!B12='Filing threshold'!L3,FBAR!N108&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L3,FBAR!O108&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,FBAR!N108&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,FBAR!O108&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K3,B12=L4,FBAR!N108&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K3,'Filing threshold'!B12='Filing threshold'!L4,FBAR!O108&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K5,B12=L4,FBAR!N108&gt;'Filing threshold'!F6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,'Filing threshold'!B12='Filing threshold'!L4,FBAR!O108&gt;'Filing threshold'!G6),"Must file Form 8938",IF(AND(B11=K4,B12=L4,FBAR!N108&gt;'Filing threshold'!F7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,'Filing threshold'!B12='Filing threshold'!L4,FBAR!O108&gt;'Filing threshold'!G7),"Must file Form 8938",IF(AND(B11=K6,B12=L4,FBAR!N108&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L4,FBAR!O108&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K7,B12=L4,FBAR!N108&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L4,FBAR!O108&gt;'Filing threshold'!G5),"Must file Form 8938","Do not file Form 8938")))))))))))))))))))))</f>
+        <v>Do not file Form 8938</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="18" x14ac:dyDescent="0.35">
+      <c r="A16" s="190" t="s">
         <v>52</v>
       </c>
-      <c r="B12" s="51"/>
-[...25 lines deleted...]
-        <f>+IF(FBAR!M107&gt;'Filing threshold'!C5,"Must file FBAR","Do not file FBAR")</f>
+      <c r="B16" s="190"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A17" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="53" t="str">
+        <f>+IF(FBAR!M108&gt;'Filing threshold'!C5,"Must file FBAR","Do not file FBAR")</f>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="D22" s="54" t="str">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="B19" s="54"/>
+    </row>
+    <row r="20" spans="1:4" ht="18" x14ac:dyDescent="0.35">
+      <c r="A20" s="190" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" s="190"/>
+      <c r="C20" s="190"/>
+      <c r="D20" s="190"/>
+    </row>
+    <row r="21" spans="1:4" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B21" s="134" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" s="134" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A22" s="131">
+        <v>2022</v>
+      </c>
+      <c r="B22" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A22)*(FBAR!$N$47:N$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C22" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A22)*(FBAR!$O$47:$O$106))</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="53" t="str">
         <f>(IF(AND(B11='Filing threshold'!K3,B12=L3,B22&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND(B11=K3,B12=L3,C22&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K5,B12=L3,B22&gt;'Filing threshold'!D6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,B12=L3,C22&gt;'Filing threshold'!E6),"Must file Form 8938",IF(AND(B11=K4,B12=L3,B22&gt;'Filing threshold'!D7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,B12=L3,C22&gt;'Filing threshold'!E7),"Must file Form 8938",IF(AND(B11=K6,'Filing threshold'!B12='Filing threshold'!L3,B22&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L3,C22&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,B22&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,C22&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K3,B12=L4,B22&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K3,'Filing threshold'!B12='Filing threshold'!L4,C22&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K5,B12=L4,B22&gt;'Filing threshold'!F6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,'Filing threshold'!B12='Filing threshold'!L4,C22&gt;'Filing threshold'!G6),"Must file Form 8938",IF(AND(B11=K4,B12=L4,B22&gt;'Filing threshold'!F7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,'Filing threshold'!B12='Filing threshold'!L4,C22&gt;'Filing threshold'!G7),"Must file Form 8938",IF(AND(B11=K6,B12=L4,B22&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L4,C22&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K7,B12=L4,B22&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L4,C22&gt;'Filing threshold'!G5),"Must file Form 8938","Do not file Form 8938")))))))))))))))))))))</f>
         <v>Do not file Form 8938</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="D23" s="54" t="str">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="131">
+        <f>+A22+1</f>
+        <v>2023</v>
+      </c>
+      <c r="B23" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A23)*(FBAR!$N$47:N$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C23" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A23)*(FBAR!$O$47:$O$106))</f>
+        <v>0</v>
+      </c>
+      <c r="D23" s="53" t="str">
         <f>(IF(AND(B11='Filing threshold'!K3,B12=L3,B23&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND(B11=K3,B12=L3,C23&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K5,B12=L3,B23&gt;'Filing threshold'!D6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,B12=L3,C23&gt;'Filing threshold'!E6),"Must file Form 8938",IF(AND(B11=K4,B12=L3,B23&gt;'Filing threshold'!D7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,B12=L3,C23&gt;'Filing threshold'!E7),"Must file Form 8938",IF(AND(B11=K6,'Filing threshold'!B12='Filing threshold'!L3,B23&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L3,C23&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,B23&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,C23&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K3,B12=L4,B23&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K3,'Filing threshold'!B12='Filing threshold'!L4,C23&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K5,B12=L4,B23&gt;'Filing threshold'!F6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,'Filing threshold'!B12='Filing threshold'!L4,C23&gt;'Filing threshold'!G6),"Must file Form 8938",IF(AND(B11=K4,B12=L4,B23&gt;'Filing threshold'!F7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,'Filing threshold'!B12='Filing threshold'!L4,C23&gt;'Filing threshold'!G7),"Must file Form 8938",IF(AND(B11=K6,B12=L4,B23&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L4,C23&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K7,B12=L4,B23&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L4,C23&gt;'Filing threshold'!G5),"Must file Form 8938","Do not file Form 8938")))))))))))))))))))))</f>
         <v>Do not file Form 8938</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="D24" s="54" t="str">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="131">
+        <f>+A23+1</f>
+        <v>2024</v>
+      </c>
+      <c r="B24" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A24)*(FBAR!$N$47:N$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C24" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A24)*(FBAR!$O$47:$O$106))</f>
+        <v>0</v>
+      </c>
+      <c r="D24" s="53" t="str">
         <f>(IF(AND(B11='Filing threshold'!K3,B12=L3,B24&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND(B11=K3,B12=L3,C24&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K5,B12=L3,B24&gt;'Filing threshold'!D6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,B12=L3,C24&gt;'Filing threshold'!E6),"Must file Form 8938",IF(AND(B11=K4,B12=L3,B24&gt;'Filing threshold'!D7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,B12=L3,C24&gt;'Filing threshold'!E7),"Must file Form 8938",IF(AND(B11=K6,'Filing threshold'!B12='Filing threshold'!L3,B24&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L3,C24&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,B24&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,C24&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K3,B12=L4,B24&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K3,'Filing threshold'!B12='Filing threshold'!L4,C24&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K5,B12=L4,B24&gt;'Filing threshold'!F6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,'Filing threshold'!B12='Filing threshold'!L4,C24&gt;'Filing threshold'!G6),"Must file Form 8938",IF(AND(B11=K4,B12=L4,B24&gt;'Filing threshold'!F7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,'Filing threshold'!B12='Filing threshold'!L4,C24&gt;'Filing threshold'!G7),"Must file Form 8938",IF(AND(B11=K6,B12=L4,B24&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L4,C24&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K7,B12=L4,B24&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L4,C24&gt;'Filing threshold'!G5),"Must file Form 8938","Do not file Form 8938")))))))))))))))))))))</f>
         <v>Do not file Form 8938</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="D25" s="54" t="str">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="131">
+        <f>+A24+1</f>
+        <v>2025</v>
+      </c>
+      <c r="B25" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A25)*(FBAR!$N$47:N$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C25" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A25)*(FBAR!$O$47:$O$106))</f>
+        <v>0</v>
+      </c>
+      <c r="D25" s="53" t="str">
         <f>(IF(AND(B11='Filing threshold'!K3,B12=L3,B25&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND(B11=K3,B12=L3,C25&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K5,B12=L3,B25&gt;'Filing threshold'!D6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,B12=L3,C25&gt;'Filing threshold'!E6),"Must file Form 8938",IF(AND(B11=K4,B12=L3,B25&gt;'Filing threshold'!D7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,B12=L3,C25&gt;'Filing threshold'!E7),"Must file Form 8938",IF(AND(B11=K6,'Filing threshold'!B12='Filing threshold'!L3,B25&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L3,C25&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,B25&gt;'Filing threshold'!D5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L3,C25&gt;'Filing threshold'!E5),"Must file Form 8938",IF(AND(B11=K3,B12=L4,B25&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K3,'Filing threshold'!B12='Filing threshold'!L4,C25&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K5,B12=L4,B25&gt;'Filing threshold'!F6),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K5,'Filing threshold'!B12='Filing threshold'!L4,C25&gt;'Filing threshold'!G6),"Must file Form 8938",IF(AND(B11=K4,B12=L4,B25&gt;'Filing threshold'!F7),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K4,'Filing threshold'!B12='Filing threshold'!L4,C25&gt;'Filing threshold'!G7),"Must file Form 8938",IF(AND(B11=K6,B12=L4,B25&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K6,'Filing threshold'!B12='Filing threshold'!L4,C25&gt;'Filing threshold'!G5),"Must file Form 8938",IF(AND(B11=K7,B12=L4,B25&gt;'Filing threshold'!F5),"Must file Form 8938",IF(AND('Filing threshold'!B11='Filing threshold'!K7,'Filing threshold'!B12='Filing threshold'!L4,C25&gt;'Filing threshold'!G5),"Must file Form 8938","Do not file Form 8938")))))))))))))))))))))</f>
         <v>Do not file Form 8938</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="131"/>
+      <c r="B26" s="137"/>
+      <c r="C26" s="137"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="138"/>
+      <c r="B27" s="138"/>
+      <c r="C27" s="138"/>
+    </row>
+    <row r="29" spans="1:4" ht="18" x14ac:dyDescent="0.35">
+      <c r="A29" s="190" t="s">
+        <v>136</v>
+      </c>
+      <c r="B29" s="190"/>
+      <c r="C29" s="190"/>
+      <c r="D29" s="190"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A30">
-        <v>2018</v>
-[...5 lines deleted...]
-      <c r="C30" s="54" t="str">
+        <v>2019</v>
+      </c>
+      <c r="B30" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A30)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C30" s="53" t="str">
         <f>IF(B30&gt;10000,"Must file FBAR","Do not file FBAR")</f>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A31">
         <f>A30+1</f>
-        <v>2019</v>
-[...5 lines deleted...]
-      <c r="C31" s="54" t="str">
+        <v>2020</v>
+      </c>
+      <c r="B31" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A31)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C31" s="53" t="str">
         <f t="shared" ref="C31:C36" si="0">IF(B31&gt;10000,"Must file FBAR","Do not file FBAR")</f>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A32">
         <f t="shared" ref="A32:A35" si="1">A31+1</f>
-        <v>2020</v>
-[...5 lines deleted...]
-      <c r="C32" s="54" t="str">
+        <v>2021</v>
+      </c>
+      <c r="B32" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A32)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C32" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A33">
         <f t="shared" si="1"/>
-        <v>2021</v>
-[...5 lines deleted...]
-      <c r="C33" s="54" t="str">
+        <v>2022</v>
+      </c>
+      <c r="B33" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A33)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C33" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A34">
         <f t="shared" si="1"/>
-        <v>2022</v>
-[...5 lines deleted...]
-      <c r="C34" s="54" t="str">
+        <v>2023</v>
+      </c>
+      <c r="B34" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A34)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C34" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A35">
         <f t="shared" si="1"/>
-        <v>2023</v>
-[...5 lines deleted...]
-      <c r="C35" s="54" t="str">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A35)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C35" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Do not file FBAR</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A36">
         <f>A35+1</f>
-        <v>2024</v>
-[...5 lines deleted...]
-      <c r="C36" s="54" t="str">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="132">
+        <f>SUMPRODUCT((FBAR!$D$46:$D$105=A36)*(FBAR!$M$47:M$106))</f>
+        <v>0</v>
+      </c>
+      <c r="C36" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Do not file FBAR</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A16:B16"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B11">
       <formula1>$K$3:$K$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B12:B13">
       <formula1>$L$3:$L$4</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <customProperties>