--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -9,66 +9,66 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/printerSettings/printerSettings1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\DIRECTION\Gestion\Questionnaires en développement\Révision 2024-2025\JLEV\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\A-DOCS\Questionnaires &amp; listes (pas sur le web)\Particulier\CAN Particulier\En développement\2025-2026\À mettre en ligne\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="dBWgTUVbRanWIcajhOQ6TYvfSZ5HW5L0L9WeVEjEnWPgKbopjC47/QEmBTm+2QSR5fFemcYuUMKzo3f9v07Lyg==" workbookSaltValue="fhFLBORhR2KZl1lGbkZGqg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835" firstSheet="4" activeTab="4"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10335" firstSheet="4" activeTab="4"/>
   </bookViews>
   <sheets>
     <sheet name="DS_INTERNAL_SETTINGS_STORAGE" sheetId="2" state="veryHidden" r:id="rId1"/>
     <sheet name="DS_INTERNAL_DOCGROUP_STORAGE" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="DS_INTERNAL_DOCUMENT_STORAGE" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="DS_INTERNAL_SNIP_STORAGE" sheetId="5" state="veryHidden" r:id="rId4"/>
     <sheet name="Dépenses emploi" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'Dépenses emploi'!$A$1:$H$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Dépenses emploi'!$A$1:$H$48</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="55">
   <si>
     <t>DEPENSES</t>
   </si>
   <si>
     <t xml:space="preserve"> $</t>
   </si>
   <si>
     <t>ex.: 1 pièce/4,5 ou 22%</t>
   </si>
   <si>
     <t>IDENTFICATION</t>
   </si>
   <si>
     <t>Montant total</t>
   </si>
   <si>
     <t>%</t>
   </si>
@@ -240,62 +240,62 @@
   <si>
     <t>ccdb8b0e-6be1-47f3-ada1-e6a8b9fbdaf7</t>
   </si>
   <si>
     <t>{"id":"ccdb8b0e-6be1-47f3-ada1-e6a8b9fbdaf7","type":0,"name":"dataSnipperSheetDeleted","value":"false"}</t>
   </si>
   <si>
     <t>1aa131fc-c77e-4f6a-965b-8dffa1f79047</t>
   </si>
   <si>
     <t>{"id":"1aa131fc-c77e-4f6a-965b-8dffa1f79047","type":0,"name":"embed-documents","value":"true"}</t>
   </si>
   <si>
     <t>96429db5-d946-48cd-bc43-4a53839a8040</t>
   </si>
   <si>
     <t>{"id":"96429db5-d946-48cd-bc43-4a53839a8040","type":0,"name":"table-snip-suggestions","value":"true"}</t>
   </si>
   <si>
     <t>4c402bc4-223a-4734-bd91-e2fcf2eceef4</t>
   </si>
   <si>
     <t>{"id":"4c402bc4-223a-4734-bd91-e2fcf2eceef4","type":1,"name":"migratedFssProjectId","value":""}</t>
   </si>
   <si>
-    <t>v.2025-01-23</t>
+    <t>v.2026-01-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
-    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="16">
+  <fonts count="15">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -350,57 +350,50 @@
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Arial (Body)"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="3"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
@@ -442,127 +435,130 @@
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF007680"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -1108,54 +1104,54 @@
         <v>1737670022378</v>
       </c>
       <c r="B1" t="s">
         <v>41</v>
       </c>
       <c r="C1" t="s">
         <v>42</v>
       </c>
       <c r="D1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId1"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M47"/>
+  <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="A12" sqref="A12:H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="3.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.140625" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="30"/>
       <c r="H1" s="3" t="s">
         <v>54</v>
       </c>
     </row>
@@ -1202,581 +1198,592 @@
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="1"/>
       <c r="J6" s="5"/>
     </row>
     <row r="7" spans="1:13" ht="12" customHeight="1">
       <c r="J7" s="10"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
     </row>
     <row r="8" spans="1:13" ht="36" customHeight="1">
       <c r="A8" s="46" t="s">
         <v>40</v>
       </c>
       <c r="B8" s="46"/>
       <c r="C8" s="46"/>
       <c r="D8" s="46"/>
       <c r="E8" s="46"/>
       <c r="J8" s="10"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
       <c r="M8" s="11"/>
     </row>
-    <row r="9" spans="1:13" ht="12" customHeight="1">
-      <c r="A9" s="42" t="s">
+    <row r="9" spans="1:13" ht="9.75" customHeight="1">
+      <c r="A9" s="47"/>
+      <c r="B9" s="47"/>
+      <c r="C9" s="47"/>
+      <c r="D9" s="47"/>
+      <c r="E9" s="47"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="11"/>
+      <c r="L9" s="11"/>
+      <c r="M9" s="11"/>
+    </row>
+    <row r="10" spans="1:13" ht="12" customHeight="1">
+      <c r="A10" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="43"/>
-[...21 lines deleted...]
-      <c r="H10" s="45"/>
+      <c r="B10" s="43"/>
+      <c r="C10" s="43"/>
+      <c r="D10" s="43"/>
+      <c r="E10" s="44"/>
+      <c r="F10" s="44"/>
+      <c r="G10" s="44"/>
+      <c r="H10" s="44"/>
       <c r="J10" s="10"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
     </row>
     <row r="11" spans="1:13" ht="25.9" customHeight="1">
       <c r="A11" s="45" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="45"/>
       <c r="H11" s="45"/>
-      <c r="J11" s="13"/>
-[...4 lines deleted...]
-      <c r="G12" s="15"/>
+      <c r="J11" s="10"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+    </row>
+    <row r="12" spans="1:13" ht="25.9" customHeight="1">
+      <c r="A12" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="45"/>
+      <c r="C12" s="45"/>
+      <c r="D12" s="45"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="45"/>
+      <c r="G12" s="45"/>
+      <c r="H12" s="45"/>
       <c r="J12" s="13"/>
-      <c r="K12" s="16"/>
-[...8 lines deleted...]
-      </c>
+    </row>
+    <row r="13" spans="1:13" ht="12" customHeight="1">
+      <c r="A13" s="14"/>
       <c r="F13" s="15"/>
-      <c r="G13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13" s="15"/>
       <c r="J13" s="13"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
     </row>
     <row r="14" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A14" s="17" t="s">
-[...10 lines deleted...]
-        <v>5</v>
+      <c r="A14" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="15"/>
+      <c r="G14" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="16"/>
       <c r="L14" s="16"/>
-      <c r="M14" s="16"/>
     </row>
     <row r="15" spans="1:13" ht="13.9" customHeight="1">
       <c r="A15" s="17" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B15" s="17"/>
       <c r="C15" s="17"/>
       <c r="E15" s="7"/>
       <c r="F15" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="1" t="s">
         <v>5</v>
       </c>
+      <c r="J15" s="13"/>
+      <c r="K15" s="16"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="16"/>
     </row>
     <row r="16" spans="1:13" ht="13.9" customHeight="1">
       <c r="A16" s="17" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
-      <c r="E16" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="15"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="15" t="s">
+        <v>1</v>
+      </c>
       <c r="G16" s="18"/>
-      <c r="H16" s="1"/>
+      <c r="H16" s="1" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="17" spans="1:13" ht="13.9" customHeight="1">
       <c r="A17" s="17" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="B17" s="17"/>
       <c r="C17" s="17"/>
-      <c r="E17" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E17" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="15"/>
       <c r="G17" s="18"/>
-      <c r="H17" s="1" t="s">
-[...5 lines deleted...]
-      <c r="M17" s="16"/>
+      <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:13" ht="13.9" customHeight="1">
       <c r="A18" s="17" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="B18" s="17"/>
       <c r="C18" s="17"/>
       <c r="E18" s="7"/>
       <c r="F18" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G18" s="18"/>
       <c r="H18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
     </row>
     <row r="19" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A19" s="1" t="s">
-        <v>10</v>
+      <c r="A19" s="17" t="s">
+        <v>22</v>
       </c>
       <c r="B19" s="17"/>
       <c r="C19" s="17"/>
       <c r="E19" s="7"/>
       <c r="F19" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G19" s="18"/>
       <c r="H19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="16"/>
       <c r="L19" s="16"/>
       <c r="M19" s="16"/>
     </row>
     <row r="20" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A20" s="19"/>
+      <c r="A20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="17"/>
+      <c r="C20" s="17"/>
       <c r="E20" s="7"/>
       <c r="F20" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="G20" s="20"/>
+      <c r="G20" s="18"/>
       <c r="H20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="16"/>
       <c r="L20" s="16"/>
+      <c r="M20" s="16"/>
     </row>
     <row r="21" spans="1:13" ht="13.9" customHeight="1">
-      <c r="F21" s="15"/>
-[...1 lines deleted...]
-      <c r="H21" s="1"/>
+      <c r="A21" s="19"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="20"/>
+      <c r="H21" s="1" t="s">
+        <v>5</v>
+      </c>
       <c r="J21" s="13"/>
       <c r="K21" s="16"/>
       <c r="L21" s="16"/>
     </row>
     <row r="22" spans="1:13" ht="13.9" customHeight="1">
-      <c r="E22" s="22"/>
       <c r="F22" s="15"/>
       <c r="G22" s="21"/>
       <c r="H22" s="1"/>
       <c r="J22" s="13"/>
       <c r="K22" s="16"/>
       <c r="L22" s="16"/>
     </row>
-    <row r="23" spans="1:13" ht="13.9" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="G23" s="23"/>
+    <row r="23" spans="1:13" ht="13.9" customHeight="1">
+      <c r="E23" s="22"/>
+      <c r="F23" s="15"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="1"/>
       <c r="J23" s="13"/>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
     </row>
     <row r="24" spans="1:13" ht="13.9" customHeight="1" thickBot="1">
-      <c r="A24" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G24" s="21"/>
+      <c r="A24" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="23"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
       <c r="J24" s="13"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
     </row>
-    <row r="25" spans="1:13" ht="13.9" customHeight="1">
-[...1 lines deleted...]
-      <c r="C25" s="26"/>
+    <row r="25" spans="1:13" ht="13.9" customHeight="1" thickBot="1">
+      <c r="A25" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="24"/>
+      <c r="C25" s="25" t="s">
+        <v>5</v>
+      </c>
       <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
+        <v>2</v>
+      </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="J25" s="13"/>
       <c r="K25" s="16"/>
       <c r="L25" s="16"/>
     </row>
     <row r="26" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A26" s="27" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="2"/>
+      <c r="B26" s="21"/>
+      <c r="C26" s="26"/>
       <c r="D26" s="2"/>
-      <c r="E26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="J26" s="13"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
     </row>
     <row r="27" spans="1:13" ht="13.9" customHeight="1">
       <c r="A27" s="27" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="J27" s="13"/>
       <c r="K27" s="16"/>
       <c r="L27" s="16"/>
     </row>
     <row r="28" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A28" s="27"/>
+      <c r="A28" s="27" t="s">
+        <v>32</v>
+      </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="J28" s="13"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
     </row>
     <row r="29" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A29" s="28" t="s">
-[...9 lines deleted...]
-      <c r="G29" s="15"/>
+      <c r="A29" s="27"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="21"/>
+      <c r="F29" s="21"/>
+      <c r="G29" s="21"/>
       <c r="J29" s="13"/>
       <c r="K29" s="16"/>
       <c r="L29" s="16"/>
     </row>
     <row r="30" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A30" s="32" t="s">
-        <v>14</v>
+      <c r="A30" s="28" t="s">
+        <v>16</v>
       </c>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
+      <c r="D30" s="30"/>
       <c r="E30" s="31"/>
       <c r="F30" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G30" s="15"/>
       <c r="J30" s="13"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
     </row>
     <row r="31" spans="1:13" ht="13.9" customHeight="1">
-      <c r="A31" s="33" t="s">
-        <v>28</v>
+      <c r="A31" s="32" t="s">
+        <v>14</v>
       </c>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="E31" s="31"/>
       <c r="F31" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G31" s="15"/>
       <c r="J31" s="13"/>
       <c r="K31" s="16"/>
       <c r="L31" s="16"/>
     </row>
     <row r="32" spans="1:13" ht="13.9" customHeight="1">
       <c r="A32" s="33" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="E32" s="7"/>
+        <v>28</v>
+      </c>
+      <c r="B32" s="29"/>
+      <c r="C32" s="29"/>
+      <c r="E32" s="31"/>
       <c r="F32" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G32" s="15"/>
       <c r="J32" s="13"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
     </row>
     <row r="33" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A33" s="34"/>
+      <c r="A33" s="33" t="s">
+        <v>27</v>
+      </c>
       <c r="B33" s="30"/>
       <c r="C33" s="30"/>
-      <c r="F33" s="15"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="15" t="s">
+        <v>1</v>
+      </c>
       <c r="G33" s="15"/>
       <c r="J33" s="13"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
     </row>
     <row r="34" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="22"/>
+      <c r="A34" s="34"/>
+      <c r="B34" s="30"/>
+      <c r="C34" s="30"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="J34" s="13"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
     </row>
     <row r="35" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A35" s="35" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A35" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="J35" s="13"/>
       <c r="K35" s="16"/>
       <c r="L35" s="16"/>
     </row>
     <row r="36" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A36" s="36" t="s">
-[...3 lines deleted...]
-      <c r="C36" s="37"/>
+      <c r="A36" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B36" s="29"/>
+      <c r="C36" s="29"/>
       <c r="D36" s="30"/>
-      <c r="E36" s="7"/>
+      <c r="E36" s="41" t="s">
+        <v>13</v>
+      </c>
       <c r="F36" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G36" s="15"/>
       <c r="J36" s="13"/>
       <c r="K36" s="16"/>
       <c r="L36" s="16"/>
     </row>
     <row r="37" spans="1:12" ht="13.9" customHeight="1">
       <c r="A37" s="36" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="B37" s="37"/>
       <c r="C37" s="37"/>
-      <c r="D37" s="2"/>
+      <c r="D37" s="30"/>
       <c r="E37" s="7"/>
       <c r="F37" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G37" s="15"/>
       <c r="J37" s="13"/>
       <c r="K37" s="16"/>
       <c r="L37" s="16"/>
     </row>
     <row r="38" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A38" s="35" t="s">
-[...3 lines deleted...]
-      <c r="C38" s="29"/>
+      <c r="A38" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="37"/>
+      <c r="C38" s="37"/>
       <c r="D38" s="2"/>
       <c r="E38" s="7"/>
       <c r="F38" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G38" s="15"/>
       <c r="J38" s="13"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
     </row>
     <row r="39" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A39" s="27"/>
-[...1 lines deleted...]
-      <c r="C39" s="30"/>
+      <c r="A39" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" s="29"/>
+      <c r="C39" s="29"/>
       <c r="D39" s="2"/>
-      <c r="F39" s="15"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="15" t="s">
+        <v>1</v>
+      </c>
       <c r="G39" s="15"/>
       <c r="J39" s="13"/>
       <c r="K39" s="16"/>
       <c r="L39" s="16"/>
     </row>
     <row r="40" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A40" s="38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="27"/>
       <c r="B40" s="30"/>
       <c r="C40" s="30"/>
       <c r="D40" s="2"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="J40" s="13"/>
       <c r="K40" s="16"/>
       <c r="L40" s="16"/>
     </row>
     <row r="41" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A41" s="35" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="29"/>
+      <c r="A41" s="38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" s="30"/>
       <c r="C41" s="30"/>
       <c r="D41" s="2"/>
-      <c r="E41" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="J41" s="13"/>
       <c r="K41" s="16"/>
       <c r="L41" s="16"/>
     </row>
     <row r="42" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A42" s="34"/>
-      <c r="B42" s="30"/>
+      <c r="A42" s="35" t="s">
+        <v>34</v>
+      </c>
+      <c r="B42" s="29"/>
       <c r="C42" s="30"/>
       <c r="D42" s="2"/>
-      <c r="F42" s="15"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="15" t="s">
+        <v>1</v>
+      </c>
       <c r="G42" s="15"/>
       <c r="J42" s="13"/>
       <c r="K42" s="16"/>
       <c r="L42" s="16"/>
     </row>
     <row r="43" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A43" s="1" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A43" s="34"/>
+      <c r="B43" s="30"/>
+      <c r="C43" s="30"/>
+      <c r="D43" s="2"/>
+      <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="J43" s="13"/>
       <c r="K43" s="16"/>
       <c r="L43" s="16"/>
     </row>
     <row r="44" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A44" s="33"/>
-      <c r="B44" s="37"/>
+      <c r="A44" s="1" t="s">
+        <v>8</v>
+      </c>
       <c r="E44" s="31"/>
       <c r="F44" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G44" s="15"/>
       <c r="J44" s="13"/>
       <c r="K44" s="16"/>
       <c r="L44" s="16"/>
     </row>
     <row r="45" spans="1:12" ht="13.9" customHeight="1">
-      <c r="A45" s="27"/>
-[...2 lines deleted...]
-      <c r="A46" s="6" t="s">
+      <c r="A45" s="33"/>
+      <c r="B45" s="37"/>
+      <c r="E45" s="31"/>
+      <c r="F45" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="G45" s="15"/>
+      <c r="J45" s="13"/>
+      <c r="K45" s="16"/>
+      <c r="L45" s="16"/>
+    </row>
+    <row r="46" spans="1:12" ht="13.9" customHeight="1">
+      <c r="A46" s="27"/>
+    </row>
+    <row r="47" spans="1:12" s="40" customFormat="1" ht="15">
+      <c r="A47" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B46" s="23"/>
-[...9 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="23"/>
+      <c r="C47" s="23"/>
+      <c r="D47" s="23"/>
+      <c r="E47" s="23"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="39"/>
+      <c r="I47" s="39"/>
+    </row>
+    <row r="48" spans="1:12">
+      <c r="A48" s="1" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
+    <mergeCell ref="A12:H12"/>
     <mergeCell ref="A8:E8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <customProperties>
     <customPr name="OrphanNamesChecked" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>