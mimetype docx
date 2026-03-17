--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,40 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="5C9FFCC6" w14:textId="30EE1192" w:rsidR="006C7BF8" w:rsidRDefault="00F37CDE" w:rsidP="00D04D37">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -620,63 +625,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10F166BC" w14:textId="77777777" w:rsidR="00162BCD" w:rsidRPr="006E10AB" w:rsidRDefault="00162BCD" w:rsidP="00162BCD">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E10AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Numéro d’ass</w:t>
-[...11 lines deleted...]
-              <w:t>. sociale : _______-_______-______</w:t>
+              <w:t>Numéro d’ass. sociale : _______-_______-______</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17FF0441" w14:textId="77777777" w:rsidR="006C7BF8" w:rsidRPr="006E10AB" w:rsidRDefault="006C7BF8" w:rsidP="006C7BF8">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D52EFCE" w14:textId="77777777" w:rsidR="006C7BF8" w:rsidRPr="006E10AB" w:rsidRDefault="006C7BF8" w:rsidP="006C7BF8">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -3538,63 +3531,63 @@
             </w:pPr>
             <w:r w:rsidRPr="006C7BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>__________________       ………………$</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53ADFF65" w14:textId="77777777" w:rsidR="006E10AB" w:rsidRPr="006E10AB" w:rsidRDefault="006E10AB" w:rsidP="00D355D0">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="OLE_LINK10"/>
+            <w:bookmarkStart w:id="0" w:name="OLE_LINK10"/>
             <w:r w:rsidRPr="006E10AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>__________________       ………………$</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="552BAED1" w14:textId="77777777" w:rsidR="006E10AB" w:rsidRPr="006C7BF8" w:rsidRDefault="006E10AB" w:rsidP="00D355D0">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E10AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>__________________       ………………$</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5965,51 +5958,51 @@
             <w:r w:rsidRPr="00EE5AEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Testament</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14B71250" w14:textId="77777777" w:rsidR="006E10AB" w:rsidRDefault="006E10AB" w:rsidP="006E10AB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="OLE_LINK14"/>
+            <w:bookmarkStart w:id="1" w:name="OLE_LINK14"/>
             <w:r w:rsidRPr="00787B60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Remplir notre formulaire « </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vente</w:t>
             </w:r>
             <w:r w:rsidRPr="00787B60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6072,119 +6065,124 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> car ils sont réputés vendus au décès </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>à</w:t>
             </w:r>
             <w:r w:rsidR="005E1FE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leur valeur marchande</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
+          <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="77F2C9C9" w14:textId="77777777" w:rsidR="00D71916" w:rsidRPr="009A0686" w:rsidRDefault="001C503B" w:rsidP="001C503B">
             <w:pPr>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F819CF1" w14:textId="77777777" w:rsidR="003A3D0D" w:rsidRPr="00C45FEA" w:rsidRDefault="003A3D0D" w:rsidP="003A3D0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E1F223E" w14:textId="77777777" w:rsidR="00D71916" w:rsidRPr="00577688" w:rsidRDefault="00D71916" w:rsidP="00577688">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D71916" w:rsidRPr="00577688" w:rsidSect="009432FC">
-      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="360" w:right="720" w:bottom="720" w:left="720" w:header="363" w:footer="363" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51B5A249" w14:textId="77777777" w:rsidR="00062B6A" w:rsidRDefault="00062B6A">
+    <w:p w14:paraId="4950C396" w14:textId="77777777" w:rsidR="005B1692" w:rsidRDefault="005B1692">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CA004AD" w14:textId="77777777" w:rsidR="00062B6A" w:rsidRDefault="00062B6A">
+    <w:p w14:paraId="6273D14D" w14:textId="77777777" w:rsidR="005B1692" w:rsidRDefault="005B1692">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6210,142 +6208,182 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="22A8A1B1" w14:textId="77777777" w:rsidR="004013F0" w:rsidRDefault="004013F0">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="232E9369" w14:textId="77777777" w:rsidR="004013F0" w:rsidRDefault="004013F0">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="7572658D" w14:textId="77777777" w:rsidR="004013F0" w:rsidRDefault="004013F0">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D594890" w14:textId="77777777" w:rsidR="00062B6A" w:rsidRDefault="00062B6A">
+    <w:p w14:paraId="1B58144E" w14:textId="77777777" w:rsidR="005B1692" w:rsidRDefault="005B1692">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C9DD0B5" w14:textId="77777777" w:rsidR="00062B6A" w:rsidRDefault="00062B6A">
+    <w:p w14:paraId="7E775348" w14:textId="77777777" w:rsidR="005B1692" w:rsidRDefault="005B1692">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="13DCD791" w14:textId="354D2282" w:rsidR="00943E14" w:rsidRPr="008C44F8" w:rsidRDefault="00943E14" w:rsidP="00943E14">
+  <w:p w14:paraId="30D32B2C" w14:textId="77777777" w:rsidR="004013F0" w:rsidRDefault="004013F0">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="13DCD791" w14:textId="7C536AE1" w:rsidR="00943E14" w:rsidRPr="008C44F8" w:rsidRDefault="00943E14" w:rsidP="00943E14">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">v. </w:t>
     </w:r>
-    <w:r w:rsidR="00105081">
+    <w:r w:rsidR="004013F0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025-01-27</w:t>
+      <w:t>2026-01-23</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">– Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00105081">
+    <w:r w:rsidR="004013F0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -6366,182 +6404,204 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00105081">
+    <w:r w:rsidR="004013F0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008C44F8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A469CA3" w14:textId="26D1978F" w:rsidR="00943E14" w:rsidRDefault="00943E14" w:rsidP="00943E14">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>QUESTIONNAIRE : Personne décédée</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6F3321D6" w14:textId="6921F2DC" w:rsidR="00170ECB" w:rsidRPr="00170ECB" w:rsidRDefault="00170ECB" w:rsidP="00943E14">
+  <w:p w14:paraId="6F3321D6" w14:textId="33783FD9" w:rsidR="00170ECB" w:rsidRPr="00170ECB" w:rsidRDefault="00170ECB" w:rsidP="00943E14">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00170ECB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>Ce formulaire est approuvé pour les années fiscales 202</w:t>
     </w:r>
-    <w:r w:rsidR="00105081">
+    <w:r w:rsidR="004013F0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00170ECB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> et précédentes uniquement. </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78A74207" w14:textId="728A6979" w:rsidR="009432FC" w:rsidRPr="00170ECB" w:rsidRDefault="00170ECB" w:rsidP="00943E14">
+  <w:p w14:paraId="78A74207" w14:textId="6529702F" w:rsidR="009432FC" w:rsidRPr="00170ECB" w:rsidRDefault="00170ECB" w:rsidP="00943E14">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00170ECB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>Veuillez télécharger la version récente si vous vous déclarez une année après 202</w:t>
+      <w:t xml:space="preserve">Veuillez télécharger la version récente si vous vous déclarez une année après </w:t>
     </w:r>
-    <w:r w:rsidR="00105081">
+    <w:r w:rsidRPr="00170ECB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>202</w:t>
     </w:r>
+    <w:r w:rsidR="004013F0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="1D1C1D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:r w:rsidRPr="00170ECB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1D1C1D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="51B0033E" w14:textId="77777777" w:rsidR="00943E14" w:rsidRDefault="00943E14" w:rsidP="00943E14">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="5DDD0E7B" w14:textId="77777777" w:rsidR="004013F0" w:rsidRDefault="004013F0">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FCA389F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4084952"/>
     <w:lvl w:ilvl="0" w:tplc="9302520A">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
@@ -8279,50 +8339,51 @@
     <w:rsid w:val="00350191"/>
     <w:rsid w:val="003556A6"/>
     <w:rsid w:val="00356357"/>
     <w:rsid w:val="003568FD"/>
     <w:rsid w:val="0036044D"/>
     <w:rsid w:val="00370595"/>
     <w:rsid w:val="00373B43"/>
     <w:rsid w:val="003777DF"/>
     <w:rsid w:val="00391EA2"/>
     <w:rsid w:val="00393224"/>
     <w:rsid w:val="00396954"/>
     <w:rsid w:val="003A22DE"/>
     <w:rsid w:val="003A3D0D"/>
     <w:rsid w:val="003B0522"/>
     <w:rsid w:val="003B0EE3"/>
     <w:rsid w:val="003B11D9"/>
     <w:rsid w:val="003B38EC"/>
     <w:rsid w:val="003B746F"/>
     <w:rsid w:val="003C3DE9"/>
     <w:rsid w:val="003C5AFF"/>
     <w:rsid w:val="003E1102"/>
     <w:rsid w:val="003E6561"/>
     <w:rsid w:val="003F3AB9"/>
     <w:rsid w:val="00400A08"/>
     <w:rsid w:val="004011D6"/>
+    <w:rsid w:val="004013F0"/>
     <w:rsid w:val="00414B7C"/>
     <w:rsid w:val="00424C9F"/>
     <w:rsid w:val="00430C01"/>
     <w:rsid w:val="0043673F"/>
     <w:rsid w:val="004411D5"/>
     <w:rsid w:val="00452132"/>
     <w:rsid w:val="00454840"/>
     <w:rsid w:val="00461FED"/>
     <w:rsid w:val="0046228B"/>
     <w:rsid w:val="00464A34"/>
     <w:rsid w:val="00472542"/>
     <w:rsid w:val="0047256A"/>
     <w:rsid w:val="00486F18"/>
     <w:rsid w:val="0049121D"/>
     <w:rsid w:val="004938E7"/>
     <w:rsid w:val="004A2B9F"/>
     <w:rsid w:val="004A7AD5"/>
     <w:rsid w:val="004B3521"/>
     <w:rsid w:val="004C01B2"/>
     <w:rsid w:val="004C39C0"/>
     <w:rsid w:val="004C70AA"/>
     <w:rsid w:val="004C775D"/>
     <w:rsid w:val="004D2606"/>
     <w:rsid w:val="004D272B"/>
     <w:rsid w:val="004D497F"/>
@@ -8333,50 +8394,51 @@
     <w:rsid w:val="004F5E76"/>
     <w:rsid w:val="005008C5"/>
     <w:rsid w:val="00501ED4"/>
     <w:rsid w:val="00503920"/>
     <w:rsid w:val="005224B3"/>
     <w:rsid w:val="00525266"/>
     <w:rsid w:val="005329BB"/>
     <w:rsid w:val="00532AB3"/>
     <w:rsid w:val="00543DC4"/>
     <w:rsid w:val="005456CD"/>
     <w:rsid w:val="0055714A"/>
     <w:rsid w:val="005575F6"/>
     <w:rsid w:val="00560A51"/>
     <w:rsid w:val="00565931"/>
     <w:rsid w:val="00566289"/>
     <w:rsid w:val="005700AF"/>
     <w:rsid w:val="0057520C"/>
     <w:rsid w:val="0057675D"/>
     <w:rsid w:val="00577688"/>
     <w:rsid w:val="00580427"/>
     <w:rsid w:val="00583D29"/>
     <w:rsid w:val="00593F5A"/>
     <w:rsid w:val="005A29C6"/>
     <w:rsid w:val="005A6693"/>
     <w:rsid w:val="005B04E7"/>
+    <w:rsid w:val="005B1692"/>
     <w:rsid w:val="005C3696"/>
     <w:rsid w:val="005D20AC"/>
     <w:rsid w:val="005D6364"/>
     <w:rsid w:val="005E066D"/>
     <w:rsid w:val="005E1FE1"/>
     <w:rsid w:val="005E5969"/>
     <w:rsid w:val="005F215D"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="006023FC"/>
     <w:rsid w:val="00604017"/>
     <w:rsid w:val="00604244"/>
     <w:rsid w:val="006065D2"/>
     <w:rsid w:val="006073E0"/>
     <w:rsid w:val="00615F06"/>
     <w:rsid w:val="00617D02"/>
     <w:rsid w:val="0062252C"/>
     <w:rsid w:val="00623F50"/>
     <w:rsid w:val="00630682"/>
     <w:rsid w:val="006327CC"/>
     <w:rsid w:val="00641FC0"/>
     <w:rsid w:val="006446D4"/>
     <w:rsid w:val="0066049C"/>
     <w:rsid w:val="00660DDD"/>
     <w:rsid w:val="006612B3"/>
     <w:rsid w:val="006668D3"/>
@@ -9315,51 +9377,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="296841097">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9622,62 +9684,62 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB41772B-9FDF-49DE-9027-FF7BAA93A238}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6504AAC-8552-4F21-AC48-74F4F5AC6B46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>797</Words>
   <Characters>4548</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">