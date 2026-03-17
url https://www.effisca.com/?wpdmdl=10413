--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,84 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
-  <workbookPr filterPrivacy="1"/>
+  <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
+  <workbookProtection workbookPassword="85BD" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10335"/>
   </bookViews>
   <sheets>
     <sheet name="Revenu locatif" sheetId="1" r:id="rId1"/>
     <sheet name="Copyright" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Revenu locatif'!$A$1:$E$64</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A6" i="1" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <si>
     <t xml:space="preserve">Année d'imposition : </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Votre nom : </t>
   </si>
   <si>
     <t>OUI</t>
   </si>
   <si>
     <t>NON</t>
   </si>
   <si>
     <t>DÉPENSES POUR l'ANNÉE COMPLÈTE</t>
   </si>
   <si>
     <t>QUESTIONNAIRE RELATIF AUX PERSONNES AGÉES</t>
   </si>
   <si>
     <t>Avez-vous reçu des versements anticipés du crédit d’impôt pour maintien à</t>
   </si>
   <si>
     <t>domicile des aînés au cours de l’année d'imposition considérée?</t>
   </si>
   <si>
     <t>Durant toute l’année d'imposition considérée, votre situation familiale est-elle restée la même ?</t>
   </si>
   <si>
     <t>Si votre conjoint(e) est décédé(e) durant l'année, répondez NON.</t>
   </si>
@@ -141,58 +146,73 @@
   <si>
     <t>Les deux</t>
   </si>
   <si>
     <t>Votre conjoint(e)</t>
   </si>
   <si>
     <t>autonomie dans votre lieu principal de résidence; ou</t>
   </si>
   <si>
     <t>Par exemple, vous aviez un[e] conjoint[e] ou vous n’aviez pas de conjoint[e] durant toute l’année</t>
   </si>
   <si>
     <t>DÉPENSES MENSUELLES EN LOYER</t>
   </si>
   <si>
     <t>Continuez sur la page 2</t>
   </si>
   <si>
     <t>Loyer total de janvier à décembre</t>
   </si>
   <si>
     <t>Copyright Effisca</t>
   </si>
   <si>
-    <t>v.2024-02-27</t>
+    <t>Autonome</t>
+  </si>
+  <si>
+    <t>Non autonome</t>
+  </si>
+  <si>
+    <t>Merci de préciser la date du changement de statut :</t>
+  </si>
+  <si>
+    <t>Personnes visées :</t>
+  </si>
+  <si>
+    <t>v.2026-01-23</t>
+  </si>
+  <si>
+    <t>Votre nom :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="72"/>
       <color indexed="8"/>
       <name val="Bodoni MT Black"/>
       <family val="1"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -255,72 +275,86 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="6">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
@@ -339,329 +373,309 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="1" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="5">
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="darkDown">
+          <fgColor theme="1"/>
+          <bgColor theme="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor>
-[...147 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>107674</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>16566</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1714500</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>91109</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="TextBox 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6580E372-C3A9-FA79-4945-E460B77A2597}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6580E372-C3A9-FA79-4945-E460B77A2597}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="107674" y="9384196"/>
           <a:ext cx="1606826" cy="1598543"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
@@ -723,51 +737,51 @@
             <a:t>              mars</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1833770</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>19879</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3440596</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>94422</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="TextBox 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E04A826-A9EB-4D9C-A260-57DFECE14DBB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8E04A826-A9EB-4D9C-A260-57DFECE14DBB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1833770" y="9387509"/>
           <a:ext cx="1606826" cy="1598543"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
@@ -829,51 +843,51 @@
             <a:t>               juin</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3551583</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>14911</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>81170</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>89454</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="TextBox 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E02E9700-C166-415B-AB4B-C04EAC358DB1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E02E9700-C166-415B-AB4B-C04EAC358DB1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3551583" y="9382541"/>
           <a:ext cx="1606826" cy="1598543"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
@@ -935,51 +949,51 @@
             <a:t>         septembre</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>183874</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>18222</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>763656</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>92765</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="TextBox 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B665A20-3985-44A1-81E5-69F6C1EAE8BD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0B665A20-3985-44A1-81E5-69F6C1EAE8BD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5261113" y="9385852"/>
           <a:ext cx="1606826" cy="1598543"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
@@ -1026,83 +1040,83 @@
             <a:t>          novembre</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="fr-CA" sz="1100"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="fr-CA" sz="1100"/>
             <a:t>__________________</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="fr-CA" sz="1100"/>
             <a:t>          décembre</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>323021</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>8283</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>3291</xdr:colOff>
+      <xdr:colOff>2803</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>8283</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Image 6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5077239" y="0"/>
-          <a:ext cx="1891726" cy="687457"/>
+          <a:off x="5607325" y="8283"/>
+          <a:ext cx="1882956" cy="687457"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1361,503 +1375,562 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <sheetPr>
+  <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:E118"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="64" style="3" customWidth="1"/>
-    <col min="2" max="2" width="2.625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="5.375" style="3" customWidth="1"/>
     <col min="3" max="3" width="11" style="3" customWidth="1"/>
-    <col min="4" max="4" width="2.5" style="3" customWidth="1"/>
+    <col min="4" max="4" width="6.625" style="3" customWidth="1"/>
     <col min="5" max="5" width="11.25" style="3" customWidth="1"/>
     <col min="6" max="16384" width="11" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="39.75" customHeight="1">
       <c r="A1" s="2" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="5.0999999999999996" customHeight="1"/>
     <row r="4" spans="1:5" ht="12" customHeight="1">
       <c r="A4" s="4" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="6" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="7"/>
+    <row r="6" spans="1:5" ht="18">
+      <c r="A6" s="41" t="str">
+        <f>IF(A4="Votre nom :","Veuillez remplir votre nom dans la case A4 pour afficher la suite du questionnaire","")</f>
+        <v>Veuillez remplir votre nom dans la case A4 pour afficher la suite du questionnaire</v>
+      </c>
     </row>
     <row r="7" spans="1:5" ht="47.25" customHeight="1" thickBot="1">
-      <c r="A7" s="43" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="43"/>
+      <c r="A7" s="44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="44"/>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="44"/>
     </row>
     <row r="8" spans="1:5" ht="12" customHeight="1" thickBot="1"/>
     <row r="9" spans="1:5" ht="15" thickBot="1">
       <c r="A9" s="3" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="B9" s="9"/>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="20"/>
     </row>
     <row r="11" spans="1:5" ht="15.95" customHeight="1" thickBot="1"/>
     <row r="12" spans="1:5" ht="15.95" customHeight="1" thickBot="1">
-      <c r="A12" s="22" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="10"/>
+      <c r="A12" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
     </row>
     <row r="13" spans="1:5" ht="15.95" customHeight="1" thickBot="1">
-      <c r="A13" s="22" t="s">
+      <c r="A13" s="42"/>
+    </row>
+    <row r="14" spans="1:5" ht="15.95" customHeight="1" thickBot="1">
+      <c r="A14" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+    </row>
+    <row r="15" spans="1:5" ht="15.95" customHeight="1" thickBot="1"/>
+    <row r="16" spans="1:5" ht="15" customHeight="1" thickBot="1">
+      <c r="A16" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="9"/>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="28.5" customHeight="1" thickBot="1">
+      <c r="A18" s="43" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16.5" customHeight="1" thickBot="1">
+      <c r="A19" s="43"/>
+      <c r="B19" s="9"/>
+    </row>
+    <row r="20" spans="1:4" ht="13.5" customHeight="1">
+      <c r="A20" s="16" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="13.5" customHeight="1">
+      <c r="A21" s="16" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A22" s="8"/>
+    </row>
+    <row r="23" spans="1:4" ht="14.1" customHeight="1" thickBot="1">
+      <c r="A23" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B23" s="9"/>
+    </row>
+    <row r="24" spans="1:4" ht="14.1" customHeight="1">
+      <c r="A24" s="8"/>
+    </row>
+    <row r="25" spans="1:4" ht="14.1" customHeight="1">
+      <c r="A25" s="8"/>
+    </row>
+    <row r="26" spans="1:4" ht="14.1" customHeight="1" thickBot="1">
+      <c r="A26" s="10"/>
+    </row>
+    <row r="27" spans="1:4" ht="13.9" customHeight="1" thickBot="1">
+      <c r="A27" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="48"/>
+      <c r="C27" s="49"/>
+      <c r="D27" s="50"/>
+    </row>
+    <row r="28" spans="1:4" ht="14.1" customHeight="1">
+      <c r="A28" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.1" customHeight="1">
+      <c r="A29" s="10"/>
+    </row>
+    <row r="30" spans="1:4" ht="14.1" customHeight="1"/>
+    <row r="31" spans="1:4" ht="14.1" customHeight="1"/>
+    <row r="32" spans="1:4" ht="18" customHeight="1" thickBot="1">
+      <c r="A32" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="14.1" customHeight="1" thickBot="1">
+      <c r="A33" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="10"/>
-[...135 lines deleted...]
-        <v>3</v>
+      <c r="B33" s="9"/>
+    </row>
+    <row r="34" spans="1:5" ht="14.1" customHeight="1">
+      <c r="A34" s="18" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="14.1" customHeight="1"/>
     <row r="36" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A36" s="18" t="s">
-        <v>24</v>
+      <c r="A36" s="17" t="s">
+        <v>23</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
     </row>
     <row r="37" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A37" s="18"/>
-[...2 lines deleted...]
-      <c r="E37" s="35"/>
+      <c r="A37" s="17"/>
+      <c r="C37" s="33"/>
+      <c r="D37" s="33"/>
+      <c r="E37" s="33"/>
     </row>
     <row r="38" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A38" s="18"/>
-[...2 lines deleted...]
-      <c r="E38" s="35"/>
+      <c r="A38" s="17"/>
+      <c r="C38" s="33"/>
+      <c r="D38" s="33"/>
+      <c r="E38" s="33"/>
     </row>
     <row r="39" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A39" s="18"/>
-[...2 lines deleted...]
-      <c r="E39" s="35"/>
+      <c r="A39" s="17"/>
+      <c r="C39" s="33"/>
+      <c r="D39" s="33"/>
+      <c r="E39" s="33"/>
     </row>
     <row r="40" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A40" s="18"/>
-[...2 lines deleted...]
-      <c r="E40" s="35"/>
+      <c r="A40" s="17"/>
+      <c r="C40" s="33"/>
+      <c r="D40" s="33"/>
+      <c r="E40" s="33"/>
     </row>
     <row r="41" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A41" s="18"/>
-[...2 lines deleted...]
-      <c r="E41" s="35"/>
+      <c r="A41" s="17"/>
+      <c r="C41" s="33"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
     </row>
     <row r="42" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A42" s="37"/>
-[...3 lines deleted...]
-      <c r="E42" s="36"/>
+      <c r="A42" s="35"/>
+      <c r="B42" s="34"/>
+      <c r="C42" s="34"/>
+      <c r="D42" s="34"/>
+      <c r="E42" s="34"/>
     </row>
     <row r="43" spans="1:5" ht="14.1" customHeight="1">
-      <c r="A43" s="44" t="s">
+      <c r="A43" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B43" s="45"/>
+      <c r="C43" s="45"/>
+      <c r="D43" s="45"/>
+      <c r="E43" s="45"/>
+    </row>
+    <row r="44" spans="1:5" ht="14.1" customHeight="1">
+      <c r="A44" s="36"/>
+      <c r="B44" s="36"/>
+      <c r="C44" s="36"/>
+      <c r="D44" s="36"/>
+      <c r="E44" s="36"/>
+    </row>
+    <row r="45" spans="1:5" ht="15">
+      <c r="A45" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="B45" s="12"/>
+      <c r="C45" s="12"/>
+      <c r="D45" s="22"/>
+      <c r="E45" s="23"/>
+    </row>
+    <row r="46" spans="1:5" ht="15">
+      <c r="A46" s="27"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="29"/>
+    </row>
+    <row r="47" spans="1:5" ht="15">
+      <c r="A47" s="27"/>
+      <c r="B47" s="27"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="29"/>
+    </row>
+    <row r="48" spans="1:5" ht="15">
+      <c r="A48" s="27"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="29"/>
+    </row>
+    <row r="49" spans="1:5" ht="15">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="29"/>
+    </row>
+    <row r="50" spans="1:5" ht="15">
+      <c r="A50" s="27"/>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="29"/>
+    </row>
+    <row r="51" spans="1:5" ht="15">
+      <c r="A51" s="27"/>
+      <c r="B51" s="27"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="29"/>
+    </row>
+    <row r="52" spans="1:5" ht="15">
+      <c r="A52" s="27"/>
+      <c r="B52" s="27"/>
+      <c r="C52" s="27"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="29"/>
+    </row>
+    <row r="53" spans="1:5" ht="15">
+      <c r="A53" s="27"/>
+      <c r="B53" s="27"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="29"/>
+    </row>
+    <row r="54" spans="1:5" ht="15">
+      <c r="A54" s="27"/>
+      <c r="B54" s="27"/>
+      <c r="C54" s="27"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="29"/>
+    </row>
+    <row r="55" spans="1:5" ht="15">
+      <c r="A55" s="27"/>
+      <c r="B55" s="27"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="29"/>
+    </row>
+    <row r="56" spans="1:5" ht="15">
+      <c r="A56" s="27"/>
+      <c r="B56" s="27"/>
+      <c r="C56" s="27"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="29"/>
+    </row>
+    <row r="57" spans="1:5" ht="15">
+      <c r="A57" s="28" t="s">
         <v>33</v>
       </c>
-      <c r="B43" s="44"/>
-[...104 lines deleted...]
-      <c r="E57" s="34"/>
+      <c r="B57" s="27"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="31"/>
+      <c r="E57" s="32"/>
     </row>
     <row r="58" spans="1:5" ht="15">
-      <c r="A58" s="29"/>
-[...3 lines deleted...]
-      <c r="E58" s="31"/>
+      <c r="A58" s="27"/>
+      <c r="B58" s="27"/>
+      <c r="C58" s="27"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="29"/>
     </row>
     <row r="59" spans="1:5" ht="15">
-      <c r="A59" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="41"/>
+      <c r="A59" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="B59" s="12"/>
+      <c r="C59" s="37"/>
+      <c r="D59" s="38"/>
+      <c r="E59" s="39"/>
     </row>
     <row r="60" spans="1:5" ht="18.75" customHeight="1">
-      <c r="A60" s="8" t="s">
+      <c r="A60" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60" s="11"/>
+      <c r="C60" s="4"/>
+      <c r="D60" s="24"/>
+      <c r="E60" s="24"/>
+    </row>
+    <row r="61" spans="1:5" s="14" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A61" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B60" s="12"/>
-[...5 lines deleted...]
-      <c r="A61" s="14" t="s">
+      <c r="C61" s="25"/>
+      <c r="D61" s="26"/>
+      <c r="E61" s="26"/>
+    </row>
+    <row r="62" spans="1:5" s="14" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A62" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="C61" s="27"/>
-[...4 lines deleted...]
-      <c r="A62" s="14" t="s">
+      <c r="C62" s="15"/>
+      <c r="D62" s="15"/>
+      <c r="E62" s="15"/>
+    </row>
+    <row r="63" spans="1:5" s="14" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A63" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="C62" s="16"/>
-[...9 lines deleted...]
-      <c r="E63" s="28"/>
+      <c r="C63" s="25"/>
+      <c r="D63" s="26"/>
+      <c r="E63" s="26"/>
     </row>
     <row r="64" spans="1:5" ht="6" customHeight="1"/>
     <row r="65" ht="11.85" customHeight="1"/>
     <row r="66" ht="5.25" customHeight="1"/>
+    <row r="95" spans="1:1" hidden="1"/>
+    <row r="96" spans="1:1" hidden="1">
+      <c r="A96" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="97" spans="1:1" hidden="1">
+      <c r="A97" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="98" spans="1:1" hidden="1"/>
+    <row r="99" spans="1:1" hidden="1">
+      <c r="A99" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:1" hidden="1">
+      <c r="A100" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="101" spans="1:1" hidden="1"/>
+    <row r="102" spans="1:1" hidden="1"/>
+    <row r="103" spans="1:1" hidden="1"/>
+    <row r="104" spans="1:1" hidden="1">
+      <c r="A104" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105" spans="1:1" hidden="1">
+      <c r="A105" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="106" spans="1:1" hidden="1">
+      <c r="A106" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="107" spans="1:1" hidden="1">
+      <c r="A107" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="108" spans="1:1" hidden="1">
+      <c r="A108" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="109" spans="1:1" hidden="1"/>
+    <row r="110" spans="1:1" hidden="1">
+      <c r="A110" s="42" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="111" spans="1:1" hidden="1">
+      <c r="A111" s="42" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="112" spans="1:1" hidden="1">
+      <c r="A112" s="42" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="113" hidden="1"/>
+    <row r="114" hidden="1"/>
+    <row r="115" hidden="1"/>
+    <row r="116" hidden="1"/>
+    <row r="117" hidden="1"/>
+    <row r="118" hidden="1"/>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="6">
     <mergeCell ref="A18:A19"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A43:E43"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="B27:D27"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
+  <conditionalFormatting sqref="A99:A100 A15:E26 A14:B14 D14:E14 A28:E64 A27 E27 A7:E11 A13:E13 A12 D12:E12">
+    <cfRule type="expression" dxfId="4" priority="7">
+      <formula>$A$4="Votre nom :"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A104:A108">
+    <cfRule type="expression" dxfId="3" priority="6">
+      <formula>$A$4="Votre nom :"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A110:A112">
+    <cfRule type="expression" dxfId="2" priority="4">
+      <formula>$A$4="Votre nom :"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B12">
+    <cfRule type="expression" dxfId="1" priority="3">
+      <formula>$A$4="Votre nom :"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B27">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>$A$4="Votre nom :"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B33 B19 B16 B23 B9">
+      <formula1>$A$99:$A$100</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B27">
+      <formula1>$A$104:$A$108</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B12">
+      <formula1>$A$110:$A$112</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="95" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr codeName="Feuil2"/>
   <dimension ref="A7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H24" sqref="H24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25"/>
   <sheetData>
     <row r="7" spans="1:1" ht="91.5">
       <c r="A7" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>